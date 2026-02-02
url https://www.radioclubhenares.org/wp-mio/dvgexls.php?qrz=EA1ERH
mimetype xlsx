--- v0 (2025-10-18)
+++ v1 (2026-02-02)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1275">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA1ERH</t>
   </si>
   <si>
     <t>553 Referencias DVGE - 573 QSO encontrados - 488 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1441 (18-10-2025 16:03)</t>
+    <t>Ranking #1441 (02-02-2026 03:57)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EB5AQ</t>
   </si>