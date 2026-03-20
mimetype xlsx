--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1275">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1276">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA1ERH</t>
   </si>
   <si>
-    <t>553 Referencias DVGE - 573 QSO encontrados - 488 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1441 (02-02-2026 03:57)</t>
+    <t>553 Referencias DVGE - 575 QSO encontrados - 488 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1441 (20-03-2026 11:37)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EB5AQ</t>
   </si>
@@ -2976,50 +2976,53 @@
     <t>16/10/2016</t>
   </si>
   <si>
     <t>EB1ENT</t>
   </si>
   <si>
     <t>VGPO-091</t>
   </si>
   <si>
     <t>12/10/2021</t>
   </si>
   <si>
     <t>VGPO-103</t>
   </si>
   <si>
     <t>28/05/2017</t>
   </si>
   <si>
     <t>17/08/2019</t>
   </si>
   <si>
     <t>11/07/2021</t>
   </si>
   <si>
     <t>VGPO-104</t>
+  </si>
+  <si>
+    <t>15/03/2026</t>
   </si>
   <si>
     <t>VGS-011</t>
   </si>
   <si>
     <t>16/10/2022</t>
   </si>
   <si>
     <t>VGS-012</t>
   </si>
   <si>
     <t>06/08/2023</t>
   </si>
   <si>
     <t>EA1CJ/P</t>
   </si>
   <si>
     <t>VGS-014</t>
   </si>
   <si>
     <t>VGS-019</t>
   </si>
   <si>
     <t>06/07/2021</t>
   </si>
@@ -4294,51 +4297,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G579"/>
+  <dimension ref="A1:G581"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -13928,3665 +13931,3711 @@
     <row r="421" spans="1:7">
       <c r="A421" s="3" t="s">
         <v>455</v>
       </c>
       <c r="B421" s="4" t="s">
         <v>987</v>
       </c>
       <c r="C421" s="5">
         <v>36061</v>
       </c>
       <c r="D421" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E421" s="5">
         <v>40</v>
       </c>
       <c r="F421" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G421" s="5" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" s="3" t="s">
-        <v>476</v>
+        <v>455</v>
       </c>
       <c r="B422" s="4" t="s">
+        <v>987</v>
+      </c>
+      <c r="C422" s="5">
+        <v>36061</v>
+      </c>
+      <c r="D422" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E422" s="5">
+        <v>40</v>
+      </c>
+      <c r="F422" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G422" s="5" t="s">
         <v>988</v>
-      </c>
-[...13 lines deleted...]
-        <v>989</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" s="3" t="s">
-        <v>950</v>
+        <v>455</v>
       </c>
       <c r="B423" s="4" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="C423" s="5">
-        <v>39011</v>
+        <v>36061</v>
       </c>
       <c r="D423" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E423" s="5">
         <v>40</v>
       </c>
       <c r="F423" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G423" s="5" t="s">
-        <v>991</v>
+        <v>988</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" s="3" t="s">
-        <v>992</v>
+        <v>476</v>
       </c>
       <c r="B424" s="4" t="s">
-        <v>993</v>
+        <v>989</v>
       </c>
       <c r="C424" s="5">
-        <v>39011</v>
+        <v>39010</v>
       </c>
       <c r="D424" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E424" s="5">
         <v>40</v>
       </c>
       <c r="F424" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G424" s="5" t="s">
-        <v>295</v>
+        <v>990</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" s="3" t="s">
-        <v>403</v>
+        <v>950</v>
       </c>
       <c r="B425" s="4" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="C425" s="5">
-        <v>39014</v>
+        <v>39011</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E425" s="5">
         <v>40</v>
       </c>
       <c r="F425" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G425" s="5" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" s="3" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="B426" s="4" t="s">
-        <v>997</v>
+        <v>994</v>
       </c>
       <c r="C426" s="5">
-        <v>39062</v>
+        <v>39011</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E426" s="5">
         <v>40</v>
       </c>
       <c r="F426" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G426" s="5" t="s">
-        <v>75</v>
+        <v>295</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" s="3" t="s">
-        <v>887</v>
+        <v>403</v>
       </c>
       <c r="B427" s="4" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="C427" s="5">
-        <v>39080</v>
+        <v>39014</v>
       </c>
       <c r="D427" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E427" s="5">
         <v>40</v>
       </c>
       <c r="F427" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G427" s="5" t="s">
-        <v>503</v>
+        <v>996</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" s="3" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B428" s="4" t="s">
-        <v>999</v>
+        <v>998</v>
       </c>
       <c r="C428" s="5">
-        <v>39073</v>
+        <v>39062</v>
       </c>
       <c r="D428" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E428" s="5">
         <v>40</v>
       </c>
       <c r="F428" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G428" s="5" t="s">
-        <v>1000</v>
+        <v>75</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" s="3" t="s">
-        <v>476</v>
+        <v>887</v>
       </c>
       <c r="B429" s="4" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
       <c r="C429" s="5">
-        <v>39084</v>
+        <v>39080</v>
       </c>
       <c r="D429" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E429" s="5">
         <v>40</v>
       </c>
       <c r="F429" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G429" s="5" t="s">
-        <v>1002</v>
+        <v>503</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" s="3" t="s">
-        <v>403</v>
+        <v>997</v>
       </c>
       <c r="B430" s="4" t="s">
-        <v>1003</v>
+        <v>1000</v>
       </c>
       <c r="C430" s="5">
-        <v>39095</v>
+        <v>39073</v>
       </c>
       <c r="D430" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E430" s="5">
         <v>40</v>
       </c>
       <c r="F430" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G430" s="5" t="s">
-        <v>601</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" s="3" t="s">
-        <v>403</v>
+        <v>476</v>
       </c>
       <c r="B431" s="4" t="s">
-        <v>1004</v>
+        <v>1002</v>
       </c>
       <c r="C431" s="5">
-        <v>37049</v>
+        <v>39084</v>
       </c>
       <c r="D431" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E431" s="5">
         <v>40</v>
       </c>
       <c r="F431" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G431" s="5" t="s">
-        <v>1005</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" s="3" t="s">
-        <v>1006</v>
+        <v>403</v>
       </c>
       <c r="B432" s="4" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="C432" s="5">
-        <v>37061</v>
+        <v>39095</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E432" s="5">
         <v>40</v>
       </c>
       <c r="F432" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G432" s="5" t="s">
-        <v>1008</v>
+        <v>601</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" s="3" t="s">
-        <v>420</v>
+        <v>403</v>
       </c>
       <c r="B433" s="4" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
       <c r="C433" s="5">
-        <v>37081</v>
+        <v>37049</v>
       </c>
       <c r="D433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E433" s="5">
         <v>40</v>
       </c>
       <c r="F433" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G433" s="5" t="s">
-        <v>1010</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" s="3" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
       <c r="B434" s="4" t="s">
-        <v>1012</v>
+        <v>1008</v>
       </c>
       <c r="C434" s="5">
-        <v>37100</v>
+        <v>37061</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E434" s="5">
         <v>40</v>
       </c>
       <c r="F434" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G434" s="5" t="s">
-        <v>132</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" s="3" t="s">
-        <v>403</v>
+        <v>420</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="C435" s="5">
-        <v>37131</v>
+        <v>37081</v>
       </c>
       <c r="D435" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E435" s="5">
         <v>40</v>
       </c>
       <c r="F435" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G435" s="5" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" s="3" t="s">
-        <v>479</v>
+        <v>1012</v>
       </c>
       <c r="B436" s="4" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="C436" s="5">
-        <v>37242</v>
+        <v>37100</v>
       </c>
       <c r="D436" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E436" s="5">
         <v>40</v>
       </c>
       <c r="F436" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G436" s="5" t="s">
-        <v>1016</v>
+        <v>132</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" s="3" t="s">
-        <v>1017</v>
+        <v>403</v>
       </c>
       <c r="B437" s="4" t="s">
-        <v>1018</v>
+        <v>1014</v>
       </c>
       <c r="C437" s="5">
-        <v>37264</v>
+        <v>37131</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E437" s="5">
         <v>40</v>
       </c>
       <c r="F437" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G437" s="5" t="s">
-        <v>1019</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" s="3" t="s">
-        <v>1020</v>
+        <v>479</v>
       </c>
       <c r="B438" s="4" t="s">
-        <v>1021</v>
+        <v>1016</v>
       </c>
       <c r="C438" s="5">
-        <v>37279</v>
+        <v>37242</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E438" s="5">
         <v>40</v>
       </c>
       <c r="F438" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G438" s="5" t="s">
-        <v>1022</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" s="3" t="s">
-        <v>1023</v>
+        <v>1018</v>
       </c>
       <c r="B439" s="4" t="s">
-        <v>1024</v>
+        <v>1019</v>
       </c>
       <c r="C439" s="5">
-        <v>37283</v>
+        <v>37264</v>
       </c>
       <c r="D439" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E439" s="5">
         <v>40</v>
       </c>
       <c r="F439" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G439" s="5" t="s">
-        <v>1025</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" s="3" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B440" s="4" t="s">
-        <v>1026</v>
+        <v>1022</v>
       </c>
       <c r="C440" s="5">
-        <v>37296</v>
+        <v>37279</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E440" s="5">
         <v>40</v>
       </c>
       <c r="F440" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G440" s="5" t="s">
-        <v>372</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" s="3" t="s">
-        <v>476</v>
+        <v>1024</v>
       </c>
       <c r="B441" s="4" t="s">
-        <v>1027</v>
+        <v>1025</v>
       </c>
       <c r="C441" s="5">
-        <v>37317</v>
+        <v>37283</v>
       </c>
       <c r="D441" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E441" s="5">
         <v>40</v>
       </c>
       <c r="F441" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G441" s="5" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" s="3" t="s">
-        <v>1029</v>
+        <v>1021</v>
       </c>
       <c r="B442" s="4" t="s">
-        <v>1030</v>
+        <v>1027</v>
       </c>
       <c r="C442" s="5">
-        <v>37357</v>
+        <v>37296</v>
       </c>
       <c r="D442" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E442" s="5">
         <v>40</v>
       </c>
       <c r="F442" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G442" s="5" t="s">
-        <v>1031</v>
+        <v>372</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" s="3" t="s">
-        <v>403</v>
+        <v>476</v>
       </c>
       <c r="B443" s="4" t="s">
-        <v>1032</v>
+        <v>1028</v>
       </c>
       <c r="C443" s="5">
-        <v>37363</v>
+        <v>37317</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E443" s="5">
         <v>40</v>
       </c>
       <c r="F443" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G443" s="5" t="s">
-        <v>551</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" s="3" t="s">
-        <v>403</v>
+        <v>1030</v>
       </c>
       <c r="B444" s="4" t="s">
-        <v>1033</v>
+        <v>1031</v>
       </c>
       <c r="C444" s="5">
-        <v>37373</v>
+        <v>37357</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E444" s="5">
         <v>40</v>
       </c>
       <c r="F444" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G444" s="5" t="s">
-        <v>1034</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" s="3" t="s">
-        <v>1035</v>
+        <v>403</v>
       </c>
       <c r="B445" s="4" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
       <c r="C445" s="5">
-        <v>41004</v>
+        <v>37363</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E445" s="5">
         <v>40</v>
       </c>
       <c r="F445" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G445" s="5" t="s">
-        <v>28</v>
+        <v>551</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="B446" s="4" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C446" s="5">
+        <v>37373</v>
+      </c>
+      <c r="D446" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E446" s="5">
+        <v>40</v>
+      </c>
+      <c r="F446" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G446" s="5" t="s">
         <v>1035</v>
-      </c>
-[...16 lines deleted...]
-        <v>1038</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" s="3" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="B447" s="4" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="C447" s="5">
-        <v>41013</v>
+        <v>41004</v>
       </c>
       <c r="D447" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E447" s="5">
         <v>40</v>
       </c>
       <c r="F447" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G447" s="5" t="s">
-        <v>1041</v>
+        <v>28</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" s="3" t="s">
-        <v>1042</v>
+        <v>1036</v>
       </c>
       <c r="B448" s="4" t="s">
-        <v>1043</v>
+        <v>1038</v>
       </c>
       <c r="C448" s="5">
-        <v>41024</v>
+        <v>41004</v>
       </c>
       <c r="D448" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E448" s="5">
         <v>40</v>
       </c>
       <c r="F448" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G448" s="5" t="s">
-        <v>535</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" s="3" t="s">
-        <v>1044</v>
+        <v>1040</v>
       </c>
       <c r="B449" s="4" t="s">
-        <v>1045</v>
+        <v>1041</v>
       </c>
       <c r="C449" s="5">
-        <v>41033</v>
+        <v>41013</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E449" s="5">
         <v>40</v>
       </c>
       <c r="F449" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G449" s="5" t="s">
-        <v>93</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" s="3" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
       <c r="B450" s="4" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="C450" s="5">
-        <v>41039</v>
+        <v>41024</v>
       </c>
       <c r="D450" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E450" s="5">
         <v>40</v>
       </c>
       <c r="F450" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G450" s="5" t="s">
-        <v>740</v>
+        <v>535</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" s="3" t="s">
-        <v>1039</v>
+        <v>1045</v>
       </c>
       <c r="B451" s="4" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="C451" s="5">
-        <v>41049</v>
+        <v>41033</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E451" s="5">
         <v>40</v>
       </c>
       <c r="F451" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G451" s="5" t="s">
-        <v>648</v>
+        <v>93</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" s="3" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
       <c r="B452" s="4" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="C452" s="5">
-        <v>41055</v>
+        <v>41039</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E452" s="5">
         <v>40</v>
       </c>
       <c r="F452" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G452" s="5" t="s">
-        <v>1051</v>
+        <v>740</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" s="3" t="s">
-        <v>1052</v>
+        <v>1040</v>
       </c>
       <c r="B453" s="4" t="s">
-        <v>1053</v>
+        <v>1049</v>
       </c>
       <c r="C453" s="5">
-        <v>41064</v>
+        <v>41049</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E453" s="5">
         <v>40</v>
       </c>
       <c r="F453" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G453" s="5" t="s">
-        <v>1054</v>
+        <v>648</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" s="3" t="s">
-        <v>1039</v>
+        <v>1050</v>
       </c>
       <c r="B454" s="4" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="C454" s="5">
-        <v>41081</v>
+        <v>41055</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E454" s="5">
         <v>40</v>
       </c>
       <c r="F454" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G454" s="5" t="s">
-        <v>60</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" s="3" t="s">
-        <v>1039</v>
+        <v>1053</v>
       </c>
       <c r="B455" s="4" t="s">
-        <v>1056</v>
+        <v>1054</v>
       </c>
       <c r="C455" s="5">
-        <v>41087</v>
+        <v>41064</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E455" s="5">
         <v>40</v>
       </c>
       <c r="F455" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G455" s="5" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" s="3" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="B456" s="4" t="s">
-        <v>1058</v>
+        <v>1056</v>
       </c>
       <c r="C456" s="5">
-        <v>41099</v>
+        <v>41081</v>
       </c>
       <c r="D456" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E456" s="5">
         <v>40</v>
       </c>
       <c r="F456" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G456" s="5" t="s">
-        <v>1025</v>
+        <v>60</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" s="3" t="s">
-        <v>385</v>
+        <v>1040</v>
       </c>
       <c r="B457" s="4" t="s">
-        <v>1059</v>
+        <v>1057</v>
       </c>
       <c r="C457" s="5">
-        <v>40009</v>
+        <v>41087</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E457" s="5">
         <v>40</v>
       </c>
       <c r="F457" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G457" s="5" t="s">
-        <v>1060</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" s="3" t="s">
-        <v>389</v>
+        <v>1040</v>
       </c>
       <c r="B458" s="4" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="C458" s="5">
-        <v>40014</v>
+        <v>41099</v>
       </c>
       <c r="D458" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E458" s="5">
         <v>40</v>
       </c>
       <c r="F458" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G458" s="5" t="s">
-        <v>1062</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B459" s="4" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="C459" s="5">
-        <v>40046</v>
+        <v>40009</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E459" s="5">
         <v>40</v>
       </c>
       <c r="F459" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G459" s="5" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" s="3" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="B460" s="4" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="C460" s="5">
-        <v>40051</v>
+        <v>40014</v>
       </c>
       <c r="D460" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E460" s="5">
         <v>40</v>
       </c>
       <c r="F460" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G460" s="5" t="s">
-        <v>510</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B461" s="4" t="s">
-        <v>1066</v>
+        <v>1064</v>
       </c>
       <c r="C461" s="5">
-        <v>40056</v>
+        <v>40046</v>
       </c>
       <c r="D461" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E461" s="5">
         <v>40</v>
       </c>
       <c r="F461" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G461" s="5" t="s">
-        <v>521</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B462" s="4" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
       <c r="C462" s="5">
-        <v>40080</v>
+        <v>40051</v>
       </c>
       <c r="D462" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E462" s="5">
         <v>40</v>
       </c>
       <c r="F462" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G462" s="5" t="s">
-        <v>309</v>
+        <v>510</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B463" s="4" t="s">
-        <v>1068</v>
+        <v>1067</v>
       </c>
       <c r="C463" s="5">
-        <v>40130</v>
+        <v>40056</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E463" s="5">
         <v>40</v>
       </c>
       <c r="F463" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G463" s="5" t="s">
-        <v>1069</v>
+        <v>521</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B464" s="4" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
       <c r="C464" s="5">
-        <v>40212</v>
+        <v>40080</v>
       </c>
       <c r="D464" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E464" s="5">
         <v>40</v>
       </c>
       <c r="F464" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G464" s="5" t="s">
-        <v>1071</v>
+        <v>309</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" s="3" t="s">
-        <v>730</v>
+        <v>385</v>
       </c>
       <c r="B465" s="4" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="C465" s="5">
-        <v>42018</v>
+        <v>40130</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E465" s="5">
         <v>40</v>
       </c>
       <c r="F465" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G465" s="5" t="s">
-        <v>122</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" s="3" t="s">
-        <v>1073</v>
+        <v>385</v>
       </c>
       <c r="B466" s="4" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="C466" s="5">
-        <v>42020</v>
+        <v>40212</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E466" s="5">
         <v>40</v>
       </c>
       <c r="F466" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G466" s="5" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" s="3" t="s">
-        <v>1076</v>
+        <v>730</v>
       </c>
       <c r="B467" s="4" t="s">
-        <v>1074</v>
+        <v>1073</v>
       </c>
       <c r="C467" s="5">
-        <v>42020</v>
+        <v>42018</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E467" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F467" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G467" s="5" t="s">
-        <v>1077</v>
+        <v>122</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" s="3" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
       <c r="B468" s="4" t="s">
-        <v>1078</v>
+        <v>1075</v>
       </c>
       <c r="C468" s="5">
         <v>42020</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E468" s="5">
         <v>40</v>
       </c>
       <c r="F468" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G468" s="5" t="s">
-        <v>727</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" s="3" t="s">
-        <v>1079</v>
+        <v>1077</v>
       </c>
       <c r="B469" s="4" t="s">
-        <v>1080</v>
+        <v>1075</v>
       </c>
       <c r="C469" s="5">
-        <v>42025</v>
+        <v>42020</v>
       </c>
       <c r="D469" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E469" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F469" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G469" s="5" t="s">
-        <v>583</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" s="3" t="s">
-        <v>930</v>
+        <v>1077</v>
       </c>
       <c r="B470" s="4" t="s">
-        <v>1081</v>
+        <v>1079</v>
       </c>
       <c r="C470" s="5">
-        <v>42026</v>
+        <v>42020</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E470" s="5">
         <v>40</v>
       </c>
       <c r="F470" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G470" s="5" t="s">
-        <v>1022</v>
+        <v>727</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" s="3" t="s">
-        <v>1082</v>
+        <v>1080</v>
       </c>
       <c r="B471" s="4" t="s">
-        <v>1083</v>
+        <v>1081</v>
       </c>
       <c r="C471" s="5">
-        <v>42054</v>
+        <v>42025</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E471" s="5">
         <v>40</v>
       </c>
       <c r="F471" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G471" s="5" t="s">
-        <v>43</v>
+        <v>583</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" s="3" t="s">
-        <v>1076</v>
+        <v>930</v>
       </c>
       <c r="B472" s="4" t="s">
-        <v>1084</v>
+        <v>1082</v>
       </c>
       <c r="C472" s="5">
-        <v>42065</v>
+        <v>42026</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E472" s="5">
         <v>40</v>
       </c>
       <c r="F472" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G472" s="5" t="s">
-        <v>1085</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" s="3" t="s">
-        <v>930</v>
+        <v>1083</v>
       </c>
       <c r="B473" s="4" t="s">
-        <v>1086</v>
+        <v>1084</v>
       </c>
       <c r="C473" s="5">
-        <v>42083</v>
+        <v>42054</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E473" s="5">
         <v>40</v>
       </c>
       <c r="F473" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G473" s="5" t="s">
-        <v>1087</v>
+        <v>43</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" s="3" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="B474" s="4" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C474" s="5">
+        <v>42065</v>
+      </c>
+      <c r="D474" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E474" s="5">
+        <v>40</v>
+      </c>
+      <c r="F474" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G474" s="5" t="s">
         <v>1086</v>
-      </c>
-[...13 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" s="3" t="s">
-        <v>1076</v>
+        <v>930</v>
       </c>
       <c r="B475" s="4" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C475" s="5">
+        <v>42083</v>
+      </c>
+      <c r="D475" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E475" s="5">
+        <v>40</v>
+      </c>
+      <c r="F475" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G475" s="5" t="s">
         <v>1088</v>
-      </c>
-[...13 lines deleted...]
-        <v>1089</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" s="3" t="s">
-        <v>378</v>
+        <v>1077</v>
       </c>
       <c r="B476" s="4" t="s">
-        <v>1090</v>
+        <v>1087</v>
       </c>
       <c r="C476" s="5">
-        <v>42144</v>
+        <v>42083</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E476" s="5">
         <v>40</v>
       </c>
       <c r="F476" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G476" s="5" t="s">
-        <v>1091</v>
+        <v>557</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" s="3" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="B477" s="4" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="C477" s="5">
-        <v>42183</v>
+        <v>42141</v>
       </c>
       <c r="D477" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E477" s="5">
         <v>40</v>
       </c>
       <c r="F477" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G477" s="5" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" s="3" t="s">
-        <v>403</v>
+        <v>378</v>
       </c>
       <c r="B478" s="4" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
       <c r="C478" s="5">
-        <v>43022</v>
+        <v>42144</v>
       </c>
       <c r="D478" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E478" s="5">
         <v>40</v>
       </c>
       <c r="F478" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G478" s="5" t="s">
-        <v>1095</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" s="3" t="s">
-        <v>403</v>
+        <v>1077</v>
       </c>
       <c r="B479" s="4" t="s">
-        <v>1096</v>
+        <v>1093</v>
       </c>
       <c r="C479" s="5">
-        <v>43027</v>
+        <v>42183</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E479" s="5">
         <v>40</v>
       </c>
       <c r="F479" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G479" s="5" t="s">
-        <v>342</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" s="3" t="s">
-        <v>577</v>
+        <v>403</v>
       </c>
       <c r="B480" s="4" t="s">
-        <v>1097</v>
+        <v>1095</v>
       </c>
       <c r="C480" s="5">
-        <v>43038</v>
+        <v>43022</v>
       </c>
       <c r="D480" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E480" s="5">
         <v>40</v>
       </c>
       <c r="F480" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G480" s="5" t="s">
-        <v>637</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" s="3" t="s">
-        <v>1098</v>
+        <v>403</v>
       </c>
       <c r="B481" s="4" t="s">
-        <v>1099</v>
+        <v>1097</v>
       </c>
       <c r="C481" s="5">
-        <v>43133</v>
+        <v>43027</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E481" s="5">
         <v>40</v>
       </c>
       <c r="F481" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G481" s="5" t="s">
-        <v>1100</v>
+        <v>342</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" s="3" t="s">
-        <v>403</v>
+        <v>577</v>
       </c>
       <c r="B482" s="4" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="C482" s="5">
-        <v>43143</v>
+        <v>43038</v>
       </c>
       <c r="D482" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E482" s="5">
         <v>40</v>
       </c>
       <c r="F482" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G482" s="5" t="s">
-        <v>1102</v>
+        <v>637</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" s="3" t="s">
-        <v>1103</v>
+        <v>1099</v>
       </c>
       <c r="B483" s="4" t="s">
-        <v>1104</v>
+        <v>1100</v>
       </c>
       <c r="C483" s="5">
-        <v>44009</v>
+        <v>43133</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E483" s="5">
         <v>40</v>
       </c>
       <c r="F483" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G483" s="5" t="s">
-        <v>153</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" s="3" t="s">
-        <v>100</v>
+        <v>403</v>
       </c>
       <c r="B484" s="4" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="C484" s="5">
-        <v>44029</v>
+        <v>43143</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E484" s="5">
         <v>40</v>
       </c>
       <c r="F484" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G484" s="5" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" s="3" t="s">
-        <v>100</v>
+        <v>1104</v>
       </c>
       <c r="B485" s="4" t="s">
-        <v>1107</v>
+        <v>1105</v>
       </c>
       <c r="C485" s="5">
-        <v>44050</v>
+        <v>44009</v>
       </c>
       <c r="D485" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E485" s="5">
         <v>40</v>
       </c>
       <c r="F485" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G485" s="5" t="s">
-        <v>1108</v>
+        <v>153</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" s="3" t="s">
-        <v>1109</v>
+        <v>100</v>
       </c>
       <c r="B486" s="4" t="s">
-        <v>1110</v>
+        <v>1106</v>
       </c>
       <c r="C486" s="5">
-        <v>44052</v>
+        <v>44029</v>
       </c>
       <c r="D486" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E486" s="5">
         <v>40</v>
       </c>
       <c r="F486" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G486" s="5" t="s">
-        <v>708</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" s="3" t="s">
-        <v>320</v>
+        <v>100</v>
       </c>
       <c r="B487" s="4" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="C487" s="5">
-        <v>44063</v>
+        <v>44050</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E487" s="5">
         <v>40</v>
       </c>
       <c r="F487" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G487" s="5" t="s">
-        <v>696</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" s="3" t="s">
-        <v>320</v>
+        <v>1110</v>
       </c>
       <c r="B488" s="4" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="C488" s="5">
-        <v>44093</v>
+        <v>44052</v>
       </c>
       <c r="D488" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E488" s="5">
         <v>40</v>
       </c>
       <c r="F488" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G488" s="5" t="s">
-        <v>52</v>
+        <v>708</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" s="3" t="s">
-        <v>403</v>
+        <v>320</v>
       </c>
       <c r="B489" s="4" t="s">
         <v>1112</v>
       </c>
       <c r="C489" s="5">
-        <v>44093</v>
+        <v>44063</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E489" s="5">
         <v>40</v>
       </c>
       <c r="F489" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G489" s="5" t="s">
-        <v>1113</v>
+        <v>696</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" s="3" t="s">
-        <v>1103</v>
+        <v>320</v>
       </c>
       <c r="B490" s="4" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
       <c r="C490" s="5">
-        <v>44103</v>
+        <v>44093</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E490" s="5">
         <v>40</v>
       </c>
       <c r="F490" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G490" s="5" t="s">
-        <v>1115</v>
+        <v>52</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" s="3" t="s">
-        <v>320</v>
+        <v>403</v>
       </c>
       <c r="B491" s="4" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="C491" s="5">
-        <v>44116</v>
+        <v>44093</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E491" s="5">
         <v>40</v>
       </c>
       <c r="F491" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G491" s="5" t="s">
-        <v>1117</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" s="3" t="s">
-        <v>1109</v>
+        <v>1104</v>
       </c>
       <c r="B492" s="4" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="C492" s="5">
-        <v>44117</v>
+        <v>44103</v>
       </c>
       <c r="D492" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E492" s="5">
         <v>40</v>
       </c>
       <c r="F492" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G492" s="5" t="s">
-        <v>882</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" s="3" t="s">
-        <v>1103</v>
+        <v>320</v>
       </c>
       <c r="B493" s="4" t="s">
-        <v>1119</v>
+        <v>1117</v>
       </c>
       <c r="C493" s="5">
-        <v>44135</v>
+        <v>44116</v>
       </c>
       <c r="D493" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E493" s="5">
         <v>40</v>
       </c>
       <c r="F493" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G493" s="5" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" s="3" t="s">
-        <v>1103</v>
+        <v>1110</v>
       </c>
       <c r="B494" s="4" t="s">
-        <v>1121</v>
+        <v>1119</v>
       </c>
       <c r="C494" s="5">
-        <v>44137</v>
+        <v>44117</v>
       </c>
       <c r="D494" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E494" s="5">
         <v>40</v>
       </c>
       <c r="F494" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G494" s="5" t="s">
-        <v>1122</v>
+        <v>882</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" s="3" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="B495" s="4" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
       <c r="C495" s="5">
-        <v>44165</v>
+        <v>44135</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E495" s="5">
         <v>40</v>
       </c>
       <c r="F495" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G495" s="5" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" s="3" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="B496" s="4" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="C496" s="5">
-        <v>44185</v>
+        <v>44137</v>
       </c>
       <c r="D496" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E496" s="5">
         <v>40</v>
       </c>
       <c r="F496" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G496" s="5" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" s="3" t="s">
-        <v>320</v>
+        <v>1104</v>
       </c>
       <c r="B497" s="4" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="C497" s="5">
-        <v>44191</v>
+        <v>44165</v>
       </c>
       <c r="D497" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E497" s="5">
         <v>40</v>
       </c>
       <c r="F497" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G497" s="5" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" s="3" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="B498" s="4" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="C498" s="5">
-        <v>44192</v>
+        <v>44185</v>
       </c>
       <c r="D498" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E498" s="5">
         <v>40</v>
       </c>
       <c r="F498" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G498" s="5" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" s="3" t="s">
-        <v>1103</v>
+        <v>320</v>
       </c>
       <c r="B499" s="4" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="C499" s="5">
-        <v>44192</v>
+        <v>44191</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E499" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F499" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G499" s="5" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" s="3" t="s">
-        <v>320</v>
+        <v>1104</v>
       </c>
       <c r="B500" s="4" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="C500" s="5">
-        <v>44195</v>
+        <v>44192</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E500" s="5">
         <v>40</v>
       </c>
       <c r="F500" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G500" s="5" t="s">
-        <v>816</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" s="3" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="B501" s="4" t="s">
-        <v>1134</v>
+        <v>1132</v>
       </c>
       <c r="C501" s="5">
-        <v>44196</v>
+        <v>44192</v>
       </c>
       <c r="D501" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E501" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F501" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G501" s="5" t="s">
-        <v>1135</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" s="3" t="s">
-        <v>1103</v>
+        <v>320</v>
       </c>
       <c r="B502" s="4" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
       <c r="C502" s="5">
-        <v>44216</v>
+        <v>44195</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E502" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F502" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G502" s="5" t="s">
-        <v>1137</v>
+        <v>816</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" s="3" t="s">
-        <v>320</v>
+        <v>1104</v>
       </c>
       <c r="B503" s="4" t="s">
-        <v>1138</v>
+        <v>1135</v>
       </c>
       <c r="C503" s="5">
-        <v>44260</v>
+        <v>44196</v>
       </c>
       <c r="D503" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E503" s="5">
         <v>40</v>
       </c>
       <c r="F503" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G503" s="5" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" s="3" t="s">
-        <v>403</v>
+        <v>1104</v>
       </c>
       <c r="B504" s="4" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="C504" s="5">
-        <v>44261</v>
+        <v>44216</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E504" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F504" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G504" s="5" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B505" s="4" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="C505" s="5">
-        <v>44262</v>
+        <v>44260</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E505" s="5">
         <v>40</v>
       </c>
       <c r="F505" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G505" s="5" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" s="3" t="s">
-        <v>1144</v>
+        <v>403</v>
       </c>
       <c r="B506" s="4" t="s">
-        <v>1145</v>
+        <v>1141</v>
       </c>
       <c r="C506" s="5">
-        <v>38024</v>
+        <v>44261</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E506" s="5">
         <v>40</v>
       </c>
       <c r="F506" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G506" s="5" t="s">
-        <v>1146</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="B507" s="4" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C507" s="5">
+        <v>44262</v>
+      </c>
+      <c r="D507" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E507" s="5">
+        <v>40</v>
+      </c>
+      <c r="F507" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G507" s="5" t="s">
         <v>1144</v>
-      </c>
-[...16 lines deleted...]
-        <v>1148</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" s="3" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="B508" s="4" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="C508" s="5">
-        <v>38030</v>
+        <v>38024</v>
       </c>
       <c r="D508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E508" s="5">
         <v>40</v>
       </c>
       <c r="F508" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G508" s="5" t="s">
-        <v>898</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" s="3" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="B509" s="4" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="C509" s="5">
-        <v>38045</v>
+        <v>38029</v>
       </c>
       <c r="D509" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E509" s="5">
         <v>40</v>
       </c>
       <c r="F509" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G509" s="5" t="s">
-        <v>704</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" s="3" t="s">
-        <v>1151</v>
+        <v>1145</v>
       </c>
       <c r="B510" s="4" t="s">
         <v>1150</v>
       </c>
       <c r="C510" s="5">
-        <v>38045</v>
+        <v>38030</v>
       </c>
       <c r="D510" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E510" s="5">
         <v>40</v>
       </c>
       <c r="F510" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G510" s="5" t="s">
-        <v>725</v>
+        <v>898</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" s="3" t="s">
-        <v>1152</v>
+        <v>1145</v>
       </c>
       <c r="B511" s="4" t="s">
-        <v>1153</v>
+        <v>1151</v>
       </c>
       <c r="C511" s="5">
-        <v>38048</v>
+        <v>38045</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E511" s="5">
         <v>40</v>
       </c>
       <c r="F511" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G511" s="5" t="s">
-        <v>1154</v>
+        <v>704</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" s="3" t="s">
-        <v>791</v>
+        <v>1152</v>
       </c>
       <c r="B512" s="4" t="s">
-        <v>1155</v>
+        <v>1151</v>
       </c>
       <c r="C512" s="5">
-        <v>45064</v>
+        <v>38045</v>
       </c>
       <c r="D512" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E512" s="5">
         <v>40</v>
       </c>
       <c r="F512" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G512" s="5" t="s">
-        <v>542</v>
+        <v>725</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" s="3" t="s">
-        <v>1156</v>
+        <v>1153</v>
       </c>
       <c r="B513" s="4" t="s">
-        <v>1157</v>
+        <v>1154</v>
       </c>
       <c r="C513" s="5">
-        <v>45181</v>
+        <v>38048</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E513" s="5">
         <v>40</v>
       </c>
       <c r="F513" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G513" s="5" t="s">
-        <v>1158</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" s="3" t="s">
-        <v>1159</v>
+        <v>791</v>
       </c>
       <c r="B514" s="4" t="s">
-        <v>1160</v>
+        <v>1156</v>
       </c>
       <c r="C514" s="5">
-        <v>46038</v>
+        <v>45064</v>
       </c>
       <c r="D514" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E514" s="5">
         <v>40</v>
       </c>
       <c r="F514" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G514" s="5" t="s">
-        <v>1161</v>
+        <v>542</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" s="3" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
       <c r="B515" s="4" t="s">
-        <v>1163</v>
+        <v>1158</v>
       </c>
       <c r="C515" s="5">
-        <v>46070</v>
+        <v>45181</v>
       </c>
       <c r="D515" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E515" s="5">
         <v>40</v>
       </c>
       <c r="F515" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G515" s="5" t="s">
-        <v>1164</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" s="3" t="s">
-        <v>114</v>
+        <v>1160</v>
       </c>
       <c r="B516" s="4" t="s">
-        <v>1165</v>
+        <v>1161</v>
       </c>
       <c r="C516" s="5">
-        <v>46071</v>
+        <v>46038</v>
       </c>
       <c r="D516" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E516" s="5">
         <v>40</v>
       </c>
       <c r="F516" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G516" s="5" t="s">
-        <v>1166</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" s="3" t="s">
-        <v>21</v>
+        <v>1163</v>
       </c>
       <c r="B517" s="4" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="C517" s="5">
-        <v>46072</v>
+        <v>46070</v>
       </c>
       <c r="D517" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E517" s="5">
         <v>40</v>
       </c>
       <c r="F517" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G517" s="5" t="s">
-        <v>1117</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" s="3" t="s">
-        <v>1168</v>
+        <v>114</v>
       </c>
       <c r="B518" s="4" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="C518" s="5">
-        <v>46082</v>
+        <v>46071</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="5">
         <v>40</v>
       </c>
       <c r="F518" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G518" s="5" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" s="3" t="s">
-        <v>1171</v>
+        <v>21</v>
       </c>
       <c r="B519" s="4" t="s">
-        <v>1172</v>
+        <v>1168</v>
       </c>
       <c r="C519" s="5">
-        <v>46108</v>
+        <v>46072</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E519" s="5">
         <v>40</v>
       </c>
       <c r="F519" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G519" s="5" t="s">
-        <v>526</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" s="3" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="B520" s="4" t="s">
-        <v>1174</v>
+        <v>1170</v>
       </c>
       <c r="C520" s="5">
-        <v>46109</v>
+        <v>46082</v>
       </c>
       <c r="D520" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E520" s="5">
         <v>40</v>
       </c>
       <c r="F520" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G520" s="5" t="s">
-        <v>727</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" s="3" t="s">
-        <v>543</v>
+        <v>1172</v>
       </c>
       <c r="B521" s="4" t="s">
-        <v>1175</v>
+        <v>1173</v>
       </c>
       <c r="C521" s="5">
-        <v>46111</v>
+        <v>46108</v>
       </c>
       <c r="D521" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E521" s="5">
         <v>40</v>
       </c>
       <c r="F521" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G521" s="5" t="s">
-        <v>882</v>
+        <v>526</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" s="3" t="s">
-        <v>21</v>
+        <v>1174</v>
       </c>
       <c r="B522" s="4" t="s">
-        <v>1176</v>
+        <v>1175</v>
       </c>
       <c r="C522" s="5">
-        <v>46124</v>
+        <v>46109</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E522" s="5">
         <v>40</v>
       </c>
       <c r="F522" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G522" s="5" t="s">
-        <v>1177</v>
+        <v>727</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" s="3" t="s">
-        <v>1178</v>
+        <v>543</v>
       </c>
       <c r="B523" s="4" t="s">
-        <v>1179</v>
+        <v>1176</v>
       </c>
       <c r="C523" s="5">
-        <v>46133</v>
+        <v>46111</v>
       </c>
       <c r="D523" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E523" s="5">
         <v>40</v>
       </c>
       <c r="F523" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G523" s="5" t="s">
-        <v>1025</v>
+        <v>882</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" s="3" t="s">
-        <v>114</v>
+        <v>21</v>
       </c>
       <c r="B524" s="4" t="s">
-        <v>1180</v>
+        <v>1177</v>
       </c>
       <c r="C524" s="5">
-        <v>46142</v>
+        <v>46124</v>
       </c>
       <c r="D524" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E524" s="5">
         <v>40</v>
       </c>
       <c r="F524" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G524" s="5" t="s">
-        <v>1075</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" s="3" t="s">
-        <v>1159</v>
+        <v>1179</v>
       </c>
       <c r="B525" s="4" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="C525" s="5">
-        <v>46156</v>
+        <v>46133</v>
       </c>
       <c r="D525" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E525" s="5">
         <v>40</v>
       </c>
       <c r="F525" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G525" s="5" t="s">
-        <v>496</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" s="3" t="s">
-        <v>1182</v>
+        <v>114</v>
       </c>
       <c r="B526" s="4" t="s">
-        <v>1183</v>
+        <v>1181</v>
       </c>
       <c r="C526" s="5">
-        <v>46170</v>
+        <v>46142</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E526" s="5">
         <v>40</v>
       </c>
       <c r="F526" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G526" s="5" t="s">
-        <v>974</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" s="3" t="s">
-        <v>21</v>
+        <v>1160</v>
       </c>
       <c r="B527" s="4" t="s">
-        <v>1184</v>
+        <v>1182</v>
       </c>
       <c r="C527" s="5">
-        <v>46184</v>
+        <v>46156</v>
       </c>
       <c r="D527" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E527" s="5">
         <v>40</v>
       </c>
       <c r="F527" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G527" s="5" t="s">
-        <v>797</v>
+        <v>496</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" s="3" t="s">
-        <v>44</v>
+        <v>1183</v>
       </c>
       <c r="B528" s="4" t="s">
-        <v>1185</v>
+        <v>1184</v>
       </c>
       <c r="C528" s="5">
-        <v>46184</v>
+        <v>46170</v>
       </c>
       <c r="D528" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E528" s="5">
         <v>40</v>
       </c>
       <c r="F528" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G528" s="5" t="s">
-        <v>1186</v>
+        <v>974</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" s="3" t="s">
-        <v>193</v>
+        <v>21</v>
       </c>
       <c r="B529" s="4" t="s">
-        <v>1187</v>
+        <v>1185</v>
       </c>
       <c r="C529" s="5">
-        <v>46206</v>
+        <v>46184</v>
       </c>
       <c r="D529" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E529" s="5">
         <v>40</v>
       </c>
       <c r="F529" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G529" s="5" t="s">
-        <v>237</v>
+        <v>797</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" s="3" t="s">
-        <v>1173</v>
+        <v>44</v>
       </c>
       <c r="B530" s="4" t="s">
-        <v>1188</v>
+        <v>1186</v>
       </c>
       <c r="C530" s="5">
-        <v>46213</v>
+        <v>46184</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E530" s="5">
         <v>40</v>
       </c>
       <c r="F530" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G530" s="5" t="s">
-        <v>533</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" s="3" t="s">
-        <v>1159</v>
+        <v>193</v>
       </c>
       <c r="B531" s="4" t="s">
-        <v>1189</v>
+        <v>1188</v>
       </c>
       <c r="C531" s="5">
-        <v>46213</v>
+        <v>46206</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E531" s="5">
         <v>40</v>
       </c>
       <c r="F531" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G531" s="5" t="s">
-        <v>62</v>
+        <v>237</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" s="3" t="s">
-        <v>543</v>
+        <v>1174</v>
       </c>
       <c r="B532" s="4" t="s">
-        <v>1190</v>
+        <v>1189</v>
       </c>
       <c r="C532" s="5">
-        <v>46249</v>
+        <v>46213</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E532" s="5">
         <v>40</v>
       </c>
       <c r="F532" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G532" s="5" t="s">
-        <v>601</v>
+        <v>533</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" s="3" t="s">
-        <v>543</v>
+        <v>1160</v>
       </c>
       <c r="B533" s="4" t="s">
-        <v>1191</v>
+        <v>1190</v>
       </c>
       <c r="C533" s="5">
-        <v>46254</v>
+        <v>46213</v>
       </c>
       <c r="D533" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E533" s="5">
         <v>40</v>
       </c>
       <c r="F533" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G533" s="5" t="s">
-        <v>1192</v>
+        <v>62</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" s="3" t="s">
         <v>543</v>
       </c>
       <c r="B534" s="4" t="s">
-        <v>1193</v>
+        <v>1191</v>
       </c>
       <c r="C534" s="5">
-        <v>46256</v>
+        <v>46249</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E534" s="5">
         <v>40</v>
       </c>
       <c r="F534" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G534" s="5" t="s">
-        <v>512</v>
+        <v>601</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" s="3" t="s">
-        <v>1194</v>
+        <v>543</v>
       </c>
       <c r="B535" s="4" t="s">
-        <v>1195</v>
+        <v>1192</v>
       </c>
       <c r="C535" s="5">
-        <v>47004</v>
+        <v>46254</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E535" s="5">
         <v>40</v>
       </c>
       <c r="F535" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G535" s="5" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" s="3" t="s">
-        <v>385</v>
+        <v>543</v>
       </c>
       <c r="B536" s="4" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
       <c r="C536" s="5">
-        <v>47030</v>
+        <v>46256</v>
       </c>
       <c r="D536" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E536" s="5">
         <v>40</v>
       </c>
       <c r="F536" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G536" s="5" t="s">
-        <v>342</v>
+        <v>512</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" s="3" t="s">
-        <v>385</v>
+        <v>1195</v>
       </c>
       <c r="B537" s="4" t="s">
-        <v>1198</v>
+        <v>1196</v>
       </c>
       <c r="C537" s="5">
-        <v>47030</v>
+        <v>47004</v>
       </c>
       <c r="D537" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E537" s="5">
         <v>40</v>
       </c>
       <c r="F537" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G537" s="5" t="s">
-        <v>1199</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" s="3" t="s">
-        <v>723</v>
+        <v>385</v>
       </c>
       <c r="B538" s="4" t="s">
-        <v>1200</v>
+        <v>1198</v>
       </c>
       <c r="C538" s="5">
-        <v>47091</v>
+        <v>47030</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E538" s="5">
         <v>40</v>
       </c>
       <c r="F538" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G538" s="5" t="s">
-        <v>500</v>
+        <v>342</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" s="3" t="s">
-        <v>476</v>
+        <v>385</v>
       </c>
       <c r="B539" s="4" t="s">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="C539" s="5">
-        <v>47178</v>
+        <v>47030</v>
       </c>
       <c r="D539" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E539" s="5">
         <v>40</v>
       </c>
       <c r="F539" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G539" s="5" t="s">
-        <v>1130</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" s="3" t="s">
-        <v>1202</v>
+        <v>723</v>
       </c>
       <c r="B540" s="4" t="s">
-        <v>1203</v>
+        <v>1201</v>
       </c>
       <c r="C540" s="5">
-        <v>47181</v>
+        <v>47091</v>
       </c>
       <c r="D540" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E540" s="5">
         <v>40</v>
       </c>
       <c r="F540" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G540" s="5" t="s">
-        <v>1204</v>
+        <v>500</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" s="3" t="s">
-        <v>193</v>
+        <v>476</v>
       </c>
       <c r="B541" s="4" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="C541" s="5">
-        <v>47216</v>
+        <v>47178</v>
       </c>
       <c r="D541" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E541" s="5">
         <v>40</v>
       </c>
       <c r="F541" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G541" s="5" t="s">
-        <v>1206</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" s="3" t="s">
-        <v>1207</v>
+        <v>1203</v>
       </c>
       <c r="B542" s="4" t="s">
-        <v>1208</v>
-[...2 lines deleted...]
-        <v>1209</v>
+        <v>1204</v>
+      </c>
+      <c r="C542" s="5">
+        <v>47181</v>
       </c>
       <c r="D542" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E542" s="5">
         <v>40</v>
       </c>
       <c r="F542" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G542" s="5" t="s">
-        <v>932</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" s="3" t="s">
-        <v>1210</v>
+        <v>193</v>
       </c>
       <c r="B543" s="4" t="s">
-        <v>1211</v>
-[...2 lines deleted...]
-        <v>1212</v>
+        <v>1206</v>
+      </c>
+      <c r="C543" s="5">
+        <v>47216</v>
       </c>
       <c r="D543" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E543" s="5">
         <v>40</v>
       </c>
       <c r="F543" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G543" s="5" t="s">
-        <v>533</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" s="3" t="s">
-        <v>1213</v>
+        <v>1208</v>
       </c>
       <c r="B544" s="4" t="s">
-        <v>1214</v>
+        <v>1209</v>
       </c>
       <c r="C544" s="5" t="s">
-        <v>1215</v>
+        <v>1210</v>
       </c>
       <c r="D544" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E544" s="5">
         <v>40</v>
       </c>
       <c r="F544" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G544" s="5" t="s">
-        <v>1216</v>
+        <v>932</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" s="3" t="s">
-        <v>1217</v>
+        <v>1211</v>
       </c>
       <c r="B545" s="4" t="s">
-        <v>1218</v>
+        <v>1212</v>
       </c>
       <c r="C545" s="5" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="D545" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E545" s="5">
         <v>40</v>
       </c>
       <c r="F545" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G545" s="5" t="s">
-        <v>128</v>
+        <v>533</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" s="3" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="B546" s="4" t="s">
-        <v>1219</v>
+        <v>1215</v>
       </c>
       <c r="C546" s="5" t="s">
-        <v>1220</v>
+        <v>1216</v>
       </c>
       <c r="D546" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E546" s="5">
         <v>40</v>
       </c>
       <c r="F546" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G546" s="5" t="s">
-        <v>1221</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" s="3" t="s">
-        <v>1222</v>
+        <v>1218</v>
       </c>
       <c r="B547" s="4" t="s">
-        <v>1223</v>
+        <v>1219</v>
       </c>
       <c r="C547" s="5" t="s">
-        <v>1224</v>
+        <v>1210</v>
       </c>
       <c r="D547" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E547" s="5">
         <v>40</v>
       </c>
       <c r="F547" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G547" s="5" t="s">
-        <v>533</v>
+        <v>128</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" s="3" t="s">
-        <v>1225</v>
+        <v>1214</v>
       </c>
       <c r="B548" s="4" t="s">
-        <v>1226</v>
+        <v>1220</v>
       </c>
       <c r="C548" s="5" t="s">
-        <v>1212</v>
+        <v>1221</v>
       </c>
       <c r="D548" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E548" s="5">
         <v>40</v>
       </c>
       <c r="F548" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G548" s="5" t="s">
-        <v>583</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" s="3" t="s">
-        <v>1207</v>
+        <v>1223</v>
       </c>
       <c r="B549" s="4" t="s">
-        <v>1227</v>
+        <v>1224</v>
       </c>
       <c r="C549" s="5" t="s">
-        <v>1228</v>
+        <v>1225</v>
       </c>
       <c r="D549" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E549" s="5">
         <v>40</v>
       </c>
       <c r="F549" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G549" s="5" t="s">
-        <v>93</v>
+        <v>533</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" s="3" t="s">
-        <v>100</v>
+        <v>1226</v>
       </c>
       <c r="B550" s="4" t="s">
-        <v>1229</v>
-[...2 lines deleted...]
-        <v>50039</v>
+        <v>1227</v>
+      </c>
+      <c r="C550" s="5" t="s">
+        <v>1213</v>
       </c>
       <c r="D550" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E550" s="5">
         <v>40</v>
       </c>
       <c r="F550" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G550" s="5" t="s">
-        <v>706</v>
+        <v>583</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" s="3" t="s">
-        <v>320</v>
+        <v>1208</v>
       </c>
       <c r="B551" s="4" t="s">
-        <v>1230</v>
-[...2 lines deleted...]
-        <v>50074</v>
+        <v>1228</v>
+      </c>
+      <c r="C551" s="5" t="s">
+        <v>1229</v>
       </c>
       <c r="D551" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E551" s="5">
         <v>40</v>
       </c>
       <c r="F551" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G551" s="5" t="s">
-        <v>1231</v>
+        <v>93</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B552" s="4" t="s">
-        <v>1232</v>
+        <v>1230</v>
       </c>
       <c r="C552" s="5">
-        <v>50095</v>
+        <v>50039</v>
       </c>
       <c r="D552" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E552" s="5">
         <v>40</v>
       </c>
       <c r="F552" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G552" s="5" t="s">
-        <v>500</v>
+        <v>706</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" s="3" t="s">
-        <v>100</v>
+        <v>320</v>
       </c>
       <c r="B553" s="4" t="s">
-        <v>1233</v>
+        <v>1231</v>
       </c>
       <c r="C553" s="5">
-        <v>50144</v>
+        <v>50074</v>
       </c>
       <c r="D553" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E553" s="5">
         <v>40</v>
       </c>
       <c r="F553" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G553" s="5" t="s">
-        <v>533</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" s="3" t="s">
-        <v>646</v>
+        <v>100</v>
       </c>
       <c r="B554" s="4" t="s">
-        <v>1234</v>
+        <v>1233</v>
       </c>
       <c r="C554" s="5">
-        <v>50902</v>
+        <v>50095</v>
       </c>
       <c r="D554" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E554" s="5">
         <v>40</v>
       </c>
       <c r="F554" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G554" s="5" t="s">
-        <v>598</v>
+        <v>500</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B555" s="4" t="s">
-        <v>1235</v>
+        <v>1234</v>
       </c>
       <c r="C555" s="5">
-        <v>50252</v>
+        <v>50144</v>
       </c>
       <c r="D555" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E555" s="5">
         <v>40</v>
       </c>
       <c r="F555" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G555" s="5" t="s">
-        <v>437</v>
+        <v>533</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" s="3" t="s">
-        <v>930</v>
+        <v>646</v>
       </c>
       <c r="B556" s="4" t="s">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="C556" s="5">
-        <v>50259</v>
+        <v>50902</v>
       </c>
       <c r="D556" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E556" s="5">
         <v>40</v>
       </c>
       <c r="F556" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G556" s="5" t="s">
-        <v>1237</v>
+        <v>598</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" s="3" t="s">
-        <v>630</v>
+        <v>100</v>
       </c>
       <c r="B557" s="4" t="s">
         <v>1236</v>
       </c>
       <c r="C557" s="5">
-        <v>50259</v>
+        <v>50252</v>
       </c>
       <c r="D557" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E557" s="5">
         <v>40</v>
       </c>
       <c r="F557" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G557" s="5" t="s">
-        <v>512</v>
+        <v>437</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" s="3" t="s">
-        <v>403</v>
+        <v>930</v>
       </c>
       <c r="B558" s="4" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C558" s="5">
+        <v>50259</v>
+      </c>
+      <c r="D558" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E558" s="5">
+        <v>40</v>
+      </c>
+      <c r="F558" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G558" s="5" t="s">
         <v>1238</v>
-      </c>
-[...13 lines deleted...]
-        <v>1239</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" s="3" t="s">
-        <v>476</v>
+        <v>630</v>
       </c>
       <c r="B559" s="4" t="s">
-        <v>1240</v>
+        <v>1237</v>
       </c>
       <c r="C559" s="5">
-        <v>49005</v>
+        <v>50259</v>
       </c>
       <c r="D559" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E559" s="5">
         <v>40</v>
       </c>
       <c r="F559" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G559" s="5" t="s">
-        <v>1241</v>
+        <v>512</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" s="3" t="s">
-        <v>1242</v>
+        <v>403</v>
       </c>
       <c r="B560" s="4" t="s">
-        <v>1243</v>
+        <v>1239</v>
       </c>
       <c r="C560" s="5">
-        <v>49013</v>
+        <v>50271</v>
       </c>
       <c r="D560" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E560" s="5">
         <v>40</v>
       </c>
       <c r="F560" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G560" s="5" t="s">
-        <v>816</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" s="3" t="s">
-        <v>1244</v>
+        <v>476</v>
       </c>
       <c r="B561" s="4" t="s">
-        <v>1245</v>
+        <v>1241</v>
       </c>
       <c r="C561" s="5">
-        <v>49042</v>
+        <v>49005</v>
       </c>
       <c r="D561" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E561" s="5">
         <v>40</v>
       </c>
       <c r="F561" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G561" s="5" t="s">
-        <v>1204</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" s="3" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B562" s="4" t="s">
         <v>1244</v>
       </c>
-      <c r="B562" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C562" s="5">
-        <v>49042</v>
+        <v>49013</v>
       </c>
       <c r="D562" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E562" s="5">
         <v>40</v>
       </c>
       <c r="F562" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G562" s="5" t="s">
-        <v>87</v>
+        <v>816</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" s="3" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="B563" s="4" t="s">
-        <v>1248</v>
+        <v>1246</v>
       </c>
       <c r="C563" s="5">
-        <v>49071</v>
+        <v>49042</v>
       </c>
       <c r="D563" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E563" s="5">
         <v>40</v>
       </c>
       <c r="F563" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G563" s="5" t="s">
-        <v>1249</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" s="3" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B564" s="4" t="s">
         <v>1247</v>
       </c>
-      <c r="B564" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C564" s="5">
-        <v>49087</v>
+        <v>49042</v>
       </c>
       <c r="D564" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E564" s="5">
         <v>40</v>
       </c>
       <c r="F564" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G564" s="5" t="s">
-        <v>1251</v>
+        <v>87</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" s="3" t="s">
-        <v>476</v>
+        <v>1248</v>
       </c>
       <c r="B565" s="4" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="C565" s="5">
-        <v>49087</v>
+        <v>49071</v>
       </c>
       <c r="D565" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E565" s="5">
         <v>40</v>
       </c>
       <c r="F565" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G565" s="5" t="s">
-        <v>877</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" s="3" t="s">
-        <v>476</v>
+        <v>1248</v>
       </c>
       <c r="B566" s="4" t="s">
-        <v>1253</v>
+        <v>1251</v>
       </c>
       <c r="C566" s="5">
-        <v>49099</v>
+        <v>49087</v>
       </c>
       <c r="D566" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E566" s="5">
         <v>40</v>
       </c>
       <c r="F566" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G566" s="5" t="s">
-        <v>722</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" s="3" t="s">
         <v>476</v>
       </c>
       <c r="B567" s="4" t="s">
-        <v>1254</v>
+        <v>1253</v>
       </c>
       <c r="C567" s="5">
-        <v>49112</v>
+        <v>49087</v>
       </c>
       <c r="D567" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E567" s="5">
         <v>40</v>
       </c>
       <c r="F567" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G567" s="5" t="s">
-        <v>610</v>
+        <v>877</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" s="3" t="s">
-        <v>723</v>
+        <v>476</v>
       </c>
       <c r="B568" s="4" t="s">
-        <v>1255</v>
+        <v>1254</v>
       </c>
       <c r="C568" s="5">
-        <v>49126</v>
+        <v>49099</v>
       </c>
       <c r="D568" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E568" s="5">
         <v>40</v>
       </c>
       <c r="F568" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G568" s="5" t="s">
-        <v>1256</v>
+        <v>722</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" s="3" t="s">
         <v>476</v>
       </c>
       <c r="B569" s="4" t="s">
-        <v>1257</v>
+        <v>1255</v>
       </c>
       <c r="C569" s="5">
-        <v>49138</v>
+        <v>49112</v>
       </c>
       <c r="D569" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E569" s="5">
         <v>40</v>
       </c>
       <c r="F569" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G569" s="5" t="s">
-        <v>1258</v>
+        <v>610</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" s="3" t="s">
-        <v>1244</v>
+        <v>723</v>
       </c>
       <c r="B570" s="4" t="s">
-        <v>1259</v>
+        <v>1256</v>
       </c>
       <c r="C570" s="5">
-        <v>49152</v>
+        <v>49126</v>
       </c>
       <c r="D570" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E570" s="5">
         <v>40</v>
       </c>
       <c r="F570" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G570" s="5" t="s">
-        <v>1117</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" s="3" t="s">
-        <v>1260</v>
+        <v>476</v>
       </c>
       <c r="B571" s="4" t="s">
-        <v>1261</v>
+        <v>1258</v>
       </c>
       <c r="C571" s="5">
-        <v>49152</v>
+        <v>49138</v>
       </c>
       <c r="D571" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E571" s="5">
         <v>40</v>
       </c>
       <c r="F571" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G571" s="5" t="s">
-        <v>1262</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" s="3" t="s">
-        <v>443</v>
+        <v>1245</v>
       </c>
       <c r="B572" s="4" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="C572" s="5">
-        <v>49162</v>
+        <v>49152</v>
       </c>
       <c r="D572" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E572" s="5">
         <v>40</v>
       </c>
       <c r="F572" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G572" s="5" t="s">
-        <v>305</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" s="3" t="s">
-        <v>1244</v>
+        <v>1261</v>
       </c>
       <c r="B573" s="4" t="s">
-        <v>1264</v>
+        <v>1262</v>
       </c>
       <c r="C573" s="5">
-        <v>49163</v>
+        <v>49152</v>
       </c>
       <c r="D573" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E573" s="5">
         <v>40</v>
       </c>
       <c r="F573" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G573" s="5" t="s">
-        <v>471</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" s="3" t="s">
         <v>443</v>
       </c>
       <c r="B574" s="4" t="s">
-        <v>1265</v>
+        <v>1264</v>
       </c>
       <c r="C574" s="5">
-        <v>49166</v>
+        <v>49162</v>
       </c>
       <c r="D574" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E574" s="5">
         <v>40</v>
       </c>
       <c r="F574" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G574" s="5" t="s">
-        <v>1093</v>
+        <v>305</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" s="3" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="B575" s="4" t="s">
-        <v>1266</v>
+        <v>1265</v>
       </c>
       <c r="C575" s="5">
-        <v>49179</v>
+        <v>49163</v>
       </c>
       <c r="D575" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E575" s="5">
         <v>40</v>
       </c>
       <c r="F575" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G575" s="5" t="s">
-        <v>1267</v>
+        <v>471</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" s="3" t="s">
-        <v>1244</v>
+        <v>443</v>
       </c>
       <c r="B576" s="4" t="s">
-        <v>1268</v>
+        <v>1266</v>
       </c>
       <c r="C576" s="5">
-        <v>49242</v>
+        <v>49166</v>
       </c>
       <c r="D576" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E576" s="5">
         <v>40</v>
       </c>
       <c r="F576" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G576" s="5" t="s">
-        <v>1269</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" s="3" t="s">
-        <v>403</v>
+        <v>1248</v>
       </c>
       <c r="B577" s="4" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
       <c r="C577" s="5">
-        <v>49255</v>
+        <v>49179</v>
       </c>
       <c r="D577" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E577" s="5">
         <v>40</v>
       </c>
       <c r="F577" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G577" s="5" t="s">
-        <v>1271</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" s="3" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B578" s="4" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C578" s="5">
+        <v>49242</v>
+      </c>
+      <c r="D578" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E578" s="5">
+        <v>40</v>
+      </c>
+      <c r="F578" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G578" s="5" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="579" spans="1:7">
+      <c r="A579" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="B579" s="4" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C579" s="5">
+        <v>49255</v>
+      </c>
+      <c r="D579" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E579" s="5">
+        <v>40</v>
+      </c>
+      <c r="F579" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G579" s="5" t="s">
         <v>1272</v>
       </c>
-      <c r="B578" s="4" t="s">
+    </row>
+    <row r="580" spans="1:7">
+      <c r="A580" s="3" t="s">
         <v>1273</v>
       </c>
-      <c r="C578" s="5">
+      <c r="B580" s="4" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C580" s="5">
         <v>49275</v>
       </c>
-      <c r="D578" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G579" s="1"/>
+      <c r="D580" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E580" s="5">
+        <v>40</v>
+      </c>
+      <c r="F580" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G580" s="5" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="581" spans="1:7">
+      <c r="A581" s="2"/>
+      <c r="C581" s="1"/>
+      <c r="E581" s="1"/>
+      <c r="F581" s="1"/>
+      <c r="G581" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">