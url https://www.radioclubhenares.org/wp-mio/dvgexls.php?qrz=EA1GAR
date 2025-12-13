--- v0 (2025-10-18)
+++ v1 (2025-12-13)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2181">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA1GAR</t>
   </si>
   <si>
-    <t>1.035 Referencias DVGE - 1.144 QSO encontrados - 876 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #907 (18-10-2025 16:01)</t>
+    <t>1.035 Referencias DVGE - 1.145 QSO encontrados - 876 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #907 (13-12-2025 23:06)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>ED5GDM</t>
   </si>
@@ -4617,50 +4617,56 @@
     <t>VGP-136</t>
   </si>
   <si>
     <t>01/10/2012</t>
   </si>
   <si>
     <t>EC1DD</t>
   </si>
   <si>
     <t>VGPO-005</t>
   </si>
   <si>
     <t>17/04/2022</t>
   </si>
   <si>
     <t>VGPO-007</t>
   </si>
   <si>
     <t>21/12/2014</t>
   </si>
   <si>
     <t>EA1URE</t>
   </si>
   <si>
     <t>VGPO-010</t>
+  </si>
+  <si>
+    <t>EA1RCI/P</t>
+  </si>
+  <si>
+    <t>19/10/2025</t>
   </si>
   <si>
     <t>VGPO-014</t>
   </si>
   <si>
     <t>EA1BE/P</t>
   </si>
   <si>
     <t>VGPO-015</t>
   </si>
   <si>
     <t>14/09/2008</t>
   </si>
   <si>
     <t>EA1AJV/M</t>
   </si>
   <si>
     <t>VGPO-017</t>
   </si>
   <si>
     <t>EA1CIU</t>
   </si>
   <si>
     <t>VGPO-026</t>
   </si>
@@ -7006,51 +7012,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1150"/>
+  <dimension ref="A1:G1151"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -23862,9576 +23868,9599 @@
     <row r="735" spans="1:7">
       <c r="A735" s="3" t="s">
         <v>1528</v>
       </c>
       <c r="B735" s="4" t="s">
         <v>1534</v>
       </c>
       <c r="C735" s="5">
         <v>36006</v>
       </c>
       <c r="D735" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E735" s="5">
         <v>40</v>
       </c>
       <c r="F735" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G735" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="736" spans="1:7">
       <c r="A736" s="3" t="s">
-        <v>1467</v>
+        <v>1535</v>
       </c>
       <c r="B736" s="4" t="s">
-        <v>1535</v>
+        <v>1534</v>
       </c>
       <c r="C736" s="5">
-        <v>36009</v>
+        <v>36006</v>
       </c>
       <c r="D736" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E736" s="5">
         <v>40</v>
       </c>
       <c r="F736" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G736" s="5" t="s">
-        <v>106</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="737" spans="1:7">
       <c r="A737" s="3" t="s">
-        <v>1536</v>
+        <v>1467</v>
       </c>
       <c r="B737" s="4" t="s">
         <v>1537</v>
       </c>
       <c r="C737" s="5">
         <v>36009</v>
       </c>
       <c r="D737" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E737" s="5">
         <v>40</v>
       </c>
       <c r="F737" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G737" s="5" t="s">
-        <v>1538</v>
+        <v>106</v>
       </c>
     </row>
     <row r="738" spans="1:7">
       <c r="A738" s="3" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B738" s="4" t="s">
         <v>1539</v>
-      </c>
-[...1 lines deleted...]
-        <v>1540</v>
       </c>
       <c r="C738" s="5">
         <v>36009</v>
       </c>
       <c r="D738" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E738" s="5">
         <v>40</v>
       </c>
       <c r="F738" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G738" s="5" t="s">
-        <v>1350</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" s="3" t="s">
         <v>1541</v>
       </c>
       <c r="B739" s="4" t="s">
         <v>1542</v>
       </c>
       <c r="C739" s="5">
-        <v>36013</v>
+        <v>36009</v>
       </c>
       <c r="D739" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E739" s="5">
         <v>40</v>
       </c>
       <c r="F739" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G739" s="5" t="s">
-        <v>1543</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" s="3" t="s">
-        <v>1467</v>
+        <v>1543</v>
       </c>
       <c r="B740" s="4" t="s">
         <v>1544</v>
       </c>
       <c r="C740" s="5">
-        <v>36015</v>
+        <v>36013</v>
       </c>
       <c r="D740" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E740" s="5">
         <v>40</v>
       </c>
       <c r="F740" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G740" s="5" t="s">
-        <v>604</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" s="3" t="s">
-        <v>1545</v>
+        <v>1467</v>
       </c>
       <c r="B741" s="4" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="C741" s="5">
         <v>36015</v>
       </c>
       <c r="D741" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E741" s="5">
         <v>40</v>
       </c>
       <c r="F741" s="5" t="s">
-        <v>1546</v>
+        <v>15</v>
       </c>
       <c r="G741" s="5" t="s">
-        <v>350</v>
+        <v>604</v>
       </c>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" s="3" t="s">
-        <v>1528</v>
+        <v>1547</v>
       </c>
       <c r="B742" s="4" t="s">
-        <v>1547</v>
+        <v>1546</v>
       </c>
       <c r="C742" s="5">
-        <v>36016</v>
+        <v>36015</v>
       </c>
       <c r="D742" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E742" s="5">
         <v>40</v>
       </c>
       <c r="F742" s="5" t="s">
-        <v>15</v>
+        <v>1548</v>
       </c>
       <c r="G742" s="5" t="s">
-        <v>757</v>
+        <v>350</v>
       </c>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" s="3" t="s">
-        <v>1467</v>
+        <v>1528</v>
       </c>
       <c r="B743" s="4" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="C743" s="5">
-        <v>36017</v>
+        <v>36016</v>
       </c>
       <c r="D743" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E743" s="5">
         <v>40</v>
       </c>
       <c r="F743" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G743" s="5" t="s">
-        <v>1549</v>
+        <v>757</v>
       </c>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" s="3" t="s">
         <v>1467</v>
       </c>
       <c r="B744" s="4" t="s">
         <v>1550</v>
       </c>
       <c r="C744" s="5">
         <v>36017</v>
       </c>
       <c r="D744" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E744" s="5">
         <v>40</v>
       </c>
       <c r="F744" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G744" s="5" t="s">
-        <v>1396</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" s="3" t="s">
-        <v>1545</v>
+        <v>1467</v>
       </c>
       <c r="B745" s="4" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="C745" s="5">
         <v>36017</v>
       </c>
       <c r="D745" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E745" s="5">
         <v>40</v>
       </c>
       <c r="F745" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G745" s="5" t="s">
-        <v>307</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" s="3" t="s">
-        <v>1467</v>
+        <v>1547</v>
       </c>
       <c r="B746" s="4" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="C746" s="5">
-        <v>36018</v>
+        <v>36017</v>
       </c>
       <c r="D746" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E746" s="5">
         <v>40</v>
       </c>
       <c r="F746" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G746" s="5" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" s="3" t="s">
         <v>1467</v>
       </c>
       <c r="B747" s="4" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="C747" s="5">
         <v>36018</v>
       </c>
       <c r="D747" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E747" s="5">
         <v>40</v>
       </c>
       <c r="F747" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G747" s="5" t="s">
-        <v>795</v>
+        <v>304</v>
       </c>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" s="3" t="s">
-        <v>1528</v>
+        <v>1467</v>
       </c>
       <c r="B748" s="4" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="C748" s="5">
-        <v>36021</v>
+        <v>36018</v>
       </c>
       <c r="D748" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E748" s="5">
         <v>40</v>
       </c>
       <c r="F748" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G748" s="5" t="s">
-        <v>38</v>
+        <v>795</v>
       </c>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" s="3" t="s">
         <v>1528</v>
       </c>
       <c r="B749" s="4" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="C749" s="5">
         <v>36021</v>
       </c>
       <c r="D749" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E749" s="5">
         <v>40</v>
       </c>
       <c r="F749" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G749" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" s="3" t="s">
-        <v>1554</v>
+        <v>1528</v>
       </c>
       <c r="B750" s="4" t="s">
         <v>1555</v>
       </c>
       <c r="C750" s="5">
-        <v>36022</v>
+        <v>36021</v>
       </c>
       <c r="D750" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E750" s="5">
         <v>40</v>
       </c>
       <c r="F750" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G750" s="5" t="s">
-        <v>356</v>
+        <v>38</v>
       </c>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" s="3" t="s">
         <v>1556</v>
       </c>
       <c r="B751" s="4" t="s">
         <v>1557</v>
       </c>
       <c r="C751" s="5">
-        <v>36023</v>
+        <v>36022</v>
       </c>
       <c r="D751" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E751" s="5">
         <v>40</v>
       </c>
       <c r="F751" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G751" s="5" t="s">
-        <v>1558</v>
+        <v>356</v>
       </c>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" s="3" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B752" s="4" t="s">
         <v>1559</v>
-      </c>
-[...1 lines deleted...]
-        <v>1557</v>
       </c>
       <c r="C752" s="5">
         <v>36023</v>
       </c>
       <c r="D752" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E752" s="5">
         <v>40</v>
       </c>
       <c r="F752" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G752" s="5" t="s">
-        <v>532</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" s="3" t="s">
-        <v>1554</v>
+        <v>1561</v>
       </c>
       <c r="B753" s="4" t="s">
-        <v>1560</v>
+        <v>1559</v>
       </c>
       <c r="C753" s="5">
-        <v>36024</v>
+        <v>36023</v>
       </c>
       <c r="D753" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E753" s="5">
         <v>40</v>
       </c>
       <c r="F753" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G753" s="5" t="s">
-        <v>1183</v>
+        <v>532</v>
       </c>
     </row>
     <row r="754" spans="1:7">
       <c r="A754" s="3" t="s">
-        <v>1467</v>
+        <v>1556</v>
       </c>
       <c r="B754" s="4" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="C754" s="5">
         <v>36024</v>
       </c>
       <c r="D754" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E754" s="5">
         <v>40</v>
       </c>
       <c r="F754" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G754" s="5" t="s">
-        <v>496</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="755" spans="1:7">
       <c r="A755" s="3" t="s">
-        <v>1554</v>
+        <v>1467</v>
       </c>
       <c r="B755" s="4" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="C755" s="5">
-        <v>36025</v>
+        <v>36024</v>
       </c>
       <c r="D755" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E755" s="5">
         <v>40</v>
       </c>
       <c r="F755" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G755" s="5" t="s">
-        <v>1549</v>
+        <v>496</v>
       </c>
     </row>
     <row r="756" spans="1:7">
       <c r="A756" s="3" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="B756" s="4" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="C756" s="5">
-        <v>36026</v>
+        <v>36025</v>
       </c>
       <c r="D756" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E756" s="5">
         <v>40</v>
       </c>
       <c r="F756" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G756" s="5" t="s">
-        <v>1564</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="757" spans="1:7">
       <c r="A757" s="3" t="s">
-        <v>1467</v>
+        <v>1556</v>
       </c>
       <c r="B757" s="4" t="s">
         <v>1565</v>
       </c>
       <c r="C757" s="5">
-        <v>36027</v>
+        <v>36026</v>
       </c>
       <c r="D757" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E757" s="5">
         <v>40</v>
       </c>
       <c r="F757" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G757" s="5" t="s">
-        <v>1390</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="758" spans="1:7">
       <c r="A758" s="3" t="s">
-        <v>1554</v>
+        <v>1467</v>
       </c>
       <c r="B758" s="4" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="C758" s="5">
-        <v>36028</v>
+        <v>36027</v>
       </c>
       <c r="D758" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E758" s="5">
         <v>40</v>
       </c>
       <c r="F758" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G758" s="5" t="s">
         <v>1390</v>
       </c>
     </row>
     <row r="759" spans="1:7">
       <c r="A759" s="3" t="s">
-        <v>1533</v>
+        <v>1556</v>
       </c>
       <c r="B759" s="4" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="C759" s="5">
-        <v>36029</v>
+        <v>36028</v>
       </c>
       <c r="D759" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E759" s="5">
         <v>40</v>
       </c>
       <c r="F759" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G759" s="5" t="s">
-        <v>1568</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="760" spans="1:7">
       <c r="A760" s="3" t="s">
-        <v>1467</v>
+        <v>1533</v>
       </c>
       <c r="B760" s="4" t="s">
         <v>1569</v>
       </c>
       <c r="C760" s="5">
-        <v>36030</v>
+        <v>36029</v>
       </c>
       <c r="D760" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E760" s="5">
         <v>40</v>
       </c>
       <c r="F760" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G760" s="5" t="s">
         <v>1570</v>
       </c>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" s="3" t="s">
         <v>1467</v>
       </c>
       <c r="B761" s="4" t="s">
         <v>1571</v>
       </c>
       <c r="C761" s="5">
         <v>36030</v>
       </c>
       <c r="D761" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E761" s="5">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="F761" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G761" s="5" t="s">
         <v>1572</v>
       </c>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" s="3" t="s">
         <v>1467</v>
       </c>
       <c r="B762" s="4" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="C762" s="5">
         <v>36030</v>
       </c>
       <c r="D762" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E762" s="5">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F762" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G762" s="5" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="763" spans="1:7">
       <c r="A763" s="3" t="s">
         <v>1467</v>
       </c>
       <c r="B763" s="4" t="s">
         <v>1573</v>
       </c>
       <c r="C763" s="5">
         <v>36030</v>
       </c>
       <c r="D763" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E763" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F763" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G763" s="5" t="s">
         <v>1574</v>
       </c>
     </row>
     <row r="764" spans="1:7">
       <c r="A764" s="3" t="s">
         <v>1467</v>
       </c>
       <c r="B764" s="4" t="s">
         <v>1575</v>
       </c>
       <c r="C764" s="5">
-        <v>36033</v>
+        <v>36030</v>
       </c>
       <c r="D764" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E764" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F764" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G764" s="5" t="s">
         <v>1576</v>
       </c>
     </row>
     <row r="765" spans="1:7">
       <c r="A765" s="3" t="s">
         <v>1467</v>
       </c>
       <c r="B765" s="4" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="C765" s="5">
         <v>36033</v>
       </c>
       <c r="D765" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E765" s="5">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F765" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G765" s="5" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="766" spans="1:7">
       <c r="A766" s="3" t="s">
         <v>1467</v>
       </c>
       <c r="B766" s="4" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="C766" s="5">
         <v>36033</v>
       </c>
       <c r="D766" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E766" s="5">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="F766" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G766" s="5" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="767" spans="1:7">
       <c r="A767" s="3" t="s">
         <v>1467</v>
       </c>
       <c r="B767" s="4" t="s">
         <v>1577</v>
       </c>
       <c r="C767" s="5">
-        <v>36034</v>
+        <v>36033</v>
       </c>
       <c r="D767" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E767" s="5">
         <v>40</v>
       </c>
       <c r="F767" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G767" s="5" t="s">
-        <v>1119</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="768" spans="1:7">
       <c r="A768" s="3" t="s">
-        <v>1528</v>
+        <v>1467</v>
       </c>
       <c r="B768" s="4" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="C768" s="5">
-        <v>36035</v>
+        <v>36034</v>
       </c>
       <c r="D768" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E768" s="5">
         <v>40</v>
       </c>
       <c r="F768" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G768" s="5" t="s">
-        <v>245</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="769" spans="1:7">
       <c r="A769" s="3" t="s">
-        <v>509</v>
+        <v>1528</v>
       </c>
       <c r="B769" s="4" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="C769" s="5">
-        <v>36036</v>
+        <v>36035</v>
       </c>
       <c r="D769" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E769" s="5">
         <v>40</v>
       </c>
       <c r="F769" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G769" s="5" t="s">
-        <v>1580</v>
+        <v>245</v>
       </c>
     </row>
     <row r="770" spans="1:7">
       <c r="A770" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B770" s="4" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="C770" s="5">
         <v>36036</v>
       </c>
       <c r="D770" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E770" s="5">
         <v>40</v>
       </c>
       <c r="F770" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G770" s="5" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="771" spans="1:7">
       <c r="A771" s="3" t="s">
-        <v>1467</v>
+        <v>509</v>
       </c>
       <c r="B771" s="4" t="s">
         <v>1581</v>
       </c>
       <c r="C771" s="5">
-        <v>36042</v>
+        <v>36036</v>
       </c>
       <c r="D771" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E771" s="5">
         <v>40</v>
       </c>
       <c r="F771" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G771" s="5" t="s">
-        <v>626</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="772" spans="1:7">
       <c r="A772" s="3" t="s">
-        <v>1554</v>
+        <v>1467</v>
       </c>
       <c r="B772" s="4" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="C772" s="5">
-        <v>36043</v>
+        <v>36042</v>
       </c>
       <c r="D772" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E772" s="5">
         <v>40</v>
       </c>
       <c r="F772" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G772" s="5" t="s">
-        <v>1583</v>
+        <v>626</v>
       </c>
     </row>
     <row r="773" spans="1:7">
       <c r="A773" s="3" t="s">
-        <v>1533</v>
+        <v>1556</v>
       </c>
       <c r="B773" s="4" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="C773" s="5">
         <v>36043</v>
       </c>
       <c r="D773" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E773" s="5">
         <v>40</v>
       </c>
       <c r="F773" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G773" s="5" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="774" spans="1:7">
       <c r="A774" s="3" t="s">
-        <v>1467</v>
+        <v>1533</v>
       </c>
       <c r="B774" s="4" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="C774" s="5">
-        <v>36038</v>
+        <v>36043</v>
       </c>
       <c r="D774" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E774" s="5">
         <v>40</v>
       </c>
       <c r="F774" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G774" s="5" t="s">
-        <v>1450</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="775" spans="1:7">
       <c r="A775" s="3" t="s">
-        <v>1528</v>
+        <v>1467</v>
       </c>
       <c r="B775" s="4" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="C775" s="5">
-        <v>36039</v>
+        <v>36038</v>
       </c>
       <c r="D775" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E775" s="5">
         <v>40</v>
       </c>
       <c r="F775" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G775" s="5" t="s">
-        <v>133</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="776" spans="1:7">
       <c r="A776" s="3" t="s">
-        <v>1541</v>
+        <v>1528</v>
       </c>
       <c r="B776" s="4" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="C776" s="5">
-        <v>36041</v>
+        <v>36039</v>
       </c>
       <c r="D776" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E776" s="5">
         <v>40</v>
       </c>
       <c r="F776" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G776" s="5" t="s">
-        <v>1588</v>
+        <v>133</v>
       </c>
     </row>
     <row r="777" spans="1:7">
       <c r="A777" s="3" t="s">
-        <v>1467</v>
+        <v>1543</v>
       </c>
       <c r="B777" s="4" t="s">
         <v>1589</v>
       </c>
       <c r="C777" s="5">
-        <v>36045</v>
+        <v>36041</v>
       </c>
       <c r="D777" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E777" s="5">
         <v>40</v>
       </c>
       <c r="F777" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G777" s="5" t="s">
-        <v>962</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="778" spans="1:7">
       <c r="A778" s="3" t="s">
         <v>1467</v>
       </c>
       <c r="B778" s="4" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="C778" s="5">
         <v>36045</v>
       </c>
       <c r="D778" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E778" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F778" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G778" s="5" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="779" spans="1:7">
       <c r="A779" s="3" t="s">
-        <v>1590</v>
+        <v>1467</v>
       </c>
       <c r="B779" s="4" t="s">
         <v>1591</v>
       </c>
       <c r="C779" s="5">
-        <v>36048</v>
+        <v>36045</v>
       </c>
       <c r="D779" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E779" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F779" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G779" s="5" t="s">
-        <v>464</v>
+        <v>962</v>
       </c>
     </row>
     <row r="780" spans="1:7">
       <c r="A780" s="3" t="s">
-        <v>1467</v>
+        <v>1592</v>
       </c>
       <c r="B780" s="4" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="C780" s="5">
         <v>36048</v>
       </c>
       <c r="D780" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E780" s="5">
         <v>40</v>
       </c>
       <c r="F780" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G780" s="5" t="s">
-        <v>912</v>
+        <v>464</v>
       </c>
     </row>
     <row r="781" spans="1:7">
       <c r="A781" s="3" t="s">
-        <v>1556</v>
+        <v>1467</v>
       </c>
       <c r="B781" s="4" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="C781" s="5">
         <v>36048</v>
       </c>
       <c r="D781" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E781" s="5">
         <v>40</v>
       </c>
       <c r="F781" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G781" s="5" t="s">
-        <v>1593</v>
+        <v>912</v>
       </c>
     </row>
     <row r="782" spans="1:7">
       <c r="A782" s="3" t="s">
-        <v>509</v>
+        <v>1558</v>
       </c>
       <c r="B782" s="4" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="C782" s="5">
         <v>36048</v>
       </c>
       <c r="D782" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E782" s="5">
         <v>40</v>
       </c>
       <c r="F782" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G782" s="5" t="s">
-        <v>505</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="783" spans="1:7">
       <c r="A783" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="B783" s="4" t="s">
         <v>1594</v>
-      </c>
-[...1 lines deleted...]
-        <v>1592</v>
       </c>
       <c r="C783" s="5">
         <v>36048</v>
       </c>
       <c r="D783" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E783" s="5">
         <v>40</v>
       </c>
       <c r="F783" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G783" s="5" t="s">
-        <v>95</v>
+        <v>505</v>
       </c>
     </row>
     <row r="784" spans="1:7">
       <c r="A784" s="3" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B784" s="4" t="s">
         <v>1594</v>
-      </c>
-[...1 lines deleted...]
-        <v>1592</v>
       </c>
       <c r="C784" s="5">
         <v>36048</v>
       </c>
       <c r="D784" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E784" s="5">
         <v>40</v>
       </c>
       <c r="F784" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G784" s="5" t="s">
-        <v>1595</v>
+        <v>95</v>
       </c>
     </row>
     <row r="785" spans="1:7">
       <c r="A785" s="3" t="s">
-        <v>96</v>
+        <v>1596</v>
       </c>
       <c r="B785" s="4" t="s">
-        <v>1596</v>
+        <v>1594</v>
       </c>
       <c r="C785" s="5">
-        <v>36051</v>
+        <v>36048</v>
       </c>
       <c r="D785" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E785" s="5">
         <v>40</v>
       </c>
       <c r="F785" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G785" s="5" t="s">
-        <v>359</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="786" spans="1:7">
       <c r="A786" s="3" t="s">
-        <v>1487</v>
+        <v>96</v>
       </c>
       <c r="B786" s="4" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="C786" s="5">
-        <v>36052</v>
+        <v>36051</v>
       </c>
       <c r="D786" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E786" s="5">
         <v>40</v>
       </c>
       <c r="F786" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G786" s="5" t="s">
-        <v>1339</v>
+        <v>359</v>
       </c>
     </row>
     <row r="787" spans="1:7">
       <c r="A787" s="3" t="s">
-        <v>1467</v>
+        <v>1487</v>
       </c>
       <c r="B787" s="4" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="C787" s="5">
         <v>36052</v>
       </c>
       <c r="D787" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E787" s="5">
         <v>40</v>
       </c>
       <c r="F787" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G787" s="5" t="s">
-        <v>111</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="788" spans="1:7">
       <c r="A788" s="3" t="s">
-        <v>1533</v>
+        <v>1467</v>
       </c>
       <c r="B788" s="4" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="C788" s="5">
         <v>36052</v>
       </c>
       <c r="D788" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E788" s="5">
         <v>40</v>
       </c>
       <c r="F788" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G788" s="5" t="s">
-        <v>881</v>
+        <v>111</v>
       </c>
     </row>
     <row r="789" spans="1:7">
       <c r="A789" s="3" t="s">
-        <v>1541</v>
+        <v>1533</v>
       </c>
       <c r="B789" s="4" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="C789" s="5">
-        <v>36053</v>
+        <v>36052</v>
       </c>
       <c r="D789" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E789" s="5">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="F789" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G789" s="5" t="s">
-        <v>218</v>
+        <v>881</v>
       </c>
     </row>
     <row r="790" spans="1:7">
       <c r="A790" s="3" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="B790" s="4" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="C790" s="5">
         <v>36053</v>
       </c>
       <c r="D790" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E790" s="5">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="F790" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G790" s="5" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="791" spans="1:7">
       <c r="A791" s="3" t="s">
-        <v>1601</v>
+        <v>1543</v>
       </c>
       <c r="B791" s="4" t="s">
         <v>1602</v>
       </c>
       <c r="C791" s="5">
-        <v>36054</v>
+        <v>36053</v>
       </c>
       <c r="D791" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E791" s="5">
         <v>40</v>
       </c>
       <c r="F791" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G791" s="5" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
     </row>
     <row r="792" spans="1:7">
       <c r="A792" s="3" t="s">
-        <v>1467</v>
+        <v>1603</v>
       </c>
       <c r="B792" s="4" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="C792" s="5">
         <v>36054</v>
       </c>
       <c r="D792" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E792" s="5">
         <v>40</v>
       </c>
       <c r="F792" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G792" s="5" t="s">
-        <v>1604</v>
+        <v>212</v>
       </c>
     </row>
     <row r="793" spans="1:7">
       <c r="A793" s="3" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B793" s="4" t="s">
         <v>1605</v>
       </c>
-      <c r="B793" s="4" t="s">
+      <c r="C793" s="5">
+        <v>36054</v>
+      </c>
+      <c r="D793" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E793" s="5">
+        <v>40</v>
+      </c>
+      <c r="F793" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G793" s="5" t="s">
         <v>1606</v>
-      </c>
-[...13 lines deleted...]
-        <v>965</v>
       </c>
     </row>
     <row r="794" spans="1:7">
       <c r="A794" s="3" t="s">
-        <v>1594</v>
+        <v>1607</v>
       </c>
       <c r="B794" s="4" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="C794" s="5">
         <v>36055</v>
       </c>
       <c r="D794" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E794" s="5">
         <v>40</v>
       </c>
       <c r="F794" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G794" s="5" t="s">
-        <v>1030</v>
+        <v>965</v>
       </c>
     </row>
     <row r="795" spans="1:7">
       <c r="A795" s="3" t="s">
-        <v>1607</v>
+        <v>1596</v>
       </c>
       <c r="B795" s="4" t="s">
         <v>1608</v>
       </c>
       <c r="C795" s="5">
-        <v>36057</v>
+        <v>36055</v>
       </c>
       <c r="D795" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E795" s="5">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="F795" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G795" s="5" t="s">
-        <v>1609</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="796" spans="1:7">
       <c r="A796" s="3" t="s">
-        <v>1539</v>
+        <v>1609</v>
       </c>
       <c r="B796" s="4" t="s">
         <v>1610</v>
       </c>
       <c r="C796" s="5">
         <v>36057</v>
       </c>
       <c r="D796" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E796" s="5">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F796" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G796" s="5" t="s">
         <v>1611</v>
-      </c>
-[...1 lines deleted...]
-        <v>1612</v>
       </c>
     </row>
     <row r="797" spans="1:7">
       <c r="A797" s="3" t="s">
-        <v>1613</v>
+        <v>1541</v>
       </c>
       <c r="B797" s="4" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="C797" s="5">
         <v>36057</v>
       </c>
       <c r="D797" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E797" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F797" s="5" t="s">
-        <v>15</v>
+        <v>1613</v>
       </c>
       <c r="G797" s="5" t="s">
         <v>1614</v>
       </c>
     </row>
     <row r="798" spans="1:7">
       <c r="A798" s="3" t="s">
-        <v>1559</v>
+        <v>1615</v>
       </c>
       <c r="B798" s="4" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="C798" s="5">
         <v>36057</v>
       </c>
       <c r="D798" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E798" s="5">
         <v>40</v>
       </c>
       <c r="F798" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G798" s="5" t="s">
-        <v>546</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="799" spans="1:7">
       <c r="A799" s="3" t="s">
-        <v>1467</v>
+        <v>1561</v>
       </c>
       <c r="B799" s="4" t="s">
-        <v>1615</v>
+        <v>1612</v>
       </c>
       <c r="C799" s="5">
-        <v>36059</v>
+        <v>36057</v>
       </c>
       <c r="D799" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E799" s="5">
         <v>40</v>
       </c>
       <c r="F799" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G799" s="5" t="s">
-        <v>410</v>
+        <v>546</v>
       </c>
     </row>
     <row r="800" spans="1:7">
       <c r="A800" s="3" t="s">
-        <v>1533</v>
+        <v>1467</v>
       </c>
       <c r="B800" s="4" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="C800" s="5">
-        <v>36901</v>
+        <v>36059</v>
       </c>
       <c r="D800" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E800" s="5">
         <v>40</v>
       </c>
       <c r="F800" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G800" s="5" t="s">
-        <v>24</v>
+        <v>410</v>
       </c>
     </row>
     <row r="801" spans="1:7">
       <c r="A801" s="3" t="s">
-        <v>1617</v>
+        <v>1533</v>
       </c>
       <c r="B801" s="4" t="s">
         <v>1618</v>
       </c>
       <c r="C801" s="5">
-        <v>39011</v>
+        <v>36901</v>
       </c>
       <c r="D801" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E801" s="5">
         <v>40</v>
       </c>
       <c r="F801" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G801" s="5" t="s">
-        <v>1190</v>
+        <v>24</v>
       </c>
     </row>
     <row r="802" spans="1:7">
       <c r="A802" s="3" t="s">
         <v>1619</v>
       </c>
       <c r="B802" s="4" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="C802" s="5">
         <v>39011</v>
       </c>
       <c r="D802" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E802" s="5">
         <v>40</v>
       </c>
       <c r="F802" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G802" s="5" t="s">
-        <v>1620</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="803" spans="1:7">
       <c r="A803" s="3" t="s">
         <v>1621</v>
       </c>
       <c r="B803" s="4" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C803" s="5">
+        <v>39011</v>
+      </c>
+      <c r="D803" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E803" s="5">
+        <v>40</v>
+      </c>
+      <c r="F803" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G803" s="5" t="s">
         <v>1622</v>
-      </c>
-[...13 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="804" spans="1:7">
       <c r="A804" s="3" t="s">
-        <v>509</v>
+        <v>1623</v>
       </c>
       <c r="B804" s="4" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="C804" s="5">
-        <v>39026</v>
+        <v>39020</v>
       </c>
       <c r="D804" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E804" s="5">
         <v>40</v>
       </c>
       <c r="F804" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G804" s="5" t="s">
-        <v>1624</v>
+        <v>95</v>
       </c>
     </row>
     <row r="805" spans="1:7">
       <c r="A805" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="B805" s="4" t="s">
         <v>1625</v>
       </c>
-      <c r="B805" s="4" t="s">
+      <c r="C805" s="5">
+        <v>39026</v>
+      </c>
+      <c r="D805" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E805" s="5">
+        <v>40</v>
+      </c>
+      <c r="F805" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G805" s="5" t="s">
         <v>1626</v>
-      </c>
-[...13 lines deleted...]
-        <v>1627</v>
       </c>
     </row>
     <row r="806" spans="1:7">
       <c r="A806" s="3" t="s">
-        <v>1619</v>
+        <v>1627</v>
       </c>
       <c r="B806" s="4" t="s">
         <v>1628</v>
       </c>
       <c r="C806" s="5">
-        <v>39064</v>
+        <v>39030</v>
       </c>
       <c r="D806" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E806" s="5">
         <v>40</v>
       </c>
       <c r="F806" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G806" s="5" t="s">
         <v>1629</v>
       </c>
     </row>
     <row r="807" spans="1:7">
       <c r="A807" s="3" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B807" s="4" t="s">
         <v>1630</v>
       </c>
-      <c r="B807" s="4" t="s">
+      <c r="C807" s="5">
+        <v>39064</v>
+      </c>
+      <c r="D807" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E807" s="5">
+        <v>40</v>
+      </c>
+      <c r="F807" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G807" s="5" t="s">
         <v>1631</v>
-      </c>
-[...13 lines deleted...]
-        <v>1390</v>
       </c>
     </row>
     <row r="808" spans="1:7">
       <c r="A808" s="3" t="s">
-        <v>1619</v>
+        <v>1632</v>
       </c>
       <c r="B808" s="4" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="C808" s="5">
-        <v>39080</v>
+        <v>39070</v>
       </c>
       <c r="D808" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E808" s="5">
         <v>40</v>
       </c>
       <c r="F808" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G808" s="5" t="s">
-        <v>1633</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="809" spans="1:7">
       <c r="A809" s="3" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B809" s="4" t="s">
         <v>1634</v>
       </c>
-      <c r="B809" s="4" t="s">
+      <c r="C809" s="5">
+        <v>39080</v>
+      </c>
+      <c r="D809" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E809" s="5">
+        <v>40</v>
+      </c>
+      <c r="F809" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G809" s="5" t="s">
         <v>1635</v>
-      </c>
-[...13 lines deleted...]
-        <v>1636</v>
       </c>
     </row>
     <row r="810" spans="1:7">
       <c r="A810" s="3" t="s">
-        <v>509</v>
+        <v>1636</v>
       </c>
       <c r="B810" s="4" t="s">
         <v>1637</v>
       </c>
       <c r="C810" s="5">
-        <v>39085</v>
+        <v>39102</v>
       </c>
       <c r="D810" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E810" s="5">
         <v>40</v>
       </c>
       <c r="F810" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G810" s="5" t="s">
-        <v>988</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="811" spans="1:7">
       <c r="A811" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B811" s="4" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="C811" s="5">
         <v>39085</v>
       </c>
       <c r="D811" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E811" s="5">
         <v>40</v>
       </c>
       <c r="F811" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G811" s="5" t="s">
-        <v>649</v>
+        <v>988</v>
       </c>
     </row>
     <row r="812" spans="1:7">
       <c r="A812" s="3" t="s">
-        <v>1638</v>
+        <v>509</v>
       </c>
       <c r="B812" s="4" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="C812" s="5">
         <v>39085</v>
       </c>
       <c r="D812" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E812" s="5">
         <v>40</v>
       </c>
       <c r="F812" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G812" s="5" t="s">
-        <v>1639</v>
+        <v>649</v>
       </c>
     </row>
     <row r="813" spans="1:7">
       <c r="A813" s="3" t="s">
-        <v>1630</v>
+        <v>1640</v>
       </c>
       <c r="B813" s="4" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="C813" s="5">
-        <v>39094</v>
+        <v>39085</v>
       </c>
       <c r="D813" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E813" s="5">
         <v>40</v>
       </c>
       <c r="F813" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G813" s="5" t="s">
-        <v>1017</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="814" spans="1:7">
       <c r="A814" s="3" t="s">
-        <v>1641</v>
+        <v>1632</v>
       </c>
       <c r="B814" s="4" t="s">
         <v>1642</v>
       </c>
       <c r="C814" s="5">
-        <v>37005</v>
+        <v>39094</v>
       </c>
       <c r="D814" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E814" s="5">
         <v>40</v>
       </c>
       <c r="F814" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G814" s="5" t="s">
-        <v>721</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="815" spans="1:7">
       <c r="A815" s="3" t="s">
         <v>1643</v>
       </c>
       <c r="B815" s="4" t="s">
         <v>1644</v>
       </c>
       <c r="C815" s="5">
-        <v>37039</v>
+        <v>37005</v>
       </c>
       <c r="D815" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E815" s="5">
         <v>40</v>
       </c>
       <c r="F815" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G815" s="5" t="s">
-        <v>1645</v>
+        <v>721</v>
       </c>
     </row>
     <row r="816" spans="1:7">
       <c r="A816" s="3" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B816" s="4" t="s">
         <v>1646</v>
       </c>
-      <c r="B816" s="4" t="s">
+      <c r="C816" s="5">
+        <v>37039</v>
+      </c>
+      <c r="D816" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E816" s="5">
+        <v>40</v>
+      </c>
+      <c r="F816" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G816" s="5" t="s">
         <v>1647</v>
-      </c>
-[...13 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="817" spans="1:7">
       <c r="A817" s="3" t="s">
         <v>1648</v>
       </c>
       <c r="B817" s="4" t="s">
         <v>1649</v>
       </c>
       <c r="C817" s="5">
-        <v>37069</v>
+        <v>37061</v>
       </c>
       <c r="D817" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E817" s="5">
         <v>40</v>
       </c>
       <c r="F817" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G817" s="5" t="s">
-        <v>111</v>
+        <v>430</v>
       </c>
     </row>
     <row r="818" spans="1:7">
       <c r="A818" s="3" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="B818" s="4" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="C818" s="5">
-        <v>37087</v>
+        <v>37069</v>
       </c>
       <c r="D818" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E818" s="5">
         <v>40</v>
       </c>
       <c r="F818" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G818" s="5" t="s">
-        <v>1639</v>
+        <v>111</v>
       </c>
     </row>
     <row r="819" spans="1:7">
       <c r="A819" s="3" t="s">
-        <v>1643</v>
+        <v>1650</v>
       </c>
       <c r="B819" s="4" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="C819" s="5">
-        <v>37160</v>
+        <v>37087</v>
       </c>
       <c r="D819" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E819" s="5">
         <v>40</v>
       </c>
       <c r="F819" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G819" s="5" t="s">
-        <v>730</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="820" spans="1:7">
       <c r="A820" s="3" t="s">
-        <v>1652</v>
+        <v>1645</v>
       </c>
       <c r="B820" s="4" t="s">
         <v>1653</v>
       </c>
       <c r="C820" s="5">
-        <v>37207</v>
+        <v>37160</v>
       </c>
       <c r="D820" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E820" s="5">
         <v>40</v>
       </c>
       <c r="F820" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G820" s="5" t="s">
-        <v>689</v>
+        <v>730</v>
       </c>
     </row>
     <row r="821" spans="1:7">
       <c r="A821" s="3" t="s">
-        <v>69</v>
+        <v>1654</v>
       </c>
       <c r="B821" s="4" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="C821" s="5">
-        <v>37246</v>
+        <v>37207</v>
       </c>
       <c r="D821" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E821" s="5">
         <v>40</v>
       </c>
       <c r="F821" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G821" s="5" t="s">
-        <v>1655</v>
+        <v>689</v>
       </c>
     </row>
     <row r="822" spans="1:7">
       <c r="A822" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B822" s="4" t="s">
         <v>1656</v>
       </c>
-      <c r="B822" s="4" t="s">
+      <c r="C822" s="5">
+        <v>37246</v>
+      </c>
+      <c r="D822" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E822" s="5">
+        <v>40</v>
+      </c>
+      <c r="F822" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G822" s="5" t="s">
         <v>1657</v>
-      </c>
-[...13 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="823" spans="1:7">
       <c r="A823" s="3" t="s">
-        <v>1641</v>
+        <v>1658</v>
       </c>
       <c r="B823" s="4" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="C823" s="5">
-        <v>37285</v>
+        <v>37303</v>
       </c>
       <c r="D823" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E823" s="5">
         <v>40</v>
       </c>
       <c r="F823" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G823" s="5" t="s">
-        <v>1659</v>
+        <v>427</v>
       </c>
     </row>
     <row r="824" spans="1:7">
       <c r="A824" s="3" t="s">
-        <v>1648</v>
+        <v>1643</v>
       </c>
       <c r="B824" s="4" t="s">
         <v>1660</v>
       </c>
       <c r="C824" s="5">
-        <v>37374</v>
+        <v>37285</v>
       </c>
       <c r="D824" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E824" s="5">
         <v>40</v>
       </c>
       <c r="F824" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G824" s="5" t="s">
-        <v>1584</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="825" spans="1:7">
       <c r="A825" s="3" t="s">
-        <v>1661</v>
+        <v>1650</v>
       </c>
       <c r="B825" s="4" t="s">
         <v>1662</v>
       </c>
       <c r="C825" s="5">
-        <v>41004</v>
+        <v>37374</v>
       </c>
       <c r="D825" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E825" s="5">
         <v>40</v>
       </c>
       <c r="F825" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G825" s="5" t="s">
-        <v>1663</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="826" spans="1:7">
       <c r="A826" s="3" t="s">
-        <v>1022</v>
+        <v>1663</v>
       </c>
       <c r="B826" s="4" t="s">
         <v>1664</v>
       </c>
       <c r="C826" s="5">
-        <v>41013</v>
+        <v>41004</v>
       </c>
       <c r="D826" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E826" s="5">
         <v>40</v>
       </c>
       <c r="F826" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G826" s="5" t="s">
-        <v>169</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="827" spans="1:7">
       <c r="A827" s="3" t="s">
-        <v>745</v>
+        <v>1022</v>
       </c>
       <c r="B827" s="4" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="C827" s="5">
-        <v>41024</v>
+        <v>41013</v>
       </c>
       <c r="D827" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E827" s="5">
         <v>40</v>
       </c>
       <c r="F827" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G827" s="5" t="s">
-        <v>295</v>
+        <v>169</v>
       </c>
     </row>
     <row r="828" spans="1:7">
       <c r="A828" s="3" t="s">
-        <v>1666</v>
+        <v>745</v>
       </c>
       <c r="B828" s="4" t="s">
         <v>1667</v>
       </c>
       <c r="C828" s="5">
         <v>41024</v>
       </c>
       <c r="D828" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E828" s="5">
         <v>40</v>
       </c>
       <c r="F828" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G828" s="5" t="s">
-        <v>897</v>
+        <v>295</v>
       </c>
     </row>
     <row r="829" spans="1:7">
       <c r="A829" s="3" t="s">
         <v>1668</v>
       </c>
       <c r="B829" s="4" t="s">
         <v>1669</v>
       </c>
       <c r="C829" s="5">
         <v>41024</v>
       </c>
       <c r="D829" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E829" s="5">
         <v>40</v>
       </c>
       <c r="F829" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G829" s="5" t="s">
-        <v>644</v>
+        <v>897</v>
       </c>
     </row>
     <row r="830" spans="1:7">
       <c r="A830" s="3" t="s">
-        <v>745</v>
+        <v>1670</v>
       </c>
       <c r="B830" s="4" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="C830" s="5">
-        <v>41027</v>
+        <v>41024</v>
       </c>
       <c r="D830" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E830" s="5">
         <v>40</v>
       </c>
       <c r="F830" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G830" s="5" t="s">
-        <v>689</v>
+        <v>644</v>
       </c>
     </row>
     <row r="831" spans="1:7">
       <c r="A831" s="3" t="s">
-        <v>1671</v>
+        <v>745</v>
       </c>
       <c r="B831" s="4" t="s">
         <v>1672</v>
       </c>
       <c r="C831" s="5">
-        <v>41035</v>
+        <v>41027</v>
       </c>
       <c r="D831" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E831" s="5">
         <v>40</v>
       </c>
       <c r="F831" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G831" s="5" t="s">
-        <v>1362</v>
+        <v>689</v>
       </c>
     </row>
     <row r="832" spans="1:7">
       <c r="A832" s="3" t="s">
         <v>1673</v>
       </c>
       <c r="B832" s="4" t="s">
         <v>1674</v>
       </c>
       <c r="C832" s="5">
-        <v>41038</v>
+        <v>41035</v>
       </c>
       <c r="D832" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E832" s="5">
         <v>40</v>
       </c>
       <c r="F832" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G832" s="5" t="s">
-        <v>1400</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="833" spans="1:7">
       <c r="A833" s="3" t="s">
-        <v>637</v>
+        <v>1675</v>
       </c>
       <c r="B833" s="4" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="C833" s="5">
         <v>41038</v>
       </c>
       <c r="D833" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E833" s="5">
         <v>40</v>
       </c>
       <c r="F833" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G833" s="5" t="s">
-        <v>1595</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="834" spans="1:7">
       <c r="A834" s="3" t="s">
-        <v>1676</v>
+        <v>637</v>
       </c>
       <c r="B834" s="4" t="s">
         <v>1677</v>
       </c>
       <c r="C834" s="5">
-        <v>41039</v>
+        <v>41038</v>
       </c>
       <c r="D834" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E834" s="5">
         <v>40</v>
       </c>
       <c r="F834" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G834" s="5" t="s">
-        <v>1678</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="835" spans="1:7">
       <c r="A835" s="3" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
       <c r="B835" s="4" t="s">
         <v>1679</v>
       </c>
       <c r="C835" s="5">
         <v>41039</v>
       </c>
       <c r="D835" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E835" s="5">
         <v>40</v>
       </c>
       <c r="F835" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G835" s="5" t="s">
-        <v>638</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="836" spans="1:7">
       <c r="A836" s="3" t="s">
-        <v>1671</v>
+        <v>1678</v>
       </c>
       <c r="B836" s="4" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="C836" s="5">
-        <v>41011</v>
+        <v>41039</v>
       </c>
       <c r="D836" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E836" s="5">
         <v>40</v>
       </c>
       <c r="F836" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G836" s="5" t="s">
-        <v>68</v>
+        <v>638</v>
       </c>
     </row>
     <row r="837" spans="1:7">
       <c r="A837" s="3" t="s">
-        <v>1666</v>
+        <v>1673</v>
       </c>
       <c r="B837" s="4" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="C837" s="5">
-        <v>41049</v>
+        <v>41011</v>
       </c>
       <c r="D837" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E837" s="5">
         <v>40</v>
       </c>
       <c r="F837" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G837" s="5" t="s">
-        <v>274</v>
+        <v>68</v>
       </c>
     </row>
     <row r="838" spans="1:7">
       <c r="A838" s="3" t="s">
-        <v>1682</v>
+        <v>1668</v>
       </c>
       <c r="B838" s="4" t="s">
         <v>1683</v>
       </c>
       <c r="C838" s="5">
-        <v>41048</v>
+        <v>41049</v>
       </c>
       <c r="D838" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E838" s="5">
         <v>40</v>
       </c>
       <c r="F838" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G838" s="5" t="s">
-        <v>1684</v>
+        <v>274</v>
       </c>
     </row>
     <row r="839" spans="1:7">
       <c r="A839" s="3" t="s">
-        <v>745</v>
+        <v>1684</v>
       </c>
       <c r="B839" s="4" t="s">
         <v>1685</v>
       </c>
       <c r="C839" s="5">
-        <v>41055</v>
+        <v>41048</v>
       </c>
       <c r="D839" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E839" s="5">
         <v>40</v>
       </c>
       <c r="F839" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G839" s="5" t="s">
-        <v>1273</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="840" spans="1:7">
       <c r="A840" s="3" t="s">
-        <v>1686</v>
+        <v>745</v>
       </c>
       <c r="B840" s="4" t="s">
         <v>1687</v>
       </c>
       <c r="C840" s="5">
-        <v>41060</v>
+        <v>41055</v>
       </c>
       <c r="D840" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E840" s="5">
         <v>40</v>
       </c>
       <c r="F840" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G840" s="5" t="s">
-        <v>1688</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="841" spans="1:7">
       <c r="A841" s="3" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="B841" s="4" t="s">
         <v>1689</v>
       </c>
       <c r="C841" s="5">
-        <v>41065</v>
+        <v>41060</v>
       </c>
       <c r="D841" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E841" s="5">
         <v>40</v>
       </c>
       <c r="F841" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G841" s="5" t="s">
         <v>1690</v>
       </c>
     </row>
     <row r="842" spans="1:7">
       <c r="A842" s="3" t="s">
-        <v>1666</v>
+        <v>1688</v>
       </c>
       <c r="B842" s="4" t="s">
         <v>1691</v>
       </c>
       <c r="C842" s="5">
-        <v>41067</v>
+        <v>41065</v>
       </c>
       <c r="D842" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E842" s="5">
         <v>40</v>
       </c>
       <c r="F842" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G842" s="5" t="s">
-        <v>345</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="843" spans="1:7">
       <c r="A843" s="3" t="s">
-        <v>1692</v>
+        <v>1668</v>
       </c>
       <c r="B843" s="4" t="s">
         <v>1693</v>
       </c>
       <c r="C843" s="5">
-        <v>41077</v>
+        <v>41067</v>
       </c>
       <c r="D843" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E843" s="5">
         <v>40</v>
       </c>
       <c r="F843" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G843" s="5" t="s">
-        <v>1251</v>
+        <v>345</v>
       </c>
     </row>
     <row r="844" spans="1:7">
       <c r="A844" s="3" t="s">
         <v>1694</v>
       </c>
       <c r="B844" s="4" t="s">
         <v>1695</v>
       </c>
       <c r="C844" s="5">
-        <v>41079</v>
+        <v>41077</v>
       </c>
       <c r="D844" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E844" s="5">
         <v>40</v>
       </c>
       <c r="F844" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G844" s="5" t="s">
-        <v>38</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="845" spans="1:7">
       <c r="A845" s="3" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="B845" s="4" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="C845" s="5">
         <v>41079</v>
       </c>
       <c r="D845" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E845" s="5">
         <v>40</v>
       </c>
       <c r="F845" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G845" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="846" spans="1:7">
       <c r="A846" s="3" t="s">
-        <v>1666</v>
+        <v>1696</v>
       </c>
       <c r="B846" s="4" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="C846" s="5">
-        <v>41087</v>
+        <v>41079</v>
       </c>
       <c r="D846" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E846" s="5">
         <v>40</v>
       </c>
       <c r="F846" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G846" s="5" t="s">
-        <v>1697</v>
+        <v>38</v>
       </c>
     </row>
     <row r="847" spans="1:7">
       <c r="A847" s="3" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B847" s="4" t="s">
         <v>1698</v>
       </c>
-      <c r="B847" s="4" t="s">
+      <c r="C847" s="5">
+        <v>41087</v>
+      </c>
+      <c r="D847" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E847" s="5">
+        <v>40</v>
+      </c>
+      <c r="F847" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G847" s="5" t="s">
         <v>1699</v>
-      </c>
-[...13 lines deleted...]
-        <v>1474</v>
       </c>
     </row>
     <row r="848" spans="1:7">
       <c r="A848" s="3" t="s">
-        <v>1666</v>
+        <v>1700</v>
       </c>
       <c r="B848" s="4" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="C848" s="5">
-        <v>41079</v>
+        <v>41090</v>
       </c>
       <c r="D848" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E848" s="5">
         <v>40</v>
       </c>
       <c r="F848" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G848" s="5" t="s">
-        <v>1002</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="849" spans="1:7">
       <c r="A849" s="3" t="s">
-        <v>745</v>
+        <v>1668</v>
       </c>
       <c r="B849" s="4" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="C849" s="5">
-        <v>41004</v>
+        <v>41079</v>
       </c>
       <c r="D849" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E849" s="5">
         <v>40</v>
       </c>
       <c r="F849" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G849" s="5" t="s">
-        <v>1362</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="850" spans="1:7">
       <c r="A850" s="3" t="s">
-        <v>513</v>
+        <v>745</v>
       </c>
       <c r="B850" s="4" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="C850" s="5">
-        <v>40014</v>
+        <v>41004</v>
       </c>
       <c r="D850" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E850" s="5">
         <v>40</v>
       </c>
       <c r="F850" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G850" s="5" t="s">
-        <v>1703</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="851" spans="1:7">
       <c r="A851" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B851" s="4" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="C851" s="5">
         <v>40014</v>
       </c>
       <c r="D851" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E851" s="5">
         <v>40</v>
       </c>
       <c r="F851" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G851" s="5" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="852" spans="1:7">
       <c r="A852" s="3" t="s">
-        <v>1705</v>
+        <v>513</v>
       </c>
       <c r="B852" s="4" t="s">
+        <v>1704</v>
+      </c>
+      <c r="C852" s="5">
+        <v>40014</v>
+      </c>
+      <c r="D852" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E852" s="5">
+        <v>40</v>
+      </c>
+      <c r="F852" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G852" s="5" t="s">
         <v>1706</v>
-      </c>
-[...13 lines deleted...]
-        <v>924</v>
       </c>
     </row>
     <row r="853" spans="1:7">
       <c r="A853" s="3" t="s">
         <v>1707</v>
       </c>
       <c r="B853" s="4" t="s">
         <v>1708</v>
       </c>
       <c r="C853" s="5">
-        <v>40046</v>
+        <v>40024</v>
       </c>
       <c r="D853" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E853" s="5">
         <v>40</v>
       </c>
       <c r="F853" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G853" s="5" t="s">
-        <v>95</v>
+        <v>924</v>
       </c>
     </row>
     <row r="854" spans="1:7">
       <c r="A854" s="3" t="s">
-        <v>513</v>
+        <v>1709</v>
       </c>
       <c r="B854" s="4" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="C854" s="5">
-        <v>40047</v>
+        <v>40046</v>
       </c>
       <c r="D854" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E854" s="5">
         <v>40</v>
       </c>
       <c r="F854" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G854" s="5" t="s">
-        <v>1710</v>
+        <v>95</v>
       </c>
     </row>
     <row r="855" spans="1:7">
       <c r="A855" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B855" s="4" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="C855" s="5">
         <v>40047</v>
       </c>
       <c r="D855" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E855" s="5">
         <v>40</v>
       </c>
       <c r="F855" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G855" s="5" t="s">
-        <v>1064</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="856" spans="1:7">
       <c r="A856" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B856" s="4" t="s">
         <v>1711</v>
       </c>
       <c r="C856" s="5">
-        <v>40905</v>
+        <v>40047</v>
       </c>
       <c r="D856" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E856" s="5">
         <v>40</v>
       </c>
       <c r="F856" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G856" s="5" t="s">
-        <v>922</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="857" spans="1:7">
       <c r="A857" s="3" t="s">
-        <v>1712</v>
+        <v>513</v>
       </c>
       <c r="B857" s="4" t="s">
         <v>1713</v>
       </c>
       <c r="C857" s="5">
-        <v>40099</v>
+        <v>40905</v>
       </c>
       <c r="D857" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E857" s="5">
         <v>40</v>
       </c>
       <c r="F857" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G857" s="5" t="s">
-        <v>1714</v>
+        <v>922</v>
       </c>
     </row>
     <row r="858" spans="1:7">
       <c r="A858" s="3" t="s">
-        <v>513</v>
+        <v>1714</v>
       </c>
       <c r="B858" s="4" t="s">
         <v>1715</v>
       </c>
       <c r="C858" s="5">
-        <v>40115</v>
+        <v>40099</v>
       </c>
       <c r="D858" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E858" s="5">
         <v>40</v>
       </c>
       <c r="F858" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G858" s="5" t="s">
-        <v>1030</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="859" spans="1:7">
       <c r="A859" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B859" s="4" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="C859" s="5">
         <v>40115</v>
       </c>
       <c r="D859" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E859" s="5">
         <v>40</v>
       </c>
       <c r="F859" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G859" s="5" t="s">
-        <v>780</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="860" spans="1:7">
       <c r="A860" s="3" t="s">
-        <v>1717</v>
+        <v>513</v>
       </c>
       <c r="B860" s="4" t="s">
         <v>1718</v>
       </c>
       <c r="C860" s="5">
-        <v>40164</v>
+        <v>40115</v>
       </c>
       <c r="D860" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E860" s="5">
         <v>40</v>
       </c>
       <c r="F860" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G860" s="5" t="s">
-        <v>502</v>
+        <v>780</v>
       </c>
     </row>
     <row r="861" spans="1:7">
       <c r="A861" s="3" t="s">
-        <v>513</v>
+        <v>1719</v>
       </c>
       <c r="B861" s="4" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="C861" s="5">
-        <v>40170</v>
+        <v>40164</v>
       </c>
       <c r="D861" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E861" s="5">
         <v>40</v>
       </c>
       <c r="F861" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G861" s="5" t="s">
-        <v>1720</v>
+        <v>502</v>
       </c>
     </row>
     <row r="862" spans="1:7">
       <c r="A862" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B862" s="4" t="s">
         <v>1721</v>
       </c>
       <c r="C862" s="5">
-        <v>40174</v>
+        <v>40170</v>
       </c>
       <c r="D862" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E862" s="5">
         <v>40</v>
       </c>
       <c r="F862" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G862" s="5" t="s">
-        <v>1322</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="863" spans="1:7">
       <c r="A863" s="3" t="s">
-        <v>1722</v>
+        <v>513</v>
       </c>
       <c r="B863" s="4" t="s">
         <v>1723</v>
       </c>
       <c r="C863" s="5">
-        <v>40185</v>
+        <v>40174</v>
       </c>
       <c r="D863" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E863" s="5">
         <v>40</v>
       </c>
       <c r="F863" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G863" s="5" t="s">
-        <v>472</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="864" spans="1:7">
       <c r="A864" s="3" t="s">
-        <v>513</v>
+        <v>1724</v>
       </c>
       <c r="B864" s="4" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="C864" s="5">
-        <v>40195</v>
+        <v>40185</v>
       </c>
       <c r="D864" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E864" s="5">
         <v>40</v>
       </c>
       <c r="F864" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G864" s="5" t="s">
-        <v>811</v>
+        <v>472</v>
       </c>
     </row>
     <row r="865" spans="1:7">
       <c r="A865" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B865" s="4" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="C865" s="5">
         <v>40195</v>
       </c>
       <c r="D865" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E865" s="5">
         <v>40</v>
       </c>
       <c r="F865" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G865" s="5" t="s">
-        <v>438</v>
+        <v>811</v>
       </c>
     </row>
     <row r="866" spans="1:7">
       <c r="A866" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B866" s="4" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="C866" s="5">
-        <v>40221</v>
+        <v>40195</v>
       </c>
       <c r="D866" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E866" s="5">
         <v>40</v>
       </c>
       <c r="F866" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G866" s="5" t="s">
-        <v>802</v>
+        <v>438</v>
       </c>
     </row>
     <row r="867" spans="1:7">
       <c r="A867" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B867" s="4" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="C867" s="5">
-        <v>40215</v>
+        <v>40221</v>
       </c>
       <c r="D867" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E867" s="5">
         <v>40</v>
       </c>
       <c r="F867" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G867" s="5" t="s">
-        <v>1728</v>
+        <v>802</v>
       </c>
     </row>
     <row r="868" spans="1:7">
       <c r="A868" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="B868" s="4" t="s">
         <v>1729</v>
       </c>
-      <c r="B868" s="4" t="s">
+      <c r="C868" s="5">
+        <v>40215</v>
+      </c>
+      <c r="D868" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E868" s="5">
+        <v>40</v>
+      </c>
+      <c r="F868" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G868" s="5" t="s">
         <v>1730</v>
-      </c>
-[...13 lines deleted...]
-        <v>1527</v>
       </c>
     </row>
     <row r="869" spans="1:7">
       <c r="A869" s="3" t="s">
-        <v>1487</v>
+        <v>1731</v>
       </c>
       <c r="B869" s="4" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="C869" s="5">
-        <v>42027</v>
+        <v>42004</v>
       </c>
       <c r="D869" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E869" s="5">
         <v>40</v>
       </c>
       <c r="F869" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G869" s="5" t="s">
-        <v>1732</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="870" spans="1:7">
       <c r="A870" s="3" t="s">
-        <v>513</v>
+        <v>1487</v>
       </c>
       <c r="B870" s="4" t="s">
         <v>1733</v>
       </c>
       <c r="C870" s="5">
-        <v>42043</v>
+        <v>42027</v>
       </c>
       <c r="D870" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E870" s="5">
         <v>40</v>
       </c>
       <c r="F870" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G870" s="5" t="s">
-        <v>136</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="871" spans="1:7">
       <c r="A871" s="3" t="s">
-        <v>1734</v>
+        <v>513</v>
       </c>
       <c r="B871" s="4" t="s">
         <v>1735</v>
       </c>
       <c r="C871" s="5">
-        <v>42076</v>
+        <v>42043</v>
       </c>
       <c r="D871" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E871" s="5">
         <v>40</v>
       </c>
       <c r="F871" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G871" s="5" t="s">
-        <v>1736</v>
+        <v>136</v>
       </c>
     </row>
     <row r="872" spans="1:7">
       <c r="A872" s="3" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="B872" s="4" t="s">
         <v>1737</v>
       </c>
       <c r="C872" s="5">
-        <v>42079</v>
+        <v>42076</v>
       </c>
       <c r="D872" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E872" s="5">
         <v>40</v>
       </c>
       <c r="F872" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G872" s="5" t="s">
-        <v>717</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="873" spans="1:7">
       <c r="A873" s="3" t="s">
-        <v>579</v>
+        <v>1736</v>
       </c>
       <c r="B873" s="4" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="C873" s="5">
-        <v>42083</v>
+        <v>42079</v>
       </c>
       <c r="D873" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E873" s="5">
         <v>40</v>
       </c>
       <c r="F873" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G873" s="5" t="s">
-        <v>1739</v>
+        <v>717</v>
       </c>
     </row>
     <row r="874" spans="1:7">
       <c r="A874" s="3" t="s">
-        <v>513</v>
+        <v>579</v>
       </c>
       <c r="B874" s="4" t="s">
         <v>1740</v>
       </c>
       <c r="C874" s="5">
-        <v>42086</v>
+        <v>42083</v>
       </c>
       <c r="D874" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E874" s="5">
         <v>40</v>
       </c>
       <c r="F874" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G874" s="5" t="s">
         <v>1741</v>
       </c>
     </row>
     <row r="875" spans="1:7">
       <c r="A875" s="3" t="s">
-        <v>547</v>
+        <v>513</v>
       </c>
       <c r="B875" s="4" t="s">
         <v>1742</v>
       </c>
       <c r="C875" s="5">
-        <v>42095</v>
+        <v>42086</v>
       </c>
       <c r="D875" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E875" s="5">
         <v>40</v>
       </c>
       <c r="F875" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G875" s="5" t="s">
         <v>1743</v>
       </c>
     </row>
     <row r="876" spans="1:7">
       <c r="A876" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="B876" s="4" t="s">
         <v>1744</v>
       </c>
-      <c r="B876" s="4" t="s">
+      <c r="C876" s="5">
+        <v>42095</v>
+      </c>
+      <c r="D876" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E876" s="5">
+        <v>40</v>
+      </c>
+      <c r="F876" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G876" s="5" t="s">
         <v>1745</v>
-      </c>
-[...13 lines deleted...]
-        <v>686</v>
       </c>
     </row>
     <row r="877" spans="1:7">
       <c r="A877" s="3" t="s">
-        <v>1734</v>
+        <v>1746</v>
       </c>
       <c r="B877" s="4" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="C877" s="5">
-        <v>42115</v>
+        <v>42113</v>
       </c>
       <c r="D877" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E877" s="5">
         <v>40</v>
       </c>
       <c r="F877" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G877" s="5" t="s">
-        <v>715</v>
+        <v>686</v>
       </c>
     </row>
     <row r="878" spans="1:7">
       <c r="A878" s="3" t="s">
-        <v>1729</v>
+        <v>1736</v>
       </c>
       <c r="B878" s="4" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="C878" s="5">
-        <v>42165</v>
+        <v>42115</v>
       </c>
       <c r="D878" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E878" s="5">
         <v>40</v>
       </c>
       <c r="F878" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G878" s="5" t="s">
-        <v>1167</v>
+        <v>715</v>
       </c>
     </row>
     <row r="879" spans="1:7">
       <c r="A879" s="3" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="B879" s="4" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="C879" s="5">
-        <v>42175</v>
+        <v>42165</v>
       </c>
       <c r="D879" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E879" s="5">
         <v>40</v>
       </c>
       <c r="F879" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G879" s="5" t="s">
-        <v>1749</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="880" spans="1:7">
       <c r="A880" s="3" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="B880" s="4" t="s">
         <v>1750</v>
       </c>
       <c r="C880" s="5">
-        <v>42198</v>
+        <v>42175</v>
       </c>
       <c r="D880" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E880" s="5">
         <v>40</v>
       </c>
       <c r="F880" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G880" s="5" t="s">
-        <v>607</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="881" spans="1:7">
       <c r="A881" s="3" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="B881" s="4" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="C881" s="5">
-        <v>42205</v>
+        <v>42198</v>
       </c>
       <c r="D881" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E881" s="5">
         <v>40</v>
       </c>
       <c r="F881" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G881" s="5" t="s">
-        <v>1165</v>
+        <v>607</v>
       </c>
     </row>
     <row r="882" spans="1:7">
       <c r="A882" s="3" t="s">
-        <v>1752</v>
+        <v>1731</v>
       </c>
       <c r="B882" s="4" t="s">
         <v>1753</v>
       </c>
       <c r="C882" s="5">
-        <v>20009</v>
+        <v>42205</v>
       </c>
       <c r="D882" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E882" s="5">
         <v>40</v>
       </c>
       <c r="F882" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G882" s="5" t="s">
-        <v>36</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="883" spans="1:7">
       <c r="A883" s="3" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="B883" s="4" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="C883" s="5">
-        <v>20036</v>
+        <v>20009</v>
       </c>
       <c r="D883" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E883" s="5">
         <v>40</v>
       </c>
       <c r="F883" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G883" s="5" t="s">
-        <v>1755</v>
+        <v>36</v>
       </c>
     </row>
     <row r="884" spans="1:7">
       <c r="A884" s="3" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B884" s="4" t="s">
         <v>1756</v>
-      </c>
-[...1 lines deleted...]
-        <v>1754</v>
       </c>
       <c r="C884" s="5">
         <v>20036</v>
       </c>
       <c r="D884" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E884" s="5">
         <v>40</v>
       </c>
       <c r="F884" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G884" s="5" t="s">
-        <v>38</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="885" spans="1:7">
       <c r="A885" s="3" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B885" s="4" t="s">
         <v>1756</v>
-      </c>
-[...1 lines deleted...]
-        <v>1754</v>
       </c>
       <c r="C885" s="5">
         <v>20036</v>
       </c>
       <c r="D885" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E885" s="5">
         <v>40</v>
       </c>
       <c r="F885" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G885" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="886" spans="1:7">
       <c r="A886" s="3" t="s">
-        <v>420</v>
+        <v>1758</v>
       </c>
       <c r="B886" s="4" t="s">
-        <v>1757</v>
+        <v>1756</v>
       </c>
       <c r="C886" s="5">
-        <v>20039</v>
+        <v>20036</v>
       </c>
       <c r="D886" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E886" s="5">
         <v>40</v>
       </c>
       <c r="F886" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G886" s="5" t="s">
-        <v>607</v>
+        <v>38</v>
       </c>
     </row>
     <row r="887" spans="1:7">
       <c r="A887" s="3" t="s">
         <v>420</v>
       </c>
       <c r="B887" s="4" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="C887" s="5">
         <v>20039</v>
       </c>
       <c r="D887" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E887" s="5">
         <v>40</v>
       </c>
       <c r="F887" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G887" s="5" t="s">
-        <v>1759</v>
+        <v>607</v>
       </c>
     </row>
     <row r="888" spans="1:7">
       <c r="A888" s="3" t="s">
-        <v>1752</v>
+        <v>420</v>
       </c>
       <c r="B888" s="4" t="s">
         <v>1760</v>
       </c>
       <c r="C888" s="5">
-        <v>20067</v>
+        <v>20039</v>
       </c>
       <c r="D888" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E888" s="5">
         <v>40</v>
       </c>
       <c r="F888" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G888" s="5" t="s">
-        <v>108</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="889" spans="1:7">
       <c r="A889" s="3" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="B889" s="4" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="C889" s="5">
-        <v>20069</v>
+        <v>20067</v>
       </c>
       <c r="D889" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E889" s="5">
         <v>40</v>
       </c>
       <c r="F889" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G889" s="5" t="s">
-        <v>1762</v>
+        <v>108</v>
       </c>
     </row>
     <row r="890" spans="1:7">
       <c r="A890" s="3" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B890" s="4" t="s">
         <v>1763</v>
-      </c>
-[...1 lines deleted...]
-        <v>1764</v>
       </c>
       <c r="C890" s="5">
         <v>20069</v>
       </c>
       <c r="D890" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E890" s="5">
         <v>40</v>
       </c>
       <c r="F890" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G890" s="5" t="s">
-        <v>125</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="891" spans="1:7">
       <c r="A891" s="3" t="s">
-        <v>1752</v>
+        <v>1765</v>
       </c>
       <c r="B891" s="4" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="C891" s="5">
-        <v>20903</v>
+        <v>20069</v>
       </c>
       <c r="D891" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E891" s="5">
         <v>40</v>
       </c>
       <c r="F891" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G891" s="5" t="s">
-        <v>1766</v>
+        <v>125</v>
       </c>
     </row>
     <row r="892" spans="1:7">
       <c r="A892" s="3" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B892" s="4" t="s">
         <v>1767</v>
       </c>
-      <c r="B892" s="4" t="s">
+      <c r="C892" s="5">
+        <v>20903</v>
+      </c>
+      <c r="D892" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E892" s="5">
+        <v>40</v>
+      </c>
+      <c r="F892" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G892" s="5" t="s">
         <v>1768</v>
-      </c>
-[...13 lines deleted...]
-        <v>1769</v>
       </c>
     </row>
     <row r="893" spans="1:7">
       <c r="A893" s="3" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B893" s="4" t="s">
         <v>1770</v>
       </c>
-      <c r="B893" s="4" t="s">
+      <c r="C893" s="5">
+        <v>43012</v>
+      </c>
+      <c r="D893" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E893" s="5">
+        <v>40</v>
+      </c>
+      <c r="F893" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G893" s="5" t="s">
         <v>1771</v>
-      </c>
-[...13 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="894" spans="1:7">
       <c r="A894" s="3" t="s">
         <v>1772</v>
       </c>
       <c r="B894" s="4" t="s">
         <v>1773</v>
       </c>
       <c r="C894" s="5">
-        <v>43025</v>
+        <v>43901</v>
       </c>
       <c r="D894" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E894" s="5">
         <v>40</v>
       </c>
       <c r="F894" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G894" s="5" t="s">
-        <v>920</v>
+        <v>397</v>
       </c>
     </row>
     <row r="895" spans="1:7">
       <c r="A895" s="3" t="s">
         <v>1774</v>
       </c>
       <c r="B895" s="4" t="s">
         <v>1775</v>
       </c>
       <c r="C895" s="5">
-        <v>43043</v>
+        <v>43025</v>
       </c>
       <c r="D895" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E895" s="5">
         <v>40</v>
       </c>
       <c r="F895" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G895" s="5" t="s">
-        <v>315</v>
+        <v>920</v>
       </c>
     </row>
     <row r="896" spans="1:7">
       <c r="A896" s="3" t="s">
-        <v>69</v>
+        <v>1776</v>
       </c>
       <c r="B896" s="4" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="C896" s="5">
-        <v>43056</v>
+        <v>43043</v>
       </c>
       <c r="D896" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E896" s="5">
         <v>40</v>
       </c>
       <c r="F896" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G896" s="5" t="s">
-        <v>947</v>
+        <v>315</v>
       </c>
     </row>
     <row r="897" spans="1:7">
       <c r="A897" s="3" t="s">
-        <v>1770</v>
+        <v>69</v>
       </c>
       <c r="B897" s="4" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="C897" s="5">
-        <v>43081</v>
+        <v>43056</v>
       </c>
       <c r="D897" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E897" s="5">
         <v>40</v>
       </c>
       <c r="F897" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G897" s="5" t="s">
-        <v>790</v>
+        <v>947</v>
       </c>
     </row>
     <row r="898" spans="1:7">
       <c r="A898" s="3" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="B898" s="4" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="C898" s="5">
-        <v>43088</v>
+        <v>43081</v>
       </c>
       <c r="D898" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E898" s="5">
         <v>40</v>
       </c>
       <c r="F898" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G898" s="5" t="s">
-        <v>1779</v>
+        <v>790</v>
       </c>
     </row>
     <row r="899" spans="1:7">
       <c r="A899" s="3" t="s">
-        <v>261</v>
+        <v>1772</v>
       </c>
       <c r="B899" s="4" t="s">
         <v>1780</v>
       </c>
       <c r="C899" s="5">
-        <v>43116</v>
+        <v>43088</v>
       </c>
       <c r="D899" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E899" s="5">
         <v>40</v>
       </c>
       <c r="F899" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G899" s="5" t="s">
         <v>1781</v>
       </c>
     </row>
     <row r="900" spans="1:7">
       <c r="A900" s="3" t="s">
-        <v>1770</v>
+        <v>261</v>
       </c>
       <c r="B900" s="4" t="s">
         <v>1782</v>
       </c>
       <c r="C900" s="5">
-        <v>43123</v>
+        <v>43116</v>
       </c>
       <c r="D900" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E900" s="5">
         <v>40</v>
       </c>
       <c r="F900" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G900" s="5" t="s">
-        <v>368</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="901" spans="1:7">
       <c r="A901" s="3" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="B901" s="4" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="C901" s="5">
-        <v>43125</v>
+        <v>43123</v>
       </c>
       <c r="D901" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E901" s="5">
         <v>40</v>
       </c>
       <c r="F901" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G901" s="5" t="s">
-        <v>1784</v>
+        <v>368</v>
       </c>
     </row>
     <row r="902" spans="1:7">
       <c r="A902" s="3" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="B902" s="4" t="s">
         <v>1785</v>
       </c>
       <c r="C902" s="5">
-        <v>43133</v>
+        <v>43125</v>
       </c>
       <c r="D902" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E902" s="5">
         <v>40</v>
       </c>
       <c r="F902" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G902" s="5" t="s">
-        <v>298</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="903" spans="1:7">
       <c r="A903" s="3" t="s">
-        <v>1786</v>
+        <v>1772</v>
       </c>
       <c r="B903" s="4" t="s">
         <v>1787</v>
       </c>
       <c r="C903" s="5">
-        <v>43144</v>
+        <v>43133</v>
       </c>
       <c r="D903" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E903" s="5">
         <v>40</v>
       </c>
       <c r="F903" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G903" s="5" t="s">
-        <v>1788</v>
+        <v>298</v>
       </c>
     </row>
     <row r="904" spans="1:7">
       <c r="A904" s="3" t="s">
-        <v>242</v>
+        <v>1788</v>
       </c>
       <c r="B904" s="4" t="s">
         <v>1789</v>
       </c>
       <c r="C904" s="5">
-        <v>43155</v>
+        <v>43144</v>
       </c>
       <c r="D904" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E904" s="5">
         <v>40</v>
       </c>
       <c r="F904" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G904" s="5" t="s">
-        <v>1362</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="905" spans="1:7">
       <c r="A905" s="3" t="s">
-        <v>1774</v>
+        <v>242</v>
       </c>
       <c r="B905" s="4" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="C905" s="5">
-        <v>43169</v>
+        <v>43155</v>
       </c>
       <c r="D905" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E905" s="5">
         <v>40</v>
       </c>
       <c r="F905" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G905" s="5" t="s">
-        <v>274</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="906" spans="1:7">
       <c r="A906" s="3" t="s">
-        <v>1008</v>
+        <v>1776</v>
       </c>
       <c r="B906" s="4" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="C906" s="5">
-        <v>44001</v>
+        <v>43169</v>
       </c>
       <c r="D906" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E906" s="5">
         <v>40</v>
       </c>
       <c r="F906" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G906" s="5" t="s">
-        <v>1629</v>
+        <v>274</v>
       </c>
     </row>
     <row r="907" spans="1:7">
       <c r="A907" s="3" t="s">
-        <v>1792</v>
+        <v>1008</v>
       </c>
       <c r="B907" s="4" t="s">
         <v>1793</v>
       </c>
       <c r="C907" s="5">
-        <v>44025</v>
+        <v>44001</v>
       </c>
       <c r="D907" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E907" s="5">
         <v>40</v>
       </c>
       <c r="F907" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G907" s="5" t="s">
-        <v>1053</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="908" spans="1:7">
       <c r="A908" s="3" t="s">
-        <v>1008</v>
+        <v>1794</v>
       </c>
       <c r="B908" s="4" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="C908" s="5">
-        <v>44050</v>
+        <v>44025</v>
       </c>
       <c r="D908" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E908" s="5">
         <v>40</v>
       </c>
       <c r="F908" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G908" s="5" t="s">
-        <v>926</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="909" spans="1:7">
       <c r="A909" s="3" t="s">
-        <v>980</v>
+        <v>1008</v>
       </c>
       <c r="B909" s="4" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="C909" s="5">
         <v>44050</v>
       </c>
       <c r="D909" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E909" s="5">
         <v>40</v>
       </c>
       <c r="F909" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G909" s="5" t="s">
-        <v>400</v>
+        <v>926</v>
       </c>
     </row>
     <row r="910" spans="1:7">
       <c r="A910" s="3" t="s">
-        <v>1008</v>
+        <v>980</v>
       </c>
       <c r="B910" s="4" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="C910" s="5">
-        <v>44070</v>
+        <v>44050</v>
       </c>
       <c r="D910" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E910" s="5">
         <v>40</v>
       </c>
       <c r="F910" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G910" s="5" t="s">
-        <v>1633</v>
+        <v>400</v>
       </c>
     </row>
     <row r="911" spans="1:7">
       <c r="A911" s="3" t="s">
-        <v>1797</v>
+        <v>1008</v>
       </c>
       <c r="B911" s="4" t="s">
         <v>1798</v>
       </c>
       <c r="C911" s="5">
-        <v>44082</v>
+        <v>44070</v>
       </c>
       <c r="D911" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E911" s="5">
         <v>40</v>
       </c>
       <c r="F911" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G911" s="5" t="s">
-        <v>1799</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="912" spans="1:7">
       <c r="A912" s="3" t="s">
-        <v>1008</v>
+        <v>1799</v>
       </c>
       <c r="B912" s="4" t="s">
         <v>1800</v>
       </c>
       <c r="C912" s="5">
-        <v>44084</v>
+        <v>44082</v>
       </c>
       <c r="D912" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E912" s="5">
         <v>40</v>
       </c>
       <c r="F912" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G912" s="5" t="s">
         <v>1801</v>
       </c>
     </row>
     <row r="913" spans="1:7">
       <c r="A913" s="3" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B913" s="4" t="s">
         <v>1802</v>
       </c>
-      <c r="B913" s="4" t="s">
+      <c r="C913" s="5">
+        <v>44084</v>
+      </c>
+      <c r="D913" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E913" s="5">
+        <v>40</v>
+      </c>
+      <c r="F913" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G913" s="5" t="s">
         <v>1803</v>
-      </c>
-[...13 lines deleted...]
-        <v>1804</v>
       </c>
     </row>
     <row r="914" spans="1:7">
       <c r="A914" s="3" t="s">
-        <v>1008</v>
+        <v>1804</v>
       </c>
       <c r="B914" s="4" t="s">
         <v>1805</v>
       </c>
       <c r="C914" s="5">
-        <v>44105</v>
+        <v>44097</v>
       </c>
       <c r="D914" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E914" s="5">
         <v>40</v>
       </c>
       <c r="F914" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G914" s="5" t="s">
         <v>1806</v>
       </c>
     </row>
     <row r="915" spans="1:7">
       <c r="A915" s="3" t="s">
         <v>1008</v>
       </c>
       <c r="B915" s="4" t="s">
         <v>1807</v>
       </c>
       <c r="C915" s="5">
-        <v>44118</v>
+        <v>44105</v>
       </c>
       <c r="D915" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E915" s="5">
         <v>40</v>
       </c>
       <c r="F915" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G915" s="5" t="s">
         <v>1808</v>
       </c>
     </row>
     <row r="916" spans="1:7">
       <c r="A916" s="3" t="s">
         <v>1008</v>
       </c>
       <c r="B916" s="4" t="s">
         <v>1809</v>
       </c>
       <c r="C916" s="5">
-        <v>44132</v>
+        <v>44118</v>
       </c>
       <c r="D916" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E916" s="5">
         <v>40</v>
       </c>
       <c r="F916" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G916" s="5" t="s">
-        <v>151</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="917" spans="1:7">
       <c r="A917" s="3" t="s">
-        <v>1043</v>
+        <v>1008</v>
       </c>
       <c r="B917" s="4" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="C917" s="5">
-        <v>44153</v>
+        <v>44132</v>
       </c>
       <c r="D917" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E917" s="5">
         <v>40</v>
       </c>
       <c r="F917" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G917" s="5" t="s">
-        <v>1811</v>
+        <v>151</v>
       </c>
     </row>
     <row r="918" spans="1:7">
       <c r="A918" s="3" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B918" s="4" t="s">
         <v>1812</v>
       </c>
-      <c r="B918" s="4" t="s">
+      <c r="C918" s="5">
+        <v>44153</v>
+      </c>
+      <c r="D918" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E918" s="5">
+        <v>40</v>
+      </c>
+      <c r="F918" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G918" s="5" t="s">
         <v>1813</v>
-      </c>
-[...13 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="919" spans="1:7">
       <c r="A919" s="3" t="s">
         <v>1814</v>
       </c>
       <c r="B919" s="4" t="s">
         <v>1815</v>
       </c>
       <c r="C919" s="5">
-        <v>44160</v>
+        <v>44158</v>
       </c>
       <c r="D919" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E919" s="5">
         <v>40</v>
       </c>
       <c r="F919" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G919" s="5" t="s">
-        <v>1816</v>
+        <v>178</v>
       </c>
     </row>
     <row r="920" spans="1:7">
       <c r="A920" s="3" t="s">
-        <v>1812</v>
+        <v>1816</v>
       </c>
       <c r="B920" s="4" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="C920" s="5">
         <v>44160</v>
       </c>
       <c r="D920" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E920" s="5">
         <v>40</v>
       </c>
       <c r="F920" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G920" s="5" t="s">
-        <v>494</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="921" spans="1:7">
       <c r="A921" s="3" t="s">
-        <v>96</v>
+        <v>1814</v>
       </c>
       <c r="B921" s="4" t="s">
         <v>1817</v>
       </c>
       <c r="C921" s="5">
         <v>44160</v>
       </c>
       <c r="D921" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E921" s="5">
         <v>40</v>
       </c>
       <c r="F921" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G921" s="5" t="s">
-        <v>1818</v>
+        <v>494</v>
       </c>
     </row>
     <row r="922" spans="1:7">
       <c r="A922" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B922" s="4" t="s">
         <v>1819</v>
       </c>
-      <c r="B922" s="4" t="s">
+      <c r="C922" s="5">
+        <v>44160</v>
+      </c>
+      <c r="D922" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E922" s="5">
+        <v>40</v>
+      </c>
+      <c r="F922" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G922" s="5" t="s">
         <v>1820</v>
-      </c>
-[...13 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="923" spans="1:7">
       <c r="A923" s="3" t="s">
-        <v>844</v>
+        <v>1821</v>
       </c>
       <c r="B923" s="4" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="C923" s="5">
-        <v>44192</v>
+        <v>44180</v>
       </c>
       <c r="D923" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E923" s="5">
         <v>40</v>
       </c>
       <c r="F923" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G923" s="5" t="s">
-        <v>1822</v>
+        <v>68</v>
       </c>
     </row>
     <row r="924" spans="1:7">
       <c r="A924" s="3" t="s">
-        <v>1041</v>
+        <v>844</v>
       </c>
       <c r="B924" s="4" t="s">
         <v>1823</v>
       </c>
       <c r="C924" s="5">
-        <v>44200</v>
+        <v>44192</v>
       </c>
       <c r="D924" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E924" s="5">
         <v>40</v>
       </c>
       <c r="F924" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G924" s="5" t="s">
         <v>1824</v>
       </c>
     </row>
     <row r="925" spans="1:7">
       <c r="A925" s="3" t="s">
-        <v>1812</v>
+        <v>1041</v>
       </c>
       <c r="B925" s="4" t="s">
         <v>1825</v>
       </c>
       <c r="C925" s="5">
-        <v>44210</v>
+        <v>44200</v>
       </c>
       <c r="D925" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E925" s="5">
         <v>40</v>
       </c>
       <c r="F925" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G925" s="5" t="s">
-        <v>505</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="926" spans="1:7">
       <c r="A926" s="3" t="s">
-        <v>1826</v>
+        <v>1814</v>
       </c>
       <c r="B926" s="4" t="s">
         <v>1827</v>
       </c>
       <c r="C926" s="5">
-        <v>44216</v>
+        <v>44210</v>
       </c>
       <c r="D926" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E926" s="5">
         <v>40</v>
       </c>
       <c r="F926" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G926" s="5" t="s">
-        <v>1400</v>
+        <v>505</v>
       </c>
     </row>
     <row r="927" spans="1:7">
       <c r="A927" s="3" t="s">
         <v>1828</v>
       </c>
       <c r="B927" s="4" t="s">
         <v>1829</v>
       </c>
       <c r="C927" s="5">
-        <v>44228</v>
+        <v>44216</v>
       </c>
       <c r="D927" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E927" s="5">
         <v>40</v>
       </c>
       <c r="F927" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G927" s="5" t="s">
-        <v>820</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="928" spans="1:7">
       <c r="A928" s="3" t="s">
-        <v>1008</v>
+        <v>1830</v>
       </c>
       <c r="B928" s="4" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="C928" s="5">
-        <v>44236</v>
+        <v>44228</v>
       </c>
       <c r="D928" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E928" s="5">
         <v>40</v>
       </c>
       <c r="F928" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G928" s="5" t="s">
-        <v>1831</v>
+        <v>820</v>
       </c>
     </row>
     <row r="929" spans="1:7">
       <c r="A929" s="3" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B929" s="4" t="s">
         <v>1832</v>
       </c>
-      <c r="B929" s="4" t="s">
+      <c r="C929" s="5">
+        <v>44236</v>
+      </c>
+      <c r="D929" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E929" s="5">
+        <v>40</v>
+      </c>
+      <c r="F929" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G929" s="5" t="s">
         <v>1833</v>
-      </c>
-[...13 lines deleted...]
-        <v>1256</v>
       </c>
     </row>
     <row r="930" spans="1:7">
       <c r="A930" s="3" t="s">
-        <v>1043</v>
+        <v>1834</v>
       </c>
       <c r="B930" s="4" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="C930" s="5">
-        <v>44251</v>
+        <v>44246</v>
       </c>
       <c r="D930" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E930" s="5">
         <v>40</v>
       </c>
       <c r="F930" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G930" s="5" t="s">
-        <v>148</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="931" spans="1:7">
       <c r="A931" s="3" t="s">
-        <v>1819</v>
+        <v>1043</v>
       </c>
       <c r="B931" s="4" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="C931" s="5">
-        <v>44261</v>
+        <v>44251</v>
       </c>
       <c r="D931" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E931" s="5">
         <v>40</v>
       </c>
       <c r="F931" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G931" s="5" t="s">
-        <v>1836</v>
+        <v>148</v>
       </c>
     </row>
     <row r="932" spans="1:7">
       <c r="A932" s="3" t="s">
-        <v>844</v>
+        <v>1821</v>
       </c>
       <c r="B932" s="4" t="s">
         <v>1837</v>
       </c>
       <c r="C932" s="5">
-        <v>44192</v>
+        <v>44261</v>
       </c>
       <c r="D932" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E932" s="5">
         <v>40</v>
       </c>
       <c r="F932" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G932" s="5" t="s">
-        <v>257</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="933" spans="1:7">
       <c r="A933" s="3" t="s">
         <v>844</v>
       </c>
       <c r="B933" s="4" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="C933" s="5">
         <v>44192</v>
       </c>
       <c r="D933" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E933" s="5">
         <v>40</v>
       </c>
       <c r="F933" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G933" s="5" t="s">
-        <v>1822</v>
+        <v>257</v>
       </c>
     </row>
     <row r="934" spans="1:7">
       <c r="A934" s="3" t="s">
-        <v>1838</v>
+        <v>844</v>
       </c>
       <c r="B934" s="4" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="C934" s="5">
         <v>44192</v>
       </c>
       <c r="D934" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E934" s="5">
         <v>40</v>
       </c>
       <c r="F934" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G934" s="5" t="s">
-        <v>1839</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="935" spans="1:7">
       <c r="A935" s="3" t="s">
         <v>1840</v>
       </c>
       <c r="B935" s="4" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C935" s="5">
+        <v>44192</v>
+      </c>
+      <c r="D935" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E935" s="5">
+        <v>40</v>
+      </c>
+      <c r="F935" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G935" s="5" t="s">
         <v>1841</v>
-      </c>
-[...13 lines deleted...]
-        <v>1842</v>
       </c>
     </row>
     <row r="936" spans="1:7">
       <c r="A936" s="3" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B936" s="4" t="s">
         <v>1843</v>
       </c>
-      <c r="B936" s="4" t="s">
+      <c r="C936" s="5">
+        <v>38003</v>
+      </c>
+      <c r="D936" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E936" s="5">
+        <v>20</v>
+      </c>
+      <c r="F936" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G936" s="5" t="s">
         <v>1844</v>
-      </c>
-[...13 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="937" spans="1:7">
       <c r="A937" s="3" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="B937" s="4" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="C937" s="5">
-        <v>38016</v>
+        <v>38009</v>
       </c>
       <c r="D937" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E937" s="5">
         <v>40</v>
       </c>
       <c r="F937" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G937" s="5" t="s">
-        <v>1846</v>
+        <v>129</v>
       </c>
     </row>
     <row r="938" spans="1:7">
       <c r="A938" s="3" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="B938" s="4" t="s">
         <v>1847</v>
       </c>
       <c r="C938" s="5">
-        <v>38029</v>
+        <v>38016</v>
       </c>
       <c r="D938" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E938" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F938" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G938" s="5" t="s">
-        <v>494</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="939" spans="1:7">
       <c r="A939" s="3" t="s">
-        <v>1848</v>
+        <v>1845</v>
       </c>
       <c r="B939" s="4" t="s">
         <v>1849</v>
       </c>
       <c r="C939" s="5">
         <v>38029</v>
       </c>
       <c r="D939" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E939" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F939" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G939" s="5" t="s">
-        <v>129</v>
+        <v>494</v>
       </c>
     </row>
     <row r="940" spans="1:7">
       <c r="A940" s="3" t="s">
         <v>1850</v>
       </c>
       <c r="B940" s="4" t="s">
         <v>1851</v>
       </c>
       <c r="C940" s="5">
-        <v>38023</v>
+        <v>38029</v>
       </c>
       <c r="D940" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E940" s="5">
         <v>40</v>
       </c>
       <c r="F940" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G940" s="5" t="s">
-        <v>820</v>
+        <v>129</v>
       </c>
     </row>
     <row r="941" spans="1:7">
       <c r="A941" s="3" t="s">
         <v>1852</v>
       </c>
       <c r="B941" s="4" t="s">
         <v>1853</v>
       </c>
       <c r="C941" s="5">
-        <v>38038</v>
+        <v>38023</v>
       </c>
       <c r="D941" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E941" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F941" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G941" s="5" t="s">
-        <v>1854</v>
+        <v>820</v>
       </c>
     </row>
     <row r="942" spans="1:7">
       <c r="A942" s="3" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B942" s="4" t="s">
         <v>1855</v>
-      </c>
-[...1 lines deleted...]
-        <v>1856</v>
       </c>
       <c r="C942" s="5">
         <v>38038</v>
       </c>
       <c r="D942" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E942" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F942" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G942" s="5" t="s">
-        <v>1857</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="943" spans="1:7">
       <c r="A943" s="3" t="s">
-        <v>1848</v>
+        <v>1857</v>
       </c>
       <c r="B943" s="4" t="s">
         <v>1858</v>
       </c>
       <c r="C943" s="5">
-        <v>38042</v>
+        <v>38038</v>
       </c>
       <c r="D943" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E943" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F943" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G943" s="5" t="s">
-        <v>802</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="944" spans="1:7">
       <c r="A944" s="3" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="B944" s="4" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="C944" s="5">
         <v>38042</v>
       </c>
       <c r="D944" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E944" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F944" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G944" s="5" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="945" spans="1:7">
       <c r="A945" s="3" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="B945" s="4" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="C945" s="5">
-        <v>38053</v>
+        <v>38042</v>
       </c>
       <c r="D945" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E945" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F945" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G945" s="5" t="s">
-        <v>1860</v>
+        <v>802</v>
       </c>
     </row>
     <row r="946" spans="1:7">
       <c r="A946" s="3" t="s">
-        <v>865</v>
+        <v>1850</v>
       </c>
       <c r="B946" s="4" t="s">
         <v>1861</v>
       </c>
       <c r="C946" s="5">
-        <v>45002</v>
+        <v>38053</v>
       </c>
       <c r="D946" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E946" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F946" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G946" s="5" t="s">
-        <v>87</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="947" spans="1:7">
       <c r="A947" s="3" t="s">
-        <v>1862</v>
+        <v>865</v>
       </c>
       <c r="B947" s="4" t="s">
         <v>1863</v>
       </c>
       <c r="C947" s="5">
-        <v>45019</v>
+        <v>45002</v>
       </c>
       <c r="D947" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E947" s="5">
         <v>40</v>
       </c>
       <c r="F947" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G947" s="5" t="s">
-        <v>1759</v>
+        <v>87</v>
       </c>
     </row>
     <row r="948" spans="1:7">
       <c r="A948" s="3" t="s">
-        <v>1247</v>
+        <v>1864</v>
       </c>
       <c r="B948" s="4" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="C948" s="5">
-        <v>45021</v>
+        <v>45019</v>
       </c>
       <c r="D948" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E948" s="5">
         <v>40</v>
       </c>
       <c r="F948" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G948" s="5" t="s">
-        <v>87</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="949" spans="1:7">
       <c r="A949" s="3" t="s">
-        <v>865</v>
+        <v>1247</v>
       </c>
       <c r="B949" s="4" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="C949" s="5">
         <v>45021</v>
       </c>
       <c r="D949" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E949" s="5">
         <v>40</v>
       </c>
       <c r="F949" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G949" s="5" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="950" spans="1:7">
       <c r="A950" s="3" t="s">
-        <v>1866</v>
+        <v>865</v>
       </c>
       <c r="B950" s="4" t="s">
         <v>1867</v>
       </c>
       <c r="C950" s="5">
-        <v>45028</v>
+        <v>45021</v>
       </c>
       <c r="D950" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E950" s="5">
         <v>40</v>
       </c>
       <c r="F950" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G950" s="5" t="s">
-        <v>1614</v>
+        <v>81</v>
       </c>
     </row>
     <row r="951" spans="1:7">
       <c r="A951" s="3" t="s">
         <v>1868</v>
       </c>
       <c r="B951" s="4" t="s">
         <v>1869</v>
       </c>
       <c r="C951" s="5">
-        <v>45030</v>
+        <v>45028</v>
       </c>
       <c r="D951" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E951" s="5">
         <v>40</v>
       </c>
       <c r="F951" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G951" s="5" t="s">
-        <v>464</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="952" spans="1:7">
       <c r="A952" s="3" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="B952" s="4" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="C952" s="5">
         <v>45030</v>
       </c>
       <c r="D952" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E952" s="5">
         <v>40</v>
       </c>
       <c r="F952" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G952" s="5" t="s">
-        <v>1871</v>
+        <v>464</v>
       </c>
     </row>
     <row r="953" spans="1:7">
       <c r="A953" s="3" t="s">
-        <v>865</v>
+        <v>1870</v>
       </c>
       <c r="B953" s="4" t="s">
         <v>1872</v>
       </c>
       <c r="C953" s="5">
-        <v>45031</v>
+        <v>45030</v>
       </c>
       <c r="D953" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E953" s="5">
         <v>40</v>
       </c>
       <c r="F953" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G953" s="5" t="s">
-        <v>365</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="954" spans="1:7">
       <c r="A954" s="3" t="s">
-        <v>1873</v>
+        <v>865</v>
       </c>
       <c r="B954" s="4" t="s">
         <v>1874</v>
       </c>
       <c r="C954" s="5">
-        <v>45034</v>
+        <v>45031</v>
       </c>
       <c r="D954" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E954" s="5">
         <v>40</v>
       </c>
       <c r="F954" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G954" s="5" t="s">
-        <v>430</v>
+        <v>365</v>
       </c>
     </row>
     <row r="955" spans="1:7">
       <c r="A955" s="3" t="s">
         <v>1875</v>
       </c>
       <c r="B955" s="4" t="s">
         <v>1876</v>
       </c>
       <c r="C955" s="5">
         <v>45034</v>
       </c>
       <c r="D955" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E955" s="5">
         <v>40</v>
       </c>
       <c r="F955" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G955" s="5" t="s">
-        <v>410</v>
+        <v>430</v>
       </c>
     </row>
     <row r="956" spans="1:7">
       <c r="A956" s="3" t="s">
-        <v>865</v>
+        <v>1877</v>
       </c>
       <c r="B956" s="4" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="C956" s="5">
-        <v>45037</v>
+        <v>45034</v>
       </c>
       <c r="D956" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E956" s="5">
         <v>40</v>
       </c>
       <c r="F956" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G956" s="5" t="s">
-        <v>1878</v>
+        <v>410</v>
       </c>
     </row>
     <row r="957" spans="1:7">
       <c r="A957" s="3" t="s">
-        <v>672</v>
+        <v>865</v>
       </c>
       <c r="B957" s="4" t="s">
         <v>1879</v>
       </c>
       <c r="C957" s="5">
-        <v>45045</v>
+        <v>45037</v>
       </c>
       <c r="D957" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E957" s="5">
         <v>40</v>
       </c>
       <c r="F957" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G957" s="5" t="s">
-        <v>636</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="958" spans="1:7">
       <c r="A958" s="3" t="s">
-        <v>865</v>
+        <v>672</v>
       </c>
       <c r="B958" s="4" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="C958" s="5">
-        <v>45056</v>
+        <v>45045</v>
       </c>
       <c r="D958" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E958" s="5">
         <v>40</v>
       </c>
       <c r="F958" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G958" s="5" t="s">
-        <v>68</v>
+        <v>636</v>
       </c>
     </row>
     <row r="959" spans="1:7">
       <c r="A959" s="3" t="s">
-        <v>1881</v>
+        <v>865</v>
       </c>
       <c r="B959" s="4" t="s">
         <v>1882</v>
       </c>
       <c r="C959" s="5">
-        <v>45050</v>
+        <v>45056</v>
       </c>
       <c r="D959" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E959" s="5">
         <v>40</v>
       </c>
       <c r="F959" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G959" s="5" t="s">
-        <v>95</v>
+        <v>68</v>
       </c>
     </row>
     <row r="960" spans="1:7">
       <c r="A960" s="3" t="s">
         <v>1883</v>
       </c>
       <c r="B960" s="4" t="s">
         <v>1884</v>
       </c>
       <c r="C960" s="5">
-        <v>45055</v>
+        <v>45050</v>
       </c>
       <c r="D960" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E960" s="5">
         <v>40</v>
       </c>
       <c r="F960" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G960" s="5" t="s">
-        <v>1885</v>
+        <v>95</v>
       </c>
     </row>
     <row r="961" spans="1:7">
       <c r="A961" s="3" t="s">
-        <v>329</v>
+        <v>1885</v>
       </c>
       <c r="B961" s="4" t="s">
         <v>1886</v>
       </c>
       <c r="C961" s="5">
-        <v>45064</v>
+        <v>45055</v>
       </c>
       <c r="D961" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E961" s="5">
         <v>40</v>
       </c>
       <c r="F961" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G961" s="5" t="s">
         <v>1887</v>
       </c>
     </row>
     <row r="962" spans="1:7">
       <c r="A962" s="3" t="s">
-        <v>865</v>
+        <v>329</v>
       </c>
       <c r="B962" s="4" t="s">
         <v>1888</v>
       </c>
       <c r="C962" s="5">
-        <v>45069</v>
+        <v>45064</v>
       </c>
       <c r="D962" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E962" s="5">
         <v>40</v>
       </c>
       <c r="F962" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G962" s="5" t="s">
-        <v>197</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="963" spans="1:7">
       <c r="A963" s="3" t="s">
-        <v>1247</v>
+        <v>865</v>
       </c>
       <c r="B963" s="4" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="C963" s="5">
-        <v>45071</v>
+        <v>45069</v>
       </c>
       <c r="D963" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E963" s="5">
         <v>40</v>
       </c>
       <c r="F963" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G963" s="5" t="s">
-        <v>686</v>
+        <v>197</v>
       </c>
     </row>
     <row r="964" spans="1:7">
       <c r="A964" s="3" t="s">
-        <v>1890</v>
+        <v>1247</v>
       </c>
       <c r="B964" s="4" t="s">
         <v>1891</v>
       </c>
       <c r="C964" s="5">
-        <v>45072</v>
+        <v>45071</v>
       </c>
       <c r="D964" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E964" s="5">
         <v>40</v>
       </c>
       <c r="F964" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G964" s="5" t="s">
-        <v>1119</v>
+        <v>686</v>
       </c>
     </row>
     <row r="965" spans="1:7">
       <c r="A965" s="3" t="s">
-        <v>1240</v>
+        <v>1892</v>
       </c>
       <c r="B965" s="4" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="C965" s="5">
-        <v>45084</v>
+        <v>45072</v>
       </c>
       <c r="D965" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E965" s="5">
         <v>40</v>
       </c>
       <c r="F965" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G965" s="5" t="s">
-        <v>852</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="966" spans="1:7">
       <c r="A966" s="3" t="s">
-        <v>865</v>
+        <v>1240</v>
       </c>
       <c r="B966" s="4" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="C966" s="5">
-        <v>45085</v>
+        <v>45084</v>
       </c>
       <c r="D966" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E966" s="5">
         <v>40</v>
       </c>
       <c r="F966" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G966" s="5" t="s">
-        <v>445</v>
+        <v>852</v>
       </c>
     </row>
     <row r="967" spans="1:7">
       <c r="A967" s="3" t="s">
-        <v>1875</v>
+        <v>865</v>
       </c>
       <c r="B967" s="4" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="C967" s="5">
-        <v>45094</v>
+        <v>45085</v>
       </c>
       <c r="D967" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E967" s="5">
         <v>40</v>
       </c>
       <c r="F967" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G967" s="5" t="s">
-        <v>472</v>
+        <v>445</v>
       </c>
     </row>
     <row r="968" spans="1:7">
       <c r="A968" s="3" t="s">
-        <v>1895</v>
+        <v>1877</v>
       </c>
       <c r="B968" s="4" t="s">
         <v>1896</v>
       </c>
       <c r="C968" s="5">
-        <v>45099</v>
+        <v>45094</v>
       </c>
       <c r="D968" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E968" s="5">
         <v>40</v>
       </c>
       <c r="F968" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G968" s="5" t="s">
-        <v>394</v>
+        <v>472</v>
       </c>
     </row>
     <row r="969" spans="1:7">
       <c r="A969" s="3" t="s">
-        <v>1875</v>
+        <v>1897</v>
       </c>
       <c r="B969" s="4" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="C969" s="5">
-        <v>45102</v>
+        <v>45099</v>
       </c>
       <c r="D969" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E969" s="5">
         <v>40</v>
       </c>
       <c r="F969" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G969" s="5" t="s">
-        <v>757</v>
+        <v>394</v>
       </c>
     </row>
     <row r="970" spans="1:7">
       <c r="A970" s="3" t="s">
-        <v>1868</v>
+        <v>1877</v>
       </c>
       <c r="B970" s="4" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="C970" s="5">
-        <v>45116</v>
+        <v>45102</v>
       </c>
       <c r="D970" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E970" s="5">
         <v>40</v>
       </c>
       <c r="F970" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G970" s="5" t="s">
-        <v>1316</v>
+        <v>757</v>
       </c>
     </row>
     <row r="971" spans="1:7">
       <c r="A971" s="3" t="s">
-        <v>865</v>
+        <v>1870</v>
       </c>
       <c r="B971" s="4" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="C971" s="5">
-        <v>45118</v>
+        <v>45116</v>
       </c>
       <c r="D971" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E971" s="5">
         <v>40</v>
       </c>
       <c r="F971" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G971" s="5" t="s">
-        <v>1900</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="972" spans="1:7">
       <c r="A972" s="3" t="s">
-        <v>1868</v>
+        <v>865</v>
       </c>
       <c r="B972" s="4" t="s">
         <v>1901</v>
       </c>
       <c r="C972" s="5">
-        <v>45125</v>
+        <v>45118</v>
       </c>
       <c r="D972" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E972" s="5">
         <v>40</v>
       </c>
       <c r="F972" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G972" s="5" t="s">
         <v>1902</v>
       </c>
     </row>
     <row r="973" spans="1:7">
       <c r="A973" s="3" t="s">
-        <v>1875</v>
+        <v>1870</v>
       </c>
       <c r="B973" s="4" t="s">
         <v>1903</v>
       </c>
       <c r="C973" s="5">
-        <v>45133</v>
+        <v>45125</v>
       </c>
       <c r="D973" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E973" s="5">
         <v>40</v>
       </c>
       <c r="F973" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G973" s="5" t="s">
-        <v>38</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="974" spans="1:7">
       <c r="A974" s="3" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="B974" s="4" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="C974" s="5">
         <v>45133</v>
       </c>
       <c r="D974" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E974" s="5">
         <v>40</v>
       </c>
       <c r="F974" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G974" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="975" spans="1:7">
       <c r="A975" s="3" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="B975" s="4" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="C975" s="5">
-        <v>45140</v>
+        <v>45133</v>
       </c>
       <c r="D975" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E975" s="5">
         <v>40</v>
       </c>
       <c r="F975" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G975" s="5" t="s">
-        <v>304</v>
+        <v>38</v>
       </c>
     </row>
     <row r="976" spans="1:7">
       <c r="A976" s="3" t="s">
-        <v>865</v>
+        <v>1877</v>
       </c>
       <c r="B976" s="4" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="C976" s="5">
-        <v>45147</v>
+        <v>45140</v>
       </c>
       <c r="D976" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E976" s="5">
         <v>40</v>
       </c>
       <c r="F976" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G976" s="5" t="s">
-        <v>1766</v>
+        <v>304</v>
       </c>
     </row>
     <row r="977" spans="1:7">
       <c r="A977" s="3" t="s">
-        <v>1866</v>
+        <v>865</v>
       </c>
       <c r="B977" s="4" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="C977" s="5">
-        <v>45150</v>
+        <v>45147</v>
       </c>
       <c r="D977" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E977" s="5">
         <v>40</v>
       </c>
       <c r="F977" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G977" s="5" t="s">
-        <v>95</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="978" spans="1:7">
       <c r="A978" s="3" t="s">
-        <v>865</v>
+        <v>1868</v>
       </c>
       <c r="B978" s="4" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="C978" s="5">
-        <v>45156</v>
+        <v>45150</v>
       </c>
       <c r="D978" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E978" s="5">
         <v>40</v>
       </c>
       <c r="F978" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G978" s="5" t="s">
-        <v>1908</v>
+        <v>95</v>
       </c>
     </row>
     <row r="979" spans="1:7">
       <c r="A979" s="3" t="s">
         <v>865</v>
       </c>
       <c r="B979" s="4" t="s">
         <v>1909</v>
       </c>
       <c r="C979" s="5">
-        <v>45157</v>
+        <v>45156</v>
       </c>
       <c r="D979" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E979" s="5">
         <v>40</v>
       </c>
       <c r="F979" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G979" s="5" t="s">
-        <v>1902</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="980" spans="1:7">
       <c r="A980" s="3" t="s">
-        <v>1866</v>
+        <v>865</v>
       </c>
       <c r="B980" s="4" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="C980" s="5">
-        <v>45158</v>
+        <v>45157</v>
       </c>
       <c r="D980" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E980" s="5">
         <v>40</v>
       </c>
       <c r="F980" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G980" s="5" t="s">
-        <v>422</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="981" spans="1:7">
       <c r="A981" s="3" t="s">
-        <v>1911</v>
+        <v>1868</v>
       </c>
       <c r="B981" s="4" t="s">
         <v>1912</v>
       </c>
       <c r="C981" s="5">
-        <v>45160</v>
+        <v>45158</v>
       </c>
       <c r="D981" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E981" s="5">
         <v>40</v>
       </c>
       <c r="F981" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G981" s="5" t="s">
-        <v>1913</v>
+        <v>422</v>
       </c>
     </row>
     <row r="982" spans="1:7">
       <c r="A982" s="3" t="s">
-        <v>716</v>
+        <v>1913</v>
       </c>
       <c r="B982" s="4" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="C982" s="5">
         <v>45160</v>
       </c>
       <c r="D982" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E982" s="5">
         <v>40</v>
       </c>
       <c r="F982" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G982" s="5" t="s">
-        <v>1214</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="983" spans="1:7">
       <c r="A983" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="B983" s="4" t="s">
         <v>1914</v>
       </c>
-      <c r="B983" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C983" s="5">
-        <v>45161</v>
+        <v>45160</v>
       </c>
       <c r="D983" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E983" s="5">
         <v>40</v>
       </c>
       <c r="F983" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G983" s="5" t="s">
-        <v>1916</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="984" spans="1:7">
       <c r="A984" s="3" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
       <c r="B984" s="4" t="s">
         <v>1917</v>
       </c>
       <c r="C984" s="5">
         <v>45161</v>
       </c>
       <c r="D984" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E984" s="5">
         <v>40</v>
       </c>
       <c r="F984" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G984" s="5" t="s">
-        <v>1339</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="985" spans="1:7">
       <c r="A985" s="3" t="s">
-        <v>1868</v>
+        <v>1916</v>
       </c>
       <c r="B985" s="4" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="C985" s="5">
-        <v>45166</v>
+        <v>45161</v>
       </c>
       <c r="D985" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E985" s="5">
         <v>40</v>
       </c>
       <c r="F985" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G985" s="5" t="s">
-        <v>108</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="986" spans="1:7">
       <c r="A986" s="3" t="s">
-        <v>865</v>
+        <v>1870</v>
       </c>
       <c r="B986" s="4" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="C986" s="5">
-        <v>45168</v>
+        <v>45166</v>
       </c>
       <c r="D986" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E986" s="5">
         <v>40</v>
       </c>
       <c r="F986" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G986" s="5" t="s">
-        <v>649</v>
+        <v>108</v>
       </c>
     </row>
     <row r="987" spans="1:7">
       <c r="A987" s="3" t="s">
-        <v>1875</v>
+        <v>865</v>
       </c>
       <c r="B987" s="4" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="C987" s="5">
-        <v>45177</v>
+        <v>45168</v>
       </c>
       <c r="D987" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E987" s="5">
         <v>40</v>
       </c>
       <c r="F987" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G987" s="5" t="s">
-        <v>178</v>
+        <v>649</v>
       </c>
     </row>
     <row r="988" spans="1:7">
       <c r="A988" s="3" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="B988" s="4" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="C988" s="5">
         <v>45177</v>
       </c>
       <c r="D988" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E988" s="5">
         <v>40</v>
       </c>
       <c r="F988" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G988" s="5" t="s">
-        <v>1390</v>
+        <v>178</v>
       </c>
     </row>
     <row r="989" spans="1:7">
       <c r="A989" s="3" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="B989" s="4" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="C989" s="5">
         <v>45177</v>
       </c>
       <c r="D989" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E989" s="5">
         <v>40</v>
       </c>
       <c r="F989" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G989" s="5" t="s">
-        <v>795</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="990" spans="1:7">
       <c r="A990" s="3" t="s">
-        <v>1923</v>
+        <v>1877</v>
       </c>
       <c r="B990" s="4" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="C990" s="5">
         <v>45177</v>
       </c>
       <c r="D990" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E990" s="5">
         <v>40</v>
       </c>
       <c r="F990" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G990" s="5" t="s">
-        <v>1924</v>
+        <v>795</v>
       </c>
     </row>
     <row r="991" spans="1:7">
       <c r="A991" s="3" t="s">
-        <v>1868</v>
+        <v>1925</v>
       </c>
       <c r="B991" s="4" t="s">
-        <v>1925</v>
+        <v>1924</v>
       </c>
       <c r="C991" s="5">
-        <v>45184</v>
+        <v>45177</v>
       </c>
       <c r="D991" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E991" s="5">
         <v>40</v>
       </c>
       <c r="F991" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G991" s="5" t="s">
         <v>1926</v>
       </c>
     </row>
     <row r="992" spans="1:7">
       <c r="A992" s="3" t="s">
-        <v>793</v>
+        <v>1870</v>
       </c>
       <c r="B992" s="4" t="s">
         <v>1927</v>
       </c>
       <c r="C992" s="5">
-        <v>45186</v>
+        <v>45184</v>
       </c>
       <c r="D992" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E992" s="5">
         <v>40</v>
       </c>
       <c r="F992" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G992" s="5" t="s">
-        <v>974</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="993" spans="1:7">
       <c r="A993" s="3" t="s">
-        <v>1928</v>
+        <v>793</v>
       </c>
       <c r="B993" s="4" t="s">
         <v>1929</v>
       </c>
       <c r="C993" s="5">
-        <v>46001</v>
+        <v>45186</v>
       </c>
       <c r="D993" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E993" s="5">
         <v>40</v>
       </c>
       <c r="F993" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G993" s="5" t="s">
-        <v>111</v>
+        <v>974</v>
       </c>
     </row>
     <row r="994" spans="1:7">
       <c r="A994" s="3" t="s">
-        <v>141</v>
+        <v>1930</v>
       </c>
       <c r="B994" s="4" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="C994" s="5">
-        <v>46011</v>
+        <v>46001</v>
       </c>
       <c r="D994" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E994" s="5">
         <v>40</v>
       </c>
       <c r="F994" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G994" s="5" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="995" spans="1:7">
       <c r="A995" s="3" t="s">
-        <v>63</v>
+        <v>141</v>
       </c>
       <c r="B995" s="4" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="C995" s="5">
-        <v>46017</v>
+        <v>46011</v>
       </c>
       <c r="D995" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E995" s="5">
         <v>40</v>
       </c>
       <c r="F995" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G995" s="5" t="s">
-        <v>597</v>
+        <v>108</v>
       </c>
     </row>
     <row r="996" spans="1:7">
       <c r="A996" s="3" t="s">
-        <v>1932</v>
+        <v>63</v>
       </c>
       <c r="B996" s="4" t="s">
         <v>1933</v>
       </c>
       <c r="C996" s="5">
-        <v>46021</v>
+        <v>46017</v>
       </c>
       <c r="D996" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E996" s="5">
         <v>40</v>
       </c>
       <c r="F996" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G996" s="5" t="s">
-        <v>95</v>
+        <v>597</v>
       </c>
     </row>
     <row r="997" spans="1:7">
       <c r="A997" s="3" t="s">
-        <v>96</v>
+        <v>1934</v>
       </c>
       <c r="B997" s="4" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
       <c r="C997" s="5">
-        <v>46031</v>
+        <v>46021</v>
       </c>
       <c r="D997" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E997" s="5">
         <v>40</v>
       </c>
       <c r="F997" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G997" s="5" t="s">
-        <v>760</v>
+        <v>95</v>
       </c>
     </row>
     <row r="998" spans="1:7">
       <c r="A998" s="3" t="s">
-        <v>1935</v>
+        <v>96</v>
       </c>
       <c r="B998" s="4" t="s">
         <v>1936</v>
       </c>
       <c r="C998" s="5">
-        <v>46038</v>
+        <v>46031</v>
       </c>
       <c r="D998" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E998" s="5">
         <v>40</v>
       </c>
       <c r="F998" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G998" s="5" t="s">
-        <v>1937</v>
+        <v>760</v>
       </c>
     </row>
     <row r="999" spans="1:7">
       <c r="A999" s="3" t="s">
-        <v>102</v>
+        <v>1937</v>
       </c>
       <c r="B999" s="4" t="s">
         <v>1938</v>
       </c>
       <c r="C999" s="5">
-        <v>46044</v>
+        <v>46038</v>
       </c>
       <c r="D999" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E999" s="5">
         <v>40</v>
       </c>
       <c r="F999" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G999" s="5" t="s">
-        <v>1441</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="1000" spans="1:7">
       <c r="A1000" s="3" t="s">
-        <v>868</v>
+        <v>102</v>
       </c>
       <c r="B1000" s="4" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="C1000" s="5">
-        <v>46050</v>
+        <v>46044</v>
       </c>
       <c r="D1000" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1000" s="5">
         <v>40</v>
       </c>
       <c r="F1000" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1000" s="5" t="s">
-        <v>1940</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="1001" spans="1:7">
       <c r="A1001" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="B1001" s="4" t="s">
         <v>1941</v>
       </c>
-      <c r="B1001" s="4" t="s">
+      <c r="C1001" s="5">
+        <v>46050</v>
+      </c>
+      <c r="D1001" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1001" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1001" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1001" s="5" t="s">
         <v>1942</v>
-      </c>
-[...13 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="1002" spans="1:7">
       <c r="A1002" s="3" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="B1002" s="4" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="C1002" s="5">
-        <v>46070</v>
+        <v>46051</v>
       </c>
       <c r="D1002" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1002" s="5">
         <v>40</v>
       </c>
       <c r="F1002" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1002" s="5" t="s">
-        <v>676</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1003" spans="1:7">
       <c r="A1003" s="3" t="s">
-        <v>1944</v>
+        <v>1943</v>
       </c>
       <c r="B1003" s="4" t="s">
         <v>1945</v>
       </c>
       <c r="C1003" s="5">
-        <v>46072</v>
+        <v>46070</v>
       </c>
       <c r="D1003" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1003" s="5">
         <v>40</v>
       </c>
       <c r="F1003" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1003" s="5" t="s">
-        <v>342</v>
+        <v>676</v>
       </c>
     </row>
     <row r="1004" spans="1:7">
       <c r="A1004" s="3" t="s">
         <v>1946</v>
       </c>
       <c r="B1004" s="4" t="s">
         <v>1947</v>
       </c>
       <c r="C1004" s="5">
-        <v>46073</v>
+        <v>46072</v>
       </c>
       <c r="D1004" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1004" s="5">
         <v>40</v>
       </c>
       <c r="F1004" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1004" s="5" t="s">
-        <v>1948</v>
+        <v>342</v>
       </c>
     </row>
     <row r="1005" spans="1:7">
       <c r="A1005" s="3" t="s">
-        <v>1941</v>
+        <v>1948</v>
       </c>
       <c r="B1005" s="4" t="s">
         <v>1949</v>
       </c>
       <c r="C1005" s="5">
-        <v>46076</v>
+        <v>46073</v>
       </c>
       <c r="D1005" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1005" s="5">
         <v>40</v>
       </c>
       <c r="F1005" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1005" s="5" t="s">
         <v>1950</v>
       </c>
     </row>
     <row r="1006" spans="1:7">
       <c r="A1006" s="3" t="s">
+        <v>1943</v>
+      </c>
+      <c r="B1006" s="4" t="s">
         <v>1951</v>
       </c>
-      <c r="B1006" s="4" t="s">
+      <c r="C1006" s="5">
+        <v>46076</v>
+      </c>
+      <c r="D1006" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1006" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1006" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1006" s="5" t="s">
         <v>1952</v>
-      </c>
-[...13 lines deleted...]
-        <v>1953</v>
       </c>
     </row>
     <row r="1007" spans="1:7">
       <c r="A1007" s="3" t="s">
-        <v>96</v>
+        <v>1953</v>
       </c>
       <c r="B1007" s="4" t="s">
         <v>1954</v>
       </c>
       <c r="C1007" s="5">
-        <v>46093</v>
+        <v>46082</v>
       </c>
       <c r="D1007" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1007" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1007" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1007" s="5" t="s">
-        <v>353</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="1008" spans="1:7">
       <c r="A1008" s="3" t="s">
-        <v>1944</v>
+        <v>96</v>
       </c>
       <c r="B1008" s="4" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="C1008" s="5">
-        <v>46107</v>
+        <v>46093</v>
       </c>
       <c r="D1008" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1008" s="5">
         <v>40</v>
       </c>
       <c r="F1008" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1008" s="5" t="s">
-        <v>1445</v>
+        <v>353</v>
       </c>
     </row>
     <row r="1009" spans="1:7">
       <c r="A1009" s="3" t="s">
-        <v>868</v>
+        <v>1946</v>
       </c>
       <c r="B1009" s="4" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="C1009" s="5">
-        <v>46108</v>
+        <v>46107</v>
       </c>
       <c r="D1009" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1009" s="5">
         <v>40</v>
       </c>
       <c r="F1009" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1009" s="5" t="s">
-        <v>813</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="1010" spans="1:7">
       <c r="A1010" s="3" t="s">
-        <v>1957</v>
+        <v>868</v>
       </c>
       <c r="B1010" s="4" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="C1010" s="5">
         <v>46108</v>
       </c>
       <c r="D1010" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1010" s="5">
         <v>40</v>
       </c>
       <c r="F1010" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1010" s="5" t="s">
-        <v>721</v>
+        <v>813</v>
       </c>
     </row>
     <row r="1011" spans="1:7">
       <c r="A1011" s="3" t="s">
-        <v>868</v>
+        <v>1959</v>
       </c>
       <c r="B1011" s="4" t="s">
         <v>1958</v>
       </c>
       <c r="C1011" s="5">
-        <v>46111</v>
+        <v>46108</v>
       </c>
       <c r="D1011" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1011" s="5">
         <v>40</v>
       </c>
       <c r="F1011" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1011" s="5" t="s">
-        <v>274</v>
+        <v>721</v>
       </c>
     </row>
     <row r="1012" spans="1:7">
       <c r="A1012" s="3" t="s">
-        <v>141</v>
+        <v>868</v>
       </c>
       <c r="B1012" s="4" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="C1012" s="5">
-        <v>46098</v>
+        <v>46111</v>
       </c>
       <c r="D1012" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1012" s="5">
         <v>40</v>
       </c>
       <c r="F1012" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1012" s="5" t="s">
-        <v>965</v>
+        <v>274</v>
       </c>
     </row>
     <row r="1013" spans="1:7">
       <c r="A1013" s="3" t="s">
-        <v>1946</v>
+        <v>141</v>
       </c>
       <c r="B1013" s="4" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="C1013" s="5">
         <v>46098</v>
       </c>
       <c r="D1013" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1013" s="5">
         <v>40</v>
       </c>
       <c r="F1013" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1013" s="5" t="s">
-        <v>1287</v>
+        <v>965</v>
       </c>
     </row>
     <row r="1014" spans="1:7">
       <c r="A1014" s="3" t="s">
-        <v>96</v>
+        <v>1948</v>
       </c>
       <c r="B1014" s="4" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="C1014" s="5">
-        <v>46115</v>
+        <v>46098</v>
       </c>
       <c r="D1014" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1014" s="5">
         <v>40</v>
       </c>
       <c r="F1014" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1014" s="5" t="s">
-        <v>47</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="1015" spans="1:7">
       <c r="A1015" s="3" t="s">
-        <v>1961</v>
+        <v>96</v>
       </c>
       <c r="B1015" s="4" t="s">
         <v>1962</v>
       </c>
       <c r="C1015" s="5">
-        <v>46118</v>
+        <v>46115</v>
       </c>
       <c r="D1015" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1015" s="5">
         <v>40</v>
       </c>
       <c r="F1015" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1015" s="5" t="s">
-        <v>965</v>
+        <v>47</v>
       </c>
     </row>
     <row r="1016" spans="1:7">
       <c r="A1016" s="3" t="s">
         <v>1963</v>
       </c>
       <c r="B1016" s="4" t="s">
         <v>1964</v>
       </c>
       <c r="C1016" s="5">
-        <v>46124</v>
+        <v>46118</v>
       </c>
       <c r="D1016" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1016" s="5">
         <v>40</v>
       </c>
       <c r="F1016" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1016" s="5" t="s">
-        <v>492</v>
+        <v>965</v>
       </c>
     </row>
     <row r="1017" spans="1:7">
       <c r="A1017" s="3" t="s">
-        <v>102</v>
+        <v>1965</v>
       </c>
       <c r="B1017" s="4" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
       <c r="C1017" s="5">
-        <v>46144</v>
+        <v>46124</v>
       </c>
       <c r="D1017" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1017" s="5">
         <v>40</v>
       </c>
       <c r="F1017" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1017" s="5" t="s">
-        <v>397</v>
+        <v>492</v>
       </c>
     </row>
     <row r="1018" spans="1:7">
       <c r="A1018" s="3" t="s">
-        <v>1951</v>
+        <v>102</v>
       </c>
       <c r="B1018" s="4" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="C1018" s="5">
-        <v>46147</v>
+        <v>46144</v>
       </c>
       <c r="D1018" s="4" t="s">
-        <v>769</v>
+        <v>14</v>
       </c>
       <c r="E1018" s="5">
         <v>40</v>
       </c>
       <c r="F1018" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1018" s="5" t="s">
-        <v>1967</v>
+        <v>397</v>
       </c>
     </row>
     <row r="1019" spans="1:7">
       <c r="A1019" s="3" t="s">
-        <v>1935</v>
+        <v>1953</v>
       </c>
       <c r="B1019" s="4" t="s">
         <v>1968</v>
       </c>
       <c r="C1019" s="5">
         <v>46147</v>
       </c>
       <c r="D1019" s="4" t="s">
-        <v>14</v>
+        <v>769</v>
       </c>
       <c r="E1019" s="5">
         <v>40</v>
       </c>
       <c r="F1019" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1019" s="5" t="s">
         <v>1969</v>
       </c>
     </row>
     <row r="1020" spans="1:7">
       <c r="A1020" s="3" t="s">
+        <v>1937</v>
+      </c>
+      <c r="B1020" s="4" t="s">
         <v>1970</v>
-      </c>
-[...1 lines deleted...]
-        <v>1971</v>
       </c>
       <c r="C1020" s="5">
         <v>46147</v>
       </c>
       <c r="D1020" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1020" s="5">
         <v>40</v>
       </c>
       <c r="F1020" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1020" s="5" t="s">
-        <v>38</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="1021" spans="1:7">
       <c r="A1021" s="3" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="B1021" s="4" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="C1021" s="5">
         <v>46147</v>
       </c>
       <c r="D1021" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1021" s="5">
         <v>40</v>
       </c>
       <c r="F1021" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1021" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="1022" spans="1:7">
       <c r="A1022" s="3" t="s">
-        <v>78</v>
+        <v>1972</v>
       </c>
       <c r="B1022" s="4" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="C1022" s="5">
-        <v>46150</v>
+        <v>46147</v>
       </c>
       <c r="D1022" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1022" s="5">
         <v>40</v>
       </c>
       <c r="F1022" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1022" s="5" t="s">
-        <v>114</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1023" spans="1:7">
       <c r="A1023" s="3" t="s">
-        <v>1961</v>
+        <v>78</v>
       </c>
       <c r="B1023" s="4" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="C1023" s="5">
-        <v>46175</v>
+        <v>46150</v>
       </c>
       <c r="D1023" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1023" s="5">
         <v>40</v>
       </c>
       <c r="F1023" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1023" s="5" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="1024" spans="1:7">
       <c r="A1024" s="3" t="s">
-        <v>1935</v>
+        <v>1963</v>
       </c>
       <c r="B1024" s="4" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="C1024" s="5">
-        <v>46181</v>
+        <v>46175</v>
       </c>
       <c r="D1024" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1024" s="5">
         <v>40</v>
       </c>
       <c r="F1024" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1024" s="5" t="s">
-        <v>1975</v>
+        <v>114</v>
       </c>
     </row>
     <row r="1025" spans="1:7">
       <c r="A1025" s="3" t="s">
-        <v>868</v>
+        <v>1937</v>
       </c>
       <c r="B1025" s="4" t="s">
         <v>1976</v>
       </c>
       <c r="C1025" s="5">
-        <v>46184</v>
+        <v>46181</v>
       </c>
       <c r="D1025" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1025" s="5">
         <v>40</v>
       </c>
       <c r="F1025" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1025" s="5" t="s">
         <v>1977</v>
       </c>
     </row>
     <row r="1026" spans="1:7">
       <c r="A1026" s="3" t="s">
-        <v>63</v>
+        <v>868</v>
       </c>
       <c r="B1026" s="4" t="s">
         <v>1978</v>
       </c>
       <c r="C1026" s="5">
         <v>46184</v>
       </c>
       <c r="D1026" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1026" s="5">
         <v>40</v>
       </c>
       <c r="F1026" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1026" s="5" t="s">
         <v>1979</v>
       </c>
     </row>
     <row r="1027" spans="1:7">
       <c r="A1027" s="3" t="s">
-        <v>1963</v>
+        <v>63</v>
       </c>
       <c r="B1027" s="4" t="s">
         <v>1980</v>
       </c>
       <c r="C1027" s="5">
         <v>46184</v>
       </c>
       <c r="D1027" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1027" s="5">
         <v>40</v>
       </c>
       <c r="F1027" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1027" s="5" t="s">
-        <v>1474</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="1028" spans="1:7">
       <c r="A1028" s="3" t="s">
-        <v>868</v>
+        <v>1965</v>
       </c>
       <c r="B1028" s="4" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="C1028" s="5">
-        <v>46213</v>
+        <v>46184</v>
       </c>
       <c r="D1028" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1028" s="5">
         <v>40</v>
       </c>
       <c r="F1028" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1028" s="5" t="s">
-        <v>315</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="1029" spans="1:7">
       <c r="A1029" s="3" t="s">
-        <v>130</v>
+        <v>868</v>
       </c>
       <c r="B1029" s="4" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="C1029" s="5">
         <v>46213</v>
       </c>
       <c r="D1029" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1029" s="5">
         <v>40</v>
       </c>
       <c r="F1029" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1029" s="5" t="s">
-        <v>496</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1030" spans="1:7">
       <c r="A1030" s="3" t="s">
-        <v>868</v>
+        <v>130</v>
       </c>
       <c r="B1030" s="4" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="C1030" s="5">
         <v>46213</v>
       </c>
       <c r="D1030" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1030" s="5">
         <v>40</v>
       </c>
       <c r="F1030" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1030" s="5" t="s">
-        <v>1339</v>
+        <v>496</v>
       </c>
     </row>
     <row r="1031" spans="1:7">
       <c r="A1031" s="3" t="s">
         <v>868</v>
       </c>
       <c r="B1031" s="4" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="C1031" s="5">
         <v>46213</v>
       </c>
       <c r="D1031" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1031" s="5">
         <v>40</v>
       </c>
       <c r="F1031" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1031" s="5" t="s">
-        <v>368</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="1032" spans="1:7">
       <c r="A1032" s="3" t="s">
         <v>868</v>
       </c>
       <c r="B1032" s="4" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="C1032" s="5">
         <v>46213</v>
       </c>
       <c r="D1032" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1032" s="5">
         <v>40</v>
       </c>
       <c r="F1032" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1032" s="5" t="s">
-        <v>1362</v>
+        <v>368</v>
       </c>
     </row>
     <row r="1033" spans="1:7">
       <c r="A1033" s="3" t="s">
-        <v>1941</v>
+        <v>868</v>
       </c>
       <c r="B1033" s="4" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="C1033" s="5">
         <v>46213</v>
       </c>
       <c r="D1033" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1033" s="5">
         <v>40</v>
       </c>
       <c r="F1033" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1033" s="5" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="1034" spans="1:7">
       <c r="A1034" s="3" t="s">
-        <v>1935</v>
+        <v>1943</v>
       </c>
       <c r="B1034" s="4" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="C1034" s="5">
         <v>46213</v>
       </c>
       <c r="D1034" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1034" s="5">
         <v>40</v>
       </c>
       <c r="F1034" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1034" s="5" t="s">
-        <v>664</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="1035" spans="1:7">
       <c r="A1035" s="3" t="s">
-        <v>1988</v>
+        <v>1937</v>
       </c>
       <c r="B1035" s="4" t="s">
         <v>1989</v>
       </c>
       <c r="C1035" s="5">
-        <v>46225</v>
+        <v>46213</v>
       </c>
       <c r="D1035" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1035" s="5">
         <v>40</v>
       </c>
       <c r="F1035" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1035" s="5" t="s">
-        <v>257</v>
+        <v>664</v>
       </c>
     </row>
     <row r="1036" spans="1:7">
       <c r="A1036" s="3" t="s">
         <v>1990</v>
       </c>
       <c r="B1036" s="4" t="s">
         <v>1991</v>
       </c>
       <c r="C1036" s="5">
-        <v>46228</v>
+        <v>46225</v>
       </c>
       <c r="D1036" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1036" s="5">
         <v>40</v>
       </c>
       <c r="F1036" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1036" s="5" t="s">
-        <v>1280</v>
+        <v>257</v>
       </c>
     </row>
     <row r="1037" spans="1:7">
       <c r="A1037" s="3" t="s">
-        <v>141</v>
+        <v>1992</v>
       </c>
       <c r="B1037" s="4" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="C1037" s="5">
-        <v>46235</v>
+        <v>46228</v>
       </c>
       <c r="D1037" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1037" s="5">
         <v>40</v>
       </c>
       <c r="F1037" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1037" s="5" t="s">
-        <v>133</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="1038" spans="1:7">
       <c r="A1038" s="3" t="s">
-        <v>1993</v>
+        <v>141</v>
       </c>
       <c r="B1038" s="4" t="s">
         <v>1994</v>
       </c>
       <c r="C1038" s="5">
-        <v>46239</v>
+        <v>46235</v>
       </c>
       <c r="D1038" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1038" s="5">
         <v>40</v>
       </c>
       <c r="F1038" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1038" s="5" t="s">
-        <v>175</v>
+        <v>133</v>
       </c>
     </row>
     <row r="1039" spans="1:7">
       <c r="A1039" s="3" t="s">
-        <v>868</v>
+        <v>1995</v>
       </c>
       <c r="B1039" s="4" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="C1039" s="5">
-        <v>46246</v>
+        <v>46239</v>
       </c>
       <c r="D1039" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1039" s="5">
         <v>40</v>
       </c>
       <c r="F1039" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1039" s="5" t="s">
-        <v>47</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1040" spans="1:7">
       <c r="A1040" s="3" t="s">
-        <v>141</v>
+        <v>868</v>
       </c>
       <c r="B1040" s="4" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="C1040" s="5">
         <v>46246</v>
       </c>
       <c r="D1040" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1040" s="5">
         <v>40</v>
       </c>
       <c r="F1040" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1040" s="5" t="s">
-        <v>114</v>
+        <v>47</v>
       </c>
     </row>
     <row r="1041" spans="1:7">
       <c r="A1041" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B1041" s="4" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="C1041" s="5">
         <v>46246</v>
       </c>
       <c r="D1041" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1041" s="5">
         <v>40</v>
       </c>
       <c r="F1041" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1041" s="5" t="s">
-        <v>356</v>
+        <v>114</v>
       </c>
     </row>
     <row r="1042" spans="1:7">
       <c r="A1042" s="3" t="s">
-        <v>1951</v>
+        <v>141</v>
       </c>
       <c r="B1042" s="4" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="C1042" s="5">
-        <v>46248</v>
+        <v>46246</v>
       </c>
       <c r="D1042" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1042" s="5">
         <v>40</v>
       </c>
       <c r="F1042" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1042" s="5" t="s">
-        <v>295</v>
+        <v>356</v>
       </c>
     </row>
     <row r="1043" spans="1:7">
       <c r="A1043" s="3" t="s">
-        <v>868</v>
+        <v>1953</v>
       </c>
       <c r="B1043" s="4" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="C1043" s="5">
-        <v>46249</v>
+        <v>46248</v>
       </c>
       <c r="D1043" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1043" s="5">
         <v>40</v>
       </c>
       <c r="F1043" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1043" s="5" t="s">
-        <v>1913</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1044" spans="1:7">
       <c r="A1044" s="3" t="s">
-        <v>141</v>
+        <v>868</v>
       </c>
       <c r="B1044" s="4" t="s">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="C1044" s="5">
         <v>46249</v>
       </c>
       <c r="D1044" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1044" s="5">
         <v>40</v>
       </c>
       <c r="F1044" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1044" s="5" t="s">
-        <v>1462</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="1045" spans="1:7">
       <c r="A1045" s="3" t="s">
-        <v>868</v>
+        <v>141</v>
       </c>
       <c r="B1045" s="4" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="C1045" s="5">
         <v>46249</v>
       </c>
       <c r="D1045" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1045" s="5">
         <v>40</v>
       </c>
       <c r="F1045" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1045" s="5" t="s">
-        <v>129</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="1046" spans="1:7">
       <c r="A1046" s="3" t="s">
-        <v>141</v>
+        <v>868</v>
       </c>
       <c r="B1046" s="4" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="C1046" s="5">
-        <v>46250</v>
+        <v>46249</v>
       </c>
       <c r="D1046" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1046" s="5">
         <v>40</v>
       </c>
       <c r="F1046" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1046" s="5" t="s">
-        <v>315</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1047" spans="1:7">
       <c r="A1047" s="3" t="s">
-        <v>96</v>
+        <v>141</v>
       </c>
       <c r="B1047" s="4" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="C1047" s="5">
         <v>46250</v>
       </c>
       <c r="D1047" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1047" s="5">
         <v>40</v>
       </c>
       <c r="F1047" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1047" s="5" t="s">
-        <v>1781</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1048" spans="1:7">
       <c r="A1048" s="3" t="s">
-        <v>868</v>
+        <v>96</v>
       </c>
       <c r="B1048" s="4" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="C1048" s="5">
-        <v>46254</v>
+        <v>46250</v>
       </c>
       <c r="D1048" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1048" s="5">
         <v>40</v>
       </c>
       <c r="F1048" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1048" s="5" t="s">
-        <v>1697</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="1049" spans="1:7">
       <c r="A1049" s="3" t="s">
         <v>868</v>
       </c>
       <c r="B1049" s="4" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="C1049" s="5">
         <v>46254</v>
       </c>
       <c r="D1049" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1049" s="5">
         <v>40</v>
       </c>
       <c r="F1049" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1049" s="5" t="s">
-        <v>133</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="1050" spans="1:7">
       <c r="A1050" s="3" t="s">
-        <v>2003</v>
+        <v>868</v>
       </c>
       <c r="B1050" s="4" t="s">
         <v>2004</v>
       </c>
       <c r="C1050" s="5">
-        <v>46255</v>
+        <v>46254</v>
       </c>
       <c r="D1050" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1050" s="5">
         <v>40</v>
       </c>
       <c r="F1050" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1050" s="5" t="s">
-        <v>237</v>
+        <v>133</v>
       </c>
     </row>
     <row r="1051" spans="1:7">
       <c r="A1051" s="3" t="s">
-        <v>1941</v>
+        <v>2005</v>
       </c>
       <c r="B1051" s="4" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="C1051" s="5">
-        <v>46259</v>
+        <v>46255</v>
       </c>
       <c r="D1051" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1051" s="5">
         <v>40</v>
       </c>
       <c r="F1051" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1051" s="5" t="s">
-        <v>427</v>
+        <v>237</v>
       </c>
     </row>
     <row r="1052" spans="1:7">
       <c r="A1052" s="3" t="s">
-        <v>868</v>
+        <v>1943</v>
       </c>
       <c r="B1052" s="4" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="C1052" s="5">
         <v>46259</v>
       </c>
       <c r="D1052" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1052" s="5">
         <v>40</v>
       </c>
       <c r="F1052" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1052" s="5" t="s">
-        <v>466</v>
+        <v>427</v>
       </c>
     </row>
     <row r="1053" spans="1:7">
       <c r="A1053" s="3" t="s">
-        <v>17</v>
+        <v>868</v>
       </c>
       <c r="B1053" s="4" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="C1053" s="5">
-        <v>46146</v>
+        <v>46259</v>
       </c>
       <c r="D1053" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1053" s="5">
         <v>40</v>
       </c>
       <c r="F1053" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1053" s="5" t="s">
-        <v>2008</v>
+        <v>466</v>
       </c>
     </row>
     <row r="1054" spans="1:7">
       <c r="A1054" s="3" t="s">
-        <v>868</v>
+        <v>17</v>
       </c>
       <c r="B1054" s="4" t="s">
         <v>2009</v>
       </c>
       <c r="C1054" s="5">
-        <v>46262</v>
+        <v>46146</v>
       </c>
       <c r="D1054" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1054" s="5">
         <v>40</v>
       </c>
       <c r="F1054" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1054" s="5" t="s">
-        <v>311</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="1055" spans="1:7">
       <c r="A1055" s="3" t="s">
-        <v>837</v>
+        <v>868</v>
       </c>
       <c r="B1055" s="4" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1055" s="5">
-        <v>46902</v>
+        <v>46262</v>
       </c>
       <c r="D1055" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1055" s="5">
         <v>40</v>
       </c>
       <c r="F1055" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1055" s="5" t="s">
-        <v>2011</v>
+        <v>311</v>
       </c>
     </row>
     <row r="1056" spans="1:7">
       <c r="A1056" s="3" t="s">
-        <v>1198</v>
+        <v>837</v>
       </c>
       <c r="B1056" s="4" t="s">
         <v>2012</v>
       </c>
       <c r="C1056" s="5">
-        <v>47035</v>
+        <v>46902</v>
       </c>
       <c r="D1056" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1056" s="5">
         <v>40</v>
       </c>
       <c r="F1056" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1056" s="5" t="s">
-        <v>163</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="1057" spans="1:7">
       <c r="A1057" s="3" t="s">
-        <v>513</v>
+        <v>1198</v>
       </c>
       <c r="B1057" s="4" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1057" s="5">
-        <v>47038</v>
+        <v>47035</v>
       </c>
       <c r="D1057" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1057" s="5">
         <v>40</v>
       </c>
       <c r="F1057" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1057" s="5" t="s">
-        <v>2014</v>
+        <v>163</v>
       </c>
     </row>
     <row r="1058" spans="1:7">
       <c r="A1058" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B1058" s="4" t="s">
         <v>2015</v>
       </c>
       <c r="C1058" s="5">
-        <v>47047</v>
+        <v>47038</v>
       </c>
       <c r="D1058" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1058" s="5">
         <v>40</v>
       </c>
       <c r="F1058" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1058" s="5" t="s">
-        <v>1341</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="1059" spans="1:7">
       <c r="A1059" s="3" t="s">
-        <v>1621</v>
+        <v>513</v>
       </c>
       <c r="B1059" s="4" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1059" s="5">
-        <v>47086</v>
+        <v>47047</v>
       </c>
       <c r="D1059" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1059" s="5">
         <v>40</v>
       </c>
       <c r="F1059" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1059" s="5" t="s">
-        <v>2017</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="1060" spans="1:7">
       <c r="A1060" s="3" t="s">
-        <v>591</v>
+        <v>1623</v>
       </c>
       <c r="B1060" s="4" t="s">
         <v>2018</v>
       </c>
       <c r="C1060" s="5">
-        <v>47101</v>
+        <v>47086</v>
       </c>
       <c r="D1060" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1060" s="5">
         <v>40</v>
       </c>
       <c r="F1060" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1060" s="5" t="s">
-        <v>1445</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="1061" spans="1:7">
       <c r="A1061" s="3" t="s">
-        <v>513</v>
+        <v>591</v>
       </c>
       <c r="B1061" s="4" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C1061" s="5">
-        <v>47116</v>
+        <v>47101</v>
       </c>
       <c r="D1061" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1061" s="5">
         <v>40</v>
       </c>
       <c r="F1061" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1061" s="5" t="s">
-        <v>2020</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="1062" spans="1:7">
       <c r="A1062" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="B1062" s="4" t="s">
         <v>2021</v>
       </c>
-      <c r="B1062" s="4" t="s">
+      <c r="C1062" s="5">
+        <v>47116</v>
+      </c>
+      <c r="D1062" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1062" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1062" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1062" s="5" t="s">
         <v>2022</v>
-      </c>
-[...13 lines deleted...]
-        <v>1002</v>
       </c>
     </row>
     <row r="1063" spans="1:7">
       <c r="A1063" s="3" t="s">
-        <v>513</v>
+        <v>2023</v>
       </c>
       <c r="B1063" s="4" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C1063" s="5">
-        <v>47172</v>
+        <v>47144</v>
       </c>
       <c r="D1063" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1063" s="5">
         <v>40</v>
       </c>
       <c r="F1063" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1063" s="5" t="s">
-        <v>2024</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="1064" spans="1:7">
       <c r="A1064" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="B1064" s="4" t="s">
         <v>2025</v>
       </c>
-      <c r="B1064" s="4" t="s">
+      <c r="C1064" s="5">
+        <v>47172</v>
+      </c>
+      <c r="D1064" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1064" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1064" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1064" s="5" t="s">
         <v>2026</v>
-      </c>
-[...13 lines deleted...]
-        <v>984</v>
       </c>
     </row>
     <row r="1065" spans="1:7">
       <c r="A1065" s="3" t="s">
         <v>2027</v>
       </c>
       <c r="B1065" s="4" t="s">
         <v>2028</v>
       </c>
       <c r="C1065" s="5">
-        <v>47191</v>
+        <v>47178</v>
       </c>
       <c r="D1065" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1065" s="5">
         <v>40</v>
       </c>
       <c r="F1065" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1065" s="5" t="s">
-        <v>1259</v>
+        <v>984</v>
       </c>
     </row>
     <row r="1066" spans="1:7">
       <c r="A1066" s="3" t="s">
-        <v>877</v>
+        <v>2029</v>
       </c>
       <c r="B1066" s="4" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="C1066" s="5">
-        <v>47197</v>
+        <v>47191</v>
       </c>
       <c r="D1066" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1066" s="5">
         <v>40</v>
       </c>
       <c r="F1066" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1066" s="5" t="s">
-        <v>1636</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="1067" spans="1:7">
       <c r="A1067" s="3" t="s">
-        <v>513</v>
+        <v>877</v>
       </c>
       <c r="B1067" s="4" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="C1067" s="5">
-        <v>47206</v>
+        <v>47197</v>
       </c>
       <c r="D1067" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1067" s="5">
         <v>40</v>
       </c>
       <c r="F1067" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1067" s="5" t="s">
-        <v>138</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="1068" spans="1:7">
       <c r="A1068" s="3" t="s">
-        <v>428</v>
+        <v>513</v>
       </c>
       <c r="B1068" s="4" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="C1068" s="5">
-        <v>47217</v>
+        <v>47206</v>
       </c>
       <c r="D1068" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1068" s="5">
         <v>40</v>
       </c>
       <c r="F1068" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1068" s="5" t="s">
-        <v>2032</v>
+        <v>138</v>
       </c>
     </row>
     <row r="1069" spans="1:7">
       <c r="A1069" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B1069" s="4" t="s">
         <v>2033</v>
       </c>
-      <c r="C1069" s="5" t="s">
+      <c r="C1069" s="5">
+        <v>47217</v>
+      </c>
+      <c r="D1069" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1069" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1069" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1069" s="5" t="s">
         <v>2034</v>
-      </c>
-[...10 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="1070" spans="1:7">
       <c r="A1070" s="3" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="B1070" s="4" t="s">
         <v>2035</v>
       </c>
       <c r="C1070" s="5" t="s">
         <v>2036</v>
       </c>
       <c r="D1070" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1070" s="5">
         <v>40</v>
       </c>
       <c r="F1070" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1070" s="5" t="s">
-        <v>206</v>
+        <v>336</v>
       </c>
     </row>
     <row r="1071" spans="1:7">
       <c r="A1071" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="B1071" s="4" t="s">
         <v>2037</v>
       </c>
-      <c r="B1071" s="4" t="s">
+      <c r="C1071" s="5" t="s">
         <v>2038</v>
       </c>
-      <c r="C1071" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1071" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1071" s="5">
         <v>40</v>
       </c>
       <c r="F1071" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1071" s="5" t="s">
-        <v>445</v>
+        <v>206</v>
       </c>
     </row>
     <row r="1072" spans="1:7">
       <c r="A1072" s="3" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B1072" s="4" t="s">
         <v>2040</v>
       </c>
-      <c r="B1072" s="4" t="s">
+      <c r="C1072" s="5" t="s">
         <v>2041</v>
       </c>
-      <c r="C1072" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1072" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1072" s="5">
         <v>40</v>
       </c>
       <c r="F1072" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1072" s="5" t="s">
-        <v>823</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1073" spans="1:7">
       <c r="A1073" s="3" t="s">
+        <v>2042</v>
+      </c>
+      <c r="B1073" s="4" t="s">
         <v>2043</v>
       </c>
-      <c r="B1073" s="4" t="s">
+      <c r="C1073" s="5" t="s">
         <v>2044</v>
       </c>
-      <c r="C1073" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1073" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1073" s="5">
         <v>40</v>
       </c>
       <c r="F1073" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1073" s="5" t="s">
-        <v>2046</v>
+        <v>823</v>
       </c>
     </row>
     <row r="1074" spans="1:7">
       <c r="A1074" s="3" t="s">
-        <v>428</v>
+        <v>2045</v>
       </c>
       <c r="B1074" s="4" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C1074" s="5" t="s">
         <v>2047</v>
       </c>
-      <c r="C1074" s="5" t="s">
+      <c r="D1074" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1074" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1074" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1074" s="5" t="s">
         <v>2048</v>
-      </c>
-[...10 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="1075" spans="1:7">
       <c r="A1075" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="B1075" s="4" t="s">
         <v>2049</v>
       </c>
-      <c r="B1075" s="4" t="s">
+      <c r="C1075" s="5" t="s">
         <v>2050</v>
       </c>
-      <c r="C1075" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1075" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1075" s="5">
         <v>40</v>
       </c>
       <c r="F1075" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1075" s="5" t="s">
-        <v>1231</v>
+        <v>136</v>
       </c>
     </row>
     <row r="1076" spans="1:7">
       <c r="A1076" s="3" t="s">
-        <v>2040</v>
+        <v>2051</v>
       </c>
       <c r="B1076" s="4" t="s">
         <v>2052</v>
       </c>
       <c r="C1076" s="5" t="s">
         <v>2053</v>
       </c>
       <c r="D1076" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1076" s="5">
         <v>40</v>
       </c>
       <c r="F1076" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1076" s="5" t="s">
-        <v>65</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="1077" spans="1:7">
       <c r="A1077" s="3" t="s">
+        <v>2042</v>
+      </c>
+      <c r="B1077" s="4" t="s">
         <v>2054</v>
       </c>
-      <c r="B1077" s="4" t="s">
+      <c r="C1077" s="5" t="s">
         <v>2055</v>
       </c>
-      <c r="C1077" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1077" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1077" s="5">
         <v>40</v>
       </c>
       <c r="F1077" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1077" s="5" t="s">
-        <v>1690</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1078" spans="1:7">
       <c r="A1078" s="3" t="s">
+        <v>2056</v>
+      </c>
+      <c r="B1078" s="4" t="s">
         <v>2057</v>
       </c>
-      <c r="B1078" s="4" t="s">
+      <c r="C1078" s="5" t="s">
         <v>2058</v>
       </c>
-      <c r="C1078" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1078" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1078" s="5">
         <v>40</v>
       </c>
       <c r="F1078" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1078" s="5" t="s">
-        <v>512</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="1079" spans="1:7">
       <c r="A1079" s="3" t="s">
-        <v>2054</v>
+        <v>2059</v>
       </c>
       <c r="B1079" s="4" t="s">
-        <v>2059</v>
+        <v>2060</v>
       </c>
       <c r="C1079" s="5" t="s">
-        <v>2060</v>
+        <v>2038</v>
       </c>
       <c r="D1079" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1079" s="5">
         <v>40</v>
       </c>
       <c r="F1079" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1079" s="5" t="s">
-        <v>434</v>
+        <v>512</v>
       </c>
     </row>
     <row r="1080" spans="1:7">
       <c r="A1080" s="3" t="s">
-        <v>2054</v>
+        <v>2056</v>
       </c>
       <c r="B1080" s="4" t="s">
         <v>2061</v>
       </c>
       <c r="C1080" s="5" t="s">
         <v>2062</v>
       </c>
       <c r="D1080" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1080" s="5">
         <v>40</v>
       </c>
       <c r="F1080" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1080" s="5" t="s">
-        <v>2063</v>
+        <v>434</v>
       </c>
     </row>
     <row r="1081" spans="1:7">
       <c r="A1081" s="3" t="s">
-        <v>2037</v>
+        <v>2056</v>
       </c>
       <c r="B1081" s="4" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
       <c r="C1081" s="5" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
       <c r="D1081" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1081" s="5">
         <v>40</v>
       </c>
       <c r="F1081" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1081" s="5" t="s">
-        <v>649</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="1082" spans="1:7">
       <c r="A1082" s="3" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B1082" s="4" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C1082" s="5" t="s">
         <v>2064</v>
       </c>
-      <c r="B1082" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1082" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1082" s="5">
         <v>40</v>
       </c>
       <c r="F1082" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1082" s="5" t="s">
-        <v>129</v>
+        <v>649</v>
       </c>
     </row>
     <row r="1083" spans="1:7">
       <c r="A1083" s="3" t="s">
+        <v>2066</v>
+      </c>
+      <c r="B1083" s="4" t="s">
         <v>2067</v>
       </c>
-      <c r="B1083" s="4" t="s">
+      <c r="C1083" s="5" t="s">
         <v>2068</v>
       </c>
-      <c r="C1083" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1083" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1083" s="5">
         <v>40</v>
       </c>
       <c r="F1083" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1083" s="5" t="s">
-        <v>929</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1084" spans="1:7">
       <c r="A1084" s="3" t="s">
         <v>2069</v>
       </c>
       <c r="B1084" s="4" t="s">
         <v>2070</v>
       </c>
       <c r="C1084" s="5" t="s">
-        <v>2071</v>
+        <v>2068</v>
       </c>
       <c r="D1084" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1084" s="5">
         <v>40</v>
       </c>
       <c r="F1084" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1084" s="5" t="s">
-        <v>1604</v>
+        <v>929</v>
       </c>
     </row>
     <row r="1085" spans="1:7">
       <c r="A1085" s="3" t="s">
-        <v>428</v>
+        <v>2071</v>
       </c>
       <c r="B1085" s="4" t="s">
         <v>2072</v>
       </c>
       <c r="C1085" s="5" t="s">
         <v>2073</v>
       </c>
       <c r="D1085" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1085" s="5">
         <v>40</v>
       </c>
       <c r="F1085" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1085" s="5" t="s">
-        <v>1376</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="1086" spans="1:7">
       <c r="A1086" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B1086" s="4" t="s">
         <v>2074</v>
       </c>
       <c r="C1086" s="5" t="s">
         <v>2075</v>
       </c>
       <c r="D1086" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1086" s="5">
         <v>40</v>
       </c>
       <c r="F1086" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1086" s="5" t="s">
-        <v>1645</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="1087" spans="1:7">
       <c r="A1087" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B1087" s="4" t="s">
         <v>2076</v>
       </c>
       <c r="C1087" s="5" t="s">
-        <v>2075</v>
+        <v>2077</v>
       </c>
       <c r="D1087" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1087" s="5">
         <v>40</v>
       </c>
       <c r="F1087" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1087" s="5" t="s">
-        <v>1322</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="1088" spans="1:7">
       <c r="A1088" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B1088" s="4" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C1088" s="5" t="s">
         <v>2077</v>
       </c>
-      <c r="C1088" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1088" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1088" s="5">
         <v>40</v>
       </c>
       <c r="F1088" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1088" s="5" t="s">
-        <v>2079</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="1089" spans="1:7">
       <c r="A1089" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B1089" s="4" t="s">
+        <v>2079</v>
+      </c>
+      <c r="C1089" s="5" t="s">
         <v>2080</v>
       </c>
-      <c r="C1089" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1089" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1089" s="5">
         <v>40</v>
       </c>
       <c r="F1089" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1089" s="5" t="s">
-        <v>1595</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="1090" spans="1:7">
       <c r="A1090" s="3" t="s">
-        <v>2054</v>
+        <v>428</v>
       </c>
       <c r="B1090" s="4" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
       <c r="C1090" s="5" t="s">
-        <v>2082</v>
+        <v>2080</v>
       </c>
       <c r="D1090" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1090" s="5">
         <v>40</v>
       </c>
       <c r="F1090" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1090" s="5" t="s">
-        <v>696</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="1091" spans="1:7">
       <c r="A1091" s="3" t="s">
+        <v>2056</v>
+      </c>
+      <c r="B1091" s="4" t="s">
         <v>2083</v>
       </c>
-      <c r="B1091" s="4" t="s">
+      <c r="C1091" s="5" t="s">
         <v>2084</v>
       </c>
-      <c r="C1091" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1091" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1091" s="5">
         <v>40</v>
       </c>
       <c r="F1091" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1091" s="5" t="s">
-        <v>1133</v>
+        <v>696</v>
       </c>
     </row>
     <row r="1092" spans="1:7">
       <c r="A1092" s="3" t="s">
         <v>2085</v>
       </c>
       <c r="B1092" s="4" t="s">
         <v>2086</v>
       </c>
       <c r="C1092" s="5" t="s">
-        <v>2051</v>
+        <v>2053</v>
       </c>
       <c r="D1092" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1092" s="5">
         <v>40</v>
       </c>
       <c r="F1092" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1092" s="5" t="s">
-        <v>1350</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="1093" spans="1:7">
       <c r="A1093" s="3" t="s">
         <v>2087</v>
       </c>
       <c r="B1093" s="4" t="s">
         <v>2088</v>
       </c>
       <c r="C1093" s="5" t="s">
-        <v>2051</v>
+        <v>2053</v>
       </c>
       <c r="D1093" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1093" s="5">
         <v>40</v>
       </c>
       <c r="F1093" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1093" s="5" t="s">
-        <v>1614</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="1094" spans="1:7">
       <c r="A1094" s="3" t="s">
-        <v>2057</v>
+        <v>2089</v>
       </c>
       <c r="B1094" s="4" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="C1094" s="5" t="s">
-        <v>2051</v>
+        <v>2053</v>
       </c>
       <c r="D1094" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1094" s="5">
         <v>40</v>
       </c>
       <c r="F1094" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1094" s="5" t="s">
-        <v>2090</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="1095" spans="1:7">
       <c r="A1095" s="3" t="s">
-        <v>2040</v>
+        <v>2059</v>
       </c>
       <c r="B1095" s="4" t="s">
         <v>2091</v>
       </c>
       <c r="C1095" s="5" t="s">
-        <v>2051</v>
+        <v>2053</v>
       </c>
       <c r="D1095" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1095" s="5">
         <v>40</v>
       </c>
       <c r="F1095" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1095" s="5" t="s">
-        <v>502</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="1096" spans="1:7">
       <c r="A1096" s="3" t="s">
-        <v>2083</v>
+        <v>2042</v>
       </c>
       <c r="B1096" s="4" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
       <c r="C1096" s="5" t="s">
-        <v>2093</v>
+        <v>2053</v>
       </c>
       <c r="D1096" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1096" s="5">
         <v>40</v>
       </c>
       <c r="F1096" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1096" s="5" t="s">
-        <v>2063</v>
+        <v>502</v>
       </c>
     </row>
     <row r="1097" spans="1:7">
       <c r="A1097" s="3" t="s">
-        <v>2057</v>
+        <v>2085</v>
       </c>
       <c r="B1097" s="4" t="s">
         <v>2094</v>
       </c>
       <c r="C1097" s="5" t="s">
-        <v>2093</v>
+        <v>2095</v>
       </c>
       <c r="D1097" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1097" s="5">
         <v>40</v>
       </c>
       <c r="F1097" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1097" s="5" t="s">
-        <v>1190</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="1098" spans="1:7">
       <c r="A1098" s="3" t="s">
-        <v>2037</v>
+        <v>2059</v>
       </c>
       <c r="B1098" s="4" t="s">
+        <v>2096</v>
+      </c>
+      <c r="C1098" s="5" t="s">
         <v>2095</v>
       </c>
-      <c r="C1098" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1098" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1098" s="5">
         <v>40</v>
       </c>
       <c r="F1098" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1098" s="5" t="s">
-        <v>689</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="1099" spans="1:7">
       <c r="A1099" s="3" t="s">
-        <v>1008</v>
+        <v>2039</v>
       </c>
       <c r="B1099" s="4" t="s">
-        <v>2096</v>
-[...2 lines deleted...]
-        <v>50001</v>
+        <v>2097</v>
+      </c>
+      <c r="C1099" s="5" t="s">
+        <v>2095</v>
       </c>
       <c r="D1099" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1099" s="5">
         <v>40</v>
       </c>
       <c r="F1099" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1099" s="5" t="s">
-        <v>494</v>
+        <v>689</v>
       </c>
     </row>
     <row r="1100" spans="1:7">
       <c r="A1100" s="3" t="s">
-        <v>1043</v>
+        <v>1008</v>
       </c>
       <c r="B1100" s="4" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="C1100" s="5">
-        <v>50059</v>
+        <v>50001</v>
       </c>
       <c r="D1100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1100" s="5">
         <v>40</v>
       </c>
       <c r="F1100" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1100" s="5" t="s">
-        <v>156</v>
+        <v>494</v>
       </c>
     </row>
     <row r="1101" spans="1:7">
       <c r="A1101" s="3" t="s">
-        <v>2098</v>
+        <v>1043</v>
       </c>
       <c r="B1101" s="4" t="s">
         <v>2099</v>
       </c>
       <c r="C1101" s="5">
-        <v>50068</v>
+        <v>50059</v>
       </c>
       <c r="D1101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1101" s="5">
         <v>40</v>
       </c>
       <c r="F1101" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1101" s="5" t="s">
-        <v>991</v>
+        <v>156</v>
       </c>
     </row>
     <row r="1102" spans="1:7">
       <c r="A1102" s="3" t="s">
         <v>2100</v>
       </c>
       <c r="B1102" s="4" t="s">
         <v>2101</v>
       </c>
       <c r="C1102" s="5">
-        <v>50095</v>
+        <v>50068</v>
       </c>
       <c r="D1102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1102" s="5">
         <v>40</v>
       </c>
       <c r="F1102" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1102" s="5" t="s">
-        <v>1902</v>
+        <v>991</v>
       </c>
     </row>
     <row r="1103" spans="1:7">
       <c r="A1103" s="3" t="s">
-        <v>1139</v>
+        <v>2102</v>
       </c>
       <c r="B1103" s="4" t="s">
-        <v>2102</v>
+        <v>2103</v>
       </c>
       <c r="C1103" s="5">
-        <v>50113</v>
+        <v>50095</v>
       </c>
       <c r="D1103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1103" s="5">
         <v>40</v>
       </c>
       <c r="F1103" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1103" s="5" t="s">
-        <v>2103</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="1104" spans="1:7">
       <c r="A1104" s="3" t="s">
-        <v>69</v>
+        <v>1139</v>
       </c>
       <c r="B1104" s="4" t="s">
-        <v>2102</v>
+        <v>2104</v>
       </c>
       <c r="C1104" s="5">
         <v>50113</v>
       </c>
       <c r="D1104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1104" s="5">
         <v>40</v>
       </c>
       <c r="F1104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1104" s="5" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="1105" spans="1:7">
       <c r="A1105" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B1105" s="4" t="s">
-        <v>2105</v>
+        <v>2104</v>
       </c>
       <c r="C1105" s="5">
-        <v>50118</v>
+        <v>50113</v>
       </c>
       <c r="D1105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1105" s="5">
         <v>40</v>
       </c>
       <c r="F1105" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1105" s="5" t="s">
         <v>2106</v>
       </c>
     </row>
     <row r="1106" spans="1:7">
       <c r="A1106" s="3" t="s">
-        <v>1008</v>
+        <v>69</v>
       </c>
       <c r="B1106" s="4" t="s">
         <v>2107</v>
       </c>
       <c r="C1106" s="5">
-        <v>50139</v>
+        <v>50118</v>
       </c>
       <c r="D1106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1106" s="5">
         <v>40</v>
       </c>
       <c r="F1106" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1106" s="5" t="s">
         <v>2108</v>
       </c>
     </row>
     <row r="1107" spans="1:7">
       <c r="A1107" s="3" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B1107" s="4" t="s">
         <v>2109</v>
       </c>
-      <c r="B1107" s="4" t="s">
+      <c r="C1107" s="5">
+        <v>50139</v>
+      </c>
+      <c r="D1107" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1107" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1107" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1107" s="5" t="s">
         <v>2110</v>
-      </c>
-[...13 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="1108" spans="1:7">
       <c r="A1108" s="3" t="s">
         <v>2111</v>
       </c>
       <c r="B1108" s="4" t="s">
         <v>2112</v>
       </c>
       <c r="C1108" s="5">
-        <v>50164</v>
+        <v>50151</v>
       </c>
       <c r="D1108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1108" s="5">
         <v>40</v>
       </c>
       <c r="F1108" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1108" s="5" t="s">
-        <v>1306</v>
+        <v>203</v>
       </c>
     </row>
     <row r="1109" spans="1:7">
       <c r="A1109" s="3" t="s">
-        <v>1008</v>
+        <v>2113</v>
       </c>
       <c r="B1109" s="4" t="s">
-        <v>2113</v>
+        <v>2114</v>
       </c>
       <c r="C1109" s="5">
-        <v>50181</v>
+        <v>50164</v>
       </c>
       <c r="D1109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1109" s="5">
         <v>40</v>
       </c>
       <c r="F1109" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1109" s="5" t="s">
-        <v>257</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="1110" spans="1:7">
       <c r="A1110" s="3" t="s">
-        <v>2109</v>
+        <v>1008</v>
       </c>
       <c r="B1110" s="4" t="s">
-        <v>2114</v>
+        <v>2115</v>
       </c>
       <c r="C1110" s="5">
-        <v>50182</v>
+        <v>50181</v>
       </c>
       <c r="D1110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1110" s="5">
         <v>40</v>
       </c>
       <c r="F1110" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1110" s="5" t="s">
-        <v>689</v>
+        <v>257</v>
       </c>
     </row>
     <row r="1111" spans="1:7">
       <c r="A1111" s="3" t="s">
-        <v>1008</v>
+        <v>2111</v>
       </c>
       <c r="B1111" s="4" t="s">
-        <v>2115</v>
+        <v>2116</v>
       </c>
       <c r="C1111" s="5">
         <v>50182</v>
       </c>
       <c r="D1111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1111" s="5">
         <v>40</v>
       </c>
       <c r="F1111" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1111" s="5" t="s">
-        <v>870</v>
+        <v>689</v>
       </c>
     </row>
     <row r="1112" spans="1:7">
       <c r="A1112" s="3" t="s">
-        <v>1043</v>
+        <v>1008</v>
       </c>
       <c r="B1112" s="4" t="s">
-        <v>2116</v>
+        <v>2117</v>
       </c>
       <c r="C1112" s="5">
-        <v>50184</v>
+        <v>50182</v>
       </c>
       <c r="D1112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1112" s="5">
         <v>40</v>
       </c>
       <c r="F1112" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1112" s="5" t="s">
-        <v>2117</v>
+        <v>870</v>
       </c>
     </row>
     <row r="1113" spans="1:7">
       <c r="A1113" s="3" t="s">
-        <v>1202</v>
+        <v>1043</v>
       </c>
       <c r="B1113" s="4" t="s">
         <v>2118</v>
       </c>
       <c r="C1113" s="5">
-        <v>50190</v>
+        <v>50184</v>
       </c>
       <c r="D1113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1113" s="5">
         <v>40</v>
       </c>
       <c r="F1113" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1113" s="5" t="s">
-        <v>1379</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="1114" spans="1:7">
       <c r="A1114" s="3" t="s">
-        <v>1051</v>
+        <v>1202</v>
       </c>
       <c r="B1114" s="4" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="C1114" s="5">
-        <v>50902</v>
+        <v>50190</v>
       </c>
       <c r="D1114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1114" s="5">
         <v>40</v>
       </c>
       <c r="F1114" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1114" s="5" t="s">
-        <v>361</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="1115" spans="1:7">
       <c r="A1115" s="3" t="s">
-        <v>1139</v>
+        <v>1051</v>
       </c>
       <c r="B1115" s="4" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="C1115" s="5">
-        <v>50211</v>
+        <v>50902</v>
       </c>
       <c r="D1115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1115" s="5">
         <v>40</v>
       </c>
       <c r="F1115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1115" s="5" t="s">
-        <v>1614</v>
+        <v>361</v>
       </c>
     </row>
     <row r="1116" spans="1:7">
       <c r="A1116" s="3" t="s">
-        <v>1043</v>
+        <v>1139</v>
       </c>
       <c r="B1116" s="4" t="s">
-        <v>2121</v>
+        <v>2122</v>
       </c>
       <c r="C1116" s="5">
-        <v>50222</v>
+        <v>50211</v>
       </c>
       <c r="D1116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1116" s="5">
         <v>40</v>
       </c>
       <c r="F1116" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1116" s="5" t="s">
-        <v>1386</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="1117" spans="1:7">
       <c r="A1117" s="3" t="s">
-        <v>69</v>
+        <v>1043</v>
       </c>
       <c r="B1117" s="4" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
       <c r="C1117" s="5">
-        <v>50238</v>
+        <v>50222</v>
       </c>
       <c r="D1117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1117" s="5">
         <v>40</v>
       </c>
       <c r="F1117" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1117" s="5" t="s">
-        <v>101</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="1118" spans="1:7">
       <c r="A1118" s="3" t="s">
-        <v>1043</v>
+        <v>69</v>
       </c>
       <c r="B1118" s="4" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="C1118" s="5">
-        <v>50274</v>
+        <v>50238</v>
       </c>
       <c r="D1118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1118" s="5">
         <v>40</v>
       </c>
       <c r="F1118" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1118" s="5" t="s">
-        <v>1242</v>
+        <v>101</v>
       </c>
     </row>
     <row r="1119" spans="1:7">
       <c r="A1119" s="3" t="s">
         <v>1043</v>
       </c>
       <c r="B1119" s="4" t="s">
-        <v>2124</v>
+        <v>2125</v>
       </c>
       <c r="C1119" s="5">
-        <v>50294</v>
+        <v>50274</v>
       </c>
       <c r="D1119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1119" s="5">
         <v>40</v>
       </c>
       <c r="F1119" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1119" s="5" t="s">
-        <v>410</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="1120" spans="1:7">
       <c r="A1120" s="3" t="s">
         <v>1043</v>
       </c>
       <c r="B1120" s="4" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
       <c r="C1120" s="5">
-        <v>50903</v>
+        <v>50294</v>
       </c>
       <c r="D1120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1120" s="5">
         <v>40</v>
       </c>
       <c r="F1120" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1120" s="5" t="s">
-        <v>1167</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1121" spans="1:7">
       <c r="A1121" s="3" t="s">
-        <v>2126</v>
+        <v>1043</v>
       </c>
       <c r="B1121" s="4" t="s">
         <v>2127</v>
       </c>
       <c r="C1121" s="5">
-        <v>50297</v>
+        <v>50903</v>
       </c>
       <c r="D1121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1121" s="5">
         <v>40</v>
       </c>
       <c r="F1121" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1121" s="5" t="s">
-        <v>38</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="1122" spans="1:7">
       <c r="A1122" s="3" t="s">
-        <v>2126</v>
+        <v>2128</v>
       </c>
       <c r="B1122" s="4" t="s">
-        <v>2127</v>
+        <v>2129</v>
       </c>
       <c r="C1122" s="5">
         <v>50297</v>
       </c>
       <c r="D1122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1122" s="5">
         <v>40</v>
       </c>
       <c r="F1122" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1122" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="1123" spans="1:7">
       <c r="A1123" s="3" t="s">
         <v>2128</v>
       </c>
       <c r="B1123" s="4" t="s">
         <v>2129</v>
       </c>
       <c r="C1123" s="5">
         <v>50297</v>
       </c>
       <c r="D1123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1123" s="5">
         <v>40</v>
       </c>
       <c r="F1123" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1123" s="5" t="s">
-        <v>194</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1124" spans="1:7">
       <c r="A1124" s="3" t="s">
         <v>2130</v>
       </c>
       <c r="B1124" s="4" t="s">
         <v>2131</v>
       </c>
       <c r="C1124" s="5">
-        <v>49006</v>
+        <v>50297</v>
       </c>
       <c r="D1124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1124" s="5">
         <v>40</v>
       </c>
       <c r="F1124" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1124" s="5" t="s">
-        <v>2132</v>
+        <v>194</v>
       </c>
     </row>
     <row r="1125" spans="1:7">
       <c r="A1125" s="3" t="s">
-        <v>509</v>
+        <v>2132</v>
       </c>
       <c r="B1125" s="4" t="s">
         <v>2133</v>
       </c>
       <c r="C1125" s="5">
-        <v>49010</v>
+        <v>49006</v>
       </c>
       <c r="D1125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1125" s="5">
         <v>40</v>
       </c>
       <c r="F1125" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1125" s="5" t="s">
-        <v>1350</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="1126" spans="1:7">
       <c r="A1126" s="3" t="s">
-        <v>2134</v>
+        <v>509</v>
       </c>
       <c r="B1126" s="4" t="s">
-        <v>2133</v>
+        <v>2135</v>
       </c>
       <c r="C1126" s="5">
         <v>49010</v>
       </c>
       <c r="D1126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1126" s="5">
         <v>40</v>
       </c>
       <c r="F1126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1126" s="5" t="s">
-        <v>1119</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="1127" spans="1:7">
       <c r="A1127" s="3" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B1127" s="4" t="s">
         <v>2135</v>
       </c>
-      <c r="B1127" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1127" s="5">
-        <v>49013</v>
+        <v>49010</v>
       </c>
       <c r="D1127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1127" s="5">
         <v>40</v>
       </c>
       <c r="F1127" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1127" s="5" t="s">
-        <v>58</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="1128" spans="1:7">
       <c r="A1128" s="3" t="s">
         <v>2137</v>
       </c>
       <c r="B1128" s="4" t="s">
         <v>2138</v>
       </c>
       <c r="C1128" s="5">
-        <v>49021</v>
+        <v>49013</v>
       </c>
       <c r="D1128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1128" s="5">
         <v>40</v>
       </c>
       <c r="F1128" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1128" s="5" t="s">
-        <v>2139</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1129" spans="1:7">
       <c r="A1129" s="3" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="B1129" s="4" t="s">
         <v>2140</v>
       </c>
       <c r="C1129" s="5">
-        <v>49056</v>
+        <v>49021</v>
       </c>
       <c r="D1129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1129" s="5">
         <v>40</v>
       </c>
       <c r="F1129" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1129" s="5" t="s">
         <v>2141</v>
       </c>
     </row>
     <row r="1130" spans="1:7">
       <c r="A1130" s="3" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="B1130" s="4" t="s">
         <v>2142</v>
       </c>
       <c r="C1130" s="5">
-        <v>49077</v>
+        <v>49056</v>
       </c>
       <c r="D1130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1130" s="5">
         <v>40</v>
       </c>
       <c r="F1130" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1130" s="5" t="s">
         <v>2143</v>
       </c>
     </row>
     <row r="1131" spans="1:7">
       <c r="A1131" s="3" t="s">
+        <v>2139</v>
+      </c>
+      <c r="B1131" s="4" t="s">
         <v>2144</v>
       </c>
-      <c r="B1131" s="4" t="s">
+      <c r="C1131" s="5">
+        <v>49077</v>
+      </c>
+      <c r="D1131" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1131" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1131" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1131" s="5" t="s">
         <v>2145</v>
-      </c>
-[...13 lines deleted...]
-        <v>2146</v>
       </c>
     </row>
     <row r="1132" spans="1:7">
       <c r="A1132" s="3" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B1132" s="4" t="s">
         <v>2147</v>
       </c>
-      <c r="B1132" s="4" t="s">
+      <c r="C1132" s="5">
+        <v>49087</v>
+      </c>
+      <c r="D1132" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1132" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1132" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1132" s="5" t="s">
         <v>2148</v>
-      </c>
-[...13 lines deleted...]
-        <v>1012</v>
       </c>
     </row>
     <row r="1133" spans="1:7">
       <c r="A1133" s="3" t="s">
-        <v>509</v>
+        <v>2149</v>
       </c>
       <c r="B1133" s="4" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
       <c r="C1133" s="5">
-        <v>49123</v>
+        <v>49115</v>
       </c>
       <c r="D1133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1133" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F1133" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1133" s="5" t="s">
-        <v>1253</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1134" spans="1:7">
       <c r="A1134" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B1134" s="4" t="s">
-        <v>2150</v>
+        <v>2151</v>
       </c>
       <c r="C1134" s="5">
-        <v>49126</v>
+        <v>49123</v>
       </c>
       <c r="D1134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1134" s="5">
         <v>40</v>
       </c>
       <c r="F1134" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1134" s="5" t="s">
-        <v>2151</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="1135" spans="1:7">
       <c r="A1135" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B1135" s="4" t="s">
         <v>2152</v>
       </c>
       <c r="C1135" s="5">
-        <v>49149</v>
+        <v>49126</v>
       </c>
       <c r="D1135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1135" s="5">
         <v>40</v>
       </c>
       <c r="F1135" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1135" s="5" t="s">
         <v>2153</v>
       </c>
     </row>
     <row r="1136" spans="1:7">
       <c r="A1136" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B1136" s="4" t="s">
         <v>2154</v>
       </c>
       <c r="C1136" s="5">
-        <v>49151</v>
+        <v>49149</v>
       </c>
       <c r="D1136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1136" s="5">
         <v>40</v>
       </c>
       <c r="F1136" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1136" s="5" t="s">
         <v>2155</v>
       </c>
     </row>
     <row r="1137" spans="1:7">
       <c r="A1137" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B1137" s="4" t="s">
         <v>2156</v>
       </c>
       <c r="C1137" s="5">
-        <v>49155</v>
+        <v>49151</v>
       </c>
       <c r="D1137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1137" s="5">
         <v>40</v>
       </c>
       <c r="F1137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1137" s="5" t="s">
-        <v>81</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="1138" spans="1:7">
       <c r="A1138" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B1138" s="4" t="s">
-        <v>2157</v>
+        <v>2158</v>
       </c>
       <c r="C1138" s="5">
-        <v>49156</v>
+        <v>49155</v>
       </c>
       <c r="D1138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1138" s="5">
         <v>40</v>
       </c>
       <c r="F1138" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1138" s="5" t="s">
-        <v>969</v>
+        <v>81</v>
       </c>
     </row>
     <row r="1139" spans="1:7">
       <c r="A1139" s="3" t="s">
-        <v>2137</v>
+        <v>509</v>
       </c>
       <c r="B1139" s="4" t="s">
-        <v>2158</v>
+        <v>2159</v>
       </c>
       <c r="C1139" s="5">
-        <v>49160</v>
+        <v>49156</v>
       </c>
       <c r="D1139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1139" s="5">
         <v>40</v>
       </c>
       <c r="F1139" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1139" s="5" t="s">
-        <v>2159</v>
+        <v>969</v>
       </c>
     </row>
     <row r="1140" spans="1:7">
       <c r="A1140" s="3" t="s">
-        <v>509</v>
+        <v>2139</v>
       </c>
       <c r="B1140" s="4" t="s">
         <v>2160</v>
       </c>
       <c r="C1140" s="5">
-        <v>49178</v>
+        <v>49160</v>
       </c>
       <c r="D1140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1140" s="5">
         <v>40</v>
       </c>
       <c r="F1140" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1140" s="5" t="s">
         <v>2161</v>
       </c>
     </row>
     <row r="1141" spans="1:7">
       <c r="A1141" s="3" t="s">
-        <v>1510</v>
+        <v>509</v>
       </c>
       <c r="B1141" s="4" t="s">
         <v>2162</v>
       </c>
       <c r="C1141" s="5">
-        <v>49180</v>
+        <v>49178</v>
       </c>
       <c r="D1141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1141" s="5">
         <v>40</v>
       </c>
       <c r="F1141" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1141" s="5" t="s">
-        <v>947</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="1142" spans="1:7">
       <c r="A1142" s="3" t="s">
-        <v>1643</v>
+        <v>1510</v>
       </c>
       <c r="B1142" s="4" t="s">
-        <v>2163</v>
+        <v>2164</v>
       </c>
       <c r="C1142" s="5">
-        <v>49209</v>
+        <v>49180</v>
       </c>
       <c r="D1142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1142" s="5">
         <v>40</v>
       </c>
       <c r="F1142" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1142" s="5" t="s">
-        <v>2164</v>
+        <v>947</v>
       </c>
     </row>
     <row r="1143" spans="1:7">
       <c r="A1143" s="3" t="s">
-        <v>2137</v>
+        <v>1645</v>
       </c>
       <c r="B1143" s="4" t="s">
         <v>2165</v>
       </c>
       <c r="C1143" s="5">
-        <v>49207</v>
+        <v>49209</v>
       </c>
       <c r="D1143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1143" s="5">
         <v>40</v>
       </c>
       <c r="F1143" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1143" s="5" t="s">
         <v>2166</v>
       </c>
     </row>
     <row r="1144" spans="1:7">
       <c r="A1144" s="3" t="s">
-        <v>509</v>
+        <v>2139</v>
       </c>
       <c r="B1144" s="4" t="s">
         <v>2167</v>
       </c>
       <c r="C1144" s="5">
-        <v>49226</v>
+        <v>49207</v>
       </c>
       <c r="D1144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1144" s="5">
         <v>40</v>
       </c>
       <c r="F1144" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1144" s="5" t="s">
         <v>2168</v>
       </c>
     </row>
     <row r="1145" spans="1:7">
       <c r="A1145" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="B1145" s="4" t="s">
         <v>2169</v>
       </c>
-      <c r="B1145" s="4" t="s">
+      <c r="C1145" s="5">
+        <v>49226</v>
+      </c>
+      <c r="D1145" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1145" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1145" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1145" s="5" t="s">
         <v>2170</v>
-      </c>
-[...13 lines deleted...]
-        <v>2171</v>
       </c>
     </row>
     <row r="1146" spans="1:7">
       <c r="A1146" s="3" t="s">
-        <v>509</v>
+        <v>2171</v>
       </c>
       <c r="B1146" s="4" t="s">
         <v>2172</v>
       </c>
       <c r="C1146" s="5">
-        <v>49255</v>
+        <v>49249</v>
       </c>
       <c r="D1146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1146" s="5">
         <v>40</v>
       </c>
       <c r="F1146" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1146" s="5" t="s">
-        <v>1190</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="1147" spans="1:7">
       <c r="A1147" s="3" t="s">
-        <v>2173</v>
+        <v>509</v>
       </c>
       <c r="B1147" s="4" t="s">
         <v>2174</v>
       </c>
       <c r="C1147" s="5">
-        <v>49275</v>
+        <v>49255</v>
       </c>
       <c r="D1147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1147" s="5">
         <v>40</v>
       </c>
       <c r="F1147" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1147" s="5" t="s">
-        <v>2175</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="1148" spans="1:7">
       <c r="A1148" s="3" t="s">
+        <v>2175</v>
+      </c>
+      <c r="B1148" s="4" t="s">
         <v>2176</v>
-      </c>
-[...1 lines deleted...]
-        <v>2177</v>
       </c>
       <c r="C1148" s="5">
         <v>49275</v>
       </c>
       <c r="D1148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1148" s="5">
         <v>40</v>
       </c>
       <c r="F1148" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1148" s="5" t="s">
-        <v>1576</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="1149" spans="1:7">
       <c r="A1149" s="3" t="s">
-        <v>2134</v>
+        <v>2178</v>
       </c>
       <c r="B1149" s="4" t="s">
-        <v>2178</v>
+        <v>2179</v>
       </c>
       <c r="C1149" s="5">
         <v>49275</v>
       </c>
       <c r="D1149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1149" s="5">
         <v>40</v>
       </c>
       <c r="F1149" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1149" s="5" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:7">
+      <c r="A1150" s="3" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B1150" s="4" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C1150" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D1150" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1150" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1150" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1150" s="5" t="s">
         <v>1287</v>
       </c>
     </row>
-    <row r="1150" spans="1:7">
-[...4 lines deleted...]
-      <c r="G1150" s="1"/>
+    <row r="1151" spans="1:7">
+      <c r="A1151" s="2"/>
+      <c r="C1151" s="1"/>
+      <c r="E1151" s="1"/>
+      <c r="F1151" s="1"/>
+      <c r="G1151" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">