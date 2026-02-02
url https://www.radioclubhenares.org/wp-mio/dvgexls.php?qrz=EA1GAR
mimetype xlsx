--- v1 (2025-12-13)
+++ v2 (2026-02-02)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2181">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA1GAR</t>
   </si>
   <si>
     <t>1.035 Referencias DVGE - 1.145 QSO encontrados - 876 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #907 (13-12-2025 23:06)</t>
+    <t>Ranking #907 (02-02-2026 18:54)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>ED5GDM</t>
   </si>