--- v2 (2026-02-02)
+++ v3 (2026-03-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2181">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA1GAR</t>
   </si>
   <si>
     <t>1.035 Referencias DVGE - 1.145 QSO encontrados - 876 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #907 (02-02-2026 18:54)</t>
+    <t>Ranking #907 (20-03-2026 09:54)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>ED5GDM</t>
   </si>