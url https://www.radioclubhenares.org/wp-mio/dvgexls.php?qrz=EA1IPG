--- v0 (2025-11-06)
+++ v1 (2025-12-24)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="507">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="509">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA1IPG</t>
   </si>
   <si>
-    <t>198 Referencias DVGE - 203 QSO encontrados - 188 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #2530 (06-11-2025 04:43)</t>
+    <t>199 Referencias DVGE - 204 QSO encontrados - 189 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #2530 (24-12-2025 14:52)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EB5AQ</t>
   </si>
@@ -1343,99 +1343,105 @@
   <si>
     <t>VGTO-372</t>
   </si>
   <si>
     <t>24/03/2019</t>
   </si>
   <si>
     <t>EA5S</t>
   </si>
   <si>
     <t>VGV-047</t>
   </si>
   <si>
     <t>17/01/2021</t>
   </si>
   <si>
     <t>VGV-048</t>
   </si>
   <si>
     <t>EA5ON</t>
   </si>
   <si>
     <t>VGV-066</t>
   </si>
   <si>
+    <t>EA5URY/P</t>
+  </si>
+  <si>
+    <t>VGV-074</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
+  </si>
+  <si>
     <t>EA5RKE/P</t>
   </si>
   <si>
     <t>VGV-083</t>
   </si>
   <si>
     <t>01/11/2020</t>
   </si>
   <si>
     <t>VGV-129</t>
   </si>
   <si>
     <t>06/12/2018</t>
   </si>
   <si>
     <t>VGV-150</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>
   <si>
     <t>VGV-152</t>
   </si>
   <si>
     <t>12/07/2024</t>
   </si>
   <si>
     <t>EA5RKE</t>
   </si>
   <si>
     <t>VGV-186</t>
   </si>
   <si>
     <t>VGV-192</t>
   </si>
   <si>
     <t>24/11/2018</t>
   </si>
   <si>
     <t>VGV-206</t>
   </si>
   <si>
     <t>14/11/2021</t>
   </si>
   <si>
     <t>VGV-217</t>
-  </si>
-[...1 lines deleted...]
-    <t>EA5URY/P</t>
   </si>
   <si>
     <t>VGV-220</t>
   </si>
   <si>
     <t>07/03/2020</t>
   </si>
   <si>
     <t>VGV-239</t>
   </si>
   <si>
     <t>EA5WZ/1</t>
   </si>
   <si>
     <t>VGVA-002</t>
   </si>
   <si>
     <t>25/12/2016</t>
   </si>
   <si>
     <t>VGVA-154</t>
   </si>
   <si>
     <t>17/10/2019</t>
   </si>
@@ -1990,51 +1996,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G209"/>
+  <dimension ref="A1:G210"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -6041,738 +6047,761 @@
       </c>
       <c r="C178" s="5">
         <v>46106</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="5">
         <v>40</v>
       </c>
       <c r="F178" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G178" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" s="3" t="s">
         <v>443</v>
       </c>
       <c r="B179" s="4" t="s">
         <v>444</v>
       </c>
       <c r="C179" s="5">
-        <v>46098</v>
+        <v>46111</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="5">
         <v>40</v>
       </c>
       <c r="F179" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G179" s="5" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" s="3" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="B180" s="4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C180" s="5">
-        <v>46170</v>
+        <v>46098</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="5">
         <v>40</v>
       </c>
       <c r="F180" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G180" s="5" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" s="3" t="s">
         <v>441</v>
       </c>
       <c r="B181" s="4" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C181" s="5">
-        <v>46199</v>
+        <v>46170</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="5">
         <v>40</v>
       </c>
       <c r="F181" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G181" s="5" t="s">
-        <v>54</v>
+        <v>450</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" s="3" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="B182" s="4" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C182" s="5">
-        <v>46200</v>
+        <v>46199</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="5">
         <v>40</v>
       </c>
       <c r="F182" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G182" s="5" t="s">
-        <v>451</v>
+        <v>54</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" s="3" t="s">
         <v>452</v>
       </c>
       <c r="B183" s="4" t="s">
         <v>453</v>
       </c>
       <c r="C183" s="5">
-        <v>46228</v>
+        <v>46200</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="5">
         <v>40</v>
       </c>
       <c r="F183" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G183" s="5" t="s">
-        <v>156</v>
+        <v>454</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" s="3" t="s">
-        <v>441</v>
+        <v>455</v>
       </c>
       <c r="B184" s="4" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="C184" s="5">
-        <v>46233</v>
+        <v>46228</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="5">
         <v>40</v>
       </c>
       <c r="F184" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G184" s="5" t="s">
-        <v>455</v>
+        <v>156</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" s="3" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="B185" s="4" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C185" s="5">
-        <v>46246</v>
+        <v>46233</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="5">
         <v>40</v>
       </c>
       <c r="F185" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G185" s="5" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" s="3" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="B186" s="4" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C186" s="5">
-        <v>46250</v>
+        <v>46246</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="5">
         <v>40</v>
       </c>
       <c r="F186" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G186" s="5" t="s">
-        <v>42</v>
+        <v>460</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" s="3" t="s">
-        <v>459</v>
+        <v>441</v>
       </c>
       <c r="B187" s="4" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C187" s="5">
-        <v>46252</v>
+        <v>46250</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="5">
         <v>40</v>
       </c>
       <c r="F187" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G187" s="5" t="s">
-        <v>461</v>
+        <v>42</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" s="3" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B188" s="4" t="s">
         <v>462</v>
       </c>
       <c r="C188" s="5">
-        <v>46262</v>
+        <v>46252</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="5">
         <v>40</v>
       </c>
       <c r="F188" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G188" s="5" t="s">
-        <v>117</v>
+        <v>463</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" s="3" t="s">
-        <v>463</v>
+        <v>441</v>
       </c>
       <c r="B189" s="4" t="s">
         <v>464</v>
       </c>
       <c r="C189" s="5">
-        <v>47004</v>
+        <v>46262</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="5">
         <v>40</v>
       </c>
       <c r="F189" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G189" s="5" t="s">
-        <v>465</v>
+        <v>117</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" s="3" t="s">
-        <v>318</v>
+        <v>465</v>
       </c>
       <c r="B190" s="4" t="s">
         <v>466</v>
       </c>
       <c r="C190" s="5">
-        <v>47217</v>
+        <v>47004</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="5">
         <v>40</v>
       </c>
       <c r="F190" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G190" s="5" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B191" s="4" t="s">
         <v>468</v>
       </c>
-      <c r="C191" s="5" t="s">
+      <c r="C191" s="5">
+        <v>47217</v>
+      </c>
+      <c r="D191" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E191" s="5">
+        <v>40</v>
+      </c>
+      <c r="F191" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G191" s="5" t="s">
         <v>469</v>
-      </c>
-[...10 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="B192" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="C192" s="5" t="s">
         <v>471</v>
       </c>
-      <c r="B192" s="4" t="s">
+      <c r="D192" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E192" s="5">
+        <v>40</v>
+      </c>
+      <c r="F192" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G192" s="5" t="s">
         <v>472</v>
-      </c>
-[...13 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" s="3" t="s">
-        <v>71</v>
+        <v>473</v>
       </c>
       <c r="B193" s="4" t="s">
+        <v>474</v>
+      </c>
+      <c r="C193" s="5" t="s">
         <v>475</v>
       </c>
-      <c r="C193" s="5" t="s">
+      <c r="D193" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E193" s="5">
+        <v>40</v>
+      </c>
+      <c r="F193" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G193" s="5" t="s">
         <v>476</v>
-      </c>
-[...10 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B194" s="4" t="s">
+        <v>477</v>
+      </c>
+      <c r="C194" s="5" t="s">
         <v>478</v>
       </c>
-      <c r="B194" s="4" t="s">
+      <c r="D194" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E194" s="5">
+        <v>40</v>
+      </c>
+      <c r="F194" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G194" s="5" t="s">
         <v>479</v>
-      </c>
-[...13 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" s="3" t="s">
-        <v>216</v>
+        <v>480</v>
       </c>
       <c r="B195" s="4" t="s">
         <v>481</v>
       </c>
       <c r="C195" s="5">
-        <v>50114</v>
+        <v>50018</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="5">
         <v>40</v>
       </c>
       <c r="F195" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G195" s="5" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" s="3" t="s">
-        <v>203</v>
+        <v>216</v>
       </c>
       <c r="B196" s="4" t="s">
         <v>483</v>
       </c>
       <c r="C196" s="5">
-        <v>50131</v>
+        <v>50114</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="5">
         <v>40</v>
       </c>
       <c r="F196" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G196" s="5" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B197" s="4" t="s">
         <v>485</v>
       </c>
       <c r="C197" s="5">
-        <v>50136</v>
+        <v>50131</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="5">
         <v>40</v>
       </c>
       <c r="F197" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G197" s="5" t="s">
-        <v>275</v>
+        <v>486</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B198" s="4" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C198" s="5">
-        <v>50143</v>
+        <v>50136</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="5">
         <v>40</v>
       </c>
       <c r="F198" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G198" s="5" t="s">
-        <v>109</v>
+        <v>275</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B199" s="4" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C199" s="5">
-        <v>50181</v>
+        <v>50143</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="5">
         <v>40</v>
       </c>
       <c r="F199" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G199" s="5" t="s">
-        <v>488</v>
+        <v>109</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="B200" s="4" t="s">
         <v>489</v>
       </c>
-      <c r="B200" s="4" t="s">
+      <c r="C200" s="5">
+        <v>50181</v>
+      </c>
+      <c r="D200" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E200" s="5">
+        <v>40</v>
+      </c>
+      <c r="F200" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G200" s="5" t="s">
         <v>490</v>
-      </c>
-[...13 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" s="3" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B201" s="4" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C201" s="5">
-        <v>49104</v>
+        <v>49066</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="5">
         <v>40</v>
       </c>
       <c r="F201" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G201" s="5" t="s">
-        <v>492</v>
+        <v>213</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="B202" s="4" t="s">
         <v>493</v>
       </c>
-      <c r="B202" s="4" t="s">
+      <c r="C202" s="5">
+        <v>49104</v>
+      </c>
+      <c r="D202" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E202" s="5">
+        <v>40</v>
+      </c>
+      <c r="F202" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G202" s="5" t="s">
         <v>494</v>
-      </c>
-[...13 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" s="3" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="B203" s="4" t="s">
         <v>496</v>
       </c>
       <c r="C203" s="5">
-        <v>49162</v>
+        <v>49123</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="5">
         <v>40</v>
       </c>
       <c r="F203" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G203" s="5" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="B204" s="4" t="s">
         <v>498</v>
       </c>
-      <c r="B204" s="4" t="s">
+      <c r="C204" s="5">
+        <v>49162</v>
+      </c>
+      <c r="D204" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E204" s="5">
+        <v>40</v>
+      </c>
+      <c r="F204" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G204" s="5" t="s">
         <v>499</v>
-      </c>
-[...13 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" s="3" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="B205" s="4" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C205" s="5">
-        <v>49186</v>
+        <v>49178</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="5">
         <v>40</v>
       </c>
       <c r="F205" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G205" s="5" t="s">
-        <v>266</v>
+        <v>141</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" s="3" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B206" s="4" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C206" s="5">
-        <v>49268</v>
+        <v>49186</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="5">
         <v>40</v>
       </c>
       <c r="F206" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G206" s="5" t="s">
-        <v>502</v>
+        <v>266</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" s="3" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B207" s="4" t="s">
         <v>503</v>
       </c>
       <c r="C207" s="5">
-        <v>49275</v>
+        <v>49268</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="5">
         <v>40</v>
       </c>
       <c r="F207" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G207" s="5" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" s="3" t="s">
-        <v>350</v>
+        <v>495</v>
       </c>
       <c r="B208" s="4" t="s">
         <v>505</v>
       </c>
       <c r="C208" s="5">
         <v>49275</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="5">
         <v>40</v>
       </c>
       <c r="F208" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G208" s="5" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="209" spans="1:7">
-      <c r="A209" s="2"/>
-[...3 lines deleted...]
-      <c r="G209" s="1"/>
+      <c r="A209" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="B209" s="4" t="s">
+        <v>507</v>
+      </c>
+      <c r="C209" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D209" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E209" s="5">
+        <v>40</v>
+      </c>
+      <c r="F209" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G209" s="5" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7">
+      <c r="A210" s="2"/>
+      <c r="C210" s="1"/>
+      <c r="E210" s="1"/>
+      <c r="F210" s="1"/>
+      <c r="G210" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">