--- v1 (2025-12-24)
+++ v2 (2026-03-06)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="509">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA1IPG</t>
   </si>
   <si>
     <t>199 Referencias DVGE - 204 QSO encontrados - 189 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #2530 (24-12-2025 14:52)</t>
+    <t>Ranking #2530 (06-03-2026 20:55)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EB5AQ</t>
   </si>