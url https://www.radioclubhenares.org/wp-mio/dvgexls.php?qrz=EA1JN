--- v0 (2025-10-26)
+++ v1 (2025-12-14)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="697">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA1JN</t>
   </si>
   <si>
     <t>331 Referencias DVGE - 483 QSO encontrados - 303 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1895 (26-10-2025 09:06)</t>
+    <t>Ranking #1895 (15-12-2025 00:25)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EB5BXK/P</t>
   </si>