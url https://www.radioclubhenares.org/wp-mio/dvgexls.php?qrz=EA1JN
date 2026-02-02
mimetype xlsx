--- v1 (2025-12-14)
+++ v2 (2026-02-02)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="697">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="700">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA1JN</t>
   </si>
   <si>
-    <t>331 Referencias DVGE - 483 QSO encontrados - 303 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1895 (15-12-2025 00:25)</t>
+    <t>332 Referencias DVGE - 485 QSO encontrados - 304 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1895 (02-02-2026 09:44)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EB5BXK/P</t>
   </si>
@@ -1758,50 +1758,59 @@
     <t>VGT-117</t>
   </si>
   <si>
     <t>EG3VSC</t>
   </si>
   <si>
     <t>VGT-136</t>
   </si>
   <si>
     <t>18/07/2010</t>
   </si>
   <si>
     <t>VGTE-060</t>
   </si>
   <si>
     <t>EA5GZY/2</t>
   </si>
   <si>
     <t>VGTE-083</t>
   </si>
   <si>
     <t>EC5CFV/2</t>
   </si>
   <si>
     <t>VGTE-280</t>
+  </si>
+  <si>
+    <t>EA8AA</t>
+  </si>
+  <si>
+    <t>VGTF-017</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
   </si>
   <si>
     <t>EA8BFH/QRP</t>
   </si>
   <si>
     <t>VGTF-024</t>
   </si>
   <si>
     <t>VGTF-098</t>
   </si>
   <si>
     <t>VGTO-003</t>
   </si>
   <si>
     <t>VGTO-009</t>
   </si>
   <si>
     <t>11/03/2012</t>
   </si>
   <si>
     <t>VGTO-031</t>
   </si>
   <si>
     <t>VGTO-032</t>
   </si>
@@ -2560,51 +2569,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G489"/>
+  <dimension ref="A1:G491"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -11372,2417 +11381,2463 @@
       </c>
       <c r="C385" s="5">
         <v>44012</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E385" s="5">
         <v>40</v>
       </c>
       <c r="F385" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G385" s="5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" s="3" t="s">
         <v>582</v>
       </c>
       <c r="B386" s="4" t="s">
         <v>583</v>
       </c>
       <c r="C386" s="5">
-        <v>38010</v>
+        <v>38006</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E386" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F386" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G386" s="5" t="s">
-        <v>51</v>
+        <v>584</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" s="3" t="s">
         <v>582</v>
       </c>
       <c r="B387" s="4" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="C387" s="5">
-        <v>38023</v>
+        <v>38006</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E387" s="5">
         <v>20</v>
       </c>
       <c r="F387" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G387" s="5" t="s">
-        <v>20</v>
+        <v>584</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" s="3" t="s">
-        <v>308</v>
+        <v>585</v>
       </c>
       <c r="B388" s="4" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C388" s="5">
-        <v>45002</v>
+        <v>38010</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E388" s="5">
         <v>40</v>
       </c>
       <c r="F388" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G388" s="5" t="s">
-        <v>233</v>
+        <v>51</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" s="3" t="s">
-        <v>412</v>
+        <v>585</v>
       </c>
       <c r="B389" s="4" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C389" s="5">
-        <v>45007</v>
+        <v>38023</v>
       </c>
       <c r="D389" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E389" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F389" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G389" s="5" t="s">
-        <v>587</v>
+        <v>20</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" s="3" t="s">
-        <v>399</v>
+        <v>308</v>
       </c>
       <c r="B390" s="4" t="s">
         <v>588</v>
       </c>
       <c r="C390" s="5">
-        <v>45021</v>
+        <v>45002</v>
       </c>
       <c r="D390" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E390" s="5">
         <v>40</v>
       </c>
       <c r="F390" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G390" s="5" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" s="3" t="s">
-        <v>308</v>
+        <v>412</v>
       </c>
       <c r="B391" s="4" t="s">
         <v>589</v>
       </c>
       <c r="C391" s="5">
-        <v>45021</v>
+        <v>45007</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E391" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F391" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G391" s="5" t="s">
-        <v>20</v>
+        <v>590</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" s="3" t="s">
-        <v>590</v>
+        <v>399</v>
       </c>
       <c r="B392" s="4" t="s">
         <v>591</v>
       </c>
       <c r="C392" s="5">
-        <v>45034</v>
+        <v>45021</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E392" s="5">
         <v>40</v>
       </c>
       <c r="F392" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G392" s="5" t="s">
-        <v>95</v>
+        <v>233</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" s="3" t="s">
-        <v>231</v>
+        <v>308</v>
       </c>
       <c r="B393" s="4" t="s">
         <v>592</v>
       </c>
       <c r="C393" s="5">
-        <v>45045</v>
+        <v>45021</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E393" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F393" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G393" s="5" t="s">
-        <v>212</v>
+        <v>20</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" s="3" t="s">
-        <v>296</v>
+        <v>593</v>
       </c>
       <c r="B394" s="4" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C394" s="5">
-        <v>45055</v>
+        <v>45034</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E394" s="5">
         <v>40</v>
       </c>
       <c r="F394" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G394" s="5" t="s">
-        <v>550</v>
+        <v>95</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" s="3" t="s">
-        <v>399</v>
+        <v>231</v>
       </c>
       <c r="B395" s="4" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C395" s="5">
-        <v>45059</v>
+        <v>45045</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E395" s="5">
         <v>40</v>
       </c>
       <c r="F395" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G395" s="5" t="s">
-        <v>92</v>
+        <v>212</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" s="3" t="s">
-        <v>308</v>
+        <v>296</v>
       </c>
       <c r="B396" s="4" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C396" s="5">
-        <v>45081</v>
+        <v>45055</v>
       </c>
       <c r="D396" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E396" s="5">
         <v>40</v>
       </c>
       <c r="F396" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G396" s="5" t="s">
-        <v>212</v>
+        <v>550</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" s="3" t="s">
-        <v>308</v>
+        <v>399</v>
       </c>
       <c r="B397" s="4" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C397" s="5">
-        <v>45085</v>
+        <v>45059</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E397" s="5">
         <v>40</v>
       </c>
       <c r="F397" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G397" s="5" t="s">
-        <v>118</v>
+        <v>92</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" s="3" t="s">
-        <v>412</v>
+        <v>308</v>
       </c>
       <c r="B398" s="4" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C398" s="5">
-        <v>45116</v>
+        <v>45081</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E398" s="5">
         <v>40</v>
       </c>
       <c r="F398" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G398" s="5" t="s">
-        <v>239</v>
+        <v>212</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B399" s="4" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C399" s="5">
-        <v>45118</v>
+        <v>45085</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E399" s="5">
         <v>40</v>
       </c>
       <c r="F399" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G399" s="5" t="s">
-        <v>599</v>
+        <v>118</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" s="3" t="s">
-        <v>308</v>
+        <v>412</v>
       </c>
       <c r="B400" s="4" t="s">
         <v>600</v>
       </c>
       <c r="C400" s="5">
-        <v>45122</v>
+        <v>45116</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E400" s="5">
         <v>40</v>
       </c>
       <c r="F400" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G400" s="5" t="s">
-        <v>58</v>
+        <v>239</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" s="3" t="s">
-        <v>590</v>
+        <v>308</v>
       </c>
       <c r="B401" s="4" t="s">
         <v>601</v>
       </c>
       <c r="C401" s="5">
-        <v>45124</v>
+        <v>45118</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E401" s="5">
         <v>40</v>
       </c>
       <c r="F401" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G401" s="5" t="s">
-        <v>99</v>
+        <v>602</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" s="3" t="s">
-        <v>412</v>
+        <v>308</v>
       </c>
       <c r="B402" s="4" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C402" s="5">
-        <v>45125</v>
+        <v>45122</v>
       </c>
       <c r="D402" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E402" s="5">
         <v>40</v>
       </c>
       <c r="F402" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G402" s="5" t="s">
-        <v>603</v>
+        <v>58</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" s="3" t="s">
-        <v>308</v>
+        <v>593</v>
       </c>
       <c r="B403" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C403" s="5">
-        <v>45171</v>
+        <v>45124</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E403" s="5">
         <v>40</v>
       </c>
       <c r="F403" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G403" s="5" t="s">
-        <v>250</v>
+        <v>99</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" s="3" t="s">
-        <v>590</v>
+        <v>412</v>
       </c>
       <c r="B404" s="4" t="s">
         <v>605</v>
       </c>
       <c r="C404" s="5">
-        <v>45177</v>
+        <v>45125</v>
       </c>
       <c r="D404" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E404" s="5">
         <v>40</v>
       </c>
       <c r="F404" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G404" s="5" t="s">
-        <v>28</v>
+        <v>606</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" s="3" t="s">
-        <v>412</v>
+        <v>308</v>
       </c>
       <c r="B405" s="4" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C405" s="5">
-        <v>45182</v>
+        <v>45171</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E405" s="5">
         <v>40</v>
       </c>
       <c r="F405" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G405" s="5" t="s">
-        <v>599</v>
+        <v>250</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" s="3" t="s">
-        <v>308</v>
+        <v>593</v>
       </c>
       <c r="B406" s="4" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C406" s="5">
-        <v>45192</v>
+        <v>45177</v>
       </c>
       <c r="D406" s="4" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="E406" s="5">
         <v>40</v>
       </c>
       <c r="F406" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G406" s="5" t="s">
-        <v>608</v>
+        <v>28</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" s="3" t="s">
-        <v>590</v>
+        <v>412</v>
       </c>
       <c r="B407" s="4" t="s">
         <v>609</v>
       </c>
       <c r="C407" s="5">
-        <v>45200</v>
+        <v>45182</v>
       </c>
       <c r="D407" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E407" s="5">
         <v>40</v>
       </c>
       <c r="F407" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G407" s="5" t="s">
-        <v>291</v>
+        <v>602</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" s="3" t="s">
-        <v>390</v>
+        <v>308</v>
       </c>
       <c r="B408" s="4" t="s">
         <v>610</v>
       </c>
       <c r="C408" s="5">
-        <v>45203</v>
+        <v>45192</v>
       </c>
       <c r="D408" s="4" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="E408" s="5">
         <v>40</v>
       </c>
       <c r="F408" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G408" s="5" t="s">
-        <v>233</v>
+        <v>611</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" s="3" t="s">
-        <v>611</v>
+        <v>593</v>
       </c>
       <c r="B409" s="4" t="s">
         <v>612</v>
       </c>
       <c r="C409" s="5">
-        <v>46028</v>
+        <v>45200</v>
       </c>
       <c r="D409" s="4" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="E409" s="5">
         <v>40</v>
       </c>
       <c r="F409" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G409" s="5" t="s">
-        <v>88</v>
+        <v>291</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="B410" s="4" t="s">
         <v>613</v>
       </c>
-      <c r="B410" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C410" s="5">
-        <v>46070</v>
+        <v>45203</v>
       </c>
       <c r="D410" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E410" s="5">
         <v>40</v>
       </c>
       <c r="F410" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G410" s="5" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="B411" s="4" t="s">
         <v>615</v>
       </c>
-      <c r="B411" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C411" s="5">
-        <v>46073</v>
+        <v>46028</v>
       </c>
       <c r="D411" s="4" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="E411" s="5">
         <v>40</v>
       </c>
       <c r="F411" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G411" s="5" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="B412" s="4" t="s">
         <v>617</v>
       </c>
-      <c r="B412" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C412" s="5">
-        <v>46111</v>
+        <v>46070</v>
       </c>
       <c r="D412" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E412" s="5">
         <v>40</v>
       </c>
       <c r="F412" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G412" s="5" t="s">
-        <v>99</v>
+        <v>230</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="B413" s="4" t="s">
         <v>619</v>
       </c>
-      <c r="B413" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C413" s="5">
-        <v>46105</v>
+        <v>46073</v>
       </c>
       <c r="D413" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E413" s="5">
         <v>40</v>
       </c>
       <c r="F413" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G413" s="5" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" s="3" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="B414" s="4" t="s">
         <v>621</v>
       </c>
       <c r="C414" s="5">
-        <v>46213</v>
+        <v>46111</v>
       </c>
       <c r="D414" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E414" s="5">
         <v>40</v>
       </c>
       <c r="F414" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G414" s="5" t="s">
-        <v>622</v>
+        <v>99</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" s="3" t="s">
-        <v>613</v>
+        <v>622</v>
       </c>
       <c r="B415" s="4" t="s">
         <v>623</v>
       </c>
       <c r="C415" s="5">
-        <v>46213</v>
+        <v>46105</v>
       </c>
       <c r="D415" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E415" s="5">
         <v>40</v>
       </c>
       <c r="F415" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G415" s="5" t="s">
-        <v>235</v>
+        <v>58</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="B416" s="4" t="s">
         <v>624</v>
       </c>
-      <c r="B416" s="4" t="s">
+      <c r="C416" s="5">
+        <v>46213</v>
+      </c>
+      <c r="D416" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E416" s="5">
+        <v>40</v>
+      </c>
+      <c r="F416" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G416" s="5" t="s">
         <v>625</v>
-      </c>
-[...13 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" s="3" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="B417" s="4" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="C417" s="5">
-        <v>46249</v>
+        <v>46213</v>
       </c>
       <c r="D417" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E417" s="5">
         <v>40</v>
       </c>
       <c r="F417" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G417" s="5" t="s">
-        <v>445</v>
+        <v>235</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="B418" s="4" t="s">
         <v>628</v>
       </c>
-      <c r="B418" s="4" t="s">
+      <c r="C418" s="5">
+        <v>46238</v>
+      </c>
+      <c r="D418" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E418" s="5">
+        <v>40</v>
+      </c>
+      <c r="F418" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G418" s="5" t="s">
         <v>629</v>
-      </c>
-[...13 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="B419" s="4" t="s">
         <v>630</v>
       </c>
-      <c r="B419" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C419" s="5">
-        <v>47023</v>
+        <v>46249</v>
       </c>
       <c r="D419" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E419" s="5">
         <v>40</v>
       </c>
       <c r="F419" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G419" s="5" t="s">
-        <v>111</v>
+        <v>445</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" s="3" t="s">
-        <v>152</v>
+        <v>631</v>
       </c>
       <c r="B420" s="4" t="s">
         <v>632</v>
       </c>
       <c r="C420" s="5">
-        <v>47045</v>
+        <v>46250</v>
       </c>
       <c r="D420" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E420" s="5">
         <v>40</v>
       </c>
       <c r="F420" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G420" s="5" t="s">
-        <v>633</v>
+        <v>58</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="B421" s="4" t="s">
         <v>634</v>
       </c>
-      <c r="B421" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C421" s="5">
-        <v>47110</v>
+        <v>47023</v>
       </c>
       <c r="D421" s="4" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="E421" s="5">
         <v>40</v>
       </c>
       <c r="F421" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G421" s="5" t="s">
-        <v>386</v>
+        <v>111</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" s="3" t="s">
-        <v>634</v>
+        <v>152</v>
       </c>
       <c r="B422" s="4" t="s">
+        <v>635</v>
+      </c>
+      <c r="C422" s="5">
+        <v>47045</v>
+      </c>
+      <c r="D422" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E422" s="5">
+        <v>40</v>
+      </c>
+      <c r="F422" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G422" s="5" t="s">
         <v>636</v>
-      </c>
-[...13 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" s="3" t="s">
-        <v>140</v>
+        <v>637</v>
       </c>
       <c r="B423" s="4" t="s">
-        <v>637</v>
-[...1 lines deleted...]
-      <c r="C423" s="5" t="s">
         <v>638</v>
+      </c>
+      <c r="C423" s="5">
+        <v>47110</v>
       </c>
       <c r="D423" s="4" t="s">
         <v>43</v>
       </c>
       <c r="E423" s="5">
         <v>40</v>
       </c>
       <c r="F423" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G423" s="5" t="s">
-        <v>183</v>
+        <v>386</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" s="3" t="s">
-        <v>106</v>
+        <v>637</v>
       </c>
       <c r="B424" s="4" t="s">
         <v>639</v>
       </c>
-      <c r="C424" s="5" t="s">
-        <v>640</v>
+      <c r="C424" s="5">
+        <v>47128</v>
       </c>
       <c r="D424" s="4" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="E424" s="5">
         <v>40</v>
       </c>
       <c r="F424" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G424" s="5" t="s">
-        <v>641</v>
+        <v>44</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" s="3" t="s">
-        <v>642</v>
+        <v>140</v>
       </c>
       <c r="B425" s="4" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="C425" s="5" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>43</v>
       </c>
       <c r="E425" s="5">
         <v>40</v>
       </c>
       <c r="F425" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G425" s="5" t="s">
-        <v>319</v>
+        <v>183</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" s="3" t="s">
-        <v>645</v>
+        <v>106</v>
       </c>
       <c r="B426" s="4" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="C426" s="5" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E426" s="5">
         <v>40</v>
       </c>
       <c r="F426" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G426" s="5" t="s">
-        <v>118</v>
+        <v>644</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" s="3" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="B427" s="4" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="C427" s="5" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="D427" s="4" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="E427" s="5">
         <v>40</v>
       </c>
       <c r="F427" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G427" s="5" t="s">
-        <v>650</v>
+        <v>319</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" s="3" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="B428" s="4" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="C428" s="5" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="D428" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E428" s="5">
         <v>40</v>
       </c>
       <c r="F428" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G428" s="5" t="s">
-        <v>40</v>
+        <v>118</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="B429" s="4" t="s">
         <v>651</v>
       </c>
-      <c r="B429" s="4" t="s">
+      <c r="C429" s="5" t="s">
         <v>652</v>
       </c>
-      <c r="C429" s="5" t="s">
+      <c r="D429" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E429" s="5">
+        <v>40</v>
+      </c>
+      <c r="F429" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G429" s="5" t="s">
         <v>653</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B430" s="4" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C430" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D430" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E430" s="5">
         <v>40</v>
       </c>
       <c r="F430" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G430" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B431" s="4" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C431" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D431" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E431" s="5">
         <v>80</v>
       </c>
       <c r="F431" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G431" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B432" s="4" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C432" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E432" s="5">
         <v>40</v>
       </c>
       <c r="F432" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G432" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B433" s="4" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C433" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E433" s="5">
         <v>80</v>
       </c>
       <c r="F433" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G433" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B434" s="4" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C434" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E434" s="5">
         <v>40</v>
       </c>
       <c r="F434" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G434" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C435" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D435" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E435" s="5">
         <v>80</v>
       </c>
       <c r="F435" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G435" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B436" s="4" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C436" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D436" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E436" s="5">
         <v>40</v>
       </c>
       <c r="F436" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G436" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B437" s="4" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C437" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E437" s="5">
         <v>80</v>
       </c>
       <c r="F437" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G437" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B438" s="4" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C438" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E438" s="5">
         <v>40</v>
       </c>
       <c r="F438" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G438" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B439" s="4" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C439" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D439" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E439" s="5">
         <v>80</v>
       </c>
       <c r="F439" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G439" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B440" s="4" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C440" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E440" s="5">
         <v>40</v>
       </c>
       <c r="F440" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G440" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B441" s="4" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C441" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D441" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E441" s="5">
         <v>80</v>
       </c>
       <c r="F441" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G441" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B442" s="4" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C442" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D442" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E442" s="5">
         <v>40</v>
       </c>
       <c r="F442" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G442" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B443" s="4" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C443" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E443" s="5">
         <v>80</v>
       </c>
       <c r="F443" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G443" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" s="3" t="s">
-        <v>140</v>
+        <v>654</v>
       </c>
       <c r="B444" s="4" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C444" s="5" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E444" s="5">
         <v>40</v>
       </c>
       <c r="F444" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G444" s="5" t="s">
-        <v>194</v>
+        <v>40</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="B445" s="4" t="s">
+        <v>655</v>
+      </c>
+      <c r="C445" s="5" t="s">
         <v>656</v>
       </c>
-      <c r="B445" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E445" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F445" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G445" s="5" t="s">
-        <v>95</v>
+        <v>40</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" s="3" t="s">
-        <v>659</v>
+        <v>140</v>
       </c>
       <c r="B446" s="4" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="C446" s="5" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="D446" s="4" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="E446" s="5">
         <v>40</v>
       </c>
       <c r="F446" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G446" s="5" t="s">
-        <v>221</v>
+        <v>194</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" s="3" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="B447" s="4" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="C447" s="5" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="D447" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E447" s="5">
         <v>40</v>
       </c>
       <c r="F447" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G447" s="5" t="s">
-        <v>278</v>
+        <v>95</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" s="3" t="s">
         <v>662</v>
       </c>
       <c r="B448" s="4" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="C448" s="5" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="D448" s="4" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="E448" s="5">
         <v>40</v>
       </c>
       <c r="F448" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G448" s="5" t="s">
-        <v>58</v>
+        <v>221</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" s="3" t="s">
-        <v>140</v>
+        <v>665</v>
       </c>
       <c r="B449" s="4" t="s">
+        <v>666</v>
+      </c>
+      <c r="C449" s="5" t="s">
         <v>667</v>
       </c>
-      <c r="C449" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D449" s="4" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="E449" s="5">
         <v>40</v>
       </c>
       <c r="F449" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G449" s="5" t="s">
-        <v>383</v>
+        <v>278</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="B450" s="4" t="s">
+        <v>668</v>
+      </c>
+      <c r="C450" s="5" t="s">
         <v>669</v>
       </c>
-      <c r="B450" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D450" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E450" s="5">
         <v>40</v>
       </c>
       <c r="F450" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G450" s="5" t="s">
-        <v>248</v>
+        <v>58</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" s="3" t="s">
-        <v>330</v>
+        <v>140</v>
       </c>
       <c r="B451" s="4" t="s">
+        <v>670</v>
+      </c>
+      <c r="C451" s="5" t="s">
         <v>671</v>
-      </c>
-[...1 lines deleted...]
-        <v>50017</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>43</v>
       </c>
       <c r="E451" s="5">
         <v>40</v>
       </c>
       <c r="F451" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G451" s="5" t="s">
-        <v>114</v>
+        <v>383</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" s="3" t="s">
-        <v>330</v>
+        <v>672</v>
       </c>
       <c r="B452" s="4" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C452" s="5">
-        <v>50059</v>
+        <v>50017</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E452" s="5">
         <v>40</v>
       </c>
       <c r="F452" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G452" s="5" t="s">
-        <v>32</v>
+        <v>248</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" s="3" t="s">
-        <v>673</v>
+        <v>330</v>
       </c>
       <c r="B453" s="4" t="s">
         <v>674</v>
       </c>
       <c r="C453" s="5">
-        <v>50074</v>
+        <v>50017</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>43</v>
       </c>
       <c r="E453" s="5">
         <v>40</v>
       </c>
       <c r="F453" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G453" s="5" t="s">
-        <v>47</v>
+        <v>114</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" s="3" t="s">
-        <v>669</v>
+        <v>330</v>
       </c>
       <c r="B454" s="4" t="s">
         <v>675</v>
       </c>
       <c r="C454" s="5">
-        <v>50137</v>
+        <v>50059</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E454" s="5">
         <v>40</v>
       </c>
       <c r="F454" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G454" s="5" t="s">
-        <v>194</v>
+        <v>32</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" s="3" t="s">
-        <v>330</v>
+        <v>676</v>
       </c>
       <c r="B455" s="4" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C455" s="5">
-        <v>50154</v>
+        <v>50074</v>
       </c>
       <c r="D455" s="4" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="E455" s="5">
         <v>40</v>
       </c>
       <c r="F455" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G455" s="5" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" s="3" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="B456" s="4" t="s">
         <v>678</v>
       </c>
       <c r="C456" s="5">
-        <v>50164</v>
+        <v>50137</v>
       </c>
       <c r="D456" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E456" s="5">
         <v>40</v>
       </c>
       <c r="F456" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G456" s="5" t="s">
-        <v>246</v>
+        <v>194</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="B457" s="4" t="s">
         <v>679</v>
       </c>
-      <c r="B457" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C457" s="5">
-        <v>50182</v>
+        <v>50154</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E457" s="5">
         <v>40</v>
       </c>
       <c r="F457" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G457" s="5" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" s="3" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B458" s="4" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C458" s="5">
-        <v>50182</v>
+        <v>50164</v>
       </c>
       <c r="D458" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E458" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F458" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G458" s="5" t="s">
-        <v>40</v>
+        <v>246</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B459" s="4" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C459" s="5">
         <v>50182</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E459" s="5">
         <v>40</v>
       </c>
       <c r="F459" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G459" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B460" s="4" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C460" s="5">
         <v>50182</v>
       </c>
       <c r="D460" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E460" s="5">
         <v>80</v>
       </c>
       <c r="F460" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G460" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B461" s="4" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C461" s="5">
         <v>50182</v>
       </c>
       <c r="D461" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E461" s="5">
         <v>40</v>
       </c>
       <c r="F461" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G461" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B462" s="4" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C462" s="5">
         <v>50182</v>
       </c>
       <c r="D462" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E462" s="5">
         <v>80</v>
       </c>
       <c r="F462" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G462" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B463" s="4" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C463" s="5">
         <v>50182</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E463" s="5">
         <v>40</v>
       </c>
       <c r="F463" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G463" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B464" s="4" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C464" s="5">
         <v>50182</v>
       </c>
       <c r="D464" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E464" s="5">
         <v>80</v>
       </c>
       <c r="F464" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G464" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B465" s="4" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C465" s="5">
         <v>50182</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E465" s="5">
         <v>40</v>
       </c>
       <c r="F465" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G465" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B466" s="4" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C466" s="5">
         <v>50182</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E466" s="5">
         <v>80</v>
       </c>
       <c r="F466" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G466" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B467" s="4" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C467" s="5">
         <v>50182</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E467" s="5">
         <v>40</v>
       </c>
       <c r="F467" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G467" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B468" s="4" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C468" s="5">
         <v>50182</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E468" s="5">
         <v>80</v>
       </c>
       <c r="F468" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G468" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B469" s="4" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C469" s="5">
         <v>50182</v>
       </c>
       <c r="D469" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E469" s="5">
         <v>40</v>
       </c>
       <c r="F469" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G469" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B470" s="4" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C470" s="5">
         <v>50182</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E470" s="5">
         <v>80</v>
       </c>
       <c r="F470" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G470" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B471" s="4" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C471" s="5">
         <v>50182</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E471" s="5">
         <v>40</v>
       </c>
       <c r="F471" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G471" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B472" s="4" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C472" s="5">
         <v>50182</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E472" s="5">
         <v>80</v>
       </c>
       <c r="F472" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G472" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" s="3" t="s">
-        <v>330</v>
+        <v>682</v>
       </c>
       <c r="B473" s="4" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C473" s="5">
-        <v>50200</v>
+        <v>50182</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E473" s="5">
         <v>40</v>
       </c>
       <c r="F473" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G473" s="5" t="s">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" s="3" t="s">
-        <v>330</v>
+        <v>682</v>
       </c>
       <c r="B474" s="4" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C474" s="5">
-        <v>50244</v>
+        <v>50182</v>
       </c>
       <c r="D474" s="4" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="E474" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F474" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G474" s="5" t="s">
-        <v>608</v>
+        <v>40</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" s="3" t="s">
-        <v>152</v>
+        <v>330</v>
       </c>
       <c r="B475" s="4" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C475" s="5">
-        <v>49008</v>
+        <v>50200</v>
       </c>
       <c r="D475" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E475" s="5">
         <v>40</v>
       </c>
       <c r="F475" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G475" s="5" t="s">
-        <v>622</v>
+        <v>180</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" s="3" t="s">
-        <v>634</v>
+        <v>330</v>
       </c>
       <c r="B476" s="4" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C476" s="5">
-        <v>49020</v>
+        <v>50244</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>43</v>
       </c>
       <c r="E476" s="5">
         <v>40</v>
       </c>
       <c r="F476" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G476" s="5" t="s">
-        <v>685</v>
+        <v>611</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" s="3" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="B477" s="4" t="s">
         <v>686</v>
       </c>
       <c r="C477" s="5">
-        <v>49093</v>
+        <v>49008</v>
       </c>
       <c r="D477" s="4" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="E477" s="5">
         <v>40</v>
       </c>
       <c r="F477" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G477" s="5" t="s">
-        <v>36</v>
+        <v>625</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" s="3" t="s">
-        <v>145</v>
+        <v>637</v>
       </c>
       <c r="B478" s="4" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C478" s="5">
-        <v>49093</v>
+        <v>49020</v>
       </c>
       <c r="D478" s="4" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="E478" s="5">
         <v>40</v>
       </c>
       <c r="F478" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G478" s="5" t="s">
-        <v>36</v>
+        <v>688</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" s="3" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="B479" s="4" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C479" s="5">
-        <v>49123</v>
+        <v>49093</v>
       </c>
       <c r="D479" s="4" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="E479" s="5">
         <v>40</v>
       </c>
       <c r="F479" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G479" s="5" t="s">
-        <v>415</v>
+        <v>36</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" s="3" t="s">
-        <v>688</v>
+        <v>145</v>
       </c>
       <c r="B480" s="4" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C480" s="5">
-        <v>49123</v>
+        <v>49093</v>
       </c>
       <c r="D480" s="4" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="E480" s="5">
         <v>40</v>
       </c>
       <c r="F480" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G480" s="5" t="s">
-        <v>319</v>
+        <v>36</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B481" s="4" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C481" s="5">
-        <v>49129</v>
+        <v>49123</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E481" s="5">
         <v>40</v>
       </c>
       <c r="F481" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G481" s="5" t="s">
-        <v>250</v>
+        <v>415</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" s="3" t="s">
-        <v>152</v>
+        <v>691</v>
       </c>
       <c r="B482" s="4" t="s">
         <v>690</v>
       </c>
       <c r="C482" s="5">
-        <v>49152</v>
+        <v>49123</v>
       </c>
       <c r="D482" s="4" t="s">
         <v>43</v>
       </c>
       <c r="E482" s="5">
         <v>40</v>
       </c>
       <c r="F482" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G482" s="5" t="s">
-        <v>47</v>
+        <v>319</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B483" s="4" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="C483" s="5">
-        <v>49152</v>
+        <v>49129</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E483" s="5">
         <v>40</v>
       </c>
       <c r="F483" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G483" s="5" t="s">
-        <v>47</v>
+        <v>250</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" s="3" t="s">
-        <v>634</v>
+        <v>152</v>
       </c>
       <c r="B484" s="4" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="C484" s="5">
-        <v>49175</v>
+        <v>49152</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>43</v>
       </c>
       <c r="E484" s="5">
         <v>40</v>
       </c>
       <c r="F484" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G484" s="5" t="s">
-        <v>183</v>
+        <v>47</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B485" s="4" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C485" s="5">
-        <v>49197</v>
+        <v>49152</v>
       </c>
       <c r="D485" s="4" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="E485" s="5">
         <v>40</v>
       </c>
       <c r="F485" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G485" s="5" t="s">
-        <v>360</v>
+        <v>47</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" s="3" t="s">
-        <v>152</v>
+        <v>637</v>
       </c>
       <c r="B486" s="4" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="C486" s="5">
-        <v>49197</v>
+        <v>49175</v>
       </c>
       <c r="D486" s="4" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="E486" s="5">
         <v>40</v>
       </c>
       <c r="F486" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G486" s="5" t="s">
-        <v>360</v>
+        <v>183</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" s="3" t="s">
-        <v>693</v>
+        <v>152</v>
       </c>
       <c r="B487" s="4" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="C487" s="5">
-        <v>49275</v>
+        <v>49197</v>
       </c>
       <c r="D487" s="4" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="E487" s="5">
         <v>40</v>
       </c>
       <c r="F487" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G487" s="5" t="s">
-        <v>695</v>
+        <v>360</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" s="3" t="s">
-        <v>693</v>
+        <v>152</v>
       </c>
       <c r="B488" s="4" t="s">
+        <v>695</v>
+      </c>
+      <c r="C488" s="5">
+        <v>49197</v>
+      </c>
+      <c r="D488" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E488" s="5">
+        <v>40</v>
+      </c>
+      <c r="F488" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G488" s="5" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="489" spans="1:7">
+      <c r="A489" s="3" t="s">
         <v>696</v>
       </c>
-      <c r="C488" s="5">
+      <c r="B489" s="4" t="s">
+        <v>697</v>
+      </c>
+      <c r="C489" s="5">
         <v>49275</v>
       </c>
-      <c r="D488" s="4" t="s">
+      <c r="D489" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E489" s="5">
+        <v>40</v>
+      </c>
+      <c r="F489" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G489" s="5" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="490" spans="1:7">
+      <c r="A490" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="B490" s="4" t="s">
+        <v>699</v>
+      </c>
+      <c r="C490" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D490" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="E488" s="5">
-[...5 lines deleted...]
-      <c r="G488" s="5" t="s">
+      <c r="E490" s="5">
+        <v>40</v>
+      </c>
+      <c r="F490" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G490" s="5" t="s">
         <v>386</v>
       </c>
     </row>
-    <row r="489" spans="1:7">
-[...4 lines deleted...]
-      <c r="G489" s="1"/>
+    <row r="491" spans="1:7">
+      <c r="A491" s="2"/>
+      <c r="C491" s="1"/>
+      <c r="E491" s="1"/>
+      <c r="F491" s="1"/>
+      <c r="G491" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">