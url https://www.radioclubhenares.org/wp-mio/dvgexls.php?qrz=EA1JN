--- v2 (2026-02-02)
+++ v3 (2026-03-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="700">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA1JN</t>
   </si>
   <si>
     <t>332 Referencias DVGE - 485 QSO encontrados - 304 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1895 (02-02-2026 09:44)</t>
+    <t>Ranking #1895 (20-03-2026 07:19)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EB5BXK/P</t>
   </si>