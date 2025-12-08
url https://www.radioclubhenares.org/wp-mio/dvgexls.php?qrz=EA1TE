--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2273">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA1TE</t>
   </si>
   <si>
-    <t>1.070 Referencias DVGE - 1.225 QSO encontrados - 914 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #880 (19-10-2025 18:04)</t>
+    <t>1.071 Referencias DVGE - 1.226 QSO encontrados - 915 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #880 (08-12-2025 15:42)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA4DW</t>
   </si>
@@ -6210,50 +6210,59 @@
     <t>VGV-152</t>
   </si>
   <si>
     <t>VGV-161</t>
   </si>
   <si>
     <t>05/07/2015</t>
   </si>
   <si>
     <t>VGV-163</t>
   </si>
   <si>
     <t>VGV-165</t>
   </si>
   <si>
     <t>03/12/2023</t>
   </si>
   <si>
     <t>VGV-168</t>
   </si>
   <si>
     <t>VGV-172</t>
   </si>
   <si>
     <t>VGV-178</t>
+  </si>
+  <si>
+    <t>EA5QG</t>
+  </si>
+  <si>
+    <t>VGV-179</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
   </si>
   <si>
     <t>VGV-191</t>
   </si>
   <si>
     <t>EA5KB/P</t>
   </si>
   <si>
     <t>VGV-198</t>
   </si>
   <si>
     <t>19/04/2013</t>
   </si>
   <si>
     <t>EA5KB/M</t>
   </si>
   <si>
     <t>VGV-202</t>
   </si>
   <si>
     <t>04/01/2009</t>
   </si>
   <si>
     <t>VGV-204</t>
   </si>
@@ -7279,51 +7288,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1231"/>
+  <dimension ref="A1:G1232"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -32070,3504 +32079,3527 @@
     <row r="1080" spans="1:7">
       <c r="A1080" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B1080" s="4" t="s">
         <v>2065</v>
       </c>
       <c r="C1080" s="5">
         <v>46213</v>
       </c>
       <c r="D1080" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1080" s="5">
         <v>40</v>
       </c>
       <c r="F1080" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1080" s="5" t="s">
         <v>1584</v>
       </c>
     </row>
     <row r="1081" spans="1:7">
       <c r="A1081" s="3" t="s">
-        <v>2023</v>
+        <v>2066</v>
       </c>
       <c r="B1081" s="4" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="C1081" s="5">
-        <v>46232</v>
+        <v>46214</v>
       </c>
       <c r="D1081" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1081" s="5">
         <v>40</v>
       </c>
       <c r="F1081" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1081" s="5" t="s">
-        <v>297</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="1082" spans="1:7">
       <c r="A1082" s="3" t="s">
-        <v>2067</v>
+        <v>2023</v>
       </c>
       <c r="B1082" s="4" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
       <c r="C1082" s="5">
-        <v>46238</v>
+        <v>46232</v>
       </c>
       <c r="D1082" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1082" s="5">
         <v>40</v>
       </c>
       <c r="F1082" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1082" s="5" t="s">
-        <v>2069</v>
+        <v>297</v>
       </c>
     </row>
     <row r="1083" spans="1:7">
       <c r="A1083" s="3" t="s">
         <v>2070</v>
       </c>
       <c r="B1083" s="4" t="s">
         <v>2071</v>
       </c>
       <c r="C1083" s="5">
-        <v>46244</v>
+        <v>46238</v>
       </c>
       <c r="D1083" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1083" s="5">
         <v>40</v>
       </c>
       <c r="F1083" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1083" s="5" t="s">
         <v>2072</v>
       </c>
     </row>
     <row r="1084" spans="1:7">
       <c r="A1084" s="3" t="s">
-        <v>2014</v>
+        <v>2073</v>
       </c>
       <c r="B1084" s="4" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="C1084" s="5">
         <v>46244</v>
       </c>
       <c r="D1084" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1084" s="5">
         <v>40</v>
       </c>
       <c r="F1084" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1084" s="5" t="s">
-        <v>1123</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="1085" spans="1:7">
       <c r="A1085" s="3" t="s">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="B1085" s="4" t="s">
-        <v>2073</v>
+        <v>2076</v>
       </c>
       <c r="C1085" s="5">
         <v>46244</v>
       </c>
       <c r="D1085" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1085" s="5">
         <v>40</v>
       </c>
       <c r="F1085" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1085" s="5" t="s">
-        <v>2074</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="1086" spans="1:7">
       <c r="A1086" s="3" t="s">
-        <v>956</v>
+        <v>2021</v>
       </c>
       <c r="B1086" s="4" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="C1086" s="5">
-        <v>46246</v>
+        <v>46244</v>
       </c>
       <c r="D1086" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1086" s="5">
         <v>40</v>
       </c>
       <c r="F1086" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1086" s="5" t="s">
-        <v>466</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="1087" spans="1:7">
       <c r="A1087" s="3" t="s">
         <v>956</v>
       </c>
       <c r="B1087" s="4" t="s">
-        <v>2076</v>
+        <v>2078</v>
       </c>
       <c r="C1087" s="5">
-        <v>46247</v>
+        <v>46246</v>
       </c>
       <c r="D1087" s="4" t="s">
         <v>94</v>
       </c>
       <c r="E1087" s="5">
         <v>40</v>
       </c>
       <c r="F1087" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1087" s="5" t="s">
-        <v>594</v>
+        <v>466</v>
       </c>
     </row>
     <row r="1088" spans="1:7">
       <c r="A1088" s="3" t="s">
-        <v>2077</v>
+        <v>956</v>
       </c>
       <c r="B1088" s="4" t="s">
-        <v>2078</v>
+        <v>2079</v>
       </c>
       <c r="C1088" s="5">
-        <v>46249</v>
+        <v>46247</v>
       </c>
       <c r="D1088" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1088" s="5">
         <v>40</v>
       </c>
       <c r="F1088" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1088" s="5" t="s">
-        <v>90</v>
+        <v>594</v>
       </c>
     </row>
     <row r="1089" spans="1:7">
       <c r="A1089" s="3" t="s">
-        <v>105</v>
+        <v>2080</v>
       </c>
       <c r="B1089" s="4" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="C1089" s="5">
-        <v>46250</v>
+        <v>46249</v>
       </c>
       <c r="D1089" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1089" s="5">
         <v>40</v>
       </c>
       <c r="F1089" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1089" s="5" t="s">
-        <v>704</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1090" spans="1:7">
       <c r="A1090" s="3" t="s">
-        <v>944</v>
+        <v>105</v>
       </c>
       <c r="B1090" s="4" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
       <c r="C1090" s="5">
-        <v>46256</v>
+        <v>46250</v>
       </c>
       <c r="D1090" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1090" s="5">
         <v>40</v>
       </c>
       <c r="F1090" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1090" s="5" t="s">
-        <v>1607</v>
+        <v>704</v>
       </c>
     </row>
     <row r="1091" spans="1:7">
       <c r="A1091" s="3" t="s">
-        <v>1999</v>
+        <v>944</v>
       </c>
       <c r="B1091" s="4" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="C1091" s="5">
-        <v>46261</v>
+        <v>46256</v>
       </c>
       <c r="D1091" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1091" s="5">
         <v>40</v>
       </c>
       <c r="F1091" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1091" s="5" t="s">
-        <v>2082</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="1092" spans="1:7">
       <c r="A1092" s="3" t="s">
-        <v>755</v>
+        <v>1999</v>
       </c>
       <c r="B1092" s="4" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
       <c r="C1092" s="5">
-        <v>47005</v>
+        <v>46261</v>
       </c>
       <c r="D1092" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1092" s="5">
         <v>40</v>
       </c>
       <c r="F1092" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1092" s="5" t="s">
-        <v>970</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="1093" spans="1:7">
       <c r="A1093" s="3" t="s">
-        <v>1342</v>
+        <v>755</v>
       </c>
       <c r="B1093" s="4" t="s">
-        <v>2084</v>
+        <v>2086</v>
       </c>
       <c r="C1093" s="5">
-        <v>47010</v>
+        <v>47005</v>
       </c>
       <c r="D1093" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1093" s="5">
         <v>40</v>
       </c>
       <c r="F1093" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1093" s="5" t="s">
-        <v>659</v>
+        <v>970</v>
       </c>
     </row>
     <row r="1094" spans="1:7">
       <c r="A1094" s="3" t="s">
-        <v>2085</v>
+        <v>1342</v>
       </c>
       <c r="B1094" s="4" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="C1094" s="5">
-        <v>47023</v>
+        <v>47010</v>
       </c>
       <c r="D1094" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1094" s="5">
         <v>40</v>
       </c>
       <c r="F1094" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1094" s="5" t="s">
-        <v>1663</v>
+        <v>659</v>
       </c>
     </row>
     <row r="1095" spans="1:7">
       <c r="A1095" s="3" t="s">
-        <v>324</v>
+        <v>2088</v>
       </c>
       <c r="B1095" s="4" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
       <c r="C1095" s="5">
-        <v>47045</v>
+        <v>47023</v>
       </c>
       <c r="D1095" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1095" s="5">
         <v>40</v>
       </c>
       <c r="F1095" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1095" s="5" t="s">
-        <v>733</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="1096" spans="1:7">
       <c r="A1096" s="3" t="s">
-        <v>2088</v>
+        <v>324</v>
       </c>
       <c r="B1096" s="4" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="C1096" s="5">
-        <v>47052</v>
+        <v>47045</v>
       </c>
       <c r="D1096" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1096" s="5">
         <v>40</v>
       </c>
       <c r="F1096" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1096" s="5" t="s">
-        <v>42</v>
+        <v>733</v>
       </c>
     </row>
     <row r="1097" spans="1:7">
       <c r="A1097" s="3" t="s">
-        <v>1342</v>
+        <v>2091</v>
       </c>
       <c r="B1097" s="4" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="C1097" s="5">
-        <v>47066</v>
+        <v>47052</v>
       </c>
       <c r="D1097" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1097" s="5">
         <v>40</v>
       </c>
       <c r="F1097" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1097" s="5" t="s">
-        <v>657</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1098" spans="1:7">
       <c r="A1098" s="3" t="s">
-        <v>755</v>
+        <v>1342</v>
       </c>
       <c r="B1098" s="4" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
       <c r="C1098" s="5">
-        <v>47082</v>
+        <v>47066</v>
       </c>
       <c r="D1098" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1098" s="5">
         <v>40</v>
       </c>
       <c r="F1098" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1098" s="5" t="s">
-        <v>991</v>
+        <v>657</v>
       </c>
     </row>
     <row r="1099" spans="1:7">
       <c r="A1099" s="3" t="s">
-        <v>1342</v>
+        <v>755</v>
       </c>
       <c r="B1099" s="4" t="s">
-        <v>2092</v>
+        <v>2094</v>
       </c>
       <c r="C1099" s="5">
-        <v>47114</v>
+        <v>47082</v>
       </c>
       <c r="D1099" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1099" s="5">
         <v>40</v>
       </c>
       <c r="F1099" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1099" s="5" t="s">
-        <v>626</v>
+        <v>991</v>
       </c>
     </row>
     <row r="1100" spans="1:7">
       <c r="A1100" s="3" t="s">
-        <v>675</v>
+        <v>1342</v>
       </c>
       <c r="B1100" s="4" t="s">
-        <v>2093</v>
+        <v>2095</v>
       </c>
       <c r="C1100" s="5">
-        <v>47116</v>
+        <v>47114</v>
       </c>
       <c r="D1100" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1100" s="5">
         <v>40</v>
       </c>
       <c r="F1100" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1100" s="5" t="s">
-        <v>2094</v>
+        <v>626</v>
       </c>
     </row>
     <row r="1101" spans="1:7">
       <c r="A1101" s="3" t="s">
-        <v>1342</v>
+        <v>675</v>
       </c>
       <c r="B1101" s="4" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="C1101" s="5">
-        <v>47129</v>
+        <v>47116</v>
       </c>
       <c r="D1101" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1101" s="5">
         <v>40</v>
       </c>
       <c r="F1101" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1101" s="5" t="s">
-        <v>130</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="1102" spans="1:7">
       <c r="A1102" s="3" t="s">
-        <v>2096</v>
+        <v>1342</v>
       </c>
       <c r="B1102" s="4" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="C1102" s="5">
-        <v>47181</v>
+        <v>47129</v>
       </c>
       <c r="D1102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1102" s="5">
         <v>40</v>
       </c>
       <c r="F1102" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1102" s="5" t="s">
-        <v>1160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1103" spans="1:7">
       <c r="A1103" s="3" t="s">
-        <v>1342</v>
+        <v>2099</v>
       </c>
       <c r="B1103" s="4" t="s">
-        <v>2098</v>
+        <v>2100</v>
       </c>
       <c r="C1103" s="5">
-        <v>47186</v>
+        <v>47181</v>
       </c>
       <c r="D1103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1103" s="5">
         <v>40</v>
       </c>
       <c r="F1103" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1103" s="5" t="s">
-        <v>2099</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="1104" spans="1:7">
       <c r="A1104" s="3" t="s">
         <v>1342</v>
       </c>
       <c r="B1104" s="4" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
       <c r="C1104" s="5">
-        <v>47191</v>
+        <v>47186</v>
       </c>
       <c r="D1104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1104" s="5">
         <v>40</v>
       </c>
       <c r="F1104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1104" s="5" t="s">
-        <v>529</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="1105" spans="1:7">
       <c r="A1105" s="3" t="s">
         <v>1342</v>
       </c>
       <c r="B1105" s="4" t="s">
-        <v>2101</v>
+        <v>2103</v>
       </c>
       <c r="C1105" s="5">
-        <v>47205</v>
+        <v>47191</v>
       </c>
       <c r="D1105" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1105" s="5">
         <v>40</v>
       </c>
       <c r="F1105" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1105" s="5" t="s">
-        <v>176</v>
+        <v>529</v>
       </c>
     </row>
     <row r="1106" spans="1:7">
       <c r="A1106" s="3" t="s">
         <v>1342</v>
       </c>
       <c r="B1106" s="4" t="s">
-        <v>2101</v>
+        <v>2104</v>
       </c>
       <c r="C1106" s="5">
         <v>47205</v>
       </c>
       <c r="D1106" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1106" s="5">
         <v>40</v>
       </c>
       <c r="F1106" s="5" t="s">
-        <v>298</v>
+        <v>15</v>
       </c>
       <c r="G1106" s="5" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="1107" spans="1:7">
       <c r="A1107" s="3" t="s">
-        <v>675</v>
+        <v>1342</v>
       </c>
       <c r="B1107" s="4" t="s">
-        <v>2102</v>
+        <v>2104</v>
       </c>
       <c r="C1107" s="5">
-        <v>47194</v>
+        <v>47205</v>
       </c>
       <c r="D1107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1107" s="5">
         <v>40</v>
       </c>
       <c r="F1107" s="5" t="s">
-        <v>15</v>
+        <v>298</v>
       </c>
       <c r="G1107" s="5" t="s">
-        <v>2103</v>
+        <v>176</v>
       </c>
     </row>
     <row r="1108" spans="1:7">
       <c r="A1108" s="3" t="s">
-        <v>632</v>
+        <v>675</v>
       </c>
       <c r="B1108" s="4" t="s">
-        <v>2104</v>
-[...1 lines deleted...]
-      <c r="C1108" s="5" t="s">
         <v>2105</v>
       </c>
+      <c r="C1108" s="5">
+        <v>47194</v>
+      </c>
       <c r="D1108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1108" s="5">
         <v>40</v>
       </c>
       <c r="F1108" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1108" s="5" t="s">
-        <v>762</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="1109" spans="1:7">
       <c r="A1109" s="3" t="s">
-        <v>2106</v>
+        <v>632</v>
       </c>
       <c r="B1109" s="4" t="s">
         <v>2107</v>
       </c>
       <c r="C1109" s="5" t="s">
         <v>2108</v>
       </c>
       <c r="D1109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1109" s="5">
         <v>40</v>
       </c>
       <c r="F1109" s="5" t="s">
-        <v>298</v>
+        <v>15</v>
       </c>
       <c r="G1109" s="5" t="s">
-        <v>2109</v>
+        <v>762</v>
       </c>
     </row>
     <row r="1110" spans="1:7">
       <c r="A1110" s="3" t="s">
-        <v>2106</v>
+        <v>2109</v>
       </c>
       <c r="B1110" s="4" t="s">
         <v>2110</v>
       </c>
       <c r="C1110" s="5" t="s">
         <v>2111</v>
       </c>
       <c r="D1110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1110" s="5">
         <v>40</v>
       </c>
       <c r="F1110" s="5" t="s">
-        <v>15</v>
+        <v>298</v>
       </c>
       <c r="G1110" s="5" t="s">
         <v>2112</v>
       </c>
     </row>
     <row r="1111" spans="1:7">
       <c r="A1111" s="3" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B1111" s="4" t="s">
         <v>2113</v>
       </c>
-      <c r="B1111" s="4" t="s">
+      <c r="C1111" s="5" t="s">
         <v>2114</v>
       </c>
-      <c r="C1111" s="5" t="s">
+      <c r="D1111" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1111" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1111" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1111" s="5" t="s">
         <v>2115</v>
-      </c>
-[...10 lines deleted...]
-        <v>2116</v>
       </c>
     </row>
     <row r="1112" spans="1:7">
       <c r="A1112" s="3" t="s">
-        <v>632</v>
+        <v>2116</v>
       </c>
       <c r="B1112" s="4" t="s">
         <v>2117</v>
       </c>
       <c r="C1112" s="5" t="s">
         <v>2118</v>
       </c>
       <c r="D1112" s="4" t="s">
         <v>94</v>
       </c>
       <c r="E1112" s="5">
         <v>40</v>
       </c>
       <c r="F1112" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1112" s="5" t="s">
-        <v>758</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="1113" spans="1:7">
       <c r="A1113" s="3" t="s">
         <v>632</v>
       </c>
       <c r="B1113" s="4" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="C1113" s="5" t="s">
-        <v>2118</v>
+        <v>2121</v>
       </c>
       <c r="D1113" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1113" s="5">
         <v>40</v>
       </c>
       <c r="F1113" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1113" s="5" t="s">
-        <v>2120</v>
+        <v>758</v>
       </c>
     </row>
     <row r="1114" spans="1:7">
       <c r="A1114" s="3" t="s">
-        <v>2121</v>
+        <v>632</v>
       </c>
       <c r="B1114" s="4" t="s">
         <v>2122</v>
       </c>
       <c r="C1114" s="5" t="s">
+        <v>2121</v>
+      </c>
+      <c r="D1114" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1114" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1114" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1114" s="5" t="s">
         <v>2123</v>
-      </c>
-[...10 lines deleted...]
-        <v>727</v>
       </c>
     </row>
     <row r="1115" spans="1:7">
       <c r="A1115" s="3" t="s">
-        <v>655</v>
+        <v>2124</v>
       </c>
       <c r="B1115" s="4" t="s">
-        <v>2124</v>
+        <v>2125</v>
       </c>
       <c r="C1115" s="5" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
       <c r="D1115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1115" s="5">
         <v>40</v>
       </c>
       <c r="F1115" s="5" t="s">
-        <v>15</v>
+        <v>298</v>
       </c>
       <c r="G1115" s="5" t="s">
-        <v>991</v>
+        <v>727</v>
       </c>
     </row>
     <row r="1116" spans="1:7">
       <c r="A1116" s="3" t="s">
-        <v>632</v>
+        <v>655</v>
       </c>
       <c r="B1116" s="4" t="s">
-        <v>2124</v>
+        <v>2127</v>
       </c>
       <c r="C1116" s="5" t="s">
-        <v>2125</v>
+        <v>2128</v>
       </c>
       <c r="D1116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1116" s="5">
         <v>40</v>
       </c>
       <c r="F1116" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1116" s="5" t="s">
-        <v>2126</v>
+        <v>991</v>
       </c>
     </row>
     <row r="1117" spans="1:7">
       <c r="A1117" s="3" t="s">
-        <v>2121</v>
+        <v>632</v>
       </c>
       <c r="B1117" s="4" t="s">
         <v>2127</v>
       </c>
       <c r="C1117" s="5" t="s">
         <v>2128</v>
       </c>
       <c r="D1117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1117" s="5">
         <v>40</v>
       </c>
       <c r="F1117" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1117" s="5" t="s">
-        <v>1038</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="1118" spans="1:7">
       <c r="A1118" s="3" t="s">
-        <v>2121</v>
+        <v>2124</v>
       </c>
       <c r="B1118" s="4" t="s">
-        <v>2127</v>
+        <v>2130</v>
       </c>
       <c r="C1118" s="5" t="s">
-        <v>2128</v>
+        <v>2131</v>
       </c>
       <c r="D1118" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1118" s="5">
         <v>40</v>
       </c>
       <c r="F1118" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1118" s="5" t="s">
         <v>1038</v>
       </c>
     </row>
     <row r="1119" spans="1:7">
       <c r="A1119" s="3" t="s">
-        <v>620</v>
+        <v>2124</v>
       </c>
       <c r="B1119" s="4" t="s">
-        <v>2129</v>
+        <v>2130</v>
       </c>
       <c r="C1119" s="5" t="s">
-        <v>2130</v>
+        <v>2131</v>
       </c>
       <c r="D1119" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1119" s="5">
         <v>40</v>
       </c>
       <c r="F1119" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1119" s="5" t="s">
-        <v>461</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="1120" spans="1:7">
       <c r="A1120" s="3" t="s">
-        <v>1581</v>
+        <v>620</v>
       </c>
       <c r="B1120" s="4" t="s">
-        <v>2131</v>
-[...2 lines deleted...]
-        <v>50006</v>
+        <v>2132</v>
+      </c>
+      <c r="C1120" s="5" t="s">
+        <v>2133</v>
       </c>
       <c r="D1120" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1120" s="5">
         <v>40</v>
       </c>
       <c r="F1120" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1120" s="5" t="s">
-        <v>2132</v>
+        <v>461</v>
       </c>
     </row>
     <row r="1121" spans="1:7">
       <c r="A1121" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B1121" s="4" t="s">
-        <v>2131</v>
+        <v>2134</v>
       </c>
       <c r="C1121" s="5">
         <v>50006</v>
       </c>
       <c r="D1121" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1121" s="5">
         <v>40</v>
       </c>
       <c r="F1121" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1121" s="5" t="s">
-        <v>2132</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="1122" spans="1:7">
       <c r="A1122" s="3" t="s">
-        <v>1769</v>
+        <v>1581</v>
       </c>
       <c r="B1122" s="4" t="s">
-        <v>2133</v>
+        <v>2134</v>
       </c>
       <c r="C1122" s="5">
-        <v>50017</v>
+        <v>50006</v>
       </c>
       <c r="D1122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1122" s="5">
         <v>40</v>
       </c>
       <c r="F1122" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1122" s="5" t="s">
-        <v>461</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="1123" spans="1:7">
       <c r="A1123" s="3" t="s">
-        <v>2134</v>
+        <v>1769</v>
       </c>
       <c r="B1123" s="4" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
       <c r="C1123" s="5">
         <v>50017</v>
       </c>
       <c r="D1123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1123" s="5">
         <v>40</v>
       </c>
       <c r="F1123" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1123" s="5" t="s">
-        <v>2136</v>
+        <v>461</v>
       </c>
     </row>
     <row r="1124" spans="1:7">
       <c r="A1124" s="3" t="s">
-        <v>2134</v>
+        <v>2137</v>
       </c>
       <c r="B1124" s="4" t="s">
-        <v>2137</v>
+        <v>2138</v>
       </c>
       <c r="C1124" s="5">
-        <v>50023</v>
+        <v>50017</v>
       </c>
       <c r="D1124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1124" s="5">
         <v>40</v>
       </c>
       <c r="F1124" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1124" s="5" t="s">
-        <v>2138</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="1125" spans="1:7">
       <c r="A1125" s="3" t="s">
-        <v>2134</v>
+        <v>2137</v>
       </c>
       <c r="B1125" s="4" t="s">
-        <v>2137</v>
+        <v>2140</v>
       </c>
       <c r="C1125" s="5">
         <v>50023</v>
       </c>
       <c r="D1125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1125" s="5">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F1125" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1125" s="5" t="s">
-        <v>2138</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="1126" spans="1:7">
       <c r="A1126" s="3" t="s">
-        <v>1117</v>
+        <v>2137</v>
       </c>
       <c r="B1126" s="4" t="s">
-        <v>2139</v>
+        <v>2140</v>
       </c>
       <c r="C1126" s="5">
-        <v>50028</v>
+        <v>50023</v>
       </c>
       <c r="D1126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1126" s="5">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="F1126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1126" s="5" t="s">
-        <v>1407</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="1127" spans="1:7">
       <c r="A1127" s="3" t="s">
-        <v>1581</v>
+        <v>1117</v>
       </c>
       <c r="B1127" s="4" t="s">
-        <v>2140</v>
+        <v>2142</v>
       </c>
       <c r="C1127" s="5">
-        <v>50038</v>
+        <v>50028</v>
       </c>
       <c r="D1127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1127" s="5">
         <v>40</v>
       </c>
       <c r="F1127" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1127" s="5" t="s">
-        <v>2141</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="1128" spans="1:7">
       <c r="A1128" s="3" t="s">
-        <v>462</v>
+        <v>1581</v>
       </c>
       <c r="B1128" s="4" t="s">
-        <v>2142</v>
+        <v>2143</v>
       </c>
       <c r="C1128" s="5">
-        <v>50039</v>
+        <v>50038</v>
       </c>
       <c r="D1128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1128" s="5">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F1128" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1128" s="5" t="s">
-        <v>2143</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="1129" spans="1:7">
       <c r="A1129" s="3" t="s">
-        <v>2144</v>
+        <v>462</v>
       </c>
       <c r="B1129" s="4" t="s">
         <v>2145</v>
       </c>
       <c r="C1129" s="5">
-        <v>50051</v>
+        <v>50039</v>
       </c>
       <c r="D1129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1129" s="5">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="F1129" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1129" s="5" t="s">
         <v>2146</v>
       </c>
     </row>
     <row r="1130" spans="1:7">
       <c r="A1130" s="3" t="s">
-        <v>1075</v>
+        <v>2147</v>
       </c>
       <c r="B1130" s="4" t="s">
-        <v>2147</v>
+        <v>2148</v>
       </c>
       <c r="C1130" s="5">
-        <v>50054</v>
+        <v>50051</v>
       </c>
       <c r="D1130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1130" s="5">
         <v>40</v>
       </c>
       <c r="F1130" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1130" s="5" t="s">
-        <v>485</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="1131" spans="1:7">
       <c r="A1131" s="3" t="s">
-        <v>1581</v>
+        <v>1075</v>
       </c>
       <c r="B1131" s="4" t="s">
-        <v>2148</v>
+        <v>2150</v>
       </c>
       <c r="C1131" s="5">
-        <v>50055</v>
+        <v>50054</v>
       </c>
       <c r="D1131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1131" s="5">
         <v>40</v>
       </c>
       <c r="F1131" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1131" s="5" t="s">
-        <v>498</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1132" spans="1:7">
       <c r="A1132" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B1132" s="4" t="s">
-        <v>2149</v>
+        <v>2151</v>
       </c>
       <c r="C1132" s="5">
         <v>50055</v>
       </c>
       <c r="D1132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1132" s="5">
         <v>40</v>
       </c>
       <c r="F1132" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1132" s="5" t="s">
-        <v>657</v>
+        <v>498</v>
       </c>
     </row>
     <row r="1133" spans="1:7">
       <c r="A1133" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B1133" s="4" t="s">
-        <v>2150</v>
+        <v>2152</v>
       </c>
       <c r="C1133" s="5">
-        <v>50067</v>
+        <v>50055</v>
       </c>
       <c r="D1133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1133" s="5">
         <v>40</v>
       </c>
       <c r="F1133" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1133" s="5" t="s">
-        <v>882</v>
+        <v>657</v>
       </c>
     </row>
     <row r="1134" spans="1:7">
       <c r="A1134" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B1134" s="4" t="s">
-        <v>2151</v>
+        <v>2153</v>
       </c>
       <c r="C1134" s="5">
-        <v>50073</v>
+        <v>50067</v>
       </c>
       <c r="D1134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1134" s="5">
         <v>40</v>
       </c>
       <c r="F1134" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1134" s="5" t="s">
-        <v>648</v>
+        <v>882</v>
       </c>
     </row>
     <row r="1135" spans="1:7">
       <c r="A1135" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B1135" s="4" t="s">
-        <v>2151</v>
+        <v>2154</v>
       </c>
       <c r="C1135" s="5">
         <v>50073</v>
       </c>
       <c r="D1135" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1135" s="5">
         <v>40</v>
       </c>
       <c r="F1135" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1135" s="5" t="s">
-        <v>2152</v>
+        <v>648</v>
       </c>
     </row>
     <row r="1136" spans="1:7">
       <c r="A1136" s="3" t="s">
-        <v>462</v>
+        <v>1581</v>
       </c>
       <c r="B1136" s="4" t="s">
-        <v>2153</v>
+        <v>2154</v>
       </c>
       <c r="C1136" s="5">
-        <v>50101</v>
+        <v>50073</v>
       </c>
       <c r="D1136" s="4" t="s">
         <v>94</v>
       </c>
       <c r="E1136" s="5">
         <v>40</v>
       </c>
       <c r="F1136" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1136" s="5" t="s">
-        <v>2154</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="1137" spans="1:7">
       <c r="A1137" s="3" t="s">
-        <v>1581</v>
+        <v>462</v>
       </c>
       <c r="B1137" s="4" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
       <c r="C1137" s="5">
-        <v>50113</v>
+        <v>50101</v>
       </c>
       <c r="D1137" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1137" s="5">
         <v>40</v>
       </c>
       <c r="F1137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1137" s="5" t="s">
-        <v>2156</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="1138" spans="1:7">
       <c r="A1138" s="3" t="s">
-        <v>462</v>
+        <v>1581</v>
       </c>
       <c r="B1138" s="4" t="s">
-        <v>2157</v>
+        <v>2158</v>
       </c>
       <c r="C1138" s="5">
-        <v>50124</v>
+        <v>50113</v>
       </c>
       <c r="D1138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1138" s="5">
         <v>40</v>
       </c>
       <c r="F1138" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1138" s="5" t="s">
-        <v>2143</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="1139" spans="1:7">
       <c r="A1139" s="3" t="s">
-        <v>2158</v>
+        <v>462</v>
       </c>
       <c r="B1139" s="4" t="s">
-        <v>2159</v>
+        <v>2160</v>
       </c>
       <c r="C1139" s="5">
-        <v>50126</v>
+        <v>50124</v>
       </c>
       <c r="D1139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1139" s="5">
         <v>40</v>
       </c>
       <c r="F1139" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1139" s="5" t="s">
-        <v>1427</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="1140" spans="1:7">
       <c r="A1140" s="3" t="s">
-        <v>1581</v>
+        <v>2161</v>
       </c>
       <c r="B1140" s="4" t="s">
-        <v>2160</v>
+        <v>2162</v>
       </c>
       <c r="C1140" s="5">
-        <v>50131</v>
+        <v>50126</v>
       </c>
       <c r="D1140" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1140" s="5">
         <v>40</v>
       </c>
       <c r="F1140" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1140" s="5" t="s">
-        <v>1652</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="1141" spans="1:7">
       <c r="A1141" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B1141" s="4" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
       <c r="C1141" s="5">
         <v>50131</v>
       </c>
       <c r="D1141" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1141" s="5">
         <v>40</v>
       </c>
       <c r="F1141" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1141" s="5" t="s">
-        <v>2162</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="1142" spans="1:7">
       <c r="A1142" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B1142" s="4" t="s">
-        <v>2163</v>
+        <v>2164</v>
       </c>
       <c r="C1142" s="5">
-        <v>50153</v>
+        <v>50131</v>
       </c>
       <c r="D1142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1142" s="5">
         <v>40</v>
       </c>
       <c r="F1142" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1142" s="5" t="s">
-        <v>130</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="1143" spans="1:7">
       <c r="A1143" s="3" t="s">
-        <v>462</v>
+        <v>1581</v>
       </c>
       <c r="B1143" s="4" t="s">
-        <v>2163</v>
+        <v>2166</v>
       </c>
       <c r="C1143" s="5">
         <v>50153</v>
       </c>
       <c r="D1143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1143" s="5">
         <v>40</v>
       </c>
       <c r="F1143" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1143" s="5" t="s">
-        <v>485</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1144" spans="1:7">
       <c r="A1144" s="3" t="s">
-        <v>1581</v>
+        <v>462</v>
       </c>
       <c r="B1144" s="4" t="s">
-        <v>2164</v>
+        <v>2166</v>
       </c>
       <c r="C1144" s="5">
         <v>50153</v>
       </c>
       <c r="D1144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1144" s="5">
         <v>40</v>
       </c>
       <c r="F1144" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1144" s="5" t="s">
-        <v>428</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1145" spans="1:7">
       <c r="A1145" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B1145" s="4" t="s">
-        <v>2165</v>
+        <v>2167</v>
       </c>
       <c r="C1145" s="5">
-        <v>50160</v>
+        <v>50153</v>
       </c>
       <c r="D1145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1145" s="5">
         <v>40</v>
       </c>
       <c r="F1145" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1145" s="5" t="s">
-        <v>2166</v>
+        <v>428</v>
       </c>
     </row>
     <row r="1146" spans="1:7">
       <c r="A1146" s="3" t="s">
-        <v>717</v>
+        <v>1581</v>
       </c>
       <c r="B1146" s="4" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
       <c r="C1146" s="5">
-        <v>50159</v>
+        <v>50160</v>
       </c>
       <c r="D1146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1146" s="5">
         <v>40</v>
       </c>
       <c r="F1146" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1146" s="5" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="1147" spans="1:7">
       <c r="A1147" s="3" t="s">
-        <v>1117</v>
+        <v>717</v>
       </c>
       <c r="B1147" s="4" t="s">
-        <v>2169</v>
+        <v>2170</v>
       </c>
       <c r="C1147" s="5">
-        <v>50169</v>
+        <v>50159</v>
       </c>
       <c r="D1147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1147" s="5">
         <v>40</v>
       </c>
       <c r="F1147" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1147" s="5" t="s">
-        <v>2170</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="1148" spans="1:7">
       <c r="A1148" s="3" t="s">
-        <v>1581</v>
+        <v>1117</v>
       </c>
       <c r="B1148" s="4" t="s">
-        <v>2171</v>
+        <v>2172</v>
       </c>
       <c r="C1148" s="5">
-        <v>50178</v>
+        <v>50169</v>
       </c>
       <c r="D1148" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1148" s="5">
         <v>40</v>
       </c>
       <c r="F1148" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1148" s="5" t="s">
-        <v>644</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="1149" spans="1:7">
       <c r="A1149" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B1149" s="4" t="s">
-        <v>2172</v>
+        <v>2174</v>
       </c>
       <c r="C1149" s="5">
-        <v>50182</v>
+        <v>50178</v>
       </c>
       <c r="D1149" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1149" s="5">
         <v>40</v>
       </c>
       <c r="F1149" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1149" s="5" t="s">
-        <v>1269</v>
+        <v>644</v>
       </c>
     </row>
     <row r="1150" spans="1:7">
       <c r="A1150" s="3" t="s">
-        <v>1117</v>
+        <v>1581</v>
       </c>
       <c r="B1150" s="4" t="s">
-        <v>2173</v>
+        <v>2175</v>
       </c>
       <c r="C1150" s="5">
         <v>50182</v>
       </c>
       <c r="D1150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1150" s="5">
         <v>40</v>
       </c>
       <c r="F1150" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1150" s="5" t="s">
-        <v>958</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="1151" spans="1:7">
       <c r="A1151" s="3" t="s">
-        <v>1120</v>
+        <v>1117</v>
       </c>
       <c r="B1151" s="4" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="C1151" s="5">
-        <v>50189</v>
+        <v>50182</v>
       </c>
       <c r="D1151" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1151" s="5">
         <v>40</v>
       </c>
       <c r="F1151" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1151" s="5" t="s">
-        <v>2175</v>
+        <v>958</v>
       </c>
     </row>
     <row r="1152" spans="1:7">
       <c r="A1152" s="3" t="s">
-        <v>1581</v>
+        <v>1120</v>
       </c>
       <c r="B1152" s="4" t="s">
-        <v>2176</v>
+        <v>2177</v>
       </c>
       <c r="C1152" s="5">
-        <v>50201</v>
+        <v>50189</v>
       </c>
       <c r="D1152" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1152" s="5">
         <v>40</v>
       </c>
       <c r="F1152" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1152" s="5" t="s">
-        <v>2177</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="1153" spans="1:7">
       <c r="A1153" s="3" t="s">
-        <v>2178</v>
+        <v>1581</v>
       </c>
       <c r="B1153" s="4" t="s">
         <v>2179</v>
       </c>
       <c r="C1153" s="5">
-        <v>50208</v>
+        <v>50201</v>
       </c>
       <c r="D1153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1153" s="5">
         <v>40</v>
       </c>
       <c r="F1153" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1153" s="5" t="s">
-        <v>1110</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="1154" spans="1:7">
       <c r="A1154" s="3" t="s">
-        <v>1581</v>
+        <v>2181</v>
       </c>
       <c r="B1154" s="4" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
       <c r="C1154" s="5">
-        <v>50216</v>
+        <v>50208</v>
       </c>
       <c r="D1154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1154" s="5">
         <v>40</v>
       </c>
       <c r="F1154" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1154" s="5" t="s">
-        <v>1611</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="1155" spans="1:7">
       <c r="A1155" s="3" t="s">
-        <v>2144</v>
+        <v>1581</v>
       </c>
       <c r="B1155" s="4" t="s">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="C1155" s="5">
-        <v>50230</v>
+        <v>50216</v>
       </c>
       <c r="D1155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1155" s="5">
         <v>40</v>
       </c>
       <c r="F1155" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1155" s="5" t="s">
-        <v>479</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="1156" spans="1:7">
       <c r="A1156" s="3" t="s">
-        <v>1581</v>
+        <v>2147</v>
       </c>
       <c r="B1156" s="4" t="s">
-        <v>2182</v>
+        <v>2184</v>
       </c>
       <c r="C1156" s="5">
-        <v>50243</v>
+        <v>50230</v>
       </c>
       <c r="D1156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1156" s="5">
         <v>40</v>
       </c>
       <c r="F1156" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1156" s="5" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
     </row>
     <row r="1157" spans="1:7">
       <c r="A1157" s="3" t="s">
-        <v>2183</v>
+        <v>1581</v>
       </c>
       <c r="B1157" s="4" t="s">
-        <v>2184</v>
+        <v>2185</v>
       </c>
       <c r="C1157" s="5">
-        <v>50250</v>
+        <v>50243</v>
       </c>
       <c r="D1157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1157" s="5">
         <v>40</v>
       </c>
       <c r="F1157" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1157" s="5" t="s">
-        <v>899</v>
+        <v>476</v>
       </c>
     </row>
     <row r="1158" spans="1:7">
       <c r="A1158" s="3" t="s">
-        <v>1581</v>
+        <v>2186</v>
       </c>
       <c r="B1158" s="4" t="s">
-        <v>2185</v>
+        <v>2187</v>
       </c>
       <c r="C1158" s="5">
-        <v>50252</v>
+        <v>50250</v>
       </c>
       <c r="D1158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1158" s="5">
         <v>40</v>
       </c>
       <c r="F1158" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1158" s="5" t="s">
-        <v>2186</v>
+        <v>899</v>
       </c>
     </row>
     <row r="1159" spans="1:7">
       <c r="A1159" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B1159" s="4" t="s">
-        <v>2187</v>
+        <v>2188</v>
       </c>
       <c r="C1159" s="5">
-        <v>50263</v>
+        <v>50252</v>
       </c>
       <c r="D1159" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1159" s="5">
         <v>40</v>
       </c>
       <c r="F1159" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1159" s="5" t="s">
-        <v>644</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="1160" spans="1:7">
       <c r="A1160" s="3" t="s">
-        <v>2178</v>
+        <v>1581</v>
       </c>
       <c r="B1160" s="4" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
       <c r="C1160" s="5">
-        <v>50297</v>
+        <v>50263</v>
       </c>
       <c r="D1160" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1160" s="5">
         <v>40</v>
       </c>
       <c r="F1160" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1160" s="5" t="s">
-        <v>2189</v>
+        <v>644</v>
       </c>
     </row>
     <row r="1161" spans="1:7">
       <c r="A1161" s="3" t="s">
-        <v>1906</v>
+        <v>2181</v>
       </c>
       <c r="B1161" s="4" t="s">
-        <v>2190</v>
+        <v>2191</v>
       </c>
       <c r="C1161" s="5">
         <v>50297</v>
       </c>
       <c r="D1161" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1161" s="5">
         <v>40</v>
       </c>
       <c r="F1161" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1161" s="5" t="s">
-        <v>212</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="1162" spans="1:7">
       <c r="A1162" s="3" t="s">
         <v>1906</v>
       </c>
       <c r="B1162" s="4" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="C1162" s="5">
         <v>50297</v>
       </c>
       <c r="D1162" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1162" s="5">
         <v>40</v>
       </c>
       <c r="F1162" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1162" s="5" t="s">
-        <v>381</v>
+        <v>212</v>
       </c>
     </row>
     <row r="1163" spans="1:7">
       <c r="A1163" s="3" t="s">
-        <v>1117</v>
+        <v>1906</v>
       </c>
       <c r="B1163" s="4" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="C1163" s="5">
         <v>50297</v>
       </c>
       <c r="D1163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1163" s="5">
         <v>40</v>
       </c>
       <c r="F1163" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1163" s="5" t="s">
-        <v>2146</v>
+        <v>381</v>
       </c>
     </row>
     <row r="1164" spans="1:7">
       <c r="A1164" s="3" t="s">
-        <v>2178</v>
+        <v>1117</v>
       </c>
       <c r="B1164" s="4" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="C1164" s="5">
         <v>50297</v>
       </c>
       <c r="D1164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1164" s="5">
         <v>40</v>
       </c>
       <c r="F1164" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1164" s="5" t="s">
-        <v>404</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="1165" spans="1:7">
       <c r="A1165" s="3" t="s">
-        <v>324</v>
+        <v>2181</v>
       </c>
       <c r="B1165" s="4" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="C1165" s="5">
-        <v>49005</v>
+        <v>50297</v>
       </c>
       <c r="D1165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1165" s="5">
         <v>40</v>
       </c>
       <c r="F1165" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1165" s="5" t="s">
-        <v>485</v>
+        <v>404</v>
       </c>
     </row>
     <row r="1166" spans="1:7">
       <c r="A1166" s="3" t="s">
-        <v>1342</v>
+        <v>324</v>
       </c>
       <c r="B1166" s="4" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
       <c r="C1166" s="5">
-        <v>49019</v>
+        <v>49005</v>
       </c>
       <c r="D1166" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1166" s="5">
         <v>40</v>
       </c>
       <c r="F1166" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1166" s="5" t="s">
-        <v>1711</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1167" spans="1:7">
       <c r="A1167" s="3" t="s">
         <v>1342</v>
       </c>
       <c r="B1167" s="4" t="s">
-        <v>2196</v>
+        <v>2198</v>
       </c>
       <c r="C1167" s="5">
-        <v>49020</v>
+        <v>49019</v>
       </c>
       <c r="D1167" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1167" s="5">
         <v>40</v>
       </c>
       <c r="F1167" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1167" s="5" t="s">
-        <v>224</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="1168" spans="1:7">
       <c r="A1168" s="3" t="s">
-        <v>2197</v>
+        <v>1342</v>
       </c>
       <c r="B1168" s="4" t="s">
-        <v>2196</v>
+        <v>2199</v>
       </c>
       <c r="C1168" s="5">
         <v>49020</v>
       </c>
       <c r="D1168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1168" s="5">
         <v>40</v>
       </c>
       <c r="F1168" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1168" s="5" t="s">
-        <v>1415</v>
+        <v>224</v>
       </c>
     </row>
     <row r="1169" spans="1:7">
       <c r="A1169" s="3" t="s">
-        <v>699</v>
+        <v>2200</v>
       </c>
       <c r="B1169" s="4" t="s">
-        <v>2198</v>
+        <v>2199</v>
       </c>
       <c r="C1169" s="5">
         <v>49020</v>
       </c>
       <c r="D1169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1169" s="5">
         <v>40</v>
       </c>
       <c r="F1169" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1169" s="5" t="s">
-        <v>212</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="1170" spans="1:7">
       <c r="A1170" s="3" t="s">
         <v>699</v>
       </c>
       <c r="B1170" s="4" t="s">
-        <v>2198</v>
+        <v>2201</v>
       </c>
       <c r="C1170" s="5">
         <v>49020</v>
       </c>
       <c r="D1170" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1170" s="5">
         <v>40</v>
       </c>
       <c r="F1170" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1170" s="5" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="1171" spans="1:7">
       <c r="A1171" s="3" t="s">
-        <v>2197</v>
+        <v>699</v>
       </c>
       <c r="B1171" s="4" t="s">
-        <v>2199</v>
+        <v>2201</v>
       </c>
       <c r="C1171" s="5">
-        <v>49023</v>
+        <v>49020</v>
       </c>
       <c r="D1171" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1171" s="5">
         <v>40</v>
       </c>
       <c r="F1171" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1171" s="5" t="s">
-        <v>2200</v>
+        <v>212</v>
       </c>
     </row>
     <row r="1172" spans="1:7">
       <c r="A1172" s="3" t="s">
-        <v>1337</v>
+        <v>2200</v>
       </c>
       <c r="B1172" s="4" t="s">
-        <v>2201</v>
+        <v>2202</v>
       </c>
       <c r="C1172" s="5">
-        <v>49033</v>
+        <v>49023</v>
       </c>
       <c r="D1172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1172" s="5">
         <v>40</v>
       </c>
       <c r="F1172" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1172" s="5" t="s">
-        <v>2202</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="1173" spans="1:7">
       <c r="A1173" s="3" t="s">
-        <v>324</v>
+        <v>1337</v>
       </c>
       <c r="B1173" s="4" t="s">
-        <v>2203</v>
+        <v>2204</v>
       </c>
       <c r="C1173" s="5">
-        <v>49037</v>
+        <v>49033</v>
       </c>
       <c r="D1173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1173" s="5">
         <v>40</v>
       </c>
       <c r="F1173" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1173" s="5" t="s">
-        <v>485</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="1174" spans="1:7">
       <c r="A1174" s="3" t="s">
-        <v>1342</v>
+        <v>324</v>
       </c>
       <c r="B1174" s="4" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="C1174" s="5">
-        <v>49043</v>
+        <v>49037</v>
       </c>
       <c r="D1174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1174" s="5">
         <v>40</v>
       </c>
       <c r="F1174" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1174" s="5" t="s">
-        <v>261</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1175" spans="1:7">
       <c r="A1175" s="3" t="s">
-        <v>699</v>
+        <v>1342</v>
       </c>
       <c r="B1175" s="4" t="s">
-        <v>2205</v>
+        <v>2207</v>
       </c>
       <c r="C1175" s="5">
-        <v>49053</v>
+        <v>49043</v>
       </c>
       <c r="D1175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1175" s="5">
         <v>40</v>
       </c>
       <c r="F1175" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1175" s="5" t="s">
-        <v>2206</v>
+        <v>261</v>
       </c>
     </row>
     <row r="1176" spans="1:7">
       <c r="A1176" s="3" t="s">
-        <v>324</v>
+        <v>699</v>
       </c>
       <c r="B1176" s="4" t="s">
-        <v>2207</v>
+        <v>2208</v>
       </c>
       <c r="C1176" s="5">
-        <v>49054</v>
+        <v>49053</v>
       </c>
       <c r="D1176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1176" s="5">
         <v>40</v>
       </c>
       <c r="F1176" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1176" s="5" t="s">
-        <v>2208</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="1177" spans="1:7">
       <c r="A1177" s="3" t="s">
-        <v>2209</v>
+        <v>324</v>
       </c>
       <c r="B1177" s="4" t="s">
         <v>2210</v>
       </c>
       <c r="C1177" s="5">
-        <v>49062</v>
+        <v>49054</v>
       </c>
       <c r="D1177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1177" s="5">
         <v>40</v>
       </c>
       <c r="F1177" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1177" s="5" t="s">
-        <v>1621</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="1178" spans="1:7">
       <c r="A1178" s="3" t="s">
-        <v>1363</v>
+        <v>2212</v>
       </c>
       <c r="B1178" s="4" t="s">
-        <v>2211</v>
+        <v>2213</v>
       </c>
       <c r="C1178" s="5">
         <v>49062</v>
       </c>
       <c r="D1178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1178" s="5">
         <v>40</v>
       </c>
       <c r="F1178" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1178" s="5" t="s">
-        <v>185</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="1179" spans="1:7">
       <c r="A1179" s="3" t="s">
-        <v>699</v>
+        <v>1363</v>
       </c>
       <c r="B1179" s="4" t="s">
-        <v>2212</v>
+        <v>2214</v>
       </c>
       <c r="C1179" s="5">
-        <v>49063</v>
+        <v>49062</v>
       </c>
       <c r="D1179" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1179" s="5">
         <v>40</v>
       </c>
       <c r="F1179" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1179" s="5" t="s">
-        <v>2213</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1180" spans="1:7">
       <c r="A1180" s="3" t="s">
         <v>699</v>
       </c>
       <c r="B1180" s="4" t="s">
-        <v>2212</v>
+        <v>2215</v>
       </c>
       <c r="C1180" s="5">
         <v>49063</v>
       </c>
       <c r="D1180" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1180" s="5">
         <v>40</v>
       </c>
       <c r="F1180" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1180" s="5" t="s">
-        <v>2213</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="1181" spans="1:7">
       <c r="A1181" s="3" t="s">
         <v>699</v>
       </c>
       <c r="B1181" s="4" t="s">
-        <v>2214</v>
+        <v>2215</v>
       </c>
       <c r="C1181" s="5">
-        <v>49068</v>
+        <v>49063</v>
       </c>
       <c r="D1181" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1181" s="5">
         <v>40</v>
       </c>
       <c r="F1181" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1181" s="5" t="s">
-        <v>713</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="1182" spans="1:7">
       <c r="A1182" s="3" t="s">
         <v>699</v>
       </c>
       <c r="B1182" s="4" t="s">
-        <v>2214</v>
+        <v>2217</v>
       </c>
       <c r="C1182" s="5">
         <v>49068</v>
       </c>
       <c r="D1182" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1182" s="5">
         <v>40</v>
       </c>
       <c r="F1182" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1182" s="5" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="1183" spans="1:7">
       <c r="A1183" s="3" t="s">
-        <v>1337</v>
+        <v>699</v>
       </c>
       <c r="B1183" s="4" t="s">
-        <v>2215</v>
+        <v>2217</v>
       </c>
       <c r="C1183" s="5">
-        <v>49069</v>
+        <v>49068</v>
       </c>
       <c r="D1183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1183" s="5">
         <v>40</v>
       </c>
       <c r="F1183" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1183" s="5" t="s">
-        <v>234</v>
+        <v>713</v>
       </c>
     </row>
     <row r="1184" spans="1:7">
       <c r="A1184" s="3" t="s">
-        <v>699</v>
+        <v>1337</v>
       </c>
       <c r="B1184" s="4" t="s">
-        <v>2216</v>
+        <v>2218</v>
       </c>
       <c r="C1184" s="5">
-        <v>49077</v>
+        <v>49069</v>
       </c>
       <c r="D1184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1184" s="5">
         <v>40</v>
       </c>
       <c r="F1184" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1184" s="5" t="s">
-        <v>259</v>
+        <v>234</v>
       </c>
     </row>
     <row r="1185" spans="1:7">
       <c r="A1185" s="3" t="s">
-        <v>724</v>
+        <v>699</v>
       </c>
       <c r="B1185" s="4" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="C1185" s="5">
-        <v>49093</v>
+        <v>49077</v>
       </c>
       <c r="D1185" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1185" s="5">
         <v>40</v>
       </c>
       <c r="F1185" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1185" s="5" t="s">
-        <v>644</v>
+        <v>259</v>
       </c>
     </row>
     <row r="1186" spans="1:7">
       <c r="A1186" s="3" t="s">
         <v>724</v>
       </c>
       <c r="B1186" s="4" t="s">
-        <v>2217</v>
+        <v>2220</v>
       </c>
       <c r="C1186" s="5">
         <v>49093</v>
       </c>
       <c r="D1186" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1186" s="5">
         <v>40</v>
       </c>
       <c r="F1186" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1186" s="5" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="1187" spans="1:7">
       <c r="A1187" s="3" t="s">
-        <v>2218</v>
+        <v>724</v>
       </c>
       <c r="B1187" s="4" t="s">
-        <v>2219</v>
+        <v>2220</v>
       </c>
       <c r="C1187" s="5">
-        <v>49095</v>
+        <v>49093</v>
       </c>
       <c r="D1187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1187" s="5">
         <v>40</v>
       </c>
       <c r="F1187" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1187" s="5" t="s">
-        <v>2220</v>
+        <v>644</v>
       </c>
     </row>
     <row r="1188" spans="1:7">
       <c r="A1188" s="3" t="s">
-        <v>324</v>
+        <v>2221</v>
       </c>
       <c r="B1188" s="4" t="s">
-        <v>2221</v>
+        <v>2222</v>
       </c>
       <c r="C1188" s="5">
-        <v>49099</v>
+        <v>49095</v>
       </c>
       <c r="D1188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1188" s="5">
         <v>40</v>
       </c>
       <c r="F1188" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1188" s="5" t="s">
-        <v>1354</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="1189" spans="1:7">
       <c r="A1189" s="3" t="s">
-        <v>1337</v>
+        <v>324</v>
       </c>
       <c r="B1189" s="4" t="s">
-        <v>2222</v>
+        <v>2224</v>
       </c>
       <c r="C1189" s="5">
-        <v>49100</v>
+        <v>49099</v>
       </c>
       <c r="D1189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1189" s="5">
         <v>40</v>
       </c>
       <c r="F1189" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1189" s="5" t="s">
-        <v>1629</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="1190" spans="1:7">
       <c r="A1190" s="3" t="s">
-        <v>699</v>
+        <v>1337</v>
       </c>
       <c r="B1190" s="4" t="s">
-        <v>2223</v>
+        <v>2225</v>
       </c>
       <c r="C1190" s="5">
-        <v>49101</v>
+        <v>49100</v>
       </c>
       <c r="D1190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1190" s="5">
         <v>40</v>
       </c>
       <c r="F1190" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1190" s="5" t="s">
-        <v>991</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="1191" spans="1:7">
       <c r="A1191" s="3" t="s">
         <v>699</v>
       </c>
       <c r="B1191" s="4" t="s">
-        <v>2224</v>
+        <v>2226</v>
       </c>
       <c r="C1191" s="5">
-        <v>49103</v>
+        <v>49101</v>
       </c>
       <c r="D1191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1191" s="5">
         <v>40</v>
       </c>
       <c r="F1191" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1191" s="5" t="s">
-        <v>112</v>
+        <v>991</v>
       </c>
     </row>
     <row r="1192" spans="1:7">
       <c r="A1192" s="3" t="s">
-        <v>2209</v>
+        <v>699</v>
       </c>
       <c r="B1192" s="4" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
       <c r="C1192" s="5">
-        <v>49104</v>
+        <v>49103</v>
       </c>
       <c r="D1192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1192" s="5">
         <v>40</v>
       </c>
       <c r="F1192" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1192" s="5" t="s">
-        <v>2226</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1193" spans="1:7">
       <c r="A1193" s="3" t="s">
-        <v>699</v>
+        <v>2212</v>
       </c>
       <c r="B1193" s="4" t="s">
-        <v>2227</v>
+        <v>2228</v>
       </c>
       <c r="C1193" s="5">
-        <v>49115</v>
+        <v>49104</v>
       </c>
       <c r="D1193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1193" s="5">
         <v>40</v>
       </c>
       <c r="F1193" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1193" s="5" t="s">
-        <v>1281</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="1194" spans="1:7">
       <c r="A1194" s="3" t="s">
-        <v>1342</v>
+        <v>699</v>
       </c>
       <c r="B1194" s="4" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="C1194" s="5">
-        <v>49118</v>
+        <v>49115</v>
       </c>
       <c r="D1194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1194" s="5">
         <v>40</v>
       </c>
       <c r="F1194" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1194" s="5" t="s">
-        <v>1835</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="1195" spans="1:7">
       <c r="A1195" s="3" t="s">
-        <v>2197</v>
+        <v>1342</v>
       </c>
       <c r="B1195" s="4" t="s">
-        <v>2229</v>
+        <v>2231</v>
       </c>
       <c r="C1195" s="5">
-        <v>49120</v>
+        <v>49118</v>
       </c>
       <c r="D1195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1195" s="5">
         <v>40</v>
       </c>
       <c r="F1195" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1195" s="5" t="s">
-        <v>2230</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="1196" spans="1:7">
       <c r="A1196" s="3" t="s">
-        <v>2231</v>
+        <v>2200</v>
       </c>
       <c r="B1196" s="4" t="s">
         <v>2232</v>
       </c>
       <c r="C1196" s="5">
-        <v>49123</v>
+        <v>49120</v>
       </c>
       <c r="D1196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1196" s="5">
         <v>40</v>
       </c>
       <c r="F1196" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1196" s="5" t="s">
-        <v>2109</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="1197" spans="1:7">
       <c r="A1197" s="3" t="s">
-        <v>2231</v>
+        <v>2234</v>
       </c>
       <c r="B1197" s="4" t="s">
-        <v>2232</v>
+        <v>2235</v>
       </c>
       <c r="C1197" s="5">
         <v>49123</v>
       </c>
       <c r="D1197" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1197" s="5">
         <v>40</v>
       </c>
       <c r="F1197" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1197" s="5" t="s">
-        <v>2109</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="1198" spans="1:7">
       <c r="A1198" s="3" t="s">
-        <v>699</v>
+        <v>2234</v>
       </c>
       <c r="B1198" s="4" t="s">
-        <v>2233</v>
+        <v>2235</v>
       </c>
       <c r="C1198" s="5">
-        <v>49131</v>
+        <v>49123</v>
       </c>
       <c r="D1198" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1198" s="5">
         <v>40</v>
       </c>
       <c r="F1198" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1198" s="5" t="s">
-        <v>970</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="1199" spans="1:7">
       <c r="A1199" s="3" t="s">
-        <v>324</v>
+        <v>699</v>
       </c>
       <c r="B1199" s="4" t="s">
-        <v>2234</v>
+        <v>2236</v>
       </c>
       <c r="C1199" s="5">
-        <v>49138</v>
+        <v>49131</v>
       </c>
       <c r="D1199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1199" s="5">
         <v>40</v>
       </c>
       <c r="F1199" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1199" s="5" t="s">
-        <v>1089</v>
+        <v>970</v>
       </c>
     </row>
     <row r="1200" spans="1:7">
       <c r="A1200" s="3" t="s">
-        <v>2209</v>
+        <v>324</v>
       </c>
       <c r="B1200" s="4" t="s">
-        <v>2235</v>
+        <v>2237</v>
       </c>
       <c r="C1200" s="5">
-        <v>49145</v>
+        <v>49138</v>
       </c>
       <c r="D1200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1200" s="5">
         <v>40</v>
       </c>
       <c r="F1200" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1200" s="5" t="s">
-        <v>2236</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="1201" spans="1:7">
       <c r="A1201" s="3" t="s">
-        <v>2197</v>
+        <v>2212</v>
       </c>
       <c r="B1201" s="4" t="s">
-        <v>2237</v>
+        <v>2238</v>
       </c>
       <c r="C1201" s="5">
-        <v>49149</v>
+        <v>49145</v>
       </c>
       <c r="D1201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1201" s="5">
         <v>40</v>
       </c>
       <c r="F1201" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1201" s="5" t="s">
-        <v>805</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="1202" spans="1:7">
       <c r="A1202" s="3" t="s">
-        <v>2197</v>
+        <v>2200</v>
       </c>
       <c r="B1202" s="4" t="s">
-        <v>2238</v>
+        <v>2240</v>
       </c>
       <c r="C1202" s="5">
-        <v>49155</v>
+        <v>49149</v>
       </c>
       <c r="D1202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1202" s="5">
         <v>40</v>
       </c>
       <c r="F1202" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1202" s="5" t="s">
-        <v>1062</v>
+        <v>805</v>
       </c>
     </row>
     <row r="1203" spans="1:7">
       <c r="A1203" s="3" t="s">
-        <v>699</v>
+        <v>2200</v>
       </c>
       <c r="B1203" s="4" t="s">
-        <v>2239</v>
+        <v>2241</v>
       </c>
       <c r="C1203" s="5">
-        <v>49156</v>
+        <v>49155</v>
       </c>
       <c r="D1203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1203" s="5">
         <v>40</v>
       </c>
       <c r="F1203" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1203" s="5" t="s">
-        <v>1961</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="1204" spans="1:7">
       <c r="A1204" s="3" t="s">
-        <v>2197</v>
+        <v>699</v>
       </c>
       <c r="B1204" s="4" t="s">
-        <v>2240</v>
+        <v>2242</v>
       </c>
       <c r="C1204" s="5">
-        <v>49160</v>
+        <v>49156</v>
       </c>
       <c r="D1204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1204" s="5">
         <v>40</v>
       </c>
       <c r="F1204" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1204" s="5" t="s">
-        <v>2241</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="1205" spans="1:7">
       <c r="A1205" s="3" t="s">
-        <v>2209</v>
+        <v>2200</v>
       </c>
       <c r="B1205" s="4" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
       <c r="C1205" s="5">
-        <v>49162</v>
+        <v>49160</v>
       </c>
       <c r="D1205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1205" s="5">
         <v>40</v>
       </c>
       <c r="F1205" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1205" s="5" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="1206" spans="1:7">
       <c r="A1206" s="3" t="s">
-        <v>2209</v>
+        <v>2212</v>
       </c>
       <c r="B1206" s="4" t="s">
-        <v>2244</v>
+        <v>2245</v>
       </c>
       <c r="C1206" s="5">
         <v>49162</v>
       </c>
       <c r="D1206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1206" s="5">
         <v>40</v>
       </c>
       <c r="F1206" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1206" s="5" t="s">
-        <v>2245</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="1207" spans="1:7">
       <c r="A1207" s="3" t="s">
-        <v>1342</v>
+        <v>2212</v>
       </c>
       <c r="B1207" s="4" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
       <c r="C1207" s="5">
-        <v>49171</v>
+        <v>49162</v>
       </c>
       <c r="D1207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1207" s="5">
         <v>40</v>
       </c>
       <c r="F1207" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1207" s="5" t="s">
-        <v>1629</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="1208" spans="1:7">
       <c r="A1208" s="3" t="s">
-        <v>699</v>
+        <v>1342</v>
       </c>
       <c r="B1208" s="4" t="s">
-        <v>2247</v>
+        <v>2249</v>
       </c>
       <c r="C1208" s="5">
-        <v>49172</v>
+        <v>49171</v>
       </c>
       <c r="D1208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1208" s="5">
         <v>40</v>
       </c>
       <c r="F1208" s="5" t="s">
-        <v>298</v>
+        <v>15</v>
       </c>
       <c r="G1208" s="5" t="s">
-        <v>335</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="1209" spans="1:7">
       <c r="A1209" s="3" t="s">
         <v>699</v>
       </c>
       <c r="B1209" s="4" t="s">
-        <v>2247</v>
+        <v>2250</v>
       </c>
       <c r="C1209" s="5">
         <v>49172</v>
       </c>
       <c r="D1209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1209" s="5">
         <v>40</v>
       </c>
       <c r="F1209" s="5" t="s">
-        <v>15</v>
+        <v>298</v>
       </c>
       <c r="G1209" s="5" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="1210" spans="1:7">
       <c r="A1210" s="3" t="s">
-        <v>324</v>
+        <v>699</v>
       </c>
       <c r="B1210" s="4" t="s">
-        <v>2248</v>
+        <v>2250</v>
       </c>
       <c r="C1210" s="5">
-        <v>49173</v>
+        <v>49172</v>
       </c>
       <c r="D1210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1210" s="5">
         <v>40</v>
       </c>
       <c r="F1210" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1210" s="5" t="s">
-        <v>2249</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1211" spans="1:7">
       <c r="A1211" s="3" t="s">
-        <v>777</v>
+        <v>324</v>
       </c>
       <c r="B1211" s="4" t="s">
-        <v>2250</v>
+        <v>2251</v>
       </c>
       <c r="C1211" s="5">
-        <v>49174</v>
+        <v>49173</v>
       </c>
       <c r="D1211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1211" s="5">
         <v>40</v>
       </c>
       <c r="F1211" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1211" s="5" t="s">
-        <v>863</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="1212" spans="1:7">
       <c r="A1212" s="3" t="s">
-        <v>699</v>
+        <v>777</v>
       </c>
       <c r="B1212" s="4" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
       <c r="C1212" s="5">
-        <v>49175</v>
+        <v>49174</v>
       </c>
       <c r="D1212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1212" s="5">
         <v>40</v>
       </c>
       <c r="F1212" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1212" s="5" t="s">
-        <v>1036</v>
+        <v>863</v>
       </c>
     </row>
     <row r="1213" spans="1:7">
       <c r="A1213" s="3" t="s">
-        <v>2209</v>
+        <v>699</v>
       </c>
       <c r="B1213" s="4" t="s">
-        <v>2252</v>
+        <v>2254</v>
       </c>
       <c r="C1213" s="5">
-        <v>49176</v>
+        <v>49175</v>
       </c>
       <c r="D1213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1213" s="5">
         <v>40</v>
       </c>
       <c r="F1213" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1213" s="5" t="s">
-        <v>78</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="1214" spans="1:7">
       <c r="A1214" s="3" t="s">
-        <v>324</v>
+        <v>2212</v>
       </c>
       <c r="B1214" s="4" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="C1214" s="5">
-        <v>49180</v>
+        <v>49176</v>
       </c>
       <c r="D1214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1214" s="5">
         <v>40</v>
       </c>
       <c r="F1214" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1214" s="5" t="s">
-        <v>1040</v>
+        <v>78</v>
       </c>
     </row>
     <row r="1215" spans="1:7">
       <c r="A1215" s="3" t="s">
-        <v>699</v>
+        <v>324</v>
       </c>
       <c r="B1215" s="4" t="s">
-        <v>2254</v>
+        <v>2256</v>
       </c>
       <c r="C1215" s="5">
-        <v>49188</v>
+        <v>49180</v>
       </c>
       <c r="D1215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1215" s="5">
         <v>40</v>
       </c>
       <c r="F1215" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1215" s="5" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="1216" spans="1:7">
       <c r="A1216" s="3" t="s">
-        <v>1342</v>
+        <v>699</v>
       </c>
       <c r="B1216" s="4" t="s">
-        <v>2254</v>
+        <v>2257</v>
       </c>
       <c r="C1216" s="5">
         <v>49188</v>
       </c>
       <c r="D1216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1216" s="5">
         <v>40</v>
       </c>
       <c r="F1216" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1216" s="5" t="s">
-        <v>366</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="1217" spans="1:7">
       <c r="A1217" s="3" t="s">
-        <v>699</v>
+        <v>1342</v>
       </c>
       <c r="B1217" s="4" t="s">
-        <v>2255</v>
+        <v>2257</v>
       </c>
       <c r="C1217" s="5">
-        <v>49197</v>
+        <v>49188</v>
       </c>
       <c r="D1217" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1217" s="5">
         <v>40</v>
       </c>
       <c r="F1217" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1217" s="5" t="s">
-        <v>1234</v>
+        <v>366</v>
       </c>
     </row>
     <row r="1218" spans="1:7">
       <c r="A1218" s="3" t="s">
         <v>699</v>
       </c>
       <c r="B1218" s="4" t="s">
-        <v>2255</v>
+        <v>2258</v>
       </c>
       <c r="C1218" s="5">
         <v>49197</v>
       </c>
       <c r="D1218" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1218" s="5">
         <v>40</v>
       </c>
       <c r="F1218" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1218" s="5" t="s">
         <v>1234</v>
       </c>
     </row>
     <row r="1219" spans="1:7">
       <c r="A1219" s="3" t="s">
-        <v>1342</v>
+        <v>699</v>
       </c>
       <c r="B1219" s="4" t="s">
-        <v>2256</v>
+        <v>2258</v>
       </c>
       <c r="C1219" s="5">
-        <v>49207</v>
+        <v>49197</v>
       </c>
       <c r="D1219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1219" s="5">
         <v>40</v>
       </c>
       <c r="F1219" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1219" s="5" t="s">
-        <v>256</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="1220" spans="1:7">
       <c r="A1220" s="3" t="s">
-        <v>324</v>
+        <v>1342</v>
       </c>
       <c r="B1220" s="4" t="s">
-        <v>2256</v>
+        <v>2259</v>
       </c>
       <c r="C1220" s="5">
         <v>49207</v>
       </c>
       <c r="D1220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1220" s="5">
         <v>40</v>
       </c>
       <c r="F1220" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1220" s="5" t="s">
-        <v>1933</v>
+        <v>256</v>
       </c>
     </row>
     <row r="1221" spans="1:7">
       <c r="A1221" s="3" t="s">
-        <v>2197</v>
+        <v>324</v>
       </c>
       <c r="B1221" s="4" t="s">
-        <v>2257</v>
+        <v>2259</v>
       </c>
       <c r="C1221" s="5">
-        <v>49219</v>
+        <v>49207</v>
       </c>
       <c r="D1221" s="4" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="E1221" s="5">
         <v>40</v>
       </c>
       <c r="F1221" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1221" s="5" t="s">
-        <v>2258</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="1222" spans="1:7">
       <c r="A1222" s="3" t="s">
-        <v>2259</v>
+        <v>2200</v>
       </c>
       <c r="B1222" s="4" t="s">
         <v>2260</v>
       </c>
       <c r="C1222" s="5">
-        <v>49221</v>
+        <v>49219</v>
       </c>
       <c r="D1222" s="4" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="E1222" s="5">
         <v>40</v>
       </c>
       <c r="F1222" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1222" s="5" t="s">
-        <v>345</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="1223" spans="1:7">
       <c r="A1223" s="3" t="s">
-        <v>2197</v>
+        <v>2262</v>
       </c>
       <c r="B1223" s="4" t="s">
-        <v>2260</v>
+        <v>2263</v>
       </c>
       <c r="C1223" s="5">
         <v>49221</v>
       </c>
       <c r="D1223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1223" s="5">
         <v>40</v>
       </c>
       <c r="F1223" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1223" s="5" t="s">
-        <v>2261</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1224" spans="1:7">
       <c r="A1224" s="3" t="s">
-        <v>2209</v>
+        <v>2200</v>
       </c>
       <c r="B1224" s="4" t="s">
-        <v>2262</v>
+        <v>2263</v>
       </c>
       <c r="C1224" s="5">
-        <v>49223</v>
+        <v>49221</v>
       </c>
       <c r="D1224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1224" s="5">
         <v>40</v>
       </c>
       <c r="F1224" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1224" s="5" t="s">
-        <v>2263</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="1225" spans="1:7">
       <c r="A1225" s="3" t="s">
-        <v>2209</v>
+        <v>2212</v>
       </c>
       <c r="B1225" s="4" t="s">
-        <v>2264</v>
+        <v>2265</v>
       </c>
       <c r="C1225" s="5">
         <v>49223</v>
       </c>
       <c r="D1225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1225" s="5">
         <v>40</v>
       </c>
       <c r="F1225" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1225" s="5" t="s">
-        <v>2265</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="1226" spans="1:7">
       <c r="A1226" s="3" t="s">
-        <v>324</v>
+        <v>2212</v>
       </c>
       <c r="B1226" s="4" t="s">
-        <v>2266</v>
+        <v>2267</v>
       </c>
       <c r="C1226" s="5">
-        <v>49225</v>
+        <v>49223</v>
       </c>
       <c r="D1226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1226" s="5">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F1226" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1226" s="5" t="s">
-        <v>2037</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="1227" spans="1:7">
       <c r="A1227" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B1227" s="4" t="s">
-        <v>2266</v>
+        <v>2269</v>
       </c>
       <c r="C1227" s="5">
         <v>49225</v>
       </c>
       <c r="D1227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1227" s="5">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="F1227" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1227" s="5" t="s">
         <v>2037</v>
       </c>
     </row>
     <row r="1228" spans="1:7">
       <c r="A1228" s="3" t="s">
-        <v>699</v>
+        <v>324</v>
       </c>
       <c r="B1228" s="4" t="s">
-        <v>2267</v>
+        <v>2269</v>
       </c>
       <c r="C1228" s="5">
-        <v>49249</v>
+        <v>49225</v>
       </c>
       <c r="D1228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1228" s="5">
         <v>40</v>
       </c>
       <c r="F1228" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1228" s="5" t="s">
-        <v>1272</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="1229" spans="1:7">
       <c r="A1229" s="3" t="s">
-        <v>1342</v>
+        <v>699</v>
       </c>
       <c r="B1229" s="4" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="C1229" s="5">
-        <v>49263</v>
+        <v>49249</v>
       </c>
       <c r="D1229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1229" s="5">
         <v>40</v>
       </c>
       <c r="F1229" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1229" s="5" t="s">
-        <v>1462</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="1230" spans="1:7">
       <c r="A1230" s="3" t="s">
         <v>1342</v>
       </c>
       <c r="B1230" s="4" t="s">
-        <v>2269</v>
+        <v>2271</v>
       </c>
       <c r="C1230" s="5">
+        <v>49263</v>
+      </c>
+      <c r="D1230" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1230" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1230" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1230" s="5" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:7">
+      <c r="A1231" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B1231" s="4" t="s">
+        <v>2272</v>
+      </c>
+      <c r="C1231" s="5">
         <v>49264</v>
       </c>
-      <c r="D1230" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G1230" s="5" t="s">
+      <c r="D1231" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1231" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1231" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1231" s="5" t="s">
         <v>269</v>
       </c>
     </row>
-    <row r="1231" spans="1:7">
-[...4 lines deleted...]
-      <c r="G1231" s="1"/>
+    <row r="1232" spans="1:7">
+      <c r="A1232" s="2"/>
+      <c r="C1232" s="1"/>
+      <c r="E1232" s="1"/>
+      <c r="F1232" s="1"/>
+      <c r="G1232" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">