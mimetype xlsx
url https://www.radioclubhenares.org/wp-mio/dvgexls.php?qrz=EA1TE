--- v1 (2025-12-08)
+++ v2 (2026-01-29)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2273">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA1TE</t>
   </si>
   <si>
     <t>1.071 Referencias DVGE - 1.226 QSO encontrados - 915 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #880 (08-12-2025 15:42)</t>
+    <t>Ranking #880 (29-01-2026 12:09)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA4DW</t>
   </si>