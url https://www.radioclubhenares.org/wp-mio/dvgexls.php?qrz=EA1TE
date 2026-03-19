--- v2 (2026-01-29)
+++ v3 (2026-03-19)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2273">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA1TE</t>
   </si>
   <si>
     <t>1.071 Referencias DVGE - 1.226 QSO encontrados - 915 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #880 (29-01-2026 12:09)</t>
+    <t>Ranking #880 (19-03-2026 14:57)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA4DW</t>
   </si>