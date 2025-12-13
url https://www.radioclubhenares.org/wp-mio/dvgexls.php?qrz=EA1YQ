--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1646">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA1YQ</t>
   </si>
   <si>
     <t>770 Referencias DVGE - 865 QSO encontrados - 671 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1134 (20-10-2025 12:07)</t>
+    <t>Ranking #1134 (13-12-2025 15:50)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5RKJ/P</t>
   </si>