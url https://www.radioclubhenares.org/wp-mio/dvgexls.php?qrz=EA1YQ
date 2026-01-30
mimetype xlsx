--- v1 (2025-12-13)
+++ v2 (2026-01-30)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1646">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1648">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA1YQ</t>
   </si>
   <si>
-    <t>770 Referencias DVGE - 865 QSO encontrados - 671 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1134 (13-12-2025 15:50)</t>
+    <t>771 Referencias DVGE - 867 QSO encontrados - 671 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1134 (30-01-2026 10:10)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5RKJ/P</t>
   </si>
@@ -4893,50 +4893,56 @@
     <t>19/02/2023</t>
   </si>
   <si>
     <t>VGZA-190</t>
   </si>
   <si>
     <t>VGZA-195</t>
   </si>
   <si>
     <t>VGZA-199</t>
   </si>
   <si>
     <t>23/03/2013</t>
   </si>
   <si>
     <t>26/05/2024</t>
   </si>
   <si>
     <t>VGZA-203</t>
   </si>
   <si>
     <t>VGZA-204</t>
   </si>
   <si>
     <t>19/05/2021</t>
+  </si>
+  <si>
+    <t>VGZA-205</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
   </si>
   <si>
     <t>VGZA-206</t>
   </si>
   <si>
     <t>17/10/2021</t>
   </si>
   <si>
     <t>VGZA-210</t>
   </si>
   <si>
     <t>VGZA-211</t>
   </si>
   <si>
     <t>VGZA-216</t>
   </si>
   <si>
     <t>06/11/2022</t>
   </si>
   <si>
     <t>VGZA-217</t>
   </si>
   <si>
     <t>01/05/2023</t>
   </si>
@@ -5407,51 +5413,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G871"/>
+  <dimension ref="A1:G873"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -24885,537 +24891,583 @@
     <row r="849" spans="1:7">
       <c r="A849" s="3" t="s">
         <v>1481</v>
       </c>
       <c r="B849" s="4" t="s">
         <v>1625</v>
       </c>
       <c r="C849" s="5">
         <v>49250</v>
       </c>
       <c r="D849" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E849" s="5">
         <v>40</v>
       </c>
       <c r="F849" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G849" s="5" t="s">
         <v>1626</v>
       </c>
     </row>
     <row r="850" spans="1:7">
       <c r="A850" s="3" t="s">
-        <v>839</v>
+        <v>1481</v>
       </c>
       <c r="B850" s="4" t="s">
         <v>1627</v>
       </c>
       <c r="C850" s="5">
-        <v>49251</v>
+        <v>49250</v>
       </c>
       <c r="D850" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E850" s="5">
         <v>40</v>
       </c>
       <c r="F850" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G850" s="5" t="s">
-        <v>529</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="851" spans="1:7">
       <c r="A851" s="3" t="s">
         <v>1481</v>
       </c>
       <c r="B851" s="4" t="s">
         <v>1627</v>
       </c>
       <c r="C851" s="5">
-        <v>49251</v>
+        <v>49250</v>
       </c>
       <c r="D851" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E851" s="5">
         <v>40</v>
       </c>
       <c r="F851" s="5" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="G851" s="5" t="s">
         <v>1628</v>
       </c>
     </row>
     <row r="852" spans="1:7">
       <c r="A852" s="3" t="s">
         <v>839</v>
       </c>
       <c r="B852" s="4" t="s">
         <v>1629</v>
       </c>
       <c r="C852" s="5">
-        <v>49258</v>
+        <v>49251</v>
       </c>
       <c r="D852" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E852" s="5">
         <v>40</v>
       </c>
       <c r="F852" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G852" s="5" t="s">
-        <v>897</v>
+        <v>529</v>
       </c>
     </row>
     <row r="853" spans="1:7">
       <c r="A853" s="3" t="s">
-        <v>818</v>
+        <v>1481</v>
       </c>
       <c r="B853" s="4" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C853" s="5">
+        <v>49251</v>
+      </c>
+      <c r="D853" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E853" s="5">
+        <v>40</v>
+      </c>
+      <c r="F853" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G853" s="5" t="s">
         <v>1630</v>
-      </c>
-[...13 lines deleted...]
-        <v>841</v>
       </c>
     </row>
     <row r="854" spans="1:7">
       <c r="A854" s="3" t="s">
         <v>839</v>
       </c>
       <c r="B854" s="4" t="s">
         <v>1631</v>
       </c>
       <c r="C854" s="5">
-        <v>49267</v>
+        <v>49258</v>
       </c>
       <c r="D854" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E854" s="5">
         <v>40</v>
       </c>
       <c r="F854" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G854" s="5" t="s">
-        <v>430</v>
+        <v>897</v>
       </c>
     </row>
     <row r="855" spans="1:7">
       <c r="A855" s="3" t="s">
-        <v>1481</v>
+        <v>818</v>
       </c>
       <c r="B855" s="4" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="C855" s="5">
-        <v>49267</v>
+        <v>49263</v>
       </c>
       <c r="D855" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E855" s="5">
         <v>40</v>
       </c>
       <c r="F855" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G855" s="5" t="s">
-        <v>1632</v>
+        <v>841</v>
       </c>
     </row>
     <row r="856" spans="1:7">
       <c r="A856" s="3" t="s">
-        <v>1481</v>
+        <v>839</v>
       </c>
       <c r="B856" s="4" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="C856" s="5">
         <v>49267</v>
       </c>
       <c r="D856" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E856" s="5">
         <v>40</v>
       </c>
       <c r="F856" s="5" t="s">
-        <v>88</v>
+        <v>15</v>
       </c>
       <c r="G856" s="5" t="s">
-        <v>1632</v>
+        <v>430</v>
       </c>
     </row>
     <row r="857" spans="1:7">
       <c r="A857" s="3" t="s">
-        <v>818</v>
+        <v>1481</v>
       </c>
       <c r="B857" s="4" t="s">
         <v>1633</v>
       </c>
       <c r="C857" s="5">
-        <v>49268</v>
+        <v>49267</v>
       </c>
       <c r="D857" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E857" s="5">
         <v>40</v>
       </c>
       <c r="F857" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G857" s="5" t="s">
-        <v>1067</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="858" spans="1:7">
       <c r="A858" s="3" t="s">
         <v>1481</v>
       </c>
       <c r="B858" s="4" t="s">
         <v>1633</v>
       </c>
       <c r="C858" s="5">
-        <v>49268</v>
+        <v>49267</v>
       </c>
       <c r="D858" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E858" s="5">
         <v>40</v>
       </c>
       <c r="F858" s="5" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="G858" s="5" t="s">
         <v>1634</v>
       </c>
     </row>
     <row r="859" spans="1:7">
       <c r="A859" s="3" t="s">
-        <v>1478</v>
+        <v>818</v>
       </c>
       <c r="B859" s="4" t="s">
         <v>1635</v>
       </c>
       <c r="C859" s="5">
-        <v>49269</v>
+        <v>49268</v>
       </c>
       <c r="D859" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E859" s="5">
         <v>40</v>
       </c>
       <c r="F859" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G859" s="5" t="s">
-        <v>155</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="860" spans="1:7">
       <c r="A860" s="3" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
       <c r="B860" s="4" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C860" s="5">
+        <v>49268</v>
+      </c>
+      <c r="D860" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E860" s="5">
+        <v>40</v>
+      </c>
+      <c r="F860" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G860" s="5" t="s">
         <v>1636</v>
-      </c>
-[...13 lines deleted...]
-        <v>1637</v>
       </c>
     </row>
     <row r="861" spans="1:7">
       <c r="A861" s="3" t="s">
-        <v>1063</v>
+        <v>1478</v>
       </c>
       <c r="B861" s="4" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="C861" s="5">
-        <v>49275</v>
+        <v>49269</v>
       </c>
       <c r="D861" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E861" s="5">
         <v>40</v>
       </c>
       <c r="F861" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G861" s="5" t="s">
-        <v>1319</v>
+        <v>155</v>
       </c>
     </row>
     <row r="862" spans="1:7">
       <c r="A862" s="3" t="s">
-        <v>1484</v>
+        <v>1478</v>
       </c>
       <c r="B862" s="4" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="C862" s="5">
         <v>49275</v>
       </c>
       <c r="D862" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E862" s="5">
         <v>40</v>
       </c>
       <c r="F862" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G862" s="5" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="863" spans="1:7">
       <c r="A863" s="3" t="s">
-        <v>1481</v>
+        <v>1063</v>
       </c>
       <c r="B863" s="4" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="C863" s="5">
         <v>49275</v>
       </c>
       <c r="D863" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E863" s="5">
         <v>40</v>
       </c>
       <c r="F863" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G863" s="5" t="s">
-        <v>1382</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="864" spans="1:7">
       <c r="A864" s="3" t="s">
-        <v>1481</v>
+        <v>1484</v>
       </c>
       <c r="B864" s="4" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="C864" s="5">
         <v>49275</v>
       </c>
       <c r="D864" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E864" s="5">
         <v>40</v>
       </c>
       <c r="F864" s="5" t="s">
-        <v>88</v>
+        <v>15</v>
       </c>
       <c r="G864" s="5" t="s">
-        <v>1382</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="865" spans="1:7">
       <c r="A865" s="3" t="s">
-        <v>839</v>
+        <v>1481</v>
       </c>
       <c r="B865" s="4" t="s">
-        <v>1639</v>
+        <v>1638</v>
       </c>
       <c r="C865" s="5">
         <v>49275</v>
       </c>
       <c r="D865" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E865" s="5">
         <v>40</v>
       </c>
       <c r="F865" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G865" s="5" t="s">
-        <v>147</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="866" spans="1:7">
       <c r="A866" s="3" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
       <c r="B866" s="4" t="s">
-        <v>1639</v>
+        <v>1638</v>
       </c>
       <c r="C866" s="5">
         <v>49275</v>
       </c>
       <c r="D866" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E866" s="5">
         <v>40</v>
       </c>
       <c r="F866" s="5" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="G866" s="5" t="s">
-        <v>1640</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="867" spans="1:7">
       <c r="A867" s="3" t="s">
-        <v>1481</v>
+        <v>839</v>
       </c>
       <c r="B867" s="4" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="C867" s="5">
         <v>49275</v>
       </c>
       <c r="D867" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E867" s="5">
         <v>40</v>
       </c>
       <c r="F867" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G867" s="5" t="s">
-        <v>1641</v>
+        <v>147</v>
       </c>
     </row>
     <row r="868" spans="1:7">
       <c r="A868" s="3" t="s">
-        <v>1484</v>
+        <v>1478</v>
       </c>
       <c r="B868" s="4" t="s">
-        <v>1642</v>
+        <v>1641</v>
       </c>
       <c r="C868" s="5">
         <v>49275</v>
       </c>
       <c r="D868" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E868" s="5">
         <v>40</v>
       </c>
       <c r="F868" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G868" s="5" t="s">
-        <v>890</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="869" spans="1:7">
       <c r="A869" s="3" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
       <c r="B869" s="4" t="s">
-        <v>1643</v>
+        <v>1641</v>
       </c>
       <c r="C869" s="5">
         <v>49275</v>
       </c>
       <c r="D869" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E869" s="5">
         <v>40</v>
       </c>
       <c r="F869" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G869" s="5" t="s">
-        <v>765</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="870" spans="1:7">
       <c r="A870" s="3" t="s">
-        <v>818</v>
+        <v>1484</v>
       </c>
       <c r="B870" s="4" t="s">
         <v>1644</v>
       </c>
       <c r="C870" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D870" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E870" s="5">
+        <v>40</v>
+      </c>
+      <c r="F870" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G870" s="5" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="871" spans="1:7">
+      <c r="A871" s="3" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B871" s="4" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C871" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D871" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E871" s="5">
+        <v>40</v>
+      </c>
+      <c r="F871" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G871" s="5" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="872" spans="1:7">
+      <c r="A872" s="3" t="s">
+        <v>818</v>
+      </c>
+      <c r="B872" s="4" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C872" s="5">
         <v>49168</v>
       </c>
-      <c r="D870" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G871" s="1"/>
+      <c r="D872" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E872" s="5">
+        <v>40</v>
+      </c>
+      <c r="F872" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G872" s="5" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="873" spans="1:7">
+      <c r="A873" s="2"/>
+      <c r="C873" s="1"/>
+      <c r="E873" s="1"/>
+      <c r="F873" s="1"/>
+      <c r="G873" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">