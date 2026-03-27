--- v2 (2026-01-30)
+++ v3 (2026-03-27)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1648">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA1YQ</t>
   </si>
   <si>
     <t>771 Referencias DVGE - 867 QSO encontrados - 671 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1134 (30-01-2026 10:10)</t>
+    <t>Ranking #1134 (27-03-2026 21:11)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5RKJ/P</t>
   </si>