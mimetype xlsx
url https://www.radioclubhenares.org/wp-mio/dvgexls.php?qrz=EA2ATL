--- v0 (2025-10-17)
+++ v1 (2025-12-14)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1433">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA2ATL</t>
   </si>
   <si>
     <t>684 Referencias DVGE - 703 QSO encontrados - 585 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1233 (17-10-2025 05:38)</t>
+    <t>Ranking #1233 (14-12-2025 10:06)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>ED5GDM</t>
   </si>