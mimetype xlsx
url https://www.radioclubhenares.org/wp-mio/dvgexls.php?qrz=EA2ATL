--- v1 (2025-12-14)
+++ v2 (2026-03-13)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1433">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1436">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA2ATL</t>
   </si>
   <si>
-    <t>684 Referencias DVGE - 703 QSO encontrados - 585 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1233 (14-12-2025 10:06)</t>
+    <t>685 Referencias DVGE - 704 QSO encontrados - 586 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1233 (13-03-2026 16:25)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>ED5GDM</t>
   </si>
@@ -3660,50 +3660,59 @@
     <t>EA8BWY/P/QRP</t>
   </si>
   <si>
     <t>VGTF-003</t>
   </si>
   <si>
     <t>20/05/2012</t>
   </si>
   <si>
     <t>EB8CDK/P</t>
   </si>
   <si>
     <t>VGTF-058</t>
   </si>
   <si>
     <t>07/12/2009</t>
   </si>
   <si>
     <t>EA8URV/P</t>
   </si>
   <si>
     <t>VGTF-060</t>
   </si>
   <si>
     <t>16/05/2009</t>
+  </si>
+  <si>
+    <t>EA8AA</t>
+  </si>
+  <si>
+    <t>VGTF-111</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
   </si>
   <si>
     <t>VGTF-113</t>
   </si>
   <si>
     <t>20/02/2009</t>
   </si>
   <si>
     <t>VGTO-011</t>
   </si>
   <si>
     <t>EA4IE/P</t>
   </si>
   <si>
     <t>VGTO-040</t>
   </si>
   <si>
     <t>VGTO-043</t>
   </si>
   <si>
     <t>VGTO-047</t>
   </si>
   <si>
     <t>VGTO-049</t>
   </si>
@@ -4768,51 +4777,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G709"/>
+  <dimension ref="A1:G710"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -17760,3297 +17769,3320 @@
     <row r="567" spans="1:7">
       <c r="A567" s="3" t="s">
         <v>1213</v>
       </c>
       <c r="B567" s="4" t="s">
         <v>1214</v>
       </c>
       <c r="C567" s="5">
         <v>38018</v>
       </c>
       <c r="D567" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E567" s="5">
         <v>40</v>
       </c>
       <c r="F567" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G567" s="5" t="s">
         <v>1215</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" s="3" t="s">
-        <v>1205</v>
+        <v>1216</v>
       </c>
       <c r="B568" s="4" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="C568" s="5">
-        <v>38039</v>
+        <v>38038</v>
       </c>
       <c r="D568" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E568" s="5">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="F568" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G568" s="5" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" s="3" t="s">
-        <v>839</v>
+        <v>1205</v>
       </c>
       <c r="B569" s="4" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="C569" s="5">
-        <v>45007</v>
+        <v>38039</v>
       </c>
       <c r="D569" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E569" s="5">
         <v>40</v>
       </c>
       <c r="F569" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G569" s="5" t="s">
-        <v>994</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" s="3" t="s">
-        <v>1219</v>
+        <v>839</v>
       </c>
       <c r="B570" s="4" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="C570" s="5">
-        <v>45028</v>
+        <v>45007</v>
       </c>
       <c r="D570" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E570" s="5">
         <v>40</v>
       </c>
       <c r="F570" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G570" s="5" t="s">
-        <v>550</v>
+        <v>994</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" s="3" t="s">
-        <v>839</v>
+        <v>1222</v>
       </c>
       <c r="B571" s="4" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="C571" s="5">
-        <v>45030</v>
+        <v>45028</v>
       </c>
       <c r="D571" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E571" s="5">
         <v>40</v>
       </c>
       <c r="F571" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G571" s="5" t="s">
-        <v>87</v>
+        <v>550</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" s="3" t="s">
-        <v>598</v>
+        <v>839</v>
       </c>
       <c r="B572" s="4" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="C572" s="5">
-        <v>45031</v>
+        <v>45030</v>
       </c>
       <c r="D572" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E572" s="5">
         <v>40</v>
       </c>
       <c r="F572" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G572" s="5" t="s">
-        <v>929</v>
+        <v>87</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B573" s="4" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="C573" s="5">
-        <v>45032</v>
+        <v>45031</v>
       </c>
       <c r="D573" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E573" s="5">
         <v>40</v>
       </c>
       <c r="F573" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G573" s="5" t="s">
-        <v>718</v>
+        <v>929</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B574" s="4" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="C574" s="5">
-        <v>45041</v>
+        <v>45032</v>
       </c>
       <c r="D574" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E574" s="5">
         <v>40</v>
       </c>
       <c r="F574" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G574" s="5" t="s">
-        <v>1225</v>
+        <v>718</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B575" s="4" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="C575" s="5">
         <v>45041</v>
       </c>
       <c r="D575" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E575" s="5">
         <v>40</v>
       </c>
       <c r="F575" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G575" s="5" t="s">
-        <v>400</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" s="3" t="s">
-        <v>1227</v>
+        <v>598</v>
       </c>
       <c r="B576" s="4" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="C576" s="5">
-        <v>45053</v>
+        <v>45041</v>
       </c>
       <c r="D576" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E576" s="5">
         <v>40</v>
       </c>
       <c r="F576" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G576" s="5" t="s">
-        <v>643</v>
+        <v>400</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" s="3" t="s">
-        <v>598</v>
+        <v>1230</v>
       </c>
       <c r="B577" s="4" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="C577" s="5">
-        <v>45054</v>
+        <v>45053</v>
       </c>
       <c r="D577" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E577" s="5">
         <v>40</v>
       </c>
       <c r="F577" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G577" s="5" t="s">
-        <v>1230</v>
+        <v>643</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" s="3" t="s">
-        <v>1231</v>
+        <v>598</v>
       </c>
       <c r="B578" s="4" t="s">
         <v>1232</v>
       </c>
       <c r="C578" s="5">
-        <v>45055</v>
+        <v>45054</v>
       </c>
       <c r="D578" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E578" s="5">
         <v>40</v>
       </c>
       <c r="F578" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G578" s="5" t="s">
-        <v>204</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" s="3" t="s">
-        <v>823</v>
+        <v>1234</v>
       </c>
       <c r="B579" s="4" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="C579" s="5">
-        <v>45059</v>
+        <v>45055</v>
       </c>
       <c r="D579" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E579" s="5">
         <v>40</v>
       </c>
       <c r="F579" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G579" s="5" t="s">
-        <v>266</v>
+        <v>204</v>
       </c>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" s="3" t="s">
-        <v>1234</v>
+        <v>823</v>
       </c>
       <c r="B580" s="4" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="C580" s="5">
-        <v>45065</v>
+        <v>45059</v>
       </c>
       <c r="D580" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E580" s="5">
         <v>40</v>
       </c>
       <c r="F580" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G580" s="5" t="s">
-        <v>1236</v>
+        <v>266</v>
       </c>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" s="3" t="s">
-        <v>598</v>
+        <v>1237</v>
       </c>
       <c r="B581" s="4" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="C581" s="5">
-        <v>45066</v>
+        <v>45065</v>
       </c>
       <c r="D581" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E581" s="5">
         <v>40</v>
       </c>
       <c r="F581" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G581" s="5" t="s">
-        <v>227</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B582" s="4" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="C582" s="5">
-        <v>45069</v>
+        <v>45066</v>
       </c>
       <c r="D582" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E582" s="5">
         <v>40</v>
       </c>
       <c r="F582" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G582" s="5" t="s">
-        <v>1239</v>
+        <v>227</v>
       </c>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B583" s="4" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="C583" s="5">
-        <v>45085</v>
+        <v>45069</v>
       </c>
       <c r="D583" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E583" s="5">
         <v>40</v>
       </c>
       <c r="F583" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G583" s="5" t="s">
-        <v>317</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" s="3" t="s">
-        <v>1241</v>
+        <v>598</v>
       </c>
       <c r="B584" s="4" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="C584" s="5">
-        <v>45086</v>
+        <v>45085</v>
       </c>
       <c r="D584" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E584" s="5">
         <v>40</v>
       </c>
       <c r="F584" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G584" s="5" t="s">
-        <v>366</v>
+        <v>317</v>
       </c>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" s="3" t="s">
-        <v>598</v>
+        <v>1244</v>
       </c>
       <c r="B585" s="4" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="C585" s="5">
-        <v>45088</v>
+        <v>45086</v>
       </c>
       <c r="D585" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E585" s="5">
         <v>40</v>
       </c>
       <c r="F585" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G585" s="5" t="s">
-        <v>1160</v>
+        <v>366</v>
       </c>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B586" s="4" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="C586" s="5">
-        <v>45091</v>
+        <v>45088</v>
       </c>
       <c r="D586" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E586" s="5">
         <v>40</v>
       </c>
       <c r="F586" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G586" s="5" t="s">
-        <v>1245</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B587" s="4" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="C587" s="5">
-        <v>45115</v>
+        <v>45091</v>
       </c>
       <c r="D587" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E587" s="5">
         <v>40</v>
       </c>
       <c r="F587" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G587" s="5" t="s">
-        <v>535</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B588" s="4" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="C588" s="5">
-        <v>45118</v>
+        <v>45115</v>
       </c>
       <c r="D588" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E588" s="5">
         <v>40</v>
       </c>
       <c r="F588" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G588" s="5" t="s">
-        <v>1248</v>
+        <v>535</v>
       </c>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B589" s="4" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="C589" s="5">
-        <v>45129</v>
+        <v>45118</v>
       </c>
       <c r="D589" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E589" s="5">
         <v>40</v>
       </c>
       <c r="F589" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G589" s="5" t="s">
-        <v>384</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B590" s="4" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="C590" s="5">
-        <v>45143</v>
+        <v>45129</v>
       </c>
       <c r="D590" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E590" s="5">
         <v>40</v>
       </c>
       <c r="F590" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G590" s="5" t="s">
-        <v>37</v>
+        <v>384</v>
       </c>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B591" s="4" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="C591" s="5">
-        <v>45147</v>
+        <v>45143</v>
       </c>
       <c r="D591" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E591" s="5">
         <v>40</v>
       </c>
       <c r="F591" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G591" s="5" t="s">
-        <v>633</v>
+        <v>37</v>
       </c>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B592" s="4" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="C592" s="5">
-        <v>45149</v>
+        <v>45147</v>
       </c>
       <c r="D592" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E592" s="5">
         <v>40</v>
       </c>
       <c r="F592" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G592" s="5" t="s">
-        <v>1253</v>
+        <v>633</v>
       </c>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B593" s="4" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="C593" s="5">
-        <v>45901</v>
+        <v>45149</v>
       </c>
       <c r="D593" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E593" s="5">
         <v>40</v>
       </c>
       <c r="F593" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G593" s="5" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B594" s="4" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="C594" s="5">
-        <v>45161</v>
+        <v>45901</v>
       </c>
       <c r="D594" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E594" s="5">
         <v>40</v>
       </c>
       <c r="F594" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G594" s="5" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" s="3" t="s">
-        <v>1258</v>
+        <v>598</v>
       </c>
       <c r="B595" s="4" t="s">
         <v>1259</v>
       </c>
       <c r="C595" s="5">
-        <v>45165</v>
+        <v>45161</v>
       </c>
       <c r="D595" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E595" s="5">
         <v>40</v>
       </c>
       <c r="F595" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G595" s="5" t="s">
-        <v>328</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" s="3" t="s">
-        <v>598</v>
+        <v>1261</v>
       </c>
       <c r="B596" s="4" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="C596" s="5">
-        <v>45168</v>
+        <v>45165</v>
       </c>
       <c r="D596" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E596" s="5">
         <v>40</v>
       </c>
       <c r="F596" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G596" s="5" t="s">
-        <v>356</v>
+        <v>328</v>
       </c>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B597" s="4" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="C597" s="5">
-        <v>45171</v>
+        <v>45168</v>
       </c>
       <c r="D597" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E597" s="5">
         <v>40</v>
       </c>
       <c r="F597" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G597" s="5" t="s">
-        <v>481</v>
+        <v>356</v>
       </c>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B598" s="4" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="C598" s="5">
-        <v>45173</v>
+        <v>45171</v>
       </c>
       <c r="D598" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E598" s="5">
         <v>40</v>
       </c>
       <c r="F598" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G598" s="5" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" s="3" t="s">
-        <v>839</v>
+        <v>598</v>
       </c>
       <c r="B599" s="4" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="C599" s="5">
-        <v>45182</v>
+        <v>45173</v>
       </c>
       <c r="D599" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E599" s="5">
         <v>40</v>
       </c>
       <c r="F599" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G599" s="5" t="s">
-        <v>1248</v>
+        <v>477</v>
       </c>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" s="3" t="s">
-        <v>598</v>
+        <v>839</v>
       </c>
       <c r="B600" s="4" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="C600" s="5">
-        <v>45185</v>
+        <v>45182</v>
       </c>
       <c r="D600" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E600" s="5">
         <v>40</v>
       </c>
       <c r="F600" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G600" s="5" t="s">
-        <v>93</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B601" s="4" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="C601" s="5">
-        <v>45189</v>
+        <v>45185</v>
       </c>
       <c r="D601" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E601" s="5">
         <v>40</v>
       </c>
       <c r="F601" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G601" s="5" t="s">
-        <v>497</v>
+        <v>93</v>
       </c>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" s="3" t="s">
-        <v>1266</v>
+        <v>598</v>
       </c>
       <c r="B602" s="4" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="C602" s="5">
-        <v>45198</v>
+        <v>45189</v>
       </c>
       <c r="D602" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E602" s="5">
         <v>40</v>
       </c>
       <c r="F602" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G602" s="5" t="s">
-        <v>1268</v>
+        <v>497</v>
       </c>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" s="3" t="s">
-        <v>32</v>
+        <v>1269</v>
       </c>
       <c r="B603" s="4" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C603" s="5">
-        <v>46011</v>
+        <v>45198</v>
       </c>
       <c r="D603" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E603" s="5">
         <v>40</v>
       </c>
       <c r="F603" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G603" s="5" t="s">
-        <v>196</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B604" s="4" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="C604" s="5">
-        <v>46019</v>
+        <v>46011</v>
       </c>
       <c r="D604" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E604" s="5">
         <v>40</v>
       </c>
       <c r="F604" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G604" s="5" t="s">
-        <v>795</v>
+        <v>196</v>
       </c>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" s="3" t="s">
-        <v>1271</v>
+        <v>32</v>
       </c>
       <c r="B605" s="4" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="C605" s="5">
-        <v>46027</v>
+        <v>46019</v>
       </c>
       <c r="D605" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E605" s="5">
         <v>40</v>
       </c>
       <c r="F605" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G605" s="5" t="s">
-        <v>141</v>
+        <v>795</v>
       </c>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" s="3" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="B606" s="4" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="C606" s="5">
-        <v>46038</v>
+        <v>46027</v>
       </c>
       <c r="D606" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E606" s="5">
         <v>40</v>
       </c>
       <c r="F606" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G606" s="5" t="s">
-        <v>582</v>
+        <v>141</v>
       </c>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" s="3" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="B607" s="4" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="C607" s="5">
-        <v>46072</v>
+        <v>46038</v>
       </c>
       <c r="D607" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E607" s="5">
         <v>40</v>
       </c>
       <c r="F607" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G607" s="5" t="s">
-        <v>54</v>
+        <v>582</v>
       </c>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" s="3" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
       <c r="B608" s="4" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="C608" s="5">
-        <v>46094</v>
+        <v>46072</v>
       </c>
       <c r="D608" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E608" s="5">
         <v>40</v>
       </c>
       <c r="F608" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G608" s="5" t="s">
-        <v>1278</v>
+        <v>54</v>
       </c>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" s="3" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="B609" s="4" t="s">
         <v>1280</v>
       </c>
       <c r="C609" s="5">
-        <v>46106</v>
+        <v>46094</v>
       </c>
       <c r="D609" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E609" s="5">
         <v>40</v>
       </c>
       <c r="F609" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G609" s="5" t="s">
         <v>1281</v>
       </c>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" s="3" t="s">
-        <v>32</v>
+        <v>1282</v>
       </c>
       <c r="B610" s="4" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="C610" s="5">
-        <v>46098</v>
+        <v>46106</v>
       </c>
       <c r="D610" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E610" s="5">
         <v>40</v>
       </c>
       <c r="F610" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G610" s="5" t="s">
-        <v>830</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" s="3" t="s">
-        <v>1283</v>
+        <v>32</v>
       </c>
       <c r="B611" s="4" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="C611" s="5">
-        <v>46105</v>
+        <v>46098</v>
       </c>
       <c r="D611" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E611" s="5">
         <v>40</v>
       </c>
       <c r="F611" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G611" s="5" t="s">
-        <v>706</v>
+        <v>830</v>
       </c>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" s="3" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="B612" s="4" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C612" s="5">
-        <v>46115</v>
+        <v>46105</v>
       </c>
       <c r="D612" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E612" s="5">
         <v>40</v>
       </c>
       <c r="F612" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G612" s="5" t="s">
-        <v>473</v>
+        <v>706</v>
       </c>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" s="3" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="B613" s="4" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="C613" s="5">
-        <v>46118</v>
+        <v>46115</v>
       </c>
       <c r="D613" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E613" s="5">
         <v>40</v>
       </c>
       <c r="F613" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G613" s="5" t="s">
-        <v>250</v>
+        <v>473</v>
       </c>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" s="3" t="s">
-        <v>32</v>
+        <v>1290</v>
       </c>
       <c r="B614" s="4" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="C614" s="5">
-        <v>46128</v>
+        <v>46118</v>
       </c>
       <c r="D614" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E614" s="5">
         <v>40</v>
       </c>
       <c r="F614" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G614" s="5" t="s">
-        <v>1290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B615" s="4" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="C615" s="5">
         <v>46128</v>
       </c>
       <c r="D615" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E615" s="5">
         <v>40</v>
       </c>
       <c r="F615" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G615" s="5" t="s">
-        <v>315</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" s="3" t="s">
-        <v>1292</v>
+        <v>32</v>
       </c>
       <c r="B616" s="4" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="C616" s="5">
-        <v>46131</v>
+        <v>46128</v>
       </c>
       <c r="D616" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E616" s="5">
         <v>40</v>
       </c>
       <c r="F616" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G616" s="5" t="s">
-        <v>1111</v>
+        <v>315</v>
       </c>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" s="3" t="s">
-        <v>1273</v>
+        <v>1295</v>
       </c>
       <c r="B617" s="4" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="C617" s="5">
-        <v>46136</v>
+        <v>46131</v>
       </c>
       <c r="D617" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E617" s="5">
         <v>40</v>
       </c>
       <c r="F617" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G617" s="5" t="s">
-        <v>161</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" s="3" t="s">
-        <v>94</v>
+        <v>1276</v>
       </c>
       <c r="B618" s="4" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="C618" s="5">
-        <v>46144</v>
+        <v>46136</v>
       </c>
       <c r="D618" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E618" s="5">
         <v>40</v>
       </c>
       <c r="F618" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G618" s="5" t="s">
-        <v>1296</v>
+        <v>161</v>
       </c>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" s="3" t="s">
-        <v>32</v>
+        <v>94</v>
       </c>
       <c r="B619" s="4" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="C619" s="5">
-        <v>46156</v>
+        <v>46144</v>
       </c>
       <c r="D619" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E619" s="5">
         <v>40</v>
       </c>
       <c r="F619" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G619" s="5" t="s">
-        <v>557</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" s="3" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="B620" s="4" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="C620" s="5">
-        <v>46181</v>
+        <v>46156</v>
       </c>
       <c r="D620" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E620" s="5">
         <v>40</v>
       </c>
       <c r="F620" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G620" s="5" t="s">
-        <v>929</v>
+        <v>557</v>
       </c>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" s="3" t="s">
-        <v>1299</v>
+        <v>21</v>
       </c>
       <c r="B621" s="4" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="C621" s="5">
-        <v>46183</v>
+        <v>46181</v>
       </c>
       <c r="D621" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E621" s="5">
         <v>40</v>
       </c>
       <c r="F621" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G621" s="5" t="s">
-        <v>510</v>
+        <v>929</v>
       </c>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" s="3" t="s">
-        <v>32</v>
+        <v>1302</v>
       </c>
       <c r="B622" s="4" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="C622" s="5">
         <v>46183</v>
       </c>
       <c r="D622" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E622" s="5">
         <v>40</v>
       </c>
       <c r="F622" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G622" s="5" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" s="3" t="s">
-        <v>1301</v>
+        <v>32</v>
       </c>
       <c r="B623" s="4" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C623" s="5">
-        <v>46184</v>
+        <v>46183</v>
       </c>
       <c r="D623" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E623" s="5">
         <v>40</v>
       </c>
       <c r="F623" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G623" s="5" t="s">
-        <v>48</v>
+        <v>497</v>
       </c>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" s="3" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="B624" s="4" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="C624" s="5">
-        <v>46194</v>
+        <v>46184</v>
       </c>
       <c r="D624" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E624" s="5">
         <v>40</v>
       </c>
       <c r="F624" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G624" s="5" t="s">
-        <v>1305</v>
+        <v>48</v>
       </c>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" s="3" t="s">
-        <v>32</v>
+        <v>1306</v>
       </c>
       <c r="B625" s="4" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="C625" s="5">
         <v>46194</v>
       </c>
       <c r="D625" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E625" s="5">
         <v>40</v>
       </c>
       <c r="F625" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G625" s="5" t="s">
-        <v>1230</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" s="3" t="s">
-        <v>1306</v>
+        <v>32</v>
       </c>
       <c r="B626" s="4" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="C626" s="5">
         <v>46194</v>
       </c>
       <c r="D626" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E626" s="5">
         <v>40</v>
       </c>
       <c r="F626" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G626" s="5" t="s">
-        <v>640</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" s="3" t="s">
-        <v>1292</v>
+        <v>1309</v>
       </c>
       <c r="B627" s="4" t="s">
         <v>1307</v>
       </c>
       <c r="C627" s="5">
-        <v>46204</v>
+        <v>46194</v>
       </c>
       <c r="D627" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E627" s="5">
         <v>40</v>
       </c>
       <c r="F627" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G627" s="5" t="s">
-        <v>1308</v>
+        <v>640</v>
       </c>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" s="3" t="s">
-        <v>1273</v>
+        <v>1295</v>
       </c>
       <c r="B628" s="4" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="C628" s="5">
-        <v>46214</v>
+        <v>46204</v>
       </c>
       <c r="D628" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E628" s="5">
         <v>40</v>
       </c>
       <c r="F628" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G628" s="5" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" s="3" t="s">
-        <v>32</v>
+        <v>1276</v>
       </c>
       <c r="B629" s="4" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="C629" s="5">
-        <v>46228</v>
+        <v>46214</v>
       </c>
       <c r="D629" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E629" s="5">
         <v>40</v>
       </c>
       <c r="F629" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G629" s="5" t="s">
-        <v>52</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" s="3" t="s">
-        <v>1312</v>
+        <v>32</v>
       </c>
       <c r="B630" s="4" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="C630" s="5">
-        <v>46233</v>
+        <v>46228</v>
       </c>
       <c r="D630" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E630" s="5">
         <v>40</v>
       </c>
       <c r="F630" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G630" s="5" t="s">
-        <v>434</v>
+        <v>52</v>
       </c>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" s="3" t="s">
-        <v>1306</v>
+        <v>1315</v>
       </c>
       <c r="B631" s="4" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="C631" s="5">
         <v>46233</v>
       </c>
       <c r="D631" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E631" s="5">
         <v>40</v>
       </c>
       <c r="F631" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G631" s="5" t="s">
-        <v>514</v>
+        <v>434</v>
       </c>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" s="3" t="s">
-        <v>1273</v>
+        <v>1309</v>
       </c>
       <c r="B632" s="4" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="C632" s="5">
-        <v>46244</v>
+        <v>46233</v>
       </c>
       <c r="D632" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E632" s="5">
         <v>40</v>
       </c>
       <c r="F632" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G632" s="5" t="s">
-        <v>1315</v>
+        <v>514</v>
       </c>
     </row>
     <row r="633" spans="1:7">
       <c r="A633" s="3" t="s">
-        <v>1301</v>
+        <v>1276</v>
       </c>
       <c r="B633" s="4" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="C633" s="5">
-        <v>46246</v>
+        <v>46244</v>
       </c>
       <c r="D633" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E633" s="5">
         <v>40</v>
       </c>
       <c r="F633" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G633" s="5" t="s">
-        <v>212</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="634" spans="1:7">
       <c r="A634" s="3" t="s">
-        <v>32</v>
+        <v>1304</v>
       </c>
       <c r="B634" s="4" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
       <c r="C634" s="5">
         <v>46246</v>
       </c>
       <c r="D634" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E634" s="5">
         <v>40</v>
       </c>
       <c r="F634" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G634" s="5" t="s">
-        <v>647</v>
+        <v>212</v>
       </c>
     </row>
     <row r="635" spans="1:7">
       <c r="A635" s="3" t="s">
-        <v>1273</v>
+        <v>32</v>
       </c>
       <c r="B635" s="4" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C635" s="5">
-        <v>46256</v>
+        <v>46246</v>
       </c>
       <c r="D635" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E635" s="5">
         <v>40</v>
       </c>
       <c r="F635" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G635" s="5" t="s">
-        <v>912</v>
+        <v>647</v>
       </c>
     </row>
     <row r="636" spans="1:7">
       <c r="A636" s="3" t="s">
-        <v>1318</v>
+        <v>1276</v>
       </c>
       <c r="B636" s="4" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="C636" s="5">
-        <v>47010</v>
+        <v>46256</v>
       </c>
       <c r="D636" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E636" s="5">
         <v>40</v>
       </c>
       <c r="F636" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G636" s="5" t="s">
-        <v>1225</v>
+        <v>912</v>
       </c>
     </row>
     <row r="637" spans="1:7">
       <c r="A637" s="3" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="B637" s="4" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="C637" s="5">
-        <v>47023</v>
+        <v>47010</v>
       </c>
       <c r="D637" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E637" s="5">
         <v>40</v>
       </c>
       <c r="F637" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G637" s="5" t="s">
-        <v>310</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="638" spans="1:7">
       <c r="A638" s="3" t="s">
-        <v>350</v>
+        <v>1323</v>
       </c>
       <c r="B638" s="4" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="C638" s="5">
-        <v>47045</v>
+        <v>47023</v>
       </c>
       <c r="D638" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E638" s="5">
         <v>40</v>
       </c>
       <c r="F638" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G638" s="5" t="s">
-        <v>514</v>
+        <v>310</v>
       </c>
     </row>
     <row r="639" spans="1:7">
       <c r="A639" s="3" t="s">
-        <v>1323</v>
+        <v>350</v>
       </c>
       <c r="B639" s="4" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="C639" s="5">
-        <v>47052</v>
+        <v>47045</v>
       </c>
       <c r="D639" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E639" s="5">
         <v>40</v>
       </c>
       <c r="F639" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G639" s="5" t="s">
-        <v>393</v>
+        <v>514</v>
       </c>
     </row>
     <row r="640" spans="1:7">
       <c r="A640" s="3" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="B640" s="4" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="C640" s="5">
-        <v>47122</v>
+        <v>47052</v>
       </c>
       <c r="D640" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E640" s="5">
         <v>40</v>
       </c>
       <c r="F640" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G640" s="5" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="641" spans="1:7">
       <c r="A641" s="3" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="B641" s="4" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="C641" s="5">
-        <v>47178</v>
+        <v>47122</v>
       </c>
       <c r="D641" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E641" s="5">
         <v>40</v>
       </c>
       <c r="F641" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G641" s="5" t="s">
-        <v>1329</v>
+        <v>393</v>
       </c>
     </row>
     <row r="642" spans="1:7">
       <c r="A642" s="3" t="s">
         <v>1330</v>
       </c>
       <c r="B642" s="4" t="s">
         <v>1331</v>
       </c>
       <c r="C642" s="5">
-        <v>47197</v>
+        <v>47178</v>
       </c>
       <c r="D642" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E642" s="5">
         <v>40</v>
       </c>
       <c r="F642" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G642" s="5" t="s">
-        <v>93</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="643" spans="1:7">
       <c r="A643" s="3" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="B643" s="4" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="C643" s="5">
-        <v>47220</v>
+        <v>47197</v>
       </c>
       <c r="D643" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E643" s="5">
         <v>40</v>
       </c>
       <c r="F643" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G643" s="5" t="s">
-        <v>779</v>
+        <v>93</v>
       </c>
     </row>
     <row r="644" spans="1:7">
       <c r="A644" s="3" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="B644" s="4" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="C644" s="5">
-        <v>47227</v>
+        <v>47220</v>
       </c>
       <c r="D644" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E644" s="5">
         <v>40</v>
       </c>
       <c r="F644" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G644" s="5" t="s">
-        <v>868</v>
+        <v>779</v>
       </c>
     </row>
     <row r="645" spans="1:7">
       <c r="A645" s="3" t="s">
-        <v>326</v>
+        <v>1330</v>
       </c>
       <c r="B645" s="4" t="s">
-        <v>1334</v>
-[...2 lines deleted...]
-        <v>1335</v>
+        <v>1336</v>
+      </c>
+      <c r="C645" s="5">
+        <v>47227</v>
       </c>
       <c r="D645" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E645" s="5">
         <v>40</v>
       </c>
       <c r="F645" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G645" s="5" t="s">
-        <v>102</v>
+        <v>868</v>
       </c>
     </row>
     <row r="646" spans="1:7">
       <c r="A646" s="3" t="s">
-        <v>1336</v>
+        <v>326</v>
       </c>
       <c r="B646" s="4" t="s">
         <v>1337</v>
       </c>
       <c r="C646" s="5" t="s">
         <v>1338</v>
       </c>
       <c r="D646" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E646" s="5">
         <v>40</v>
       </c>
       <c r="F646" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G646" s="5" t="s">
-        <v>1339</v>
+        <v>102</v>
       </c>
     </row>
     <row r="647" spans="1:7">
       <c r="A647" s="3" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B647" s="4" t="s">
         <v>1340</v>
       </c>
-      <c r="B647" s="4" t="s">
+      <c r="C647" s="5" t="s">
         <v>1341</v>
       </c>
-      <c r="C647" s="5" t="s">
+      <c r="D647" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E647" s="5">
+        <v>40</v>
+      </c>
+      <c r="F647" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G647" s="5" t="s">
         <v>1342</v>
-      </c>
-[...10 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="648" spans="1:7">
       <c r="A648" s="3" t="s">
-        <v>344</v>
+        <v>1343</v>
       </c>
       <c r="B648" s="4" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="C648" s="5" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="D648" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E648" s="5">
         <v>40</v>
       </c>
       <c r="F648" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G648" s="5" t="s">
-        <v>389</v>
+        <v>93</v>
       </c>
     </row>
     <row r="649" spans="1:7">
       <c r="A649" s="3" t="s">
-        <v>1345</v>
+        <v>344</v>
       </c>
       <c r="B649" s="4" t="s">
         <v>1346</v>
       </c>
       <c r="C649" s="5" t="s">
         <v>1347</v>
       </c>
       <c r="D649" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E649" s="5">
         <v>40</v>
       </c>
       <c r="F649" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G649" s="5" t="s">
-        <v>1348</v>
+        <v>389</v>
       </c>
     </row>
     <row r="650" spans="1:7">
       <c r="A650" s="3" t="s">
-        <v>323</v>
+        <v>1348</v>
       </c>
       <c r="B650" s="4" t="s">
         <v>1349</v>
       </c>
       <c r="C650" s="5" t="s">
         <v>1350</v>
       </c>
       <c r="D650" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E650" s="5">
         <v>40</v>
       </c>
       <c r="F650" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G650" s="5" t="s">
         <v>1351</v>
       </c>
     </row>
     <row r="651" spans="1:7">
       <c r="A651" s="3" t="s">
-        <v>311</v>
+        <v>323</v>
       </c>
       <c r="B651" s="4" t="s">
         <v>1352</v>
       </c>
       <c r="C651" s="5" t="s">
         <v>1353</v>
       </c>
       <c r="D651" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E651" s="5">
         <v>40</v>
       </c>
       <c r="F651" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G651" s="5" t="s">
         <v>1354</v>
       </c>
     </row>
     <row r="652" spans="1:7">
       <c r="A652" s="3" t="s">
-        <v>326</v>
+        <v>311</v>
       </c>
       <c r="B652" s="4" t="s">
         <v>1355</v>
       </c>
       <c r="C652" s="5" t="s">
         <v>1356</v>
       </c>
       <c r="D652" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E652" s="5">
         <v>40</v>
       </c>
       <c r="F652" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G652" s="5" t="s">
-        <v>398</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="653" spans="1:7">
       <c r="A653" s="3" t="s">
-        <v>1357</v>
+        <v>326</v>
       </c>
       <c r="B653" s="4" t="s">
         <v>1358</v>
       </c>
       <c r="C653" s="5" t="s">
         <v>1359</v>
       </c>
       <c r="D653" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E653" s="5">
         <v>40</v>
       </c>
       <c r="F653" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G653" s="5" t="s">
-        <v>881</v>
+        <v>398</v>
       </c>
     </row>
     <row r="654" spans="1:7">
       <c r="A654" s="3" t="s">
         <v>1360</v>
       </c>
       <c r="B654" s="4" t="s">
         <v>1361</v>
       </c>
       <c r="C654" s="5" t="s">
-        <v>1342</v>
+        <v>1362</v>
       </c>
       <c r="D654" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E654" s="5">
         <v>40</v>
       </c>
       <c r="F654" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G654" s="5" t="s">
-        <v>994</v>
+        <v>881</v>
       </c>
     </row>
     <row r="655" spans="1:7">
       <c r="A655" s="3" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B655" s="4" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C655" s="5" t="s">
         <v>1345</v>
       </c>
-      <c r="B655" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D655" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E655" s="5">
         <v>40</v>
       </c>
       <c r="F655" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G655" s="5" t="s">
-        <v>187</v>
+        <v>994</v>
       </c>
     </row>
     <row r="656" spans="1:7">
       <c r="A656" s="3" t="s">
-        <v>1363</v>
+        <v>1348</v>
       </c>
       <c r="B656" s="4" t="s">
-        <v>1364</v>
-[...2 lines deleted...]
-        <v>50017</v>
+        <v>1365</v>
+      </c>
+      <c r="C656" s="5" t="s">
+        <v>1345</v>
       </c>
       <c r="D656" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E656" s="5">
         <v>40</v>
       </c>
       <c r="F656" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G656" s="5" t="s">
-        <v>475</v>
+        <v>187</v>
       </c>
     </row>
     <row r="657" spans="1:7">
       <c r="A657" s="3" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="B657" s="4" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="C657" s="5">
-        <v>50018</v>
+        <v>50017</v>
       </c>
       <c r="D657" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E657" s="5">
         <v>40</v>
       </c>
       <c r="F657" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G657" s="5" t="s">
-        <v>1329</v>
+        <v>475</v>
       </c>
     </row>
     <row r="658" spans="1:7">
       <c r="A658" s="3" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="B658" s="4" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="C658" s="5">
-        <v>50073</v>
+        <v>50018</v>
       </c>
       <c r="D658" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E658" s="5">
         <v>40</v>
       </c>
       <c r="F658" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G658" s="5" t="s">
-        <v>37</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="659" spans="1:7">
       <c r="A659" s="3" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="B659" s="4" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="C659" s="5">
-        <v>50095</v>
+        <v>50073</v>
       </c>
       <c r="D659" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E659" s="5">
         <v>40</v>
       </c>
       <c r="F659" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G659" s="5" t="s">
-        <v>366</v>
+        <v>37</v>
       </c>
     </row>
     <row r="660" spans="1:7">
       <c r="A660" s="3" t="s">
-        <v>1365</v>
+        <v>1372</v>
       </c>
       <c r="B660" s="4" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="C660" s="5">
-        <v>50099</v>
+        <v>50095</v>
       </c>
       <c r="D660" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E660" s="5">
         <v>40</v>
       </c>
       <c r="F660" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G660" s="5" t="s">
-        <v>497</v>
+        <v>366</v>
       </c>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" s="3" t="s">
-        <v>1372</v>
+        <v>1368</v>
       </c>
       <c r="B661" s="4" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="C661" s="5">
-        <v>50165</v>
+        <v>50099</v>
       </c>
       <c r="D661" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E661" s="5">
         <v>40</v>
       </c>
       <c r="F661" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G661" s="5" t="s">
-        <v>1374</v>
+        <v>497</v>
       </c>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" s="3" t="s">
-        <v>1367</v>
+        <v>1375</v>
       </c>
       <c r="B662" s="4" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="C662" s="5">
-        <v>50181</v>
+        <v>50165</v>
       </c>
       <c r="D662" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E662" s="5">
         <v>40</v>
       </c>
       <c r="F662" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G662" s="5" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" s="3" t="s">
-        <v>1365</v>
+        <v>1370</v>
       </c>
       <c r="B663" s="4" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="C663" s="5">
-        <v>50182</v>
+        <v>50181</v>
       </c>
       <c r="D663" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E663" s="5">
         <v>40</v>
       </c>
       <c r="F663" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G663" s="5" t="s">
-        <v>788</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" s="3" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="B664" s="4" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="C664" s="5">
         <v>50182</v>
       </c>
       <c r="D664" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E664" s="5">
         <v>40</v>
       </c>
       <c r="F664" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G664" s="5" t="s">
-        <v>1379</v>
+        <v>788</v>
       </c>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" s="3" t="s">
-        <v>1363</v>
+        <v>1370</v>
       </c>
       <c r="B665" s="4" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="C665" s="5">
-        <v>50208</v>
+        <v>50182</v>
       </c>
       <c r="D665" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E665" s="5">
         <v>40</v>
       </c>
       <c r="F665" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G665" s="5" t="s">
-        <v>410</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" s="3" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="B666" s="4" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="C666" s="5">
-        <v>50211</v>
+        <v>50208</v>
       </c>
       <c r="D666" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E666" s="5">
         <v>40</v>
       </c>
       <c r="F666" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G666" s="5" t="s">
-        <v>771</v>
+        <v>410</v>
       </c>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" s="3" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="B667" s="4" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="C667" s="5">
-        <v>50252</v>
+        <v>50211</v>
       </c>
       <c r="D667" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E667" s="5">
         <v>40</v>
       </c>
       <c r="F667" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G667" s="5" t="s">
-        <v>220</v>
+        <v>771</v>
       </c>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" s="3" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="B668" s="4" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="C668" s="5">
-        <v>50275</v>
+        <v>50252</v>
       </c>
       <c r="D668" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E668" s="5">
         <v>40</v>
       </c>
       <c r="F668" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G668" s="5" t="s">
-        <v>459</v>
+        <v>220</v>
       </c>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" s="3" t="s">
-        <v>1363</v>
+        <v>1370</v>
       </c>
       <c r="B669" s="4" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="C669" s="5">
-        <v>50288</v>
+        <v>50275</v>
       </c>
       <c r="D669" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E669" s="5">
         <v>40</v>
       </c>
       <c r="F669" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G669" s="5" t="s">
-        <v>1268</v>
+        <v>459</v>
       </c>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" s="3" t="s">
-        <v>1367</v>
+        <v>1366</v>
       </c>
       <c r="B670" s="4" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="C670" s="5">
-        <v>50903</v>
+        <v>50288</v>
       </c>
       <c r="D670" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E670" s="5">
         <v>40</v>
       </c>
       <c r="F670" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G670" s="5" t="s">
-        <v>786</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" s="3" t="s">
-        <v>346</v>
+        <v>1370</v>
       </c>
       <c r="B671" s="4" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="C671" s="5">
-        <v>49003</v>
+        <v>50903</v>
       </c>
       <c r="D671" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E671" s="5">
         <v>40</v>
       </c>
       <c r="F671" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G671" s="5" t="s">
-        <v>459</v>
+        <v>786</v>
       </c>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B672" s="4" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="C672" s="5">
-        <v>49010</v>
+        <v>49003</v>
       </c>
       <c r="D672" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E672" s="5">
         <v>40</v>
       </c>
       <c r="F672" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G672" s="5" t="s">
-        <v>1388</v>
+        <v>459</v>
       </c>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B673" s="4" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="C673" s="5">
-        <v>49016</v>
+        <v>49010</v>
       </c>
       <c r="D673" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E673" s="5">
         <v>40</v>
       </c>
       <c r="F673" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G673" s="5" t="s">
-        <v>422</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" s="3" t="s">
-        <v>1005</v>
+        <v>346</v>
       </c>
       <c r="B674" s="4" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="C674" s="5">
-        <v>49017</v>
+        <v>49016</v>
       </c>
       <c r="D674" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E674" s="5">
         <v>40</v>
       </c>
       <c r="F674" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G674" s="5" t="s">
-        <v>381</v>
+        <v>422</v>
       </c>
     </row>
     <row r="675" spans="1:7">
       <c r="A675" s="3" t="s">
-        <v>346</v>
+        <v>1005</v>
       </c>
       <c r="B675" s="4" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="C675" s="5">
-        <v>49023</v>
+        <v>49017</v>
       </c>
       <c r="D675" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E675" s="5">
         <v>40</v>
       </c>
       <c r="F675" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G675" s="5" t="s">
-        <v>1348</v>
+        <v>381</v>
       </c>
     </row>
     <row r="676" spans="1:7">
       <c r="A676" s="3" t="s">
-        <v>1330</v>
+        <v>346</v>
       </c>
       <c r="B676" s="4" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="C676" s="5">
-        <v>49042</v>
+        <v>49023</v>
       </c>
       <c r="D676" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E676" s="5">
         <v>40</v>
       </c>
       <c r="F676" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G676" s="5" t="s">
-        <v>273</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="677" spans="1:7">
       <c r="A677" s="3" t="s">
-        <v>346</v>
+        <v>1333</v>
       </c>
       <c r="B677" s="4" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="C677" s="5">
-        <v>49043</v>
+        <v>49042</v>
       </c>
       <c r="D677" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E677" s="5">
         <v>40</v>
       </c>
       <c r="F677" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G677" s="5" t="s">
-        <v>1394</v>
+        <v>273</v>
       </c>
     </row>
     <row r="678" spans="1:7">
       <c r="A678" s="3" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="B678" s="4" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="C678" s="5">
-        <v>49055</v>
+        <v>49043</v>
       </c>
       <c r="D678" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E678" s="5">
         <v>40</v>
       </c>
       <c r="F678" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G678" s="5" t="s">
-        <v>779</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="679" spans="1:7">
       <c r="A679" s="3" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="B679" s="4" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="C679" s="5">
-        <v>49063</v>
+        <v>49055</v>
       </c>
       <c r="D679" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E679" s="5">
         <v>40</v>
       </c>
       <c r="F679" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G679" s="5" t="s">
-        <v>1230</v>
+        <v>779</v>
       </c>
     </row>
     <row r="680" spans="1:7">
       <c r="A680" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B680" s="4" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="C680" s="5">
-        <v>49071</v>
+        <v>49063</v>
       </c>
       <c r="D680" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E680" s="5">
         <v>40</v>
       </c>
       <c r="F680" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G680" s="5" t="s">
-        <v>37</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="681" spans="1:7">
       <c r="A681" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B681" s="4" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="C681" s="5">
-        <v>49081</v>
+        <v>49071</v>
       </c>
       <c r="D681" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E681" s="5">
         <v>40</v>
       </c>
       <c r="F681" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G681" s="5" t="s">
-        <v>557</v>
+        <v>37</v>
       </c>
     </row>
     <row r="682" spans="1:7">
       <c r="A682" s="3" t="s">
-        <v>1399</v>
+        <v>346</v>
       </c>
       <c r="B682" s="4" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="C682" s="5">
-        <v>49103</v>
+        <v>49081</v>
       </c>
       <c r="D682" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E682" s="5">
         <v>40</v>
       </c>
       <c r="F682" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G682" s="5" t="s">
-        <v>771</v>
+        <v>557</v>
       </c>
     </row>
     <row r="683" spans="1:7">
       <c r="A683" s="3" t="s">
-        <v>1330</v>
+        <v>1402</v>
       </c>
       <c r="B683" s="4" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="C683" s="5">
-        <v>49118</v>
+        <v>49103</v>
       </c>
       <c r="D683" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E683" s="5">
         <v>40</v>
       </c>
       <c r="F683" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G683" s="5" t="s">
-        <v>584</v>
+        <v>771</v>
       </c>
     </row>
     <row r="684" spans="1:7">
       <c r="A684" s="3" t="s">
-        <v>346</v>
+        <v>1333</v>
       </c>
       <c r="B684" s="4" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="C684" s="5">
-        <v>49122</v>
+        <v>49118</v>
       </c>
       <c r="D684" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E684" s="5">
         <v>40</v>
       </c>
       <c r="F684" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G684" s="5" t="s">
-        <v>929</v>
+        <v>584</v>
       </c>
     </row>
     <row r="685" spans="1:7">
       <c r="A685" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B685" s="4" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="C685" s="5">
-        <v>49123</v>
+        <v>49122</v>
       </c>
       <c r="D685" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E685" s="5">
         <v>40</v>
       </c>
       <c r="F685" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G685" s="5" t="s">
-        <v>842</v>
+        <v>929</v>
       </c>
     </row>
     <row r="686" spans="1:7">
       <c r="A686" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B686" s="4" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="C686" s="5">
-        <v>49126</v>
+        <v>49123</v>
       </c>
       <c r="D686" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E686" s="5">
         <v>40</v>
       </c>
       <c r="F686" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G686" s="5" t="s">
-        <v>1073</v>
+        <v>842</v>
       </c>
     </row>
     <row r="687" spans="1:7">
       <c r="A687" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B687" s="4" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="C687" s="5">
-        <v>49133</v>
+        <v>49126</v>
       </c>
       <c r="D687" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E687" s="5">
         <v>40</v>
       </c>
       <c r="F687" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G687" s="5" t="s">
-        <v>1406</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="688" spans="1:7">
       <c r="A688" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B688" s="4" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="C688" s="5">
-        <v>49141</v>
+        <v>49133</v>
       </c>
       <c r="D688" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E688" s="5">
         <v>40</v>
       </c>
       <c r="F688" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G688" s="5" t="s">
-        <v>822</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="689" spans="1:7">
       <c r="A689" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B689" s="4" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="C689" s="5">
-        <v>49146</v>
+        <v>49141</v>
       </c>
       <c r="D689" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E689" s="5">
         <v>40</v>
       </c>
       <c r="F689" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G689" s="5" t="s">
-        <v>1409</v>
+        <v>822</v>
       </c>
     </row>
     <row r="690" spans="1:7">
       <c r="A690" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B690" s="4" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="C690" s="5">
-        <v>49149</v>
+        <v>49146</v>
       </c>
       <c r="D690" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E690" s="5">
         <v>40</v>
       </c>
       <c r="F690" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G690" s="5" t="s">
-        <v>371</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="691" spans="1:7">
       <c r="A691" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B691" s="4" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="C691" s="5">
-        <v>49152</v>
+        <v>49149</v>
       </c>
       <c r="D691" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E691" s="5">
         <v>40</v>
       </c>
       <c r="F691" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G691" s="5" t="s">
-        <v>493</v>
+        <v>371</v>
       </c>
     </row>
     <row r="692" spans="1:7">
       <c r="A692" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B692" s="4" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="C692" s="5">
-        <v>49160</v>
+        <v>49152</v>
       </c>
       <c r="D692" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E692" s="5">
         <v>40</v>
       </c>
       <c r="F692" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G692" s="5" t="s">
-        <v>1255</v>
+        <v>493</v>
       </c>
     </row>
     <row r="693" spans="1:7">
       <c r="A693" s="3" t="s">
-        <v>1330</v>
+        <v>346</v>
       </c>
       <c r="B693" s="4" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="C693" s="5">
-        <v>49165</v>
+        <v>49160</v>
       </c>
       <c r="D693" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E693" s="5">
         <v>40</v>
       </c>
       <c r="F693" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G693" s="5" t="s">
-        <v>384</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="694" spans="1:7">
       <c r="A694" s="3" t="s">
-        <v>350</v>
+        <v>1333</v>
       </c>
       <c r="B694" s="4" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="C694" s="5">
-        <v>49175</v>
+        <v>49165</v>
       </c>
       <c r="D694" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E694" s="5">
         <v>40</v>
       </c>
       <c r="F694" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G694" s="5" t="s">
-        <v>676</v>
+        <v>384</v>
       </c>
     </row>
     <row r="695" spans="1:7">
       <c r="A695" s="3" t="s">
-        <v>1415</v>
+        <v>350</v>
       </c>
       <c r="B695" s="4" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="C695" s="5">
-        <v>49186</v>
+        <v>49175</v>
       </c>
       <c r="D695" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E695" s="5">
         <v>40</v>
       </c>
       <c r="F695" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G695" s="5" t="s">
-        <v>1417</v>
+        <v>676</v>
       </c>
     </row>
     <row r="696" spans="1:7">
       <c r="A696" s="3" t="s">
-        <v>346</v>
+        <v>1418</v>
       </c>
       <c r="B696" s="4" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="C696" s="5">
-        <v>49202</v>
+        <v>49186</v>
       </c>
       <c r="D696" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E696" s="5">
         <v>40</v>
       </c>
       <c r="F696" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G696" s="5" t="s">
-        <v>1225</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="697" spans="1:7">
       <c r="A697" s="3" t="s">
-        <v>1330</v>
+        <v>346</v>
       </c>
       <c r="B697" s="4" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="C697" s="5">
-        <v>49207</v>
+        <v>49202</v>
       </c>
       <c r="D697" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E697" s="5">
         <v>40</v>
       </c>
       <c r="F697" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G697" s="5" t="s">
-        <v>128</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="698" spans="1:7">
       <c r="A698" s="3" t="s">
-        <v>346</v>
+        <v>1333</v>
       </c>
       <c r="B698" s="4" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="C698" s="5">
-        <v>49219</v>
+        <v>49207</v>
       </c>
       <c r="D698" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E698" s="5">
         <v>40</v>
       </c>
       <c r="F698" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G698" s="5" t="s">
-        <v>461</v>
+        <v>128</v>
       </c>
     </row>
     <row r="699" spans="1:7">
       <c r="A699" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B699" s="4" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="C699" s="5">
         <v>49219</v>
       </c>
       <c r="D699" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E699" s="5">
         <v>40</v>
       </c>
       <c r="F699" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G699" s="5" t="s">
-        <v>1053</v>
+        <v>461</v>
       </c>
     </row>
     <row r="700" spans="1:7">
       <c r="A700" s="3" t="s">
-        <v>307</v>
+        <v>346</v>
       </c>
       <c r="B700" s="4" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="C700" s="5">
         <v>49219</v>
       </c>
       <c r="D700" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E700" s="5">
         <v>40</v>
       </c>
       <c r="F700" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G700" s="5" t="s">
-        <v>1423</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="701" spans="1:7">
       <c r="A701" s="3" t="s">
-        <v>346</v>
+        <v>307</v>
       </c>
       <c r="B701" s="4" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="C701" s="5">
         <v>49219</v>
       </c>
       <c r="D701" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E701" s="5">
         <v>40</v>
       </c>
       <c r="F701" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G701" s="5" t="s">
-        <v>34</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="702" spans="1:7">
       <c r="A702" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B702" s="4" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="C702" s="5">
-        <v>49228</v>
+        <v>49219</v>
       </c>
       <c r="D702" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E702" s="5">
         <v>40</v>
       </c>
       <c r="F702" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G702" s="5" t="s">
-        <v>916</v>
+        <v>34</v>
       </c>
     </row>
     <row r="703" spans="1:7">
       <c r="A703" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B703" s="4" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="C703" s="5">
-        <v>49241</v>
+        <v>49228</v>
       </c>
       <c r="D703" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E703" s="5">
         <v>40</v>
       </c>
       <c r="F703" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G703" s="5" t="s">
-        <v>159</v>
+        <v>916</v>
       </c>
     </row>
     <row r="704" spans="1:7">
       <c r="A704" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B704" s="4" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="C704" s="5">
-        <v>49255</v>
+        <v>49241</v>
       </c>
       <c r="D704" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E704" s="5">
         <v>40</v>
       </c>
       <c r="F704" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G704" s="5" t="s">
-        <v>503</v>
+        <v>159</v>
       </c>
     </row>
     <row r="705" spans="1:7">
       <c r="A705" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B705" s="4" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="C705" s="5">
-        <v>49264</v>
+        <v>49255</v>
       </c>
       <c r="D705" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E705" s="5">
         <v>40</v>
       </c>
       <c r="F705" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G705" s="5" t="s">
-        <v>1429</v>
+        <v>503</v>
       </c>
     </row>
     <row r="706" spans="1:7">
       <c r="A706" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B706" s="4" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="C706" s="5">
-        <v>49262</v>
+        <v>49264</v>
       </c>
       <c r="D706" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E706" s="5">
         <v>40</v>
       </c>
       <c r="F706" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G706" s="5" t="s">
-        <v>604</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="707" spans="1:7">
       <c r="A707" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B707" s="4" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="C707" s="5">
-        <v>49267</v>
+        <v>49262</v>
       </c>
       <c r="D707" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E707" s="5">
         <v>40</v>
       </c>
       <c r="F707" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G707" s="5" t="s">
-        <v>277</v>
+        <v>604</v>
       </c>
     </row>
     <row r="708" spans="1:7">
       <c r="A708" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B708" s="4" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="C708" s="5">
+        <v>49267</v>
+      </c>
+      <c r="D708" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E708" s="5">
+        <v>40</v>
+      </c>
+      <c r="F708" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G708" s="5" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="709" spans="1:7">
+      <c r="A709" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="B709" s="4" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C709" s="5">
         <v>49269</v>
       </c>
-      <c r="D708" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G708" s="5" t="s">
+      <c r="D709" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E709" s="5">
+        <v>40</v>
+      </c>
+      <c r="F709" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G709" s="5" t="s">
         <v>868</v>
       </c>
     </row>
-    <row r="709" spans="1:7">
-[...4 lines deleted...]
-      <c r="G709" s="1"/>
+    <row r="710" spans="1:7">
+      <c r="A710" s="2"/>
+      <c r="C710" s="1"/>
+      <c r="E710" s="1"/>
+      <c r="F710" s="1"/>
+      <c r="G710" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">