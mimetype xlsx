--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2050">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2052">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA2COA</t>
   </si>
   <si>
-    <t>1.055 Referencias DVGE - 1.187 QSO encontrados - 839 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #899 (25-10-2025 20:16)</t>
+    <t>1.056 Referencias DVGE - 1.188 QSO encontrados - 839 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #899 (13-12-2025 10:32)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>ED5GDM</t>
   </si>
@@ -5501,50 +5501,59 @@
   <si>
     <t>EA5TT/QRP</t>
   </si>
   <si>
     <t>VGV-047</t>
   </si>
   <si>
     <t>VGV-050</t>
   </si>
   <si>
     <t>VGV-053</t>
   </si>
   <si>
     <t>13/10/2024</t>
   </si>
   <si>
     <t>VGV-062</t>
   </si>
   <si>
     <t>EA5ON</t>
   </si>
   <si>
     <t>VGV-073</t>
   </si>
   <si>
+    <t>EA5URY/P</t>
+  </si>
+  <si>
+    <t>VGV-074</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
+  </si>
+  <si>
     <t>VGV-077</t>
   </si>
   <si>
     <t>VGV-083</t>
   </si>
   <si>
     <t>VGV-096</t>
   </si>
   <si>
     <t>14/03/2021</t>
   </si>
   <si>
     <t>VGV-097</t>
   </si>
   <si>
     <t>06/01/2025</t>
   </si>
   <si>
     <t>VGV-098</t>
   </si>
   <si>
     <t>01/12/2019</t>
   </si>
   <si>
     <t>VGV-100</t>
@@ -5616,53 +5625,50 @@
     <t>VGV-149</t>
   </si>
   <si>
     <t>VGV-151</t>
   </si>
   <si>
     <t>EA5GEB/P</t>
   </si>
   <si>
     <t>VGV-152</t>
   </si>
   <si>
     <t>30/01/2011</t>
   </si>
   <si>
     <t>VGV-154</t>
   </si>
   <si>
     <t>VGV-156</t>
   </si>
   <si>
     <t>EA5GUI/P</t>
   </si>
   <si>
     <t>VGV-170</t>
-  </si>
-[...1 lines deleted...]
-    <t>EA5URY/P</t>
   </si>
   <si>
     <t>VGV-177</t>
   </si>
   <si>
     <t>VGV-179</t>
   </si>
   <si>
     <t>04/03/2012</t>
   </si>
   <si>
     <t>EB5JKV</t>
   </si>
   <si>
     <t>VGV-191</t>
   </si>
   <si>
     <t>VGV-194</t>
   </si>
   <si>
     <t>VGV-198</t>
   </si>
   <si>
     <t>VGV-200</t>
   </si>
@@ -6619,51 +6625,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1193"/>
+  <dimension ref="A1:G1194"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -30398,3642 +30404,3665 @@
     <row r="1036" spans="1:7">
       <c r="A1036" s="3" t="s">
         <v>1827</v>
       </c>
       <c r="B1036" s="4" t="s">
         <v>1828</v>
       </c>
       <c r="C1036" s="5">
         <v>46111</v>
       </c>
       <c r="D1036" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1036" s="5">
         <v>40</v>
       </c>
       <c r="F1036" s="5" t="s">
         <v>24</v>
       </c>
       <c r="G1036" s="5" t="s">
         <v>1391</v>
       </c>
     </row>
     <row r="1037" spans="1:7">
       <c r="A1037" s="3" t="s">
-        <v>1808</v>
+        <v>1829</v>
       </c>
       <c r="B1037" s="4" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="C1037" s="5">
         <v>46111</v>
       </c>
       <c r="D1037" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1037" s="5">
         <v>40</v>
       </c>
       <c r="F1037" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1037" s="5" t="s">
-        <v>36</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="1038" spans="1:7">
       <c r="A1038" s="3" t="s">
-        <v>41</v>
+        <v>1808</v>
       </c>
       <c r="B1038" s="4" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="C1038" s="5">
-        <v>46098</v>
+        <v>46111</v>
       </c>
       <c r="D1038" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1038" s="5">
         <v>40</v>
       </c>
       <c r="F1038" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1038" s="5" t="s">
-        <v>821</v>
+        <v>36</v>
       </c>
     </row>
     <row r="1039" spans="1:7">
       <c r="A1039" s="3" t="s">
-        <v>1808</v>
+        <v>41</v>
       </c>
       <c r="B1039" s="4" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="C1039" s="5">
-        <v>46118</v>
+        <v>46098</v>
       </c>
       <c r="D1039" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1039" s="5">
         <v>40</v>
       </c>
       <c r="F1039" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1039" s="5" t="s">
-        <v>1832</v>
+        <v>821</v>
       </c>
     </row>
     <row r="1040" spans="1:7">
       <c r="A1040" s="3" t="s">
-        <v>172</v>
+        <v>1808</v>
       </c>
       <c r="B1040" s="4" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="C1040" s="5">
         <v>46118</v>
       </c>
       <c r="D1040" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1040" s="5">
         <v>40</v>
       </c>
       <c r="F1040" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1040" s="5" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="1041" spans="1:7">
       <c r="A1041" s="3" t="s">
-        <v>41</v>
+        <v>172</v>
       </c>
       <c r="B1041" s="4" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="C1041" s="5">
         <v>46118</v>
       </c>
       <c r="D1041" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1041" s="5">
         <v>40</v>
       </c>
       <c r="F1041" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1041" s="5" t="s">
-        <v>1242</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="1042" spans="1:7">
       <c r="A1042" s="3" t="s">
-        <v>1801</v>
+        <v>41</v>
       </c>
       <c r="B1042" s="4" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
       <c r="C1042" s="5">
         <v>46118</v>
       </c>
       <c r="D1042" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1042" s="5">
         <v>40</v>
       </c>
       <c r="F1042" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1042" s="5" t="s">
-        <v>1836</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="1043" spans="1:7">
       <c r="A1043" s="3" t="s">
-        <v>1827</v>
+        <v>1801</v>
       </c>
       <c r="B1043" s="4" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="C1043" s="5">
-        <v>46128</v>
+        <v>46118</v>
       </c>
       <c r="D1043" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1043" s="5">
         <v>40</v>
       </c>
       <c r="F1043" s="5" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="G1043" s="5" t="s">
-        <v>1090</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="1044" spans="1:7">
       <c r="A1044" s="3" t="s">
         <v>1827</v>
       </c>
       <c r="B1044" s="4" t="s">
-        <v>1837</v>
+        <v>1840</v>
       </c>
       <c r="C1044" s="5">
         <v>46128</v>
       </c>
       <c r="D1044" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1044" s="5">
         <v>40</v>
       </c>
       <c r="F1044" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="G1044" s="5" t="s">
         <v>1090</v>
       </c>
     </row>
     <row r="1045" spans="1:7">
       <c r="A1045" s="3" t="s">
-        <v>41</v>
+        <v>1827</v>
       </c>
       <c r="B1045" s="4" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="C1045" s="5">
         <v>46128</v>
       </c>
       <c r="D1045" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1045" s="5">
         <v>40</v>
       </c>
       <c r="F1045" s="5" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="G1045" s="5" t="s">
-        <v>1839</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="1046" spans="1:7">
       <c r="A1046" s="3" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="B1046" s="4" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="C1046" s="5">
-        <v>46133</v>
+        <v>46128</v>
       </c>
       <c r="D1046" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1046" s="5">
         <v>40</v>
       </c>
       <c r="F1046" s="5" t="s">
         <v>24</v>
       </c>
       <c r="G1046" s="5" t="s">
-        <v>56</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="1047" spans="1:7">
       <c r="A1047" s="3" t="s">
-        <v>834</v>
+        <v>180</v>
       </c>
       <c r="B1047" s="4" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="C1047" s="5">
-        <v>46147</v>
+        <v>46133</v>
       </c>
       <c r="D1047" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1047" s="5">
         <v>40</v>
       </c>
       <c r="F1047" s="5" t="s">
         <v>24</v>
       </c>
       <c r="G1047" s="5" t="s">
-        <v>1842</v>
+        <v>56</v>
       </c>
     </row>
     <row r="1048" spans="1:7">
       <c r="A1048" s="3" t="s">
-        <v>1827</v>
+        <v>834</v>
       </c>
       <c r="B1048" s="4" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="C1048" s="5">
-        <v>46156</v>
+        <v>46147</v>
       </c>
       <c r="D1048" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1048" s="5">
         <v>40</v>
       </c>
       <c r="F1048" s="5" t="s">
         <v>24</v>
       </c>
       <c r="G1048" s="5" t="s">
-        <v>897</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="1049" spans="1:7">
       <c r="A1049" s="3" t="s">
-        <v>184</v>
+        <v>1827</v>
       </c>
       <c r="B1049" s="4" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="C1049" s="5">
-        <v>46150</v>
+        <v>46156</v>
       </c>
       <c r="D1049" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1049" s="5">
         <v>40</v>
       </c>
       <c r="F1049" s="5" t="s">
         <v>24</v>
       </c>
       <c r="G1049" s="5" t="s">
-        <v>810</v>
+        <v>897</v>
       </c>
     </row>
     <row r="1050" spans="1:7">
       <c r="A1050" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B1050" s="4" t="s">
-        <v>1844</v>
+        <v>1847</v>
       </c>
       <c r="C1050" s="5">
         <v>46150</v>
       </c>
       <c r="D1050" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1050" s="5">
         <v>40</v>
       </c>
       <c r="F1050" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="G1050" s="5" t="s">
         <v>810</v>
       </c>
     </row>
     <row r="1051" spans="1:7">
       <c r="A1051" s="3" t="s">
-        <v>1818</v>
+        <v>184</v>
       </c>
       <c r="B1051" s="4" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="C1051" s="5">
-        <v>46170</v>
+        <v>46150</v>
       </c>
       <c r="D1051" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1051" s="5">
         <v>40</v>
       </c>
       <c r="F1051" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1051" s="5" t="s">
-        <v>428</v>
+        <v>810</v>
       </c>
     </row>
     <row r="1052" spans="1:7">
       <c r="A1052" s="3" t="s">
-        <v>184</v>
+        <v>1818</v>
       </c>
       <c r="B1052" s="4" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="C1052" s="5">
         <v>46170</v>
       </c>
       <c r="D1052" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1052" s="5">
         <v>40</v>
       </c>
       <c r="F1052" s="5" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="G1052" s="5" t="s">
-        <v>143</v>
+        <v>428</v>
       </c>
     </row>
     <row r="1053" spans="1:7">
       <c r="A1053" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B1053" s="4" t="s">
-        <v>1846</v>
+        <v>1849</v>
       </c>
       <c r="C1053" s="5">
         <v>46170</v>
       </c>
       <c r="D1053" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1053" s="5">
         <v>40</v>
       </c>
       <c r="F1053" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="G1053" s="5" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="1054" spans="1:7">
       <c r="A1054" s="3" t="s">
-        <v>1827</v>
+        <v>184</v>
       </c>
       <c r="B1054" s="4" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="C1054" s="5">
-        <v>46184</v>
+        <v>46170</v>
       </c>
       <c r="D1054" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1054" s="5">
         <v>40</v>
       </c>
       <c r="F1054" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1054" s="5" t="s">
-        <v>1343</v>
+        <v>143</v>
       </c>
     </row>
     <row r="1055" spans="1:7">
       <c r="A1055" s="3" t="s">
-        <v>65</v>
+        <v>1827</v>
       </c>
       <c r="B1055" s="4" t="s">
-        <v>1847</v>
+        <v>1850</v>
       </c>
       <c r="C1055" s="5">
         <v>46184</v>
       </c>
       <c r="D1055" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1055" s="5">
         <v>40</v>
       </c>
       <c r="F1055" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1055" s="5" t="s">
-        <v>1848</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="1056" spans="1:7">
       <c r="A1056" s="3" t="s">
-        <v>1849</v>
+        <v>65</v>
       </c>
       <c r="B1056" s="4" t="s">
         <v>1850</v>
       </c>
       <c r="C1056" s="5">
         <v>46184</v>
       </c>
       <c r="D1056" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1056" s="5">
         <v>40</v>
       </c>
       <c r="F1056" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1056" s="5" t="s">
-        <v>110</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="1057" spans="1:7">
       <c r="A1057" s="3" t="s">
-        <v>1820</v>
+        <v>1852</v>
       </c>
       <c r="B1057" s="4" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="C1057" s="5">
         <v>46184</v>
       </c>
       <c r="D1057" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1057" s="5">
         <v>40</v>
       </c>
       <c r="F1057" s="5" t="s">
-        <v>1852</v>
+        <v>15</v>
       </c>
       <c r="G1057" s="5" t="s">
-        <v>1555</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1058" spans="1:7">
       <c r="A1058" s="3" t="s">
-        <v>122</v>
+        <v>1820</v>
       </c>
       <c r="B1058" s="4" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
       <c r="C1058" s="5">
         <v>46184</v>
       </c>
       <c r="D1058" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1058" s="5">
         <v>40</v>
       </c>
       <c r="F1058" s="5" t="s">
-        <v>15</v>
+        <v>1855</v>
       </c>
       <c r="G1058" s="5" t="s">
-        <v>33</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="1059" spans="1:7">
       <c r="A1059" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B1059" s="4" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="C1059" s="5">
-        <v>46189</v>
+        <v>46184</v>
       </c>
       <c r="D1059" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1059" s="5">
         <v>40</v>
       </c>
       <c r="F1059" s="5" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="G1059" s="5" t="s">
-        <v>90</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1060" spans="1:7">
       <c r="A1060" s="3" t="s">
-        <v>1855</v>
+        <v>122</v>
       </c>
       <c r="B1060" s="4" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="C1060" s="5">
-        <v>46190</v>
+        <v>46189</v>
       </c>
       <c r="D1060" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1060" s="5">
         <v>40</v>
       </c>
       <c r="F1060" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="G1060" s="5" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1061" spans="1:7">
       <c r="A1061" s="3" t="s">
-        <v>122</v>
+        <v>1858</v>
       </c>
       <c r="B1061" s="4" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="C1061" s="5">
-        <v>46194</v>
+        <v>46190</v>
       </c>
       <c r="D1061" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1061" s="5">
         <v>40</v>
       </c>
       <c r="F1061" s="5" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="G1061" s="5" t="s">
-        <v>903</v>
+        <v>97</v>
       </c>
     </row>
     <row r="1062" spans="1:7">
       <c r="A1062" s="3" t="s">
-        <v>1858</v>
+        <v>122</v>
       </c>
       <c r="B1062" s="4" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="C1062" s="5">
-        <v>46195</v>
+        <v>46194</v>
       </c>
       <c r="D1062" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1062" s="5">
         <v>40</v>
       </c>
       <c r="F1062" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="G1062" s="5" t="s">
-        <v>594</v>
+        <v>903</v>
       </c>
     </row>
     <row r="1063" spans="1:7">
       <c r="A1063" s="3" t="s">
-        <v>122</v>
+        <v>1861</v>
       </c>
       <c r="B1063" s="4" t="s">
-        <v>1859</v>
+        <v>1862</v>
       </c>
       <c r="C1063" s="5">
         <v>46195</v>
       </c>
       <c r="D1063" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1063" s="5">
         <v>40</v>
       </c>
       <c r="F1063" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1063" s="5" t="s">
-        <v>153</v>
+        <v>594</v>
       </c>
     </row>
     <row r="1064" spans="1:7">
       <c r="A1064" s="3" t="s">
-        <v>41</v>
+        <v>122</v>
       </c>
       <c r="B1064" s="4" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="C1064" s="5">
-        <v>46202</v>
+        <v>46195</v>
       </c>
       <c r="D1064" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1064" s="5">
         <v>40</v>
       </c>
       <c r="F1064" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1064" s="5" t="s">
-        <v>849</v>
+        <v>153</v>
       </c>
     </row>
     <row r="1065" spans="1:7">
       <c r="A1065" s="3" t="s">
-        <v>1861</v>
+        <v>41</v>
       </c>
       <c r="B1065" s="4" t="s">
-        <v>1862</v>
+        <v>1863</v>
       </c>
       <c r="C1065" s="5">
-        <v>46200</v>
+        <v>46202</v>
       </c>
       <c r="D1065" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1065" s="5">
         <v>40</v>
       </c>
       <c r="F1065" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1065" s="5" t="s">
-        <v>1863</v>
+        <v>849</v>
       </c>
     </row>
     <row r="1066" spans="1:7">
       <c r="A1066" s="3" t="s">
-        <v>41</v>
+        <v>1864</v>
       </c>
       <c r="B1066" s="4" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="C1066" s="5">
-        <v>46197</v>
+        <v>46200</v>
       </c>
       <c r="D1066" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1066" s="5">
         <v>40</v>
       </c>
       <c r="F1066" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1066" s="5" t="s">
-        <v>455</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="1067" spans="1:7">
       <c r="A1067" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B1067" s="4" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="C1067" s="5">
-        <v>46204</v>
+        <v>46197</v>
       </c>
       <c r="D1067" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1067" s="5">
         <v>40</v>
       </c>
       <c r="F1067" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1067" s="5" t="s">
-        <v>428</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1068" spans="1:7">
       <c r="A1068" s="3" t="s">
-        <v>122</v>
+        <v>41</v>
       </c>
       <c r="B1068" s="4" t="s">
-        <v>1865</v>
+        <v>1868</v>
       </c>
       <c r="C1068" s="5">
         <v>46204</v>
       </c>
       <c r="D1068" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1068" s="5">
         <v>40</v>
       </c>
       <c r="F1068" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1068" s="5" t="s">
-        <v>1146</v>
+        <v>428</v>
       </c>
     </row>
     <row r="1069" spans="1:7">
       <c r="A1069" s="3" t="s">
-        <v>1866</v>
+        <v>122</v>
       </c>
       <c r="B1069" s="4" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="C1069" s="5">
-        <v>46213</v>
+        <v>46204</v>
       </c>
       <c r="D1069" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1069" s="5">
         <v>40</v>
       </c>
       <c r="F1069" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1069" s="5" t="s">
-        <v>382</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="1070" spans="1:7">
       <c r="A1070" s="3" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="B1070" s="4" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="C1070" s="5">
         <v>46213</v>
       </c>
       <c r="D1070" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1070" s="5">
         <v>40</v>
       </c>
       <c r="F1070" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1070" s="5" t="s">
-        <v>1758</v>
+        <v>382</v>
       </c>
     </row>
     <row r="1071" spans="1:7">
       <c r="A1071" s="3" t="s">
-        <v>41</v>
+        <v>1829</v>
       </c>
       <c r="B1071" s="4" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="C1071" s="5">
-        <v>46214</v>
+        <v>46213</v>
       </c>
       <c r="D1071" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1071" s="5">
         <v>40</v>
       </c>
       <c r="F1071" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1071" s="5" t="s">
-        <v>1871</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="1072" spans="1:7">
       <c r="A1072" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B1072" s="4" t="s">
         <v>1872</v>
       </c>
-      <c r="B1072" s="4" t="s">
+      <c r="C1072" s="5">
+        <v>46214</v>
+      </c>
+      <c r="D1072" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1072" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1072" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1072" s="5" t="s">
         <v>1873</v>
-      </c>
-[...13 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="1073" spans="1:7">
       <c r="A1073" s="3" t="s">
-        <v>41</v>
+        <v>1874</v>
       </c>
       <c r="B1073" s="4" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="C1073" s="5">
-        <v>46235</v>
+        <v>46232</v>
       </c>
       <c r="D1073" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1073" s="5">
         <v>40</v>
       </c>
       <c r="F1073" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1073" s="5" t="s">
-        <v>629</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1074" spans="1:7">
       <c r="A1074" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B1074" s="4" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="C1074" s="5">
-        <v>46238</v>
+        <v>46235</v>
       </c>
       <c r="D1074" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1074" s="5">
         <v>40</v>
       </c>
       <c r="F1074" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1074" s="5" t="s">
-        <v>594</v>
+        <v>629</v>
       </c>
     </row>
     <row r="1075" spans="1:7">
       <c r="A1075" s="3" t="s">
-        <v>184</v>
+        <v>41</v>
       </c>
       <c r="B1075" s="4" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="C1075" s="5">
-        <v>46239</v>
+        <v>46238</v>
       </c>
       <c r="D1075" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1075" s="5">
         <v>40</v>
       </c>
       <c r="F1075" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1075" s="5" t="s">
-        <v>1877</v>
+        <v>594</v>
       </c>
     </row>
     <row r="1076" spans="1:7">
       <c r="A1076" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B1076" s="4" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="C1076" s="5">
         <v>46239</v>
       </c>
       <c r="D1076" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1076" s="5">
         <v>40</v>
       </c>
       <c r="F1076" s="5" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="G1076" s="5" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="1077" spans="1:7">
       <c r="A1077" s="3" t="s">
-        <v>41</v>
+        <v>184</v>
       </c>
       <c r="B1077" s="4" t="s">
         <v>1878</v>
       </c>
       <c r="C1077" s="5">
-        <v>46244</v>
+        <v>46239</v>
       </c>
       <c r="D1077" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1077" s="5">
         <v>40</v>
       </c>
       <c r="F1077" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="G1077" s="5" t="s">
-        <v>780</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="1078" spans="1:7">
       <c r="A1078" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B1078" s="4" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="C1078" s="5">
-        <v>46246</v>
+        <v>46244</v>
       </c>
       <c r="D1078" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1078" s="5">
         <v>40</v>
       </c>
       <c r="F1078" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1078" s="5" t="s">
-        <v>82</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1079" spans="1:7">
       <c r="A1079" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B1079" s="4" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
       <c r="C1079" s="5">
         <v>46246</v>
       </c>
       <c r="D1079" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1079" s="5">
         <v>40</v>
       </c>
       <c r="F1079" s="5" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="G1079" s="5" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1080" spans="1:7">
       <c r="A1080" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B1080" s="4" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
       <c r="C1080" s="5">
         <v>46246</v>
       </c>
       <c r="D1080" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1080" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1080" s="5" t="s">
         <v>24</v>
       </c>
       <c r="G1080" s="5" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="1081" spans="1:7">
       <c r="A1081" s="3" t="s">
-        <v>1872</v>
+        <v>41</v>
       </c>
       <c r="B1081" s="4" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="C1081" s="5">
-        <v>46248</v>
+        <v>46246</v>
       </c>
       <c r="D1081" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1081" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1081" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="G1081" s="5" t="s">
-        <v>1187</v>
+        <v>104</v>
       </c>
     </row>
     <row r="1082" spans="1:7">
       <c r="A1082" s="3" t="s">
-        <v>1881</v>
+        <v>1874</v>
       </c>
       <c r="B1082" s="4" t="s">
         <v>1882</v>
       </c>
       <c r="C1082" s="5">
-        <v>46249</v>
+        <v>46248</v>
       </c>
       <c r="D1082" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1082" s="5">
         <v>40</v>
       </c>
       <c r="F1082" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1082" s="5" t="s">
-        <v>86</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="1083" spans="1:7">
       <c r="A1083" s="3" t="s">
-        <v>1815</v>
+        <v>1883</v>
       </c>
       <c r="B1083" s="4" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="C1083" s="5">
         <v>46249</v>
       </c>
       <c r="D1083" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1083" s="5">
         <v>40</v>
       </c>
       <c r="F1083" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1083" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="1084" spans="1:7">
       <c r="A1084" s="3" t="s">
-        <v>41</v>
+        <v>1815</v>
       </c>
       <c r="B1084" s="4" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="C1084" s="5">
-        <v>46250</v>
+        <v>46249</v>
       </c>
       <c r="D1084" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1084" s="5">
         <v>40</v>
       </c>
       <c r="F1084" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1084" s="5" t="s">
-        <v>442</v>
+        <v>86</v>
       </c>
     </row>
     <row r="1085" spans="1:7">
       <c r="A1085" s="3" t="s">
-        <v>1827</v>
+        <v>41</v>
       </c>
       <c r="B1085" s="4" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="C1085" s="5">
         <v>46250</v>
       </c>
       <c r="D1085" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1085" s="5">
         <v>40</v>
       </c>
       <c r="F1085" s="5" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="G1085" s="5" t="s">
-        <v>1885</v>
+        <v>442</v>
       </c>
     </row>
     <row r="1086" spans="1:7">
       <c r="A1086" s="3" t="s">
-        <v>834</v>
+        <v>1827</v>
       </c>
       <c r="B1086" s="4" t="s">
         <v>1886</v>
       </c>
       <c r="C1086" s="5">
-        <v>46256</v>
+        <v>46250</v>
       </c>
       <c r="D1086" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1086" s="5">
         <v>40</v>
       </c>
       <c r="F1086" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="G1086" s="5" t="s">
-        <v>1354</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="1087" spans="1:7">
       <c r="A1087" s="3" t="s">
-        <v>1808</v>
+        <v>834</v>
       </c>
       <c r="B1087" s="4" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="C1087" s="5">
         <v>46256</v>
       </c>
       <c r="D1087" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1087" s="5">
         <v>40</v>
       </c>
       <c r="F1087" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1087" s="5" t="s">
-        <v>1888</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="1088" spans="1:7">
       <c r="A1088" s="3" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B1088" s="4" t="s">
         <v>1889</v>
       </c>
-      <c r="B1088" s="4" t="s">
+      <c r="C1088" s="5">
+        <v>46256</v>
+      </c>
+      <c r="D1088" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1088" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1088" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1088" s="5" t="s">
         <v>1890</v>
-      </c>
-[...13 lines deleted...]
-        <v>1891</v>
       </c>
     </row>
     <row r="1089" spans="1:7">
       <c r="A1089" s="3" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B1089" s="4" t="s">
         <v>1892</v>
       </c>
-      <c r="B1089" s="4" t="s">
+      <c r="C1089" s="5">
+        <v>46146</v>
+      </c>
+      <c r="D1089" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1089" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1089" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1089" s="5" t="s">
         <v>1893</v>
-      </c>
-[...13 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="1090" spans="1:7">
       <c r="A1090" s="3" t="s">
         <v>1894</v>
       </c>
       <c r="B1090" s="4" t="s">
         <v>1895</v>
       </c>
       <c r="C1090" s="5">
-        <v>47004</v>
+        <v>46263</v>
       </c>
       <c r="D1090" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1090" s="5">
         <v>40</v>
       </c>
       <c r="F1090" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1090" s="5" t="s">
-        <v>1896</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1091" spans="1:7">
       <c r="A1091" s="3" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B1091" s="4" t="s">
         <v>1897</v>
       </c>
-      <c r="B1091" s="4" t="s">
+      <c r="C1091" s="5">
+        <v>47004</v>
+      </c>
+      <c r="D1091" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1091" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1091" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1091" s="5" t="s">
         <v>1898</v>
-      </c>
-[...13 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="1092" spans="1:7">
       <c r="A1092" s="3" t="s">
-        <v>1581</v>
+        <v>1899</v>
       </c>
       <c r="B1092" s="4" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="C1092" s="5">
-        <v>47044</v>
+        <v>47035</v>
       </c>
       <c r="D1092" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1092" s="5">
         <v>40</v>
       </c>
       <c r="F1092" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="G1092" s="5" t="s">
-        <v>1146</v>
+        <v>312</v>
       </c>
     </row>
     <row r="1093" spans="1:7">
       <c r="A1093" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B1093" s="4" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="C1093" s="5">
-        <v>47052</v>
+        <v>47044</v>
       </c>
       <c r="D1093" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1093" s="5">
         <v>40</v>
       </c>
       <c r="F1093" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1093" s="5" t="s">
-        <v>486</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="1094" spans="1:7">
       <c r="A1094" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B1094" s="4" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="C1094" s="5">
-        <v>47066</v>
+        <v>47052</v>
       </c>
       <c r="D1094" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1094" s="5">
         <v>40</v>
       </c>
       <c r="F1094" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1094" s="5" t="s">
-        <v>508</v>
+        <v>486</v>
       </c>
     </row>
     <row r="1095" spans="1:7">
       <c r="A1095" s="3" t="s">
-        <v>1902</v>
+        <v>1581</v>
       </c>
       <c r="B1095" s="4" t="s">
         <v>1903</v>
       </c>
       <c r="C1095" s="5">
-        <v>47075</v>
+        <v>47066</v>
       </c>
       <c r="D1095" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1095" s="5">
         <v>40</v>
       </c>
       <c r="F1095" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1095" s="5" t="s">
-        <v>517</v>
+        <v>508</v>
       </c>
     </row>
     <row r="1096" spans="1:7">
       <c r="A1096" s="3" t="s">
-        <v>1581</v>
+        <v>1904</v>
       </c>
       <c r="B1096" s="4" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="C1096" s="5">
-        <v>47129</v>
+        <v>47075</v>
       </c>
       <c r="D1096" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1096" s="5">
         <v>40</v>
       </c>
       <c r="F1096" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1096" s="5" t="s">
-        <v>128</v>
+        <v>517</v>
       </c>
     </row>
     <row r="1097" spans="1:7">
       <c r="A1097" s="3" t="s">
-        <v>1905</v>
+        <v>1581</v>
       </c>
       <c r="B1097" s="4" t="s">
         <v>1906</v>
       </c>
       <c r="C1097" s="5">
-        <v>47144</v>
+        <v>47129</v>
       </c>
       <c r="D1097" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1097" s="5">
         <v>40</v>
       </c>
       <c r="F1097" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1097" s="5" t="s">
-        <v>969</v>
+        <v>128</v>
       </c>
     </row>
     <row r="1098" spans="1:7">
       <c r="A1098" s="3" t="s">
-        <v>1581</v>
+        <v>1907</v>
       </c>
       <c r="B1098" s="4" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="C1098" s="5">
-        <v>47182</v>
+        <v>47144</v>
       </c>
       <c r="D1098" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1098" s="5">
         <v>40</v>
       </c>
       <c r="F1098" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1098" s="5" t="s">
-        <v>449</v>
+        <v>969</v>
       </c>
     </row>
     <row r="1099" spans="1:7">
       <c r="A1099" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B1099" s="4" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="C1099" s="5">
-        <v>47191</v>
+        <v>47182</v>
       </c>
       <c r="D1099" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1099" s="5">
         <v>40</v>
       </c>
       <c r="F1099" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1099" s="5" t="s">
-        <v>1140</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1100" spans="1:7">
       <c r="A1100" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B1100" s="4" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="C1100" s="5">
-        <v>47218</v>
+        <v>47191</v>
       </c>
       <c r="D1100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1100" s="5">
         <v>40</v>
       </c>
       <c r="F1100" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1100" s="5" t="s">
-        <v>137</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="1101" spans="1:7">
       <c r="A1101" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B1101" s="4" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="C1101" s="5">
-        <v>47226</v>
+        <v>47218</v>
       </c>
       <c r="D1101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1101" s="5">
         <v>40</v>
       </c>
       <c r="F1101" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1101" s="5" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
     </row>
     <row r="1102" spans="1:7">
       <c r="A1102" s="3" t="s">
-        <v>471</v>
+        <v>1581</v>
       </c>
       <c r="B1102" s="4" t="s">
-        <v>1911</v>
-[...1 lines deleted...]
-      <c r="C1102" s="5" t="s">
         <v>1912</v>
       </c>
+      <c r="C1102" s="5">
+        <v>47226</v>
+      </c>
       <c r="D1102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1102" s="5">
         <v>40</v>
       </c>
       <c r="F1102" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1102" s="5" t="s">
-        <v>155</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1103" spans="1:7">
       <c r="A1103" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="B1103" s="4" t="s">
         <v>1913</v>
       </c>
-      <c r="B1103" s="4" t="s">
+      <c r="C1103" s="5" t="s">
         <v>1914</v>
       </c>
-      <c r="C1103" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1103" s="5">
         <v>40</v>
       </c>
       <c r="F1103" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1103" s="5" t="s">
-        <v>1916</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1104" spans="1:7">
       <c r="A1104" s="3" t="s">
-        <v>521</v>
+        <v>1915</v>
       </c>
       <c r="B1104" s="4" t="s">
+        <v>1916</v>
+      </c>
+      <c r="C1104" s="5" t="s">
         <v>1917</v>
       </c>
-      <c r="C1104" s="5" t="s">
+      <c r="D1104" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1104" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1104" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1104" s="5" t="s">
         <v>1918</v>
-      </c>
-[...10 lines deleted...]
-        <v>1919</v>
       </c>
     </row>
     <row r="1105" spans="1:7">
       <c r="A1105" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="B1105" s="4" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C1105" s="5" t="s">
         <v>1920</v>
       </c>
-      <c r="B1105" s="4" t="s">
+      <c r="D1105" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1105" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1105" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1105" s="5" t="s">
         <v>1921</v>
-      </c>
-[...13 lines deleted...]
-        <v>1121</v>
       </c>
     </row>
     <row r="1106" spans="1:7">
       <c r="A1106" s="3" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B1106" s="4" t="s">
         <v>1923</v>
       </c>
-      <c r="B1106" s="4" t="s">
+      <c r="C1106" s="5" t="s">
         <v>1924</v>
       </c>
-      <c r="C1106" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1106" s="5">
         <v>40</v>
       </c>
       <c r="F1106" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1106" s="5" t="s">
-        <v>1926</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="1107" spans="1:7">
       <c r="A1107" s="3" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="B1107" s="4" t="s">
+        <v>1926</v>
+      </c>
+      <c r="C1107" s="5" t="s">
         <v>1927</v>
       </c>
-      <c r="C1107" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1107" s="5">
         <v>40</v>
       </c>
       <c r="F1107" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1107" s="5" t="s">
-        <v>97</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="1108" spans="1:7">
       <c r="A1108" s="3" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="B1108" s="4" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="C1108" s="5" t="s">
-        <v>1929</v>
+        <v>1927</v>
       </c>
       <c r="D1108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1108" s="5">
         <v>40</v>
       </c>
       <c r="F1108" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1108" s="5" t="s">
-        <v>1930</v>
+        <v>97</v>
       </c>
     </row>
     <row r="1109" spans="1:7">
       <c r="A1109" s="3" t="s">
-        <v>1913</v>
+        <v>1925</v>
       </c>
       <c r="B1109" s="4" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C1109" s="5" t="s">
         <v>1931</v>
-      </c>
-[...1 lines deleted...]
-        <v>1929</v>
       </c>
       <c r="D1109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1109" s="5">
         <v>40</v>
       </c>
       <c r="F1109" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1109" s="5" t="s">
         <v>1932</v>
       </c>
     </row>
     <row r="1110" spans="1:7">
       <c r="A1110" s="3" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B1110" s="4" t="s">
         <v>1933</v>
       </c>
-      <c r="B1110" s="4" t="s">
+      <c r="C1110" s="5" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D1110" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1110" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1110" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1110" s="5" t="s">
         <v>1934</v>
-      </c>
-[...13 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="1111" spans="1:7">
       <c r="A1111" s="3" t="s">
-        <v>1920</v>
+        <v>1935</v>
       </c>
       <c r="B1111" s="4" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="C1111" s="5" t="s">
-        <v>1936</v>
+        <v>1931</v>
       </c>
       <c r="D1111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1111" s="5">
         <v>40</v>
       </c>
       <c r="F1111" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1111" s="5" t="s">
-        <v>1937</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1112" spans="1:7">
       <c r="A1112" s="3" t="s">
-        <v>1920</v>
+        <v>1922</v>
       </c>
       <c r="B1112" s="4" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C1112" s="5" t="s">
         <v>1938</v>
       </c>
-      <c r="C1112" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1112" s="5">
         <v>40</v>
       </c>
       <c r="F1112" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1112" s="5" t="s">
-        <v>243</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="1113" spans="1:7">
       <c r="A1113" s="3" t="s">
-        <v>1939</v>
+        <v>1922</v>
       </c>
       <c r="B1113" s="4" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C1113" s="5" t="s">
         <v>1938</v>
       </c>
-      <c r="C1113" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1113" s="5">
         <v>40</v>
       </c>
       <c r="F1113" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1113" s="5" t="s">
-        <v>48</v>
+        <v>243</v>
       </c>
     </row>
     <row r="1114" spans="1:7">
       <c r="A1114" s="3" t="s">
-        <v>1923</v>
+        <v>1941</v>
       </c>
       <c r="B1114" s="4" t="s">
         <v>1940</v>
       </c>
       <c r="C1114" s="5" t="s">
-        <v>1915</v>
+        <v>1938</v>
       </c>
       <c r="D1114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1114" s="5">
         <v>40</v>
       </c>
       <c r="F1114" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1114" s="5" t="s">
-        <v>322</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1115" spans="1:7">
       <c r="A1115" s="3" t="s">
-        <v>1941</v>
+        <v>1925</v>
       </c>
       <c r="B1115" s="4" t="s">
         <v>1942</v>
       </c>
       <c r="C1115" s="5" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="D1115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1115" s="5">
         <v>40</v>
       </c>
       <c r="F1115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1115" s="5" t="s">
-        <v>483</v>
+        <v>322</v>
       </c>
     </row>
     <row r="1116" spans="1:7">
       <c r="A1116" s="3" t="s">
-        <v>1920</v>
+        <v>1943</v>
       </c>
       <c r="B1116" s="4" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="C1116" s="5" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="D1116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1116" s="5">
         <v>40</v>
       </c>
       <c r="F1116" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1116" s="5" t="s">
-        <v>1162</v>
+        <v>483</v>
       </c>
     </row>
     <row r="1117" spans="1:7">
       <c r="A1117" s="3" t="s">
-        <v>471</v>
+        <v>1922</v>
       </c>
       <c r="B1117" s="4" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="C1117" s="5" t="s">
-        <v>1918</v>
+        <v>1917</v>
       </c>
       <c r="D1117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1117" s="5">
         <v>40</v>
       </c>
       <c r="F1117" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1117" s="5" t="s">
-        <v>351</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="1118" spans="1:7">
       <c r="A1118" s="3" t="s">
-        <v>1913</v>
+        <v>471</v>
       </c>
       <c r="B1118" s="4" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="C1118" s="5" t="s">
-        <v>1946</v>
+        <v>1920</v>
       </c>
       <c r="D1118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1118" s="5">
         <v>40</v>
       </c>
       <c r="F1118" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1118" s="5" t="s">
-        <v>627</v>
+        <v>351</v>
       </c>
     </row>
     <row r="1119" spans="1:7">
       <c r="A1119" s="3" t="s">
-        <v>1920</v>
+        <v>1915</v>
       </c>
       <c r="B1119" s="4" t="s">
         <v>1947</v>
       </c>
       <c r="C1119" s="5" t="s">
         <v>1948</v>
       </c>
       <c r="D1119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1119" s="5">
         <v>40</v>
       </c>
       <c r="F1119" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1119" s="5" t="s">
-        <v>1542</v>
+        <v>627</v>
       </c>
     </row>
     <row r="1120" spans="1:7">
       <c r="A1120" s="3" t="s">
-        <v>1933</v>
+        <v>1922</v>
       </c>
       <c r="B1120" s="4" t="s">
         <v>1949</v>
       </c>
       <c r="C1120" s="5" t="s">
         <v>1950</v>
       </c>
       <c r="D1120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1120" s="5">
         <v>40</v>
       </c>
       <c r="F1120" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1120" s="5" t="s">
-        <v>201</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="1121" spans="1:7">
       <c r="A1121" s="3" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B1121" s="4" t="s">
         <v>1951</v>
       </c>
-      <c r="B1121" s="4" t="s">
+      <c r="C1121" s="5" t="s">
         <v>1952</v>
       </c>
-      <c r="C1121" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1121" s="5">
         <v>40</v>
       </c>
       <c r="F1121" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1121" s="5" t="s">
-        <v>919</v>
+        <v>201</v>
       </c>
     </row>
     <row r="1122" spans="1:7">
       <c r="A1122" s="3" t="s">
+        <v>1953</v>
+      </c>
+      <c r="B1122" s="4" t="s">
         <v>1954</v>
       </c>
-      <c r="B1122" s="4" t="s">
+      <c r="C1122" s="5" t="s">
         <v>1955</v>
       </c>
-      <c r="C1122" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1122" s="5">
         <v>40</v>
       </c>
       <c r="F1122" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1122" s="5" t="s">
-        <v>240</v>
+        <v>919</v>
       </c>
     </row>
     <row r="1123" spans="1:7">
       <c r="A1123" s="3" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B1123" s="4" t="s">
         <v>1957</v>
       </c>
-      <c r="B1123" s="4" t="s">
+      <c r="C1123" s="5" t="s">
         <v>1958</v>
       </c>
-      <c r="C1123" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1123" s="5">
         <v>40</v>
       </c>
       <c r="F1123" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1123" s="5" t="s">
-        <v>44</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1124" spans="1:7">
       <c r="A1124" s="3" t="s">
-        <v>1920</v>
+        <v>1959</v>
       </c>
       <c r="B1124" s="4" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="C1124" s="5" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="D1124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1124" s="5">
         <v>40</v>
       </c>
       <c r="F1124" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1124" s="5" t="s">
-        <v>1960</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1125" spans="1:7">
       <c r="A1125" s="3" t="s">
-        <v>1933</v>
+        <v>1922</v>
       </c>
       <c r="B1125" s="4" t="s">
         <v>1961</v>
       </c>
       <c r="C1125" s="5" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="D1125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1125" s="5">
         <v>40</v>
       </c>
       <c r="F1125" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1125" s="5" t="s">
         <v>1962</v>
       </c>
     </row>
     <row r="1126" spans="1:7">
       <c r="A1126" s="3" t="s">
-        <v>1957</v>
+        <v>1935</v>
       </c>
       <c r="B1126" s="4" t="s">
         <v>1963</v>
       </c>
       <c r="C1126" s="5" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D1126" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1126" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1126" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1126" s="5" t="s">
         <v>1964</v>
-      </c>
-[...10 lines deleted...]
-        <v>1965</v>
       </c>
     </row>
     <row r="1127" spans="1:7">
       <c r="A1127" s="3" t="s">
-        <v>1913</v>
+        <v>1959</v>
       </c>
       <c r="B1127" s="4" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C1127" s="5" t="s">
         <v>1966</v>
       </c>
-      <c r="C1127" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1127" s="5">
         <v>40</v>
       </c>
       <c r="F1127" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1127" s="5" t="s">
-        <v>82</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="1128" spans="1:7">
       <c r="A1128" s="3" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="B1128" s="4" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="C1128" s="5" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="D1128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1128" s="5">
         <v>40</v>
       </c>
       <c r="F1128" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1128" s="5" t="s">
-        <v>687</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1129" spans="1:7">
       <c r="A1129" s="3" t="s">
-        <v>1381</v>
+        <v>1915</v>
       </c>
       <c r="B1129" s="4" t="s">
-        <v>1968</v>
-[...2 lines deleted...]
-        <v>50004</v>
+        <v>1969</v>
+      </c>
+      <c r="C1129" s="5" t="s">
+        <v>1966</v>
       </c>
       <c r="D1129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1129" s="5">
         <v>40</v>
       </c>
       <c r="F1129" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1129" s="5" t="s">
-        <v>201</v>
+        <v>687</v>
       </c>
     </row>
     <row r="1130" spans="1:7">
       <c r="A1130" s="3" t="s">
         <v>1381</v>
       </c>
       <c r="B1130" s="4" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
       <c r="C1130" s="5">
-        <v>50018</v>
+        <v>50004</v>
       </c>
       <c r="D1130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1130" s="5">
         <v>40</v>
       </c>
       <c r="F1130" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1130" s="5" t="s">
-        <v>737</v>
+        <v>201</v>
       </c>
     </row>
     <row r="1131" spans="1:7">
       <c r="A1131" s="3" t="s">
-        <v>1599</v>
+        <v>1381</v>
       </c>
       <c r="B1131" s="4" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="C1131" s="5">
-        <v>50022</v>
+        <v>50018</v>
       </c>
       <c r="D1131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1131" s="5">
         <v>40</v>
       </c>
       <c r="F1131" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1131" s="5" t="s">
-        <v>903</v>
+        <v>737</v>
       </c>
     </row>
     <row r="1132" spans="1:7">
       <c r="A1132" s="3" t="s">
-        <v>1381</v>
+        <v>1599</v>
       </c>
       <c r="B1132" s="4" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="C1132" s="5">
-        <v>50025</v>
+        <v>50022</v>
       </c>
       <c r="D1132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1132" s="5">
         <v>40</v>
       </c>
       <c r="F1132" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1132" s="5" t="s">
-        <v>267</v>
+        <v>903</v>
       </c>
     </row>
     <row r="1133" spans="1:7">
       <c r="A1133" s="3" t="s">
         <v>1381</v>
       </c>
       <c r="B1133" s="4" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="C1133" s="5">
-        <v>50067</v>
+        <v>50025</v>
       </c>
       <c r="D1133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1133" s="5">
         <v>40</v>
       </c>
       <c r="F1133" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1133" s="5" t="s">
-        <v>740</v>
+        <v>267</v>
       </c>
     </row>
     <row r="1134" spans="1:7">
       <c r="A1134" s="3" t="s">
-        <v>1973</v>
+        <v>1381</v>
       </c>
       <c r="B1134" s="4" t="s">
         <v>1974</v>
       </c>
       <c r="C1134" s="5">
-        <v>50095</v>
+        <v>50067</v>
       </c>
       <c r="D1134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1134" s="5">
         <v>40</v>
       </c>
       <c r="F1134" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1134" s="5" t="s">
-        <v>575</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1135" spans="1:7">
       <c r="A1135" s="3" t="s">
         <v>1975</v>
       </c>
       <c r="B1135" s="4" t="s">
         <v>1976</v>
       </c>
       <c r="C1135" s="5">
-        <v>50111</v>
+        <v>50095</v>
       </c>
       <c r="D1135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1135" s="5">
         <v>40</v>
       </c>
       <c r="F1135" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1135" s="5" t="s">
-        <v>437</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1136" spans="1:7">
       <c r="A1136" s="3" t="s">
-        <v>1599</v>
+        <v>1977</v>
       </c>
       <c r="B1136" s="4" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="C1136" s="5">
-        <v>50115</v>
+        <v>50111</v>
       </c>
       <c r="D1136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1136" s="5">
         <v>40</v>
       </c>
       <c r="F1136" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1136" s="5" t="s">
-        <v>85</v>
+        <v>437</v>
       </c>
     </row>
     <row r="1137" spans="1:7">
       <c r="A1137" s="3" t="s">
-        <v>1381</v>
+        <v>1599</v>
       </c>
       <c r="B1137" s="4" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="C1137" s="5">
-        <v>50153</v>
+        <v>50115</v>
       </c>
       <c r="D1137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1137" s="5">
         <v>40</v>
       </c>
       <c r="F1137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1137" s="5" t="s">
-        <v>326</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1138" spans="1:7">
       <c r="A1138" s="3" t="s">
-        <v>1003</v>
+        <v>1381</v>
       </c>
       <c r="B1138" s="4" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="C1138" s="5">
-        <v>50163</v>
+        <v>50153</v>
       </c>
       <c r="D1138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1138" s="5">
         <v>40</v>
       </c>
       <c r="F1138" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1138" s="5" t="s">
-        <v>478</v>
+        <v>326</v>
       </c>
     </row>
     <row r="1139" spans="1:7">
       <c r="A1139" s="3" t="s">
-        <v>1599</v>
+        <v>1003</v>
       </c>
       <c r="B1139" s="4" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="C1139" s="5">
-        <v>50902</v>
+        <v>50163</v>
       </c>
       <c r="D1139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1139" s="5">
         <v>40</v>
       </c>
       <c r="F1139" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1139" s="5" t="s">
-        <v>371</v>
+        <v>478</v>
       </c>
     </row>
     <row r="1140" spans="1:7">
       <c r="A1140" s="3" t="s">
-        <v>1981</v>
+        <v>1599</v>
       </c>
       <c r="B1140" s="4" t="s">
         <v>1982</v>
       </c>
       <c r="C1140" s="5">
-        <v>50208</v>
+        <v>50902</v>
       </c>
       <c r="D1140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1140" s="5">
         <v>40</v>
       </c>
       <c r="F1140" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1140" s="5" t="s">
-        <v>223</v>
+        <v>371</v>
       </c>
     </row>
     <row r="1141" spans="1:7">
       <c r="A1141" s="3" t="s">
-        <v>1381</v>
+        <v>1983</v>
       </c>
       <c r="B1141" s="4" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="C1141" s="5">
-        <v>50211</v>
+        <v>50208</v>
       </c>
       <c r="D1141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1141" s="5">
         <v>40</v>
       </c>
       <c r="F1141" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1141" s="5" t="s">
-        <v>727</v>
+        <v>223</v>
       </c>
     </row>
     <row r="1142" spans="1:7">
       <c r="A1142" s="3" t="s">
         <v>1381</v>
       </c>
       <c r="B1142" s="4" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="C1142" s="5">
-        <v>50216</v>
+        <v>50211</v>
       </c>
       <c r="D1142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1142" s="5">
         <v>40</v>
       </c>
       <c r="F1142" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1142" s="5" t="s">
-        <v>1408</v>
+        <v>727</v>
       </c>
     </row>
     <row r="1143" spans="1:7">
       <c r="A1143" s="3" t="s">
-        <v>1985</v>
+        <v>1381</v>
       </c>
       <c r="B1143" s="4" t="s">
         <v>1986</v>
       </c>
       <c r="C1143" s="5">
-        <v>50221</v>
+        <v>50216</v>
       </c>
       <c r="D1143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1143" s="5">
         <v>40</v>
       </c>
       <c r="F1143" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1143" s="5" t="s">
-        <v>752</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="1144" spans="1:7">
       <c r="A1144" s="3" t="s">
-        <v>1381</v>
+        <v>1987</v>
       </c>
       <c r="B1144" s="4" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="C1144" s="5">
-        <v>50223</v>
+        <v>50221</v>
       </c>
       <c r="D1144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1144" s="5">
         <v>40</v>
       </c>
       <c r="F1144" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1144" s="5" t="s">
-        <v>300</v>
+        <v>752</v>
       </c>
     </row>
     <row r="1145" spans="1:7">
       <c r="A1145" s="3" t="s">
         <v>1381</v>
       </c>
       <c r="B1145" s="4" t="s">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="C1145" s="5">
-        <v>50225</v>
+        <v>50223</v>
       </c>
       <c r="D1145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1145" s="5">
         <v>40</v>
       </c>
       <c r="F1145" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1145" s="5" t="s">
-        <v>333</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1146" spans="1:7">
       <c r="A1146" s="3" t="s">
         <v>1381</v>
       </c>
       <c r="B1146" s="4" t="s">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="C1146" s="5">
-        <v>50252</v>
+        <v>50225</v>
       </c>
       <c r="D1146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1146" s="5">
         <v>40</v>
       </c>
       <c r="F1146" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1146" s="5" t="s">
-        <v>275</v>
+        <v>333</v>
       </c>
     </row>
     <row r="1147" spans="1:7">
       <c r="A1147" s="3" t="s">
         <v>1381</v>
       </c>
       <c r="B1147" s="4" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="C1147" s="5">
         <v>50252</v>
       </c>
       <c r="D1147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1147" s="5">
         <v>40</v>
       </c>
       <c r="F1147" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1147" s="5" t="s">
-        <v>1991</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1148" spans="1:7">
       <c r="A1148" s="3" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B1148" s="4" t="s">
         <v>1992</v>
       </c>
-      <c r="B1148" s="4" t="s">
+      <c r="C1148" s="5">
+        <v>50252</v>
+      </c>
+      <c r="D1148" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1148" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1148" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1148" s="5" t="s">
         <v>1993</v>
-      </c>
-[...13 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="1149" spans="1:7">
       <c r="A1149" s="3" t="s">
-        <v>1599</v>
+        <v>1994</v>
       </c>
       <c r="B1149" s="4" t="s">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="C1149" s="5">
-        <v>50903</v>
+        <v>50293</v>
       </c>
       <c r="D1149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1149" s="5">
         <v>40</v>
       </c>
       <c r="F1149" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1149" s="5" t="s">
-        <v>1181</v>
+        <v>148</v>
       </c>
     </row>
     <row r="1150" spans="1:7">
       <c r="A1150" s="3" t="s">
-        <v>1003</v>
+        <v>1599</v>
       </c>
       <c r="B1150" s="4" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="C1150" s="5">
         <v>50903</v>
       </c>
       <c r="D1150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1150" s="5">
         <v>40</v>
       </c>
       <c r="F1150" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1150" s="5" t="s">
-        <v>780</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="1151" spans="1:7">
       <c r="A1151" s="3" t="s">
-        <v>1992</v>
+        <v>1003</v>
       </c>
       <c r="B1151" s="4" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="C1151" s="5">
-        <v>50297</v>
+        <v>50903</v>
       </c>
       <c r="D1151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1151" s="5">
         <v>40</v>
       </c>
       <c r="F1151" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1151" s="5" t="s">
-        <v>131</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1152" spans="1:7">
       <c r="A1152" s="3" t="s">
-        <v>1599</v>
+        <v>1994</v>
       </c>
       <c r="B1152" s="4" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="C1152" s="5">
         <v>50297</v>
       </c>
       <c r="D1152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1152" s="5">
         <v>40</v>
       </c>
       <c r="F1152" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1152" s="5" t="s">
-        <v>500</v>
+        <v>131</v>
       </c>
     </row>
     <row r="1153" spans="1:7">
       <c r="A1153" s="3" t="s">
-        <v>1975</v>
+        <v>1599</v>
       </c>
       <c r="B1153" s="4" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="C1153" s="5">
         <v>50297</v>
       </c>
       <c r="D1153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1153" s="5">
         <v>40</v>
       </c>
       <c r="F1153" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1153" s="5" t="s">
-        <v>264</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1154" spans="1:7">
       <c r="A1154" s="3" t="s">
-        <v>1999</v>
+        <v>1977</v>
       </c>
       <c r="B1154" s="4" t="s">
         <v>2000</v>
       </c>
       <c r="C1154" s="5">
-        <v>49006</v>
+        <v>50297</v>
       </c>
       <c r="D1154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1154" s="5">
         <v>40</v>
       </c>
       <c r="F1154" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1154" s="5" t="s">
-        <v>2001</v>
+        <v>264</v>
       </c>
     </row>
     <row r="1155" spans="1:7">
       <c r="A1155" s="3" t="s">
-        <v>258</v>
+        <v>2001</v>
       </c>
       <c r="B1155" s="4" t="s">
         <v>2002</v>
       </c>
       <c r="C1155" s="5">
-        <v>49008</v>
+        <v>49006</v>
       </c>
       <c r="D1155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1155" s="5">
         <v>40</v>
       </c>
       <c r="F1155" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1155" s="5" t="s">
-        <v>382</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="1156" spans="1:7">
       <c r="A1156" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B1156" s="4" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="C1156" s="5">
-        <v>49013</v>
+        <v>49008</v>
       </c>
       <c r="D1156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1156" s="5">
         <v>40</v>
       </c>
       <c r="F1156" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1156" s="5" t="s">
-        <v>2004</v>
+        <v>382</v>
       </c>
     </row>
     <row r="1157" spans="1:7">
       <c r="A1157" s="3" t="s">
-        <v>1897</v>
+        <v>258</v>
       </c>
       <c r="B1157" s="4" t="s">
         <v>2005</v>
       </c>
       <c r="C1157" s="5">
-        <v>49015</v>
+        <v>49013</v>
       </c>
       <c r="D1157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1157" s="5">
         <v>40</v>
       </c>
       <c r="F1157" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1157" s="5" t="s">
-        <v>966</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="1158" spans="1:7">
       <c r="A1158" s="3" t="s">
-        <v>1581</v>
+        <v>1899</v>
       </c>
       <c r="B1158" s="4" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="C1158" s="5">
-        <v>49019</v>
+        <v>49015</v>
       </c>
       <c r="D1158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1158" s="5">
         <v>40</v>
       </c>
       <c r="F1158" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1158" s="5" t="s">
-        <v>341</v>
+        <v>966</v>
       </c>
     </row>
     <row r="1159" spans="1:7">
       <c r="A1159" s="3" t="s">
-        <v>258</v>
+        <v>1581</v>
       </c>
       <c r="B1159" s="4" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="C1159" s="5">
-        <v>49023</v>
+        <v>49019</v>
       </c>
       <c r="D1159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1159" s="5">
         <v>40</v>
       </c>
       <c r="F1159" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1159" s="5" t="s">
-        <v>1965</v>
+        <v>341</v>
       </c>
     </row>
     <row r="1160" spans="1:7">
       <c r="A1160" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B1160" s="4" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C1160" s="5">
-        <v>49030</v>
+        <v>49023</v>
       </c>
       <c r="D1160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1160" s="5">
         <v>40</v>
       </c>
       <c r="F1160" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1160" s="5" t="s">
-        <v>847</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="1161" spans="1:7">
       <c r="A1161" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B1161" s="4" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1161" s="5">
-        <v>49035</v>
+        <v>49030</v>
       </c>
       <c r="D1161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1161" s="5">
         <v>40</v>
       </c>
       <c r="F1161" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1161" s="5" t="s">
-        <v>1805</v>
+        <v>847</v>
       </c>
     </row>
     <row r="1162" spans="1:7">
       <c r="A1162" s="3" t="s">
-        <v>1581</v>
+        <v>258</v>
       </c>
       <c r="B1162" s="4" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1162" s="5">
-        <v>49042</v>
+        <v>49035</v>
       </c>
       <c r="D1162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1162" s="5">
         <v>40</v>
       </c>
       <c r="F1162" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1162" s="5" t="s">
-        <v>394</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="1163" spans="1:7">
       <c r="A1163" s="3" t="s">
         <v>1581</v>
       </c>
       <c r="B1163" s="4" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1163" s="5">
-        <v>49046</v>
+        <v>49042</v>
       </c>
       <c r="D1163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1163" s="5">
         <v>40</v>
       </c>
       <c r="F1163" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1163" s="5" t="s">
-        <v>1114</v>
+        <v>394</v>
       </c>
     </row>
     <row r="1164" spans="1:7">
       <c r="A1164" s="3" t="s">
-        <v>258</v>
+        <v>1581</v>
       </c>
       <c r="B1164" s="4" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1164" s="5">
-        <v>49068</v>
+        <v>49046</v>
       </c>
       <c r="D1164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1164" s="5">
         <v>40</v>
       </c>
       <c r="F1164" s="5" t="s">
-        <v>2013</v>
+        <v>15</v>
       </c>
       <c r="G1164" s="5" t="s">
-        <v>927</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="1165" spans="1:7">
       <c r="A1165" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B1165" s="4" t="s">
         <v>2014</v>
       </c>
       <c r="C1165" s="5">
-        <v>49071</v>
+        <v>49068</v>
       </c>
       <c r="D1165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1165" s="5">
         <v>40</v>
       </c>
       <c r="F1165" s="5" t="s">
-        <v>15</v>
+        <v>2015</v>
       </c>
       <c r="G1165" s="5" t="s">
-        <v>2015</v>
+        <v>927</v>
       </c>
     </row>
     <row r="1166" spans="1:7">
       <c r="A1166" s="3" t="s">
-        <v>1894</v>
+        <v>258</v>
       </c>
       <c r="B1166" s="4" t="s">
         <v>2016</v>
       </c>
       <c r="C1166" s="5">
         <v>49071</v>
       </c>
       <c r="D1166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1166" s="5">
         <v>40</v>
       </c>
       <c r="F1166" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1166" s="5" t="s">
         <v>2017</v>
       </c>
     </row>
     <row r="1167" spans="1:7">
       <c r="A1167" s="3" t="s">
-        <v>258</v>
+        <v>1896</v>
       </c>
       <c r="B1167" s="4" t="s">
         <v>2018</v>
       </c>
       <c r="C1167" s="5">
         <v>49071</v>
       </c>
       <c r="D1167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1167" s="5">
         <v>40</v>
       </c>
       <c r="F1167" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1167" s="5" t="s">
-        <v>837</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="1168" spans="1:7">
       <c r="A1168" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B1168" s="4" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C1168" s="5">
         <v>49071</v>
       </c>
       <c r="D1168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1168" s="5">
         <v>40</v>
       </c>
       <c r="F1168" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1168" s="5" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="1169" spans="1:7">
       <c r="A1169" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B1169" s="4" t="s">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1169" s="5">
         <v>49071</v>
       </c>
       <c r="D1169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1169" s="5">
         <v>40</v>
       </c>
       <c r="F1169" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1169" s="5" t="s">
-        <v>1172</v>
+        <v>837</v>
       </c>
     </row>
     <row r="1170" spans="1:7">
       <c r="A1170" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B1170" s="4" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1170" s="5">
-        <v>49095</v>
+        <v>49071</v>
       </c>
       <c r="D1170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1170" s="5">
         <v>40</v>
       </c>
       <c r="F1170" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1170" s="5" t="s">
-        <v>2022</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="1171" spans="1:7">
       <c r="A1171" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B1171" s="4" t="s">
         <v>2023</v>
       </c>
       <c r="C1171" s="5">
-        <v>49103</v>
+        <v>49095</v>
       </c>
       <c r="D1171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1171" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F1171" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1171" s="5" t="s">
         <v>2024</v>
       </c>
     </row>
     <row r="1172" spans="1:7">
       <c r="A1172" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="B1172" s="4" t="s">
         <v>2025</v>
-      </c>
-[...1 lines deleted...]
-        <v>2023</v>
       </c>
       <c r="C1172" s="5">
         <v>49103</v>
       </c>
       <c r="D1172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1172" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F1172" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1172" s="5" t="s">
-        <v>727</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="1173" spans="1:7">
       <c r="A1173" s="3" t="s">
-        <v>1581</v>
+        <v>2027</v>
       </c>
       <c r="B1173" s="4" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="C1173" s="5">
-        <v>49117</v>
+        <v>49103</v>
       </c>
       <c r="D1173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1173" s="5">
         <v>40</v>
       </c>
       <c r="F1173" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1173" s="5" t="s">
-        <v>304</v>
+        <v>727</v>
       </c>
     </row>
     <row r="1174" spans="1:7">
       <c r="A1174" s="3" t="s">
-        <v>2025</v>
+        <v>1581</v>
       </c>
       <c r="B1174" s="4" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="C1174" s="5">
-        <v>49122</v>
+        <v>49117</v>
       </c>
       <c r="D1174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1174" s="5">
         <v>40</v>
       </c>
       <c r="F1174" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1174" s="5" t="s">
-        <v>424</v>
+        <v>304</v>
       </c>
     </row>
     <row r="1175" spans="1:7">
       <c r="A1175" s="3" t="s">
-        <v>1897</v>
+        <v>2027</v>
       </c>
       <c r="B1175" s="4" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="C1175" s="5">
-        <v>49149</v>
+        <v>49122</v>
       </c>
       <c r="D1175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1175" s="5">
         <v>40</v>
       </c>
       <c r="F1175" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1175" s="5" t="s">
-        <v>919</v>
+        <v>424</v>
       </c>
     </row>
     <row r="1176" spans="1:7">
       <c r="A1176" s="3" t="s">
-        <v>258</v>
+        <v>1899</v>
       </c>
       <c r="B1176" s="4" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="C1176" s="5">
-        <v>49153</v>
+        <v>49149</v>
       </c>
       <c r="D1176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1176" s="5">
         <v>40</v>
       </c>
       <c r="F1176" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1176" s="5" t="s">
-        <v>722</v>
+        <v>919</v>
       </c>
     </row>
     <row r="1177" spans="1:7">
       <c r="A1177" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B1177" s="4" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="C1177" s="5">
-        <v>49158</v>
+        <v>49153</v>
       </c>
       <c r="D1177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1177" s="5">
         <v>40</v>
       </c>
       <c r="F1177" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1177" s="5" t="s">
-        <v>2031</v>
+        <v>722</v>
       </c>
     </row>
     <row r="1178" spans="1:7">
       <c r="A1178" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B1178" s="4" t="s">
         <v>2032</v>
       </c>
       <c r="C1178" s="5">
-        <v>49160</v>
+        <v>49158</v>
       </c>
       <c r="D1178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1178" s="5">
         <v>40</v>
       </c>
       <c r="F1178" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1178" s="5" t="s">
-        <v>97</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="1179" spans="1:7">
       <c r="A1179" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B1179" s="4" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="C1179" s="5">
-        <v>49163</v>
+        <v>49160</v>
       </c>
       <c r="D1179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1179" s="5">
         <v>40</v>
       </c>
       <c r="F1179" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1179" s="5" t="s">
-        <v>2034</v>
+        <v>97</v>
       </c>
     </row>
     <row r="1180" spans="1:7">
       <c r="A1180" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B1180" s="4" t="s">
         <v>2035</v>
       </c>
       <c r="C1180" s="5">
-        <v>49179</v>
+        <v>49163</v>
       </c>
       <c r="D1180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1180" s="5">
         <v>40</v>
       </c>
       <c r="F1180" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1180" s="5" t="s">
-        <v>578</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="1181" spans="1:7">
       <c r="A1181" s="3" t="s">
-        <v>1894</v>
+        <v>258</v>
       </c>
       <c r="B1181" s="4" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="C1181" s="5">
-        <v>49197</v>
+        <v>49179</v>
       </c>
       <c r="D1181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1181" s="5">
         <v>40</v>
       </c>
       <c r="F1181" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1181" s="5" t="s">
-        <v>2037</v>
+        <v>578</v>
       </c>
     </row>
     <row r="1182" spans="1:7">
       <c r="A1182" s="3" t="s">
-        <v>258</v>
+        <v>1896</v>
       </c>
       <c r="B1182" s="4" t="s">
         <v>2038</v>
       </c>
       <c r="C1182" s="5">
-        <v>49202</v>
+        <v>49197</v>
       </c>
       <c r="D1182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1182" s="5">
         <v>40</v>
       </c>
       <c r="F1182" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1182" s="5" t="s">
-        <v>810</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="1183" spans="1:7">
       <c r="A1183" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B1183" s="4" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
       <c r="C1183" s="5">
-        <v>49219</v>
+        <v>49202</v>
       </c>
       <c r="D1183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1183" s="5">
         <v>40</v>
       </c>
       <c r="F1183" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1183" s="5" t="s">
-        <v>1162</v>
+        <v>810</v>
       </c>
     </row>
     <row r="1184" spans="1:7">
       <c r="A1184" s="3" t="s">
-        <v>1581</v>
+        <v>258</v>
       </c>
       <c r="B1184" s="4" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
       <c r="C1184" s="5">
-        <v>49242</v>
+        <v>49219</v>
       </c>
       <c r="D1184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1184" s="5">
         <v>40</v>
       </c>
       <c r="F1184" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1184" s="5" t="s">
-        <v>201</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="1185" spans="1:7">
       <c r="A1185" s="3" t="s">
-        <v>258</v>
+        <v>1581</v>
       </c>
       <c r="B1185" s="4" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="C1185" s="5">
-        <v>49247</v>
+        <v>49242</v>
       </c>
       <c r="D1185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1185" s="5">
         <v>40</v>
       </c>
       <c r="F1185" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1185" s="5" t="s">
-        <v>1991</v>
+        <v>201</v>
       </c>
     </row>
     <row r="1186" spans="1:7">
       <c r="A1186" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B1186" s="4" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="C1186" s="5">
-        <v>49251</v>
+        <v>49247</v>
       </c>
       <c r="D1186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1186" s="5">
         <v>40</v>
       </c>
       <c r="F1186" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1186" s="5" t="s">
-        <v>847</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="1187" spans="1:7">
       <c r="A1187" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B1187" s="4" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="C1187" s="5">
-        <v>49258</v>
+        <v>49251</v>
       </c>
       <c r="D1187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1187" s="5">
         <v>40</v>
       </c>
       <c r="F1187" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1187" s="5" t="s">
-        <v>653</v>
+        <v>847</v>
       </c>
     </row>
     <row r="1188" spans="1:7">
       <c r="A1188" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B1188" s="4" t="s">
-        <v>2044</v>
+        <v>2045</v>
       </c>
       <c r="C1188" s="5">
-        <v>49272</v>
+        <v>49258</v>
       </c>
       <c r="D1188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1188" s="5">
         <v>40</v>
       </c>
       <c r="F1188" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1188" s="5" t="s">
-        <v>2045</v>
+        <v>653</v>
       </c>
     </row>
     <row r="1189" spans="1:7">
       <c r="A1189" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B1189" s="4" t="s">
         <v>2046</v>
       </c>
       <c r="C1189" s="5">
-        <v>49275</v>
+        <v>49272</v>
       </c>
       <c r="D1189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1189" s="5">
         <v>40</v>
       </c>
       <c r="F1189" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1189" s="5" t="s">
         <v>2047</v>
       </c>
     </row>
     <row r="1190" spans="1:7">
       <c r="A1190" s="3" t="s">
-        <v>1999</v>
+        <v>258</v>
       </c>
       <c r="B1190" s="4" t="s">
-        <v>2046</v>
+        <v>2048</v>
       </c>
       <c r="C1190" s="5">
         <v>49275</v>
       </c>
       <c r="D1190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1190" s="5">
         <v>40</v>
       </c>
       <c r="F1190" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1190" s="5" t="s">
-        <v>697</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="1191" spans="1:7">
       <c r="A1191" s="3" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="B1191" s="4" t="s">
         <v>2048</v>
       </c>
       <c r="C1191" s="5">
         <v>49275</v>
       </c>
       <c r="D1191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1191" s="5">
         <v>40</v>
       </c>
       <c r="F1191" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1191" s="5" t="s">
-        <v>1470</v>
+        <v>697</v>
       </c>
     </row>
     <row r="1192" spans="1:7">
       <c r="A1192" s="3" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="B1192" s="4" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="C1192" s="5">
         <v>49275</v>
       </c>
       <c r="D1192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1192" s="5">
         <v>40</v>
       </c>
       <c r="F1192" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1192" s="5" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:7">
+      <c r="A1193" s="3" t="s">
+        <v>2001</v>
+      </c>
+      <c r="B1193" s="4" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C1193" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D1193" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1193" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1193" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1193" s="5" t="s">
         <v>1415</v>
       </c>
     </row>
-    <row r="1193" spans="1:7">
-[...4 lines deleted...]
-      <c r="G1193" s="1"/>
+    <row r="1194" spans="1:7">
+      <c r="A1194" s="2"/>
+      <c r="C1194" s="1"/>
+      <c r="E1194" s="1"/>
+      <c r="F1194" s="1"/>
+      <c r="G1194" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">