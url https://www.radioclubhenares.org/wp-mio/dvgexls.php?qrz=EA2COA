--- v1 (2025-12-13)
+++ v2 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2052">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA2COA</t>
   </si>
   <si>
     <t>1.056 Referencias DVGE - 1.188 QSO encontrados - 839 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #899 (13-12-2025 10:32)</t>
+    <t>Ranking #899 (09-02-2026 15:30)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>ED5GDM</t>
   </si>