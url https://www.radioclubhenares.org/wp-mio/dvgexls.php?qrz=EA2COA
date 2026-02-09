--- v2 (2026-02-09)
+++ v3 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2052">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA2COA</t>
   </si>
   <si>
     <t>1.056 Referencias DVGE - 1.188 QSO encontrados - 839 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #899 (09-02-2026 15:30)</t>
+    <t>Ranking #899 (09-02-2026 17:11)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>ED5GDM</t>
   </si>