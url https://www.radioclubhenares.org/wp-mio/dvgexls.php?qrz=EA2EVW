--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA2EVW</t>
   </si>
   <si>
-    <t>62 Referencias DVGE - 64 QSO encontrados - 62 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #5604 (15-10-2025 04:04)</t>
+    <t>63 Referencias DVGE - 65 QSO encontrados - 63 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #5604 (15-12-2025 20:04)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>
@@ -374,72 +374,81 @@
   <si>
     <t>28/08/2022</t>
   </si>
   <si>
     <t>VGNA-053</t>
   </si>
   <si>
     <t>25/08/2023</t>
   </si>
   <si>
     <t>EB1DM/P</t>
   </si>
   <si>
     <t>VGO-028</t>
   </si>
   <si>
     <t>30/12/2023</t>
   </si>
   <si>
     <t>VGO-067</t>
   </si>
   <si>
     <t>VGP-056</t>
   </si>
   <si>
+    <t>EA3FNZ</t>
+  </si>
+  <si>
+    <t>VGP-070</t>
+  </si>
+  <si>
+    <t>14/10/2025</t>
+  </si>
+  <si>
     <t>EA1RCI/P</t>
   </si>
   <si>
     <t>VGPO-008</t>
   </si>
   <si>
     <t>30/08/2023</t>
   </si>
   <si>
     <t>EA1FQO</t>
   </si>
   <si>
     <t>VGPO-025</t>
   </si>
   <si>
     <t>04/08/2024</t>
   </si>
   <si>
+    <t>EC1DJ/P</t>
+  </si>
+  <si>
     <t>VGPO-103</t>
-  </si>
-[...1 lines deleted...]
-    <t>EC1DJ/P</t>
   </si>
   <si>
     <t>26/04/2025</t>
   </si>
   <si>
     <t>VGPO-104</t>
   </si>
   <si>
     <t>EA7HMK</t>
   </si>
   <si>
     <t>VGSA-111</t>
   </si>
   <si>
     <t>22/08/2023</t>
   </si>
   <si>
     <t>EA1RCC</t>
   </si>
   <si>
     <t>VGSA-136</t>
   </si>
   <si>
     <t>03/12/2022</t>
   </si>
@@ -1033,51 +1042,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G70"/>
+  <dimension ref="A1:G71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -1933,692 +1942,715 @@
       </c>
       <c r="C41" s="5">
         <v>34074</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="5">
         <v>40</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G41" s="5" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>121</v>
       </c>
       <c r="C42" s="5">
-        <v>36005</v>
+        <v>34099</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="5">
         <v>40</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G42" s="5" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>124</v>
       </c>
       <c r="C43" s="5">
-        <v>36013</v>
+        <v>36005</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="5">
         <v>40</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G43" s="5" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="3" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C44" s="5">
-        <v>36901</v>
+        <v>36013</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="5">
         <v>40</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G44" s="5" t="s">
-        <v>83</v>
+        <v>128</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C45" s="5">
         <v>36901</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="5">
         <v>40</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G45" s="5" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="3" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C46" s="5">
-        <v>36061</v>
+        <v>36901</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="5">
         <v>40</v>
       </c>
       <c r="F46" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G46" s="5" t="s">
-        <v>122</v>
+        <v>83</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="3" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C47" s="5">
-        <v>37179</v>
+        <v>36061</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="5">
         <v>40</v>
       </c>
       <c r="F47" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G47" s="5" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>134</v>
       </c>
       <c r="C48" s="5">
-        <v>37231</v>
+        <v>37179</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="5">
         <v>40</v>
       </c>
       <c r="F48" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G48" s="5" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>137</v>
       </c>
       <c r="C49" s="5">
-        <v>37301</v>
+        <v>37231</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="5">
         <v>40</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="5" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>140</v>
       </c>
       <c r="C50" s="5">
-        <v>41039</v>
+        <v>37301</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="5">
         <v>40</v>
       </c>
       <c r="F50" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="3" t="s">
-        <v>55</v>
+        <v>142</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C51" s="5">
-        <v>20033</v>
+        <v>41039</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="5">
         <v>40</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G51" s="5" t="s">
-        <v>106</v>
+        <v>144</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="3" t="s">
-        <v>143</v>
+        <v>55</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C52" s="5">
-        <v>20016</v>
+        <v>20033</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="5">
         <v>40</v>
       </c>
       <c r="F52" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G52" s="5" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="3" t="s">
-        <v>58</v>
+        <v>146</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C53" s="5">
-        <v>20019</v>
+        <v>20016</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="5">
         <v>40</v>
       </c>
       <c r="F53" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G53" s="5" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="3" t="s">
-        <v>148</v>
+        <v>58</v>
       </c>
       <c r="B54" s="4" t="s">
         <v>149</v>
       </c>
       <c r="C54" s="5">
-        <v>43118</v>
+        <v>20019</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="5">
         <v>40</v>
       </c>
       <c r="F54" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G54" s="5" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>152</v>
       </c>
       <c r="C55" s="5">
-        <v>44017</v>
+        <v>43118</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="5">
         <v>40</v>
       </c>
       <c r="F55" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G55" s="5" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B56" s="4" t="s">
         <v>155</v>
       </c>
       <c r="C56" s="5">
-        <v>44165</v>
+        <v>44017</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="5">
         <v>40</v>
       </c>
       <c r="F56" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G56" s="5" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>158</v>
       </c>
       <c r="C57" s="5">
-        <v>44249</v>
+        <v>44165</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="5">
         <v>40</v>
       </c>
       <c r="F57" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G57" s="5" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="3" t="s">
-        <v>67</v>
+        <v>160</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C58" s="5">
-        <v>45064</v>
+        <v>44249</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="5">
         <v>40</v>
       </c>
       <c r="F58" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G58" s="5" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="3" t="s">
-        <v>162</v>
+        <v>67</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>163</v>
       </c>
       <c r="C59" s="5">
-        <v>46182</v>
+        <v>45064</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="5">
         <v>40</v>
       </c>
       <c r="F59" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G59" s="5" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B60" s="4" t="s">
         <v>166</v>
       </c>
       <c r="C60" s="5">
-        <v>46190</v>
+        <v>46182</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="5">
         <v>40</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="5" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="3" t="s">
-        <v>58</v>
+        <v>168</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="C61" s="5" t="s">
         <v>169</v>
+      </c>
+      <c r="C61" s="5">
+        <v>46190</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="5">
         <v>40</v>
       </c>
       <c r="F61" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G61" s="5" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B62" s="4" t="s">
         <v>171</v>
       </c>
-      <c r="B62" s="4" t="s">
+      <c r="C62" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="C62" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="5">
         <v>40</v>
       </c>
       <c r="F62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G62" s="5" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C63" s="5">
-        <v>49021</v>
+        <v>50023</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="5">
         <v>40</v>
       </c>
       <c r="F63" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G63" s="5" t="s">
-        <v>175</v>
+        <v>156</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="3" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C64" s="5">
-        <v>49056</v>
+        <v>49021</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="5">
         <v>40</v>
       </c>
       <c r="F64" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G64" s="5" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="3" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C65" s="5">
-        <v>49129</v>
+        <v>49056</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="5">
         <v>40</v>
       </c>
       <c r="F65" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G65" s="5" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="3" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C66" s="5">
-        <v>49207</v>
+        <v>49129</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="5">
         <v>40</v>
       </c>
       <c r="F66" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G66" s="5" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="3" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C67" s="5">
-        <v>49242</v>
+        <v>49207</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="5">
         <v>40</v>
       </c>
       <c r="F67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G67" s="5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="3" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="B68" s="4" t="s">
         <v>185</v>
       </c>
       <c r="C68" s="5">
-        <v>49252</v>
+        <v>49242</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="5">
         <v>40</v>
       </c>
       <c r="F68" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G68" s="5" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="3" t="s">
-        <v>173</v>
+        <v>187</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C69" s="5">
+        <v>49252</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="5">
+        <v>40</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G69" s="5" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7">
+      <c r="A70" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B70" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="C70" s="5">
         <v>49275</v>
       </c>
-      <c r="D69" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G69" s="5" t="s">
+      <c r="D70" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="5">
+        <v>40</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G70" s="5" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="70" spans="1:7">
-[...4 lines deleted...]
-      <c r="G70" s="1"/>
+    <row r="71" spans="1:7">
+      <c r="A71" s="2"/>
+      <c r="C71" s="1"/>
+      <c r="E71" s="1"/>
+      <c r="F71" s="1"/>
+      <c r="G71" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">