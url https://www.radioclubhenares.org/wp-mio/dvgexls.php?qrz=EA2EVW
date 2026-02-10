--- v1 (2025-12-15)
+++ v2 (2026-02-10)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA2EVW</t>
   </si>
   <si>
     <t>63 Referencias DVGE - 65 QSO encontrados - 63 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #5604 (15-12-2025 20:04)</t>
+    <t>Ranking #5604 (10-02-2026 17:04)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>