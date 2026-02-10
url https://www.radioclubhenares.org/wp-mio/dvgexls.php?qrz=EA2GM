--- v0 (2025-10-25)
+++ v1 (2026-02-10)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA2GM</t>
   </si>
   <si>
     <t>33 Referencias DVGE - 33 QSO encontrados - 31 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #5913 (25-10-2025 16:02)</t>
+    <t>Ranking #5913 (10-02-2026 06:45)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA4DON/P</t>
   </si>