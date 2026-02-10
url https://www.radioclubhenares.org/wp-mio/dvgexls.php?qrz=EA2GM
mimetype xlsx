--- v1 (2026-02-10)
+++ v2 (2026-02-10)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA2GM</t>
   </si>
   <si>
     <t>33 Referencias DVGE - 33 QSO encontrados - 31 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #5913 (10-02-2026 06:45)</t>
+    <t>Ranking #5913 (10-02-2026 06:50)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA4DON/P</t>
   </si>