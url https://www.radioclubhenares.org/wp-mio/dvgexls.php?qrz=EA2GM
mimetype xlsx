--- v2 (2026-02-10)
+++ v3 (2026-03-29)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA2GM</t>
   </si>
   <si>
-    <t>33 Referencias DVGE - 33 QSO encontrados - 31 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #5913 (10-02-2026 06:50)</t>
+    <t>34 Referencias DVGE - 34 QSO encontrados - 32 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #5913 (29-03-2026 10:40)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA4DON/P</t>
   </si>
@@ -300,50 +300,59 @@
     <t>VGO-191</t>
   </si>
   <si>
     <t>10/01/2015</t>
   </si>
   <si>
     <t>VGO-206</t>
   </si>
   <si>
     <t>03/01/2015</t>
   </si>
   <si>
     <t>VGO-233</t>
   </si>
   <si>
     <t>25/01/2014</t>
   </si>
   <si>
     <t>EA1BQR</t>
   </si>
   <si>
     <t>VGSO-020</t>
   </si>
   <si>
     <t>16/04/2017</t>
+  </si>
+  <si>
+    <t>EA8AA</t>
+  </si>
+  <si>
+    <t>VGTF-111</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
   </si>
   <si>
     <t>EA4IF/P</t>
   </si>
   <si>
     <t>VGTO-094</t>
   </si>
   <si>
     <t>23/08/2014</t>
   </si>
   <si>
     <t>EA4CWN/P</t>
   </si>
   <si>
     <t>VGTO-217</t>
   </si>
   <si>
     <t>23/03/2014</t>
   </si>
   <si>
     <t>VGTO-231</t>
   </si>
   <si>
     <t>29/03/2014</t>
   </si>
@@ -787,51 +796,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G39"/>
+  <dimension ref="A1:G40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -1526,140 +1535,163 @@
       </c>
       <c r="C34" s="5">
         <v>42020</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E34" s="5">
         <v>40</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G34" s="5" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>97</v>
       </c>
       <c r="C35" s="5">
-        <v>45055</v>
+        <v>38038</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E35" s="5">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="G35" s="5" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>100</v>
       </c>
       <c r="C36" s="5">
-        <v>45114</v>
+        <v>45055</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E36" s="5">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>21</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="3" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C37" s="5">
-        <v>45122</v>
+        <v>45114</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E37" s="5">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>21</v>
       </c>
       <c r="G37" s="5" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C38" s="5">
-        <v>45200</v>
+        <v>45122</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E38" s="5">
         <v>40</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>21</v>
       </c>
       <c r="G38" s="5" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="39" spans="1:7">
-      <c r="A39" s="2"/>
-[...3 lines deleted...]
-      <c r="G39" s="1"/>
+      <c r="A39" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C39" s="5">
+        <v>45200</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" s="5">
+        <v>40</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" s="5" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7">
+      <c r="A40" s="2"/>
+      <c r="C40" s="1"/>
+      <c r="E40" s="1"/>
+      <c r="F40" s="1"/>
+      <c r="G40" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">