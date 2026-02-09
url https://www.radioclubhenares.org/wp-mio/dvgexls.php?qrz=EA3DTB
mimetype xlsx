--- v0 (2025-10-25)
+++ v1 (2026-02-09)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="996">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="998">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA3DTB</t>
   </si>
   <si>
-    <t>401 Referencias DVGE - 411 QSO encontrados - 358 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1700 (25-10-2025 20:08)</t>
+    <t>401 Referencias DVGE - 412 QSO encontrados - 358 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1700 (09-02-2026 05:23)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5IIC</t>
   </si>
@@ -2682,50 +2682,56 @@
     <t>EA5ON</t>
   </si>
   <si>
     <t>VGV-118</t>
   </si>
   <si>
     <t>VGV-119</t>
   </si>
   <si>
     <t>14/06/2020</t>
   </si>
   <si>
     <t>VGV-137</t>
   </si>
   <si>
     <t>EE5GUI</t>
   </si>
   <si>
     <t>VGV-147</t>
   </si>
   <si>
     <t>VGV-151</t>
   </si>
   <si>
     <t>11/03/2012</t>
+  </si>
+  <si>
+    <t>EB5URT</t>
+  </si>
+  <si>
+    <t>09/11/2025</t>
   </si>
   <si>
     <t>EA5GUI/P</t>
   </si>
   <si>
     <t>VGV-173</t>
   </si>
   <si>
     <t>02/03/2008</t>
   </si>
   <si>
     <t>VGV-196</t>
   </si>
   <si>
     <t>11/06/2017</t>
   </si>
   <si>
     <t>EA1FEJ/P</t>
   </si>
   <si>
     <t>VGVA-008</t>
   </si>
   <si>
     <t>22/03/2008</t>
   </si>
@@ -3457,51 +3463,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G417"/>
+  <dimension ref="A1:G418"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -11737,1293 +11743,1316 @@
       </c>
       <c r="B362" s="4" t="s">
         <v>888</v>
       </c>
       <c r="C362" s="5">
         <v>46202</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E362" s="5">
         <v>40</v>
       </c>
       <c r="F362" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G362" s="5" t="s">
         <v>889</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" s="3" t="s">
         <v>890</v>
       </c>
       <c r="B363" s="4" t="s">
+        <v>888</v>
+      </c>
+      <c r="C363" s="5">
+        <v>46202</v>
+      </c>
+      <c r="D363" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E363" s="5">
+        <v>40</v>
+      </c>
+      <c r="F363" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G363" s="5" t="s">
         <v>891</v>
-      </c>
-[...13 lines deleted...]
-        <v>892</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" s="3" t="s">
-        <v>881</v>
+        <v>892</v>
       </c>
       <c r="B364" s="4" t="s">
         <v>893</v>
       </c>
       <c r="C364" s="5">
-        <v>46235</v>
+        <v>46213</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E364" s="5">
         <v>40</v>
       </c>
       <c r="F364" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G364" s="5" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="B365" s="4" t="s">
         <v>895</v>
       </c>
-      <c r="B365" s="4" t="s">
+      <c r="C365" s="5">
+        <v>46235</v>
+      </c>
+      <c r="D365" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E365" s="5">
+        <v>40</v>
+      </c>
+      <c r="F365" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G365" s="5" t="s">
         <v>896</v>
-      </c>
-[...13 lines deleted...]
-        <v>897</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="B366" s="4" t="s">
         <v>898</v>
       </c>
-      <c r="B366" s="4" t="s">
+      <c r="C366" s="5">
+        <v>47014</v>
+      </c>
+      <c r="D366" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E366" s="5">
+        <v>40</v>
+      </c>
+      <c r="F366" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G366" s="5" t="s">
         <v>899</v>
-      </c>
-[...13 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" s="3" t="s">
-        <v>301</v>
+        <v>900</v>
       </c>
       <c r="B367" s="4" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C367" s="5">
-        <v>47101</v>
+        <v>47039</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E367" s="5">
         <v>40</v>
       </c>
       <c r="F367" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G367" s="5" t="s">
-        <v>901</v>
+        <v>26</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" s="3" t="s">
-        <v>898</v>
+        <v>301</v>
       </c>
       <c r="B368" s="4" t="s">
         <v>902</v>
       </c>
       <c r="C368" s="5">
-        <v>47129</v>
+        <v>47101</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E368" s="5">
         <v>40</v>
       </c>
       <c r="F368" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G368" s="5" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" s="3" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="B369" s="4" t="s">
         <v>904</v>
       </c>
       <c r="C369" s="5">
-        <v>47218</v>
+        <v>47129</v>
       </c>
       <c r="D369" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E369" s="5">
         <v>40</v>
       </c>
       <c r="F369" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G369" s="5" t="s">
-        <v>508</v>
+        <v>905</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" s="3" t="s">
-        <v>716</v>
+        <v>900</v>
       </c>
       <c r="B370" s="4" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C370" s="5">
-        <v>47220</v>
+        <v>47218</v>
       </c>
       <c r="D370" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E370" s="5">
         <v>40</v>
       </c>
       <c r="F370" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G370" s="5" t="s">
-        <v>60</v>
+        <v>508</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" s="3" t="s">
-        <v>906</v>
+        <v>716</v>
       </c>
       <c r="B371" s="4" t="s">
         <v>907</v>
       </c>
-      <c r="C371" s="5" t="s">
-        <v>908</v>
+      <c r="C371" s="5">
+        <v>47220</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E371" s="5">
         <v>40</v>
       </c>
       <c r="F371" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G371" s="5" t="s">
-        <v>909</v>
+        <v>60</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" s="3" t="s">
+        <v>908</v>
+      </c>
+      <c r="B372" s="4" t="s">
+        <v>909</v>
+      </c>
+      <c r="C372" s="5" t="s">
         <v>910</v>
       </c>
-      <c r="B372" s="4" t="s">
+      <c r="D372" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E372" s="5">
+        <v>40</v>
+      </c>
+      <c r="F372" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G372" s="5" t="s">
         <v>911</v>
-      </c>
-[...13 lines deleted...]
-        <v>913</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" s="3" t="s">
-        <v>275</v>
+        <v>912</v>
       </c>
       <c r="B373" s="4" t="s">
+        <v>913</v>
+      </c>
+      <c r="C373" s="5" t="s">
         <v>914</v>
       </c>
-      <c r="C373" s="5" t="s">
+      <c r="D373" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E373" s="5">
+        <v>40</v>
+      </c>
+      <c r="F373" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G373" s="5" t="s">
         <v>915</v>
-      </c>
-[...10 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B374" s="4" t="s">
         <v>916</v>
       </c>
-      <c r="B374" s="4" t="s">
+      <c r="C374" s="5" t="s">
         <v>917</v>
       </c>
-      <c r="C374" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D374" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E374" s="5">
         <v>40</v>
       </c>
       <c r="F374" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G374" s="5" t="s">
-        <v>919</v>
+        <v>195</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" s="3" t="s">
+        <v>918</v>
+      </c>
+      <c r="B375" s="4" t="s">
+        <v>919</v>
+      </c>
+      <c r="C375" s="5" t="s">
         <v>920</v>
       </c>
-      <c r="B375" s="4" t="s">
+      <c r="D375" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E375" s="5">
+        <v>40</v>
+      </c>
+      <c r="F375" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G375" s="5" t="s">
         <v>921</v>
-      </c>
-[...13 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" s="3" t="s">
         <v>922</v>
       </c>
       <c r="B376" s="4" t="s">
         <v>923</v>
       </c>
       <c r="C376" s="5" t="s">
-        <v>924</v>
+        <v>914</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E376" s="5">
         <v>40</v>
       </c>
       <c r="F376" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G376" s="5" t="s">
-        <v>925</v>
+        <v>183</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" s="3" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="B377" s="4" t="s">
+        <v>925</v>
+      </c>
+      <c r="C377" s="5" t="s">
         <v>926</v>
       </c>
-      <c r="C377" s="5" t="s">
+      <c r="D377" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E377" s="5">
+        <v>40</v>
+      </c>
+      <c r="F377" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G377" s="5" t="s">
         <v>927</v>
-      </c>
-[...10 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" s="3" t="s">
+        <v>922</v>
+      </c>
+      <c r="B378" s="4" t="s">
         <v>928</v>
       </c>
-      <c r="B378" s="4" t="s">
+      <c r="C378" s="5" t="s">
         <v>929</v>
       </c>
-      <c r="C378" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="D378" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E378" s="5">
         <v>40</v>
       </c>
       <c r="F378" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G378" s="5" t="s">
-        <v>930</v>
+        <v>424</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" s="3" t="s">
-        <v>672</v>
+        <v>930</v>
       </c>
       <c r="B379" s="4" t="s">
         <v>931</v>
       </c>
       <c r="C379" s="5">
-        <v>50055</v>
+        <v>50023</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E379" s="5">
         <v>40</v>
       </c>
       <c r="F379" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G379" s="5" t="s">
-        <v>519</v>
+        <v>932</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" s="3" t="s">
         <v>672</v>
       </c>
       <c r="B380" s="4" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C380" s="5">
-        <v>50073</v>
+        <v>50055</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E380" s="5">
         <v>40</v>
       </c>
       <c r="F380" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G380" s="5" t="s">
-        <v>933</v>
+        <v>519</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="B381" s="4" t="s">
         <v>934</v>
       </c>
-      <c r="B381" s="4" t="s">
+      <c r="C381" s="5">
+        <v>50073</v>
+      </c>
+      <c r="D381" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E381" s="5">
+        <v>40</v>
+      </c>
+      <c r="F381" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G381" s="5" t="s">
         <v>935</v>
-      </c>
-[...13 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" s="3" t="s">
         <v>936</v>
       </c>
       <c r="B382" s="4" t="s">
         <v>937</v>
       </c>
       <c r="C382" s="5">
-        <v>50115</v>
+        <v>50102</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E382" s="5">
         <v>40</v>
       </c>
       <c r="F382" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G382" s="5" t="s">
-        <v>938</v>
+        <v>499</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" s="3" t="s">
+        <v>938</v>
+      </c>
+      <c r="B383" s="4" t="s">
         <v>939</v>
       </c>
-      <c r="B383" s="4" t="s">
+      <c r="C383" s="5">
+        <v>50115</v>
+      </c>
+      <c r="D383" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E383" s="5">
+        <v>40</v>
+      </c>
+      <c r="F383" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G383" s="5" t="s">
         <v>940</v>
-      </c>
-[...13 lines deleted...]
-        <v>941</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" s="3" t="s">
-        <v>672</v>
+        <v>941</v>
       </c>
       <c r="B384" s="4" t="s">
         <v>942</v>
       </c>
       <c r="C384" s="5">
-        <v>50153</v>
+        <v>50137</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E384" s="5">
         <v>40</v>
       </c>
       <c r="F384" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G384" s="5" t="s">
         <v>943</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="B385" s="4" t="s">
         <v>944</v>
       </c>
-      <c r="B385" s="4" t="s">
+      <c r="C385" s="5">
+        <v>50153</v>
+      </c>
+      <c r="D385" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E385" s="5">
+        <v>40</v>
+      </c>
+      <c r="F385" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G385" s="5" t="s">
         <v>945</v>
-      </c>
-[...13 lines deleted...]
-        <v>946</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" s="3" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="B386" s="4" t="s">
         <v>947</v>
       </c>
       <c r="C386" s="5">
-        <v>50182</v>
+        <v>50170</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E386" s="5">
         <v>40</v>
       </c>
       <c r="F386" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G386" s="5" t="s">
-        <v>654</v>
+        <v>948</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" s="3" t="s">
-        <v>672</v>
+        <v>946</v>
       </c>
       <c r="B387" s="4" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C387" s="5">
-        <v>50204</v>
+        <v>50182</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E387" s="5">
         <v>40</v>
       </c>
       <c r="F387" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G387" s="5" t="s">
-        <v>949</v>
+        <v>654</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" s="3" t="s">
         <v>672</v>
       </c>
       <c r="B388" s="4" t="s">
         <v>950</v>
       </c>
       <c r="C388" s="5">
-        <v>50263</v>
+        <v>50204</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E388" s="5">
         <v>40</v>
       </c>
       <c r="F388" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G388" s="5" t="s">
-        <v>523</v>
+        <v>951</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" s="3" t="s">
-        <v>716</v>
+        <v>672</v>
       </c>
       <c r="B389" s="4" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="C389" s="5">
-        <v>50297</v>
+        <v>50263</v>
       </c>
       <c r="D389" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E389" s="5">
         <v>40</v>
       </c>
       <c r="F389" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G389" s="5" t="s">
-        <v>952</v>
+        <v>523</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" s="3" t="s">
-        <v>944</v>
+        <v>716</v>
       </c>
       <c r="B390" s="4" t="s">
         <v>953</v>
       </c>
       <c r="C390" s="5">
-        <v>50298</v>
+        <v>50297</v>
       </c>
       <c r="D390" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E390" s="5">
         <v>40</v>
       </c>
       <c r="F390" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G390" s="5" t="s">
-        <v>331</v>
+        <v>954</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" s="3" t="s">
-        <v>478</v>
+        <v>946</v>
       </c>
       <c r="B391" s="4" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C391" s="5">
         <v>50298</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E391" s="5">
         <v>40</v>
       </c>
       <c r="F391" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G391" s="5" t="s">
-        <v>955</v>
+        <v>331</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="B392" s="4" t="s">
         <v>956</v>
       </c>
-      <c r="B392" s="4" t="s">
+      <c r="C392" s="5">
+        <v>50298</v>
+      </c>
+      <c r="D392" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E392" s="5">
+        <v>40</v>
+      </c>
+      <c r="F392" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G392" s="5" t="s">
         <v>957</v>
-      </c>
-[...13 lines deleted...]
-        <v>958</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" s="3" t="s">
+        <v>958</v>
+      </c>
+      <c r="B393" s="4" t="s">
         <v>959</v>
       </c>
-      <c r="B393" s="4" t="s">
+      <c r="C393" s="5">
+        <v>49010</v>
+      </c>
+      <c r="D393" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E393" s="5">
+        <v>40</v>
+      </c>
+      <c r="F393" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G393" s="5" t="s">
         <v>960</v>
-      </c>
-[...13 lines deleted...]
-        <v>961</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" s="3" t="s">
-        <v>301</v>
+        <v>961</v>
       </c>
       <c r="B394" s="4" t="s">
         <v>962</v>
       </c>
       <c r="C394" s="5">
-        <v>49023</v>
+        <v>49022</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E394" s="5">
         <v>40</v>
       </c>
       <c r="F394" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G394" s="5" t="s">
         <v>963</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B395" s="4" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="C395" s="5">
         <v>49023</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E395" s="5">
         <v>40</v>
       </c>
       <c r="F395" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G395" s="5" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B396" s="4" t="s">
-        <v>965</v>
+        <v>964</v>
       </c>
       <c r="C396" s="5">
-        <v>49035</v>
+        <v>49023</v>
       </c>
       <c r="D396" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E396" s="5">
         <v>40</v>
       </c>
       <c r="F396" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G396" s="5" t="s">
-        <v>328</v>
+        <v>966</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" s="3" t="s">
-        <v>959</v>
+        <v>301</v>
       </c>
       <c r="B397" s="4" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C397" s="5">
-        <v>49042</v>
+        <v>49035</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E397" s="5">
         <v>40</v>
       </c>
       <c r="F397" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G397" s="5" t="s">
-        <v>967</v>
+        <v>328</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" s="3" t="s">
-        <v>898</v>
+        <v>961</v>
       </c>
       <c r="B398" s="4" t="s">
         <v>968</v>
       </c>
       <c r="C398" s="5">
-        <v>49043</v>
+        <v>49042</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E398" s="5">
         <v>40</v>
       </c>
       <c r="F398" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G398" s="5" t="s">
-        <v>398</v>
+        <v>969</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" s="3" t="s">
-        <v>959</v>
+        <v>900</v>
       </c>
       <c r="B399" s="4" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C399" s="5">
-        <v>49056</v>
+        <v>49043</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E399" s="5">
         <v>40</v>
       </c>
       <c r="F399" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G399" s="5" t="s">
-        <v>970</v>
+        <v>398</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" s="3" t="s">
+        <v>961</v>
+      </c>
+      <c r="B400" s="4" t="s">
         <v>971</v>
       </c>
-      <c r="B400" s="4" t="s">
+      <c r="C400" s="5">
+        <v>49056</v>
+      </c>
+      <c r="D400" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E400" s="5">
+        <v>40</v>
+      </c>
+      <c r="F400" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G400" s="5" t="s">
         <v>972</v>
-      </c>
-[...13 lines deleted...]
-        <v>973</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" s="3" t="s">
+        <v>973</v>
+      </c>
+      <c r="B401" s="4" t="s">
         <v>974</v>
       </c>
-      <c r="B401" s="4" t="s">
+      <c r="C401" s="5">
+        <v>49065</v>
+      </c>
+      <c r="D401" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E401" s="5">
+        <v>40</v>
+      </c>
+      <c r="F401" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G401" s="5" t="s">
         <v>975</v>
-      </c>
-[...13 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" s="3" t="s">
         <v>976</v>
       </c>
       <c r="B402" s="4" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="C402" s="5">
         <v>49095</v>
       </c>
       <c r="D402" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E402" s="5">
         <v>40</v>
       </c>
       <c r="F402" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G402" s="5" t="s">
-        <v>977</v>
+        <v>280</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" s="3" t="s">
-        <v>959</v>
+        <v>978</v>
       </c>
       <c r="B403" s="4" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="C403" s="5">
         <v>49095</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E403" s="5">
         <v>40</v>
       </c>
       <c r="F403" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G403" s="5" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" s="3" t="s">
-        <v>974</v>
+        <v>961</v>
       </c>
       <c r="B404" s="4" t="s">
-        <v>979</v>
+        <v>977</v>
       </c>
       <c r="C404" s="5">
-        <v>49103</v>
+        <v>49095</v>
       </c>
       <c r="D404" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E404" s="5">
         <v>40</v>
       </c>
       <c r="F404" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G404" s="5" t="s">
-        <v>19</v>
+        <v>980</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" s="3" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="B405" s="4" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C405" s="5">
-        <v>49122</v>
+        <v>49103</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E405" s="5">
         <v>40</v>
       </c>
       <c r="F405" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G405" s="5" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" s="3" t="s">
-        <v>301</v>
+        <v>976</v>
       </c>
       <c r="B406" s="4" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C406" s="5">
-        <v>49129</v>
+        <v>49122</v>
       </c>
       <c r="D406" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E406" s="5">
         <v>40</v>
       </c>
       <c r="F406" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G406" s="5" t="s">
-        <v>341</v>
+        <v>52</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B407" s="4" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C407" s="5">
-        <v>49160</v>
+        <v>49129</v>
       </c>
       <c r="D407" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E407" s="5">
         <v>40</v>
       </c>
       <c r="F407" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G407" s="5" t="s">
-        <v>492</v>
+        <v>341</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" s="3" t="s">
-        <v>974</v>
+        <v>301</v>
       </c>
       <c r="B408" s="4" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="C408" s="5">
-        <v>49178</v>
+        <v>49160</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E408" s="5">
         <v>40</v>
       </c>
       <c r="F408" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G408" s="5" t="s">
-        <v>195</v>
+        <v>492</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" s="3" t="s">
-        <v>984</v>
+        <v>976</v>
       </c>
       <c r="B409" s="4" t="s">
         <v>985</v>
       </c>
       <c r="C409" s="5">
-        <v>49181</v>
+        <v>49178</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E409" s="5">
         <v>40</v>
       </c>
       <c r="F409" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G409" s="5" t="s">
-        <v>986</v>
+        <v>195</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" s="3" t="s">
-        <v>959</v>
+        <v>986</v>
       </c>
       <c r="B410" s="4" t="s">
         <v>987</v>
       </c>
       <c r="C410" s="5">
-        <v>49202</v>
+        <v>49181</v>
       </c>
       <c r="D410" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E410" s="5">
         <v>40</v>
       </c>
       <c r="F410" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G410" s="5" t="s">
         <v>988</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" s="3" t="s">
-        <v>898</v>
+        <v>961</v>
       </c>
       <c r="B411" s="4" t="s">
         <v>989</v>
       </c>
       <c r="C411" s="5">
-        <v>49207</v>
+        <v>49202</v>
       </c>
       <c r="D411" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E411" s="5">
         <v>40</v>
       </c>
       <c r="F411" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G411" s="5" t="s">
-        <v>100</v>
+        <v>990</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" s="3" t="s">
-        <v>301</v>
+        <v>900</v>
       </c>
       <c r="B412" s="4" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C412" s="5">
-        <v>49219</v>
+        <v>49207</v>
       </c>
       <c r="D412" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E412" s="5">
         <v>40</v>
       </c>
       <c r="F412" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G412" s="5" t="s">
-        <v>271</v>
+        <v>100</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B413" s="4" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C413" s="5">
-        <v>49249</v>
+        <v>49219</v>
       </c>
       <c r="D413" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E413" s="5">
         <v>40</v>
       </c>
       <c r="F413" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G413" s="5" t="s">
-        <v>726</v>
+        <v>271</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B414" s="4" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C414" s="5">
-        <v>49250</v>
+        <v>49249</v>
       </c>
       <c r="D414" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E414" s="5">
         <v>40</v>
       </c>
       <c r="F414" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G414" s="5" t="s">
-        <v>422</v>
+        <v>726</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B415" s="4" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C415" s="5">
-        <v>49255</v>
+        <v>49250</v>
       </c>
       <c r="D415" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E415" s="5">
         <v>40</v>
       </c>
       <c r="F415" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G415" s="5" t="s">
-        <v>994</v>
+        <v>422</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B416" s="4" t="s">
         <v>995</v>
       </c>
       <c r="C416" s="5">
+        <v>49255</v>
+      </c>
+      <c r="D416" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E416" s="5">
+        <v>40</v>
+      </c>
+      <c r="F416" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G416" s="5" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="417" spans="1:7">
+      <c r="A417" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B417" s="4" t="s">
+        <v>997</v>
+      </c>
+      <c r="C417" s="5">
         <v>49275</v>
       </c>
-      <c r="D416" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G416" s="5" t="s">
+      <c r="D417" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E417" s="5">
+        <v>40</v>
+      </c>
+      <c r="F417" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G417" s="5" t="s">
         <v>796</v>
       </c>
     </row>
-    <row r="417" spans="1:7">
-[...4 lines deleted...]
-      <c r="G417" s="1"/>
+    <row r="418" spans="1:7">
+      <c r="A418" s="2"/>
+      <c r="C418" s="1"/>
+      <c r="E418" s="1"/>
+      <c r="F418" s="1"/>
+      <c r="G418" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">