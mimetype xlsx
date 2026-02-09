--- v1 (2026-02-09)
+++ v2 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="998">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA3DTB</t>
   </si>
   <si>
     <t>401 Referencias DVGE - 412 QSO encontrados - 358 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1700 (09-02-2026 05:23)</t>
+    <t>Ranking #1700 (09-02-2026 07:57)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5IIC</t>
   </si>