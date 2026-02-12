--- v0 (2025-12-14)
+++ v1 (2026-02-12)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA3FBJ</t>
   </si>
   <si>
     <t>2 Referencias DVGE - 2 QSO encontrados - 2 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #29715 (14-12-2025 09:02)</t>
+    <t>Ranking #29715 (12-02-2026 02:24)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA7HMH/P</t>
   </si>