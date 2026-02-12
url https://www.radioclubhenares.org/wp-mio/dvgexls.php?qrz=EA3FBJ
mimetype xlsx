--- v1 (2026-02-12)
+++ v2 (2026-02-12)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA3FBJ</t>
   </si>
   <si>
     <t>2 Referencias DVGE - 2 QSO encontrados - 2 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #29715 (12-02-2026 02:24)</t>
+    <t>Ranking #29715 (12-02-2026 18:53)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA7HMH/P</t>
   </si>