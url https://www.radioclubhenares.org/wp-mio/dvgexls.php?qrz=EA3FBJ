--- v2 (2026-02-12)
+++ v3 (2026-03-31)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA3FBJ</t>
   </si>
   <si>
     <t>2 Referencias DVGE - 2 QSO encontrados - 2 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #29715 (12-02-2026 18:53)</t>
+    <t>Ranking #29715 (31-03-2026 15:39)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA7HMH/P</t>
   </si>