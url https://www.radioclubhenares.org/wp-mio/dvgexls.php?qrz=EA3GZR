--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA3GZR</t>
   </si>
   <si>
     <t>71 Referencias DVGE - 81 QSO encontrados - 66 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #4169 (04-11-2025 09:38)</t>
+    <t>Ranking #4169 (19-12-2025 19:00)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5URL/P</t>
   </si>