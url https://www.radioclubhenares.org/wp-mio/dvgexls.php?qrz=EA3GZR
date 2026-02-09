--- v1 (2025-12-19)
+++ v2 (2026-02-09)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA3GZR</t>
   </si>
   <si>
-    <t>71 Referencias DVGE - 81 QSO encontrados - 66 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #4169 (19-12-2025 19:00)</t>
+    <t>72 Referencias DVGE - 82 QSO encontrados - 67 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #4169 (09-02-2026 16:56)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5URL/P</t>
   </si>
@@ -296,56 +296,56 @@
   <si>
     <t>19/01/2013</t>
   </si>
   <si>
     <t>VGL-029</t>
   </si>
   <si>
     <t>VGL-184</t>
   </si>
   <si>
     <t>12/01/2013</t>
   </si>
   <si>
     <t>VGL-209</t>
   </si>
   <si>
     <t>02/12/2012</t>
   </si>
   <si>
     <t>EB3JT</t>
   </si>
   <si>
     <t>VGL-243</t>
   </si>
   <si>
+    <t>01/07/2017</t>
+  </si>
+  <si>
     <t>03/06/2017</t>
   </si>
   <si>
-    <t>01/07/2017</t>
-[...1 lines deleted...]
-  <si>
     <t>EC2AMN/1</t>
   </si>
   <si>
     <t>VGLO-018</t>
   </si>
   <si>
     <t>26/01/2013</t>
   </si>
   <si>
     <t>EB2CZF</t>
   </si>
   <si>
     <t>VGLO-043</t>
   </si>
   <si>
     <t>13/08/2020</t>
   </si>
   <si>
     <t>VGLU-086</t>
   </si>
   <si>
     <t>VGLU-122</t>
   </si>
   <si>
     <t>30/09/2018</t>
@@ -591,50 +591,56 @@
     <t>VGZ-184</t>
   </si>
   <si>
     <t>01/09/2011</t>
   </si>
   <si>
     <t>VGZ-209</t>
   </si>
   <si>
     <t>07/10/2012</t>
   </si>
   <si>
     <t>VGZ-252</t>
   </si>
   <si>
     <t>VGZA-038</t>
   </si>
   <si>
     <t>EA1HL</t>
   </si>
   <si>
     <t>VGZA-042</t>
   </si>
   <si>
     <t>07/03/2021</t>
+  </si>
+  <si>
+    <t>VGZA-205</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
   </si>
   <si>
     <t>VGZA-211</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1051,51 +1057,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G87"/>
+  <dimension ref="A1:G88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -1497,74 +1503,74 @@
       </c>
       <c r="E21" s="5">
         <v>40</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G21" s="5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>65</v>
       </c>
       <c r="C22" s="5">
         <v>17096</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>32</v>
       </c>
       <c r="E22" s="5">
-        <v>70</v>
+        <v>2</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="5">
         <v>17096</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>32</v>
       </c>
       <c r="E23" s="5">
-        <v>2</v>
+        <v>70</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G23" s="5" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="5">
         <v>19044</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="5">
         <v>40</v>
       </c>
       <c r="F24" s="5" t="s">
@@ -1747,221 +1753,221 @@
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="5">
         <v>40</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G32" s="5" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C33" s="5">
         <v>25022</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="E33" s="5">
-        <v>70</v>
+        <v>2</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G33" s="5" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C34" s="5">
         <v>25022</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="E34" s="5">
-        <v>2</v>
+        <v>70</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G34" s="5" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C35" s="5">
         <v>25022</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="5">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G35" s="5" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C36" s="5">
         <v>25022</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="5">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G36" s="5" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C37" s="5">
         <v>25022</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="5">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G37" s="5" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C38" s="5">
         <v>25022</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="5">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="5" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C39" s="5">
         <v>25022</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="E39" s="5">
         <v>70</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G39" s="5" t="s">
-        <v>66</v>
+        <v>95</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C40" s="5">
         <v>25022</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="E40" s="5">
         <v>2</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G40" s="5" t="s">
-        <v>66</v>
+        <v>95</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C41" s="5">
         <v>25022</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>32</v>
       </c>
       <c r="E41" s="5">
         <v>23</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G41" s="5" t="s">
         <v>66</v>
       </c>
     </row>
@@ -2957,77 +2963,100 @@
     <row r="85" spans="1:7">
       <c r="A85" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B85" s="4" t="s">
         <v>191</v>
       </c>
       <c r="C85" s="5">
         <v>49056</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="5">
         <v>40</v>
       </c>
       <c r="F85" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G85" s="5" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="3" t="s">
-        <v>177</v>
+        <v>190</v>
       </c>
       <c r="B86" s="4" t="s">
         <v>193</v>
       </c>
       <c r="C86" s="5">
+        <v>49250</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="5">
+        <v>40</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G86" s="5" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7">
+      <c r="A87" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="C87" s="5">
         <v>49263</v>
       </c>
-      <c r="D86" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G86" s="5" t="s">
+      <c r="D87" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="5">
+        <v>40</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G87" s="5" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="87" spans="1:7">
-[...4 lines deleted...]
-      <c r="G87" s="1"/>
+    <row r="88" spans="1:7">
+      <c r="A88" s="2"/>
+      <c r="C88" s="1"/>
+      <c r="E88" s="1"/>
+      <c r="F88" s="1"/>
+      <c r="G88" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">