--- v0 (2025-10-18)
+++ v1 (2026-02-10)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2730">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2732">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA3SE</t>
   </si>
   <si>
-    <t>1.241 Referencias DVGE - 1.440 QSO encontrados - 1.025 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #771 (18-10-2025 18:11)</t>
+    <t>1.242 Referencias DVGE - 1.441 QSO encontrados - 1.025 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #771 (10-02-2026 02:30)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5XC/P</t>
   </si>
@@ -7398,50 +7398,56 @@
     <t>EA5RCL/P</t>
   </si>
   <si>
     <t>VGV-037</t>
   </si>
   <si>
     <t>26/11/2016</t>
   </si>
   <si>
     <t>VGV-045</t>
   </si>
   <si>
     <t>18/07/2021</t>
   </si>
   <si>
     <t>EA5AHN/QRP</t>
   </si>
   <si>
     <t>VGV-060</t>
   </si>
   <si>
     <t>23/08/2012</t>
   </si>
   <si>
     <t>EA5URY/P</t>
+  </si>
+  <si>
+    <t>VGV-074</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
   </si>
   <si>
     <t>VGV-077</t>
   </si>
   <si>
     <t>29/09/2023</t>
   </si>
   <si>
     <t>VGV-079</t>
   </si>
   <si>
     <t>EA5AJX/M</t>
   </si>
   <si>
     <t>VGV-080</t>
   </si>
   <si>
     <t>VGV-083</t>
   </si>
   <si>
     <t>VGV-089</t>
   </si>
   <si>
     <t>EA5IGS/P</t>
   </si>
@@ -8659,51 +8665,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1446"/>
+  <dimension ref="A1:G1447"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -37912,3987 +37918,4010 @@
     <row r="1274" spans="1:7">
       <c r="A1274" s="3" t="s">
         <v>2461</v>
       </c>
       <c r="B1274" s="4" t="s">
         <v>2462</v>
       </c>
       <c r="C1274" s="5">
         <v>46111</v>
       </c>
       <c r="D1274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1274" s="5">
         <v>40</v>
       </c>
       <c r="F1274" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1274" s="5" t="s">
         <v>2463</v>
       </c>
     </row>
     <row r="1275" spans="1:7">
       <c r="A1275" s="3" t="s">
-        <v>102</v>
+        <v>2461</v>
       </c>
       <c r="B1275" s="4" t="s">
         <v>2464</v>
       </c>
       <c r="C1275" s="5">
-        <v>46097</v>
+        <v>46111</v>
       </c>
       <c r="D1275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1275" s="5">
         <v>40</v>
       </c>
       <c r="F1275" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1275" s="5" t="s">
-        <v>2215</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="1276" spans="1:7">
       <c r="A1276" s="3" t="s">
-        <v>2465</v>
+        <v>102</v>
       </c>
       <c r="B1276" s="4" t="s">
         <v>2466</v>
       </c>
       <c r="C1276" s="5">
         <v>46097</v>
       </c>
       <c r="D1276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1276" s="5">
         <v>40</v>
       </c>
       <c r="F1276" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1276" s="5" t="s">
-        <v>1021</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="1277" spans="1:7">
       <c r="A1277" s="3" t="s">
-        <v>158</v>
+        <v>2467</v>
       </c>
       <c r="B1277" s="4" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
       <c r="C1277" s="5">
-        <v>46098</v>
+        <v>46097</v>
       </c>
       <c r="D1277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1277" s="5">
         <v>40</v>
       </c>
       <c r="F1277" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1277" s="5" t="s">
-        <v>283</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="1278" spans="1:7">
       <c r="A1278" s="3" t="s">
-        <v>96</v>
+        <v>158</v>
       </c>
       <c r="B1278" s="4" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
       <c r="C1278" s="5">
-        <v>46105</v>
+        <v>46098</v>
       </c>
       <c r="D1278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1278" s="5">
         <v>40</v>
       </c>
       <c r="F1278" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1278" s="5" t="s">
-        <v>433</v>
+        <v>283</v>
       </c>
     </row>
     <row r="1279" spans="1:7">
       <c r="A1279" s="3" t="s">
-        <v>2469</v>
+        <v>96</v>
       </c>
       <c r="B1279" s="4" t="s">
-        <v>2468</v>
+        <v>2470</v>
       </c>
       <c r="C1279" s="5">
         <v>46105</v>
       </c>
       <c r="D1279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1279" s="5">
         <v>40</v>
       </c>
       <c r="F1279" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1279" s="5" t="s">
-        <v>577</v>
+        <v>433</v>
       </c>
     </row>
     <row r="1280" spans="1:7">
       <c r="A1280" s="3" t="s">
+        <v>2471</v>
+      </c>
+      <c r="B1280" s="4" t="s">
         <v>2470</v>
-      </c>
-[...1 lines deleted...]
-        <v>2471</v>
       </c>
       <c r="C1280" s="5">
         <v>46105</v>
       </c>
       <c r="D1280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1280" s="5">
         <v>40</v>
       </c>
       <c r="F1280" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1280" s="5" t="s">
-        <v>81</v>
+        <v>577</v>
       </c>
     </row>
     <row r="1281" spans="1:7">
       <c r="A1281" s="3" t="s">
-        <v>158</v>
+        <v>2472</v>
       </c>
       <c r="B1281" s="4" t="s">
-        <v>2472</v>
+        <v>2473</v>
       </c>
       <c r="C1281" s="5">
-        <v>46118</v>
+        <v>46105</v>
       </c>
       <c r="D1281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1281" s="5">
         <v>40</v>
       </c>
       <c r="F1281" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1281" s="5" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
     </row>
     <row r="1282" spans="1:7">
       <c r="A1282" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B1282" s="4" t="s">
-        <v>2473</v>
+        <v>2474</v>
       </c>
       <c r="C1282" s="5">
-        <v>46128</v>
+        <v>46118</v>
       </c>
       <c r="D1282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1282" s="5">
         <v>40</v>
       </c>
       <c r="F1282" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1282" s="5" t="s">
-        <v>2474</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1283" spans="1:7">
       <c r="A1283" s="3" t="s">
-        <v>2447</v>
+        <v>158</v>
       </c>
       <c r="B1283" s="4" t="s">
         <v>2475</v>
       </c>
       <c r="C1283" s="5">
-        <v>46133</v>
+        <v>46128</v>
       </c>
       <c r="D1283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1283" s="5">
         <v>40</v>
       </c>
       <c r="F1283" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1283" s="5" t="s">
         <v>2476</v>
       </c>
     </row>
     <row r="1284" spans="1:7">
       <c r="A1284" s="3" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="B1284" s="4" t="s">
         <v>2477</v>
       </c>
       <c r="C1284" s="5">
-        <v>46142</v>
+        <v>46133</v>
       </c>
       <c r="D1284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1284" s="5">
         <v>40</v>
       </c>
       <c r="F1284" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1284" s="5" t="s">
-        <v>2455</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="1285" spans="1:7">
       <c r="A1285" s="3" t="s">
-        <v>2478</v>
+        <v>2443</v>
       </c>
       <c r="B1285" s="4" t="s">
         <v>2479</v>
       </c>
       <c r="C1285" s="5">
-        <v>46144</v>
+        <v>46142</v>
       </c>
       <c r="D1285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1285" s="5">
         <v>40</v>
       </c>
       <c r="F1285" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1285" s="5" t="s">
-        <v>1439</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="1286" spans="1:7">
       <c r="A1286" s="3" t="s">
         <v>2480</v>
       </c>
       <c r="B1286" s="4" t="s">
         <v>2481</v>
       </c>
       <c r="C1286" s="5">
-        <v>46147</v>
+        <v>46144</v>
       </c>
       <c r="D1286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1286" s="5">
         <v>40</v>
       </c>
       <c r="F1286" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1286" s="5" t="s">
-        <v>683</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="1287" spans="1:7">
       <c r="A1287" s="3" t="s">
-        <v>158</v>
+        <v>2482</v>
       </c>
       <c r="B1287" s="4" t="s">
-        <v>2482</v>
+        <v>2483</v>
       </c>
       <c r="C1287" s="5">
         <v>46147</v>
       </c>
       <c r="D1287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1287" s="5">
         <v>40</v>
       </c>
       <c r="F1287" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1287" s="5" t="s">
-        <v>1569</v>
+        <v>683</v>
       </c>
     </row>
     <row r="1288" spans="1:7">
       <c r="A1288" s="3" t="s">
-        <v>2483</v>
+        <v>158</v>
       </c>
       <c r="B1288" s="4" t="s">
         <v>2484</v>
       </c>
       <c r="C1288" s="5">
-        <v>46167</v>
+        <v>46147</v>
       </c>
       <c r="D1288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1288" s="5">
         <v>40</v>
       </c>
       <c r="F1288" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1288" s="5" t="s">
-        <v>2485</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="1289" spans="1:7">
       <c r="A1289" s="3" t="s">
+        <v>2485</v>
+      </c>
+      <c r="B1289" s="4" t="s">
         <v>2486</v>
       </c>
-      <c r="B1289" s="4" t="s">
+      <c r="C1289" s="5">
+        <v>46167</v>
+      </c>
+      <c r="D1289" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1289" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1289" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1289" s="5" t="s">
         <v>2487</v>
-      </c>
-[...13 lines deleted...]
-        <v>902</v>
       </c>
     </row>
     <row r="1290" spans="1:7">
       <c r="A1290" s="3" t="s">
-        <v>158</v>
+        <v>2488</v>
       </c>
       <c r="B1290" s="4" t="s">
-        <v>2488</v>
+        <v>2489</v>
       </c>
       <c r="C1290" s="5">
-        <v>46172</v>
+        <v>46170</v>
       </c>
       <c r="D1290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1290" s="5">
         <v>40</v>
       </c>
       <c r="F1290" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1290" s="5" t="s">
-        <v>649</v>
+        <v>902</v>
       </c>
     </row>
     <row r="1291" spans="1:7">
       <c r="A1291" s="3" t="s">
-        <v>2489</v>
+        <v>158</v>
       </c>
       <c r="B1291" s="4" t="s">
         <v>2490</v>
       </c>
       <c r="C1291" s="5">
-        <v>46175</v>
+        <v>46172</v>
       </c>
       <c r="D1291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1291" s="5">
         <v>40</v>
       </c>
       <c r="F1291" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1291" s="5" t="s">
-        <v>116</v>
+        <v>649</v>
       </c>
     </row>
     <row r="1292" spans="1:7">
       <c r="A1292" s="3" t="s">
-        <v>66</v>
+        <v>2491</v>
       </c>
       <c r="B1292" s="4" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="C1292" s="5">
-        <v>46181</v>
+        <v>46175</v>
       </c>
       <c r="D1292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1292" s="5">
         <v>40</v>
       </c>
       <c r="F1292" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1292" s="5" t="s">
-        <v>1592</v>
+        <v>116</v>
       </c>
     </row>
     <row r="1293" spans="1:7">
       <c r="A1293" s="3" t="s">
-        <v>2492</v>
+        <v>66</v>
       </c>
       <c r="B1293" s="4" t="s">
         <v>2493</v>
       </c>
       <c r="C1293" s="5">
-        <v>46183</v>
+        <v>46181</v>
       </c>
       <c r="D1293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1293" s="5">
         <v>40</v>
       </c>
       <c r="F1293" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1293" s="5" t="s">
-        <v>820</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="1294" spans="1:7">
       <c r="A1294" s="3" t="s">
-        <v>90</v>
+        <v>2494</v>
       </c>
       <c r="B1294" s="4" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
       <c r="C1294" s="5">
-        <v>46184</v>
+        <v>46183</v>
       </c>
       <c r="D1294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1294" s="5">
         <v>40</v>
       </c>
       <c r="F1294" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1294" s="5" t="s">
-        <v>2495</v>
+        <v>820</v>
       </c>
     </row>
     <row r="1295" spans="1:7">
       <c r="A1295" s="3" t="s">
-        <v>2486</v>
+        <v>90</v>
       </c>
       <c r="B1295" s="4" t="s">
         <v>2496</v>
       </c>
       <c r="C1295" s="5">
         <v>46184</v>
       </c>
       <c r="D1295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1295" s="5">
         <v>40</v>
       </c>
       <c r="F1295" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1295" s="5" t="s">
-        <v>606</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="1296" spans="1:7">
       <c r="A1296" s="3" t="s">
-        <v>2486</v>
+        <v>2488</v>
       </c>
       <c r="B1296" s="4" t="s">
-        <v>2496</v>
+        <v>2498</v>
       </c>
       <c r="C1296" s="5">
         <v>46184</v>
       </c>
       <c r="D1296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1296" s="5">
         <v>40</v>
       </c>
       <c r="F1296" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1296" s="5" t="s">
-        <v>733</v>
+        <v>606</v>
       </c>
     </row>
     <row r="1297" spans="1:7">
       <c r="A1297" s="3" t="s">
-        <v>2461</v>
+        <v>2488</v>
       </c>
       <c r="B1297" s="4" t="s">
-        <v>2497</v>
+        <v>2498</v>
       </c>
       <c r="C1297" s="5">
-        <v>46195</v>
+        <v>46184</v>
       </c>
       <c r="D1297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1297" s="5">
         <v>40</v>
       </c>
       <c r="F1297" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1297" s="5" t="s">
-        <v>1019</v>
+        <v>733</v>
       </c>
     </row>
     <row r="1298" spans="1:7">
       <c r="A1298" s="3" t="s">
-        <v>158</v>
+        <v>2461</v>
       </c>
       <c r="B1298" s="4" t="s">
-        <v>2498</v>
+        <v>2499</v>
       </c>
       <c r="C1298" s="5">
-        <v>46202</v>
+        <v>46195</v>
       </c>
       <c r="D1298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1298" s="5">
         <v>40</v>
       </c>
       <c r="F1298" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1298" s="5" t="s">
-        <v>2499</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="1299" spans="1:7">
       <c r="A1299" s="3" t="s">
-        <v>66</v>
+        <v>158</v>
       </c>
       <c r="B1299" s="4" t="s">
         <v>2500</v>
       </c>
       <c r="C1299" s="5">
-        <v>46204</v>
+        <v>46202</v>
       </c>
       <c r="D1299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1299" s="5">
         <v>40</v>
       </c>
       <c r="F1299" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1299" s="5" t="s">
-        <v>1262</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="1300" spans="1:7">
       <c r="A1300" s="3" t="s">
-        <v>2480</v>
+        <v>66</v>
       </c>
       <c r="B1300" s="4" t="s">
-        <v>2500</v>
+        <v>2502</v>
       </c>
       <c r="C1300" s="5">
         <v>46204</v>
       </c>
       <c r="D1300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1300" s="5">
         <v>40</v>
       </c>
       <c r="F1300" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1300" s="5" t="s">
-        <v>2501</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="1301" spans="1:7">
       <c r="A1301" s="3" t="s">
-        <v>158</v>
+        <v>2482</v>
       </c>
       <c r="B1301" s="4" t="s">
         <v>2502</v>
       </c>
       <c r="C1301" s="5">
-        <v>46228</v>
+        <v>46204</v>
       </c>
       <c r="D1301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1301" s="5">
         <v>40</v>
       </c>
       <c r="F1301" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1301" s="5" t="s">
         <v>2503</v>
       </c>
     </row>
     <row r="1302" spans="1:7">
       <c r="A1302" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B1302" s="4" t="s">
         <v>2504</v>
       </c>
-      <c r="B1302" s="4" t="s">
+      <c r="C1302" s="5">
+        <v>46228</v>
+      </c>
+      <c r="D1302" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1302" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1302" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1302" s="5" t="s">
         <v>2505</v>
-      </c>
-[...13 lines deleted...]
-        <v>1011</v>
       </c>
     </row>
     <row r="1303" spans="1:7">
       <c r="A1303" s="3" t="s">
-        <v>86</v>
+        <v>2506</v>
       </c>
       <c r="B1303" s="4" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="C1303" s="5">
-        <v>46233</v>
+        <v>46231</v>
       </c>
       <c r="D1303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1303" s="5">
         <v>40</v>
       </c>
       <c r="F1303" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1303" s="5" t="s">
-        <v>2507</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="1304" spans="1:7">
       <c r="A1304" s="3" t="s">
-        <v>158</v>
+        <v>86</v>
       </c>
       <c r="B1304" s="4" t="s">
         <v>2508</v>
       </c>
       <c r="C1304" s="5">
-        <v>46238</v>
+        <v>46233</v>
       </c>
       <c r="D1304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1304" s="5">
         <v>40</v>
       </c>
       <c r="F1304" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1304" s="5" t="s">
-        <v>121</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="1305" spans="1:7">
       <c r="A1305" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B1305" s="4" t="s">
-        <v>2508</v>
+        <v>2510</v>
       </c>
       <c r="C1305" s="5">
         <v>46238</v>
       </c>
       <c r="D1305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1305" s="5">
         <v>40</v>
       </c>
       <c r="F1305" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1305" s="5" t="s">
-        <v>2413</v>
+        <v>121</v>
       </c>
     </row>
     <row r="1306" spans="1:7">
       <c r="A1306" s="3" t="s">
-        <v>405</v>
+        <v>158</v>
       </c>
       <c r="B1306" s="4" t="s">
-        <v>2508</v>
+        <v>2510</v>
       </c>
       <c r="C1306" s="5">
         <v>46238</v>
       </c>
       <c r="D1306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1306" s="5">
         <v>40</v>
       </c>
       <c r="F1306" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1306" s="5" t="s">
-        <v>137</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="1307" spans="1:7">
       <c r="A1307" s="3" t="s">
-        <v>86</v>
+        <v>405</v>
       </c>
       <c r="B1307" s="4" t="s">
-        <v>2509</v>
+        <v>2510</v>
       </c>
       <c r="C1307" s="5">
-        <v>46244</v>
+        <v>46238</v>
       </c>
       <c r="D1307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1307" s="5">
         <v>40</v>
       </c>
       <c r="F1307" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1307" s="5" t="s">
-        <v>2510</v>
+        <v>137</v>
       </c>
     </row>
     <row r="1308" spans="1:7">
       <c r="A1308" s="3" t="s">
-        <v>158</v>
+        <v>86</v>
       </c>
       <c r="B1308" s="4" t="s">
-        <v>2509</v>
+        <v>2511</v>
       </c>
       <c r="C1308" s="5">
         <v>46244</v>
       </c>
       <c r="D1308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1308" s="5">
         <v>40</v>
       </c>
       <c r="F1308" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1308" s="5" t="s">
-        <v>2511</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="1309" spans="1:7">
       <c r="A1309" s="3" t="s">
-        <v>2512</v>
+        <v>158</v>
       </c>
       <c r="B1309" s="4" t="s">
-        <v>2513</v>
+        <v>2511</v>
       </c>
       <c r="C1309" s="5">
         <v>46244</v>
       </c>
       <c r="D1309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1309" s="5">
         <v>40</v>
       </c>
       <c r="F1309" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1309" s="5" t="s">
-        <v>1174</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="1310" spans="1:7">
       <c r="A1310" s="3" t="s">
-        <v>158</v>
+        <v>2514</v>
       </c>
       <c r="B1310" s="4" t="s">
-        <v>2514</v>
+        <v>2515</v>
       </c>
       <c r="C1310" s="5">
-        <v>46246</v>
+        <v>46244</v>
       </c>
       <c r="D1310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1310" s="5">
         <v>40</v>
       </c>
       <c r="F1310" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1310" s="5" t="s">
-        <v>116</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="1311" spans="1:7">
       <c r="A1311" s="3" t="s">
-        <v>2515</v>
+        <v>158</v>
       </c>
       <c r="B1311" s="4" t="s">
         <v>2516</v>
       </c>
       <c r="C1311" s="5">
-        <v>46249</v>
+        <v>46246</v>
       </c>
       <c r="D1311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1311" s="5">
         <v>40</v>
       </c>
       <c r="F1311" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1311" s="5" t="s">
-        <v>1961</v>
+        <v>116</v>
       </c>
     </row>
     <row r="1312" spans="1:7">
       <c r="A1312" s="3" t="s">
-        <v>158</v>
+        <v>2517</v>
       </c>
       <c r="B1312" s="4" t="s">
-        <v>2516</v>
+        <v>2518</v>
       </c>
       <c r="C1312" s="5">
         <v>46249</v>
       </c>
       <c r="D1312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1312" s="5">
         <v>40</v>
       </c>
       <c r="F1312" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1312" s="5" t="s">
-        <v>1754</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="1313" spans="1:7">
       <c r="A1313" s="3" t="s">
-        <v>2461</v>
+        <v>158</v>
       </c>
       <c r="B1313" s="4" t="s">
-        <v>2517</v>
+        <v>2518</v>
       </c>
       <c r="C1313" s="5">
         <v>46249</v>
       </c>
       <c r="D1313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1313" s="5">
         <v>40</v>
       </c>
       <c r="F1313" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1313" s="5" t="s">
-        <v>645</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="1314" spans="1:7">
       <c r="A1314" s="3" t="s">
-        <v>2447</v>
+        <v>2461</v>
       </c>
       <c r="B1314" s="4" t="s">
-        <v>2518</v>
+        <v>2519</v>
       </c>
       <c r="C1314" s="5">
-        <v>46252</v>
+        <v>46249</v>
       </c>
       <c r="D1314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1314" s="5">
         <v>40</v>
       </c>
       <c r="F1314" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1314" s="5" t="s">
-        <v>283</v>
+        <v>645</v>
       </c>
     </row>
     <row r="1315" spans="1:7">
       <c r="A1315" s="3" t="s">
         <v>2447</v>
       </c>
       <c r="B1315" s="4" t="s">
-        <v>2519</v>
+        <v>2520</v>
       </c>
       <c r="C1315" s="5">
-        <v>46254</v>
+        <v>46252</v>
       </c>
       <c r="D1315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1315" s="5">
         <v>40</v>
       </c>
       <c r="F1315" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1315" s="5" t="s">
-        <v>40</v>
+        <v>283</v>
       </c>
     </row>
     <row r="1316" spans="1:7">
       <c r="A1316" s="3" t="s">
         <v>2447</v>
       </c>
       <c r="B1316" s="4" t="s">
-        <v>2520</v>
+        <v>2521</v>
       </c>
       <c r="C1316" s="5">
-        <v>46258</v>
+        <v>46254</v>
       </c>
       <c r="D1316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1316" s="5">
         <v>40</v>
       </c>
       <c r="F1316" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1316" s="5" t="s">
-        <v>790</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1317" spans="1:7">
       <c r="A1317" s="3" t="s">
-        <v>66</v>
+        <v>2447</v>
       </c>
       <c r="B1317" s="4" t="s">
-        <v>2521</v>
+        <v>2522</v>
       </c>
       <c r="C1317" s="5">
-        <v>46146</v>
+        <v>46258</v>
       </c>
       <c r="D1317" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1317" s="5">
         <v>40</v>
       </c>
       <c r="F1317" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1317" s="5" t="s">
-        <v>1161</v>
+        <v>790</v>
       </c>
     </row>
     <row r="1318" spans="1:7">
       <c r="A1318" s="3" t="s">
-        <v>2522</v>
+        <v>66</v>
       </c>
       <c r="B1318" s="4" t="s">
         <v>2523</v>
       </c>
       <c r="C1318" s="5">
-        <v>46263</v>
+        <v>46146</v>
       </c>
       <c r="D1318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1318" s="5">
         <v>40</v>
       </c>
       <c r="F1318" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1318" s="5" t="s">
-        <v>2501</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="1319" spans="1:7">
       <c r="A1319" s="3" t="s">
         <v>2524</v>
       </c>
       <c r="B1319" s="4" t="s">
         <v>2525</v>
       </c>
       <c r="C1319" s="5">
-        <v>46902</v>
+        <v>46263</v>
       </c>
       <c r="D1319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1319" s="5">
         <v>40</v>
       </c>
       <c r="F1319" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1319" s="5" t="s">
-        <v>1705</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="1320" spans="1:7">
       <c r="A1320" s="3" t="s">
         <v>2526</v>
       </c>
       <c r="B1320" s="4" t="s">
         <v>2527</v>
       </c>
       <c r="C1320" s="5">
-        <v>47005</v>
+        <v>46902</v>
       </c>
       <c r="D1320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1320" s="5">
         <v>40</v>
       </c>
       <c r="F1320" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1320" s="5" t="s">
-        <v>959</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="1321" spans="1:7">
       <c r="A1321" s="3" t="s">
-        <v>1412</v>
+        <v>2528</v>
       </c>
       <c r="B1321" s="4" t="s">
-        <v>2528</v>
+        <v>2529</v>
       </c>
       <c r="C1321" s="5">
-        <v>47010</v>
+        <v>47005</v>
       </c>
       <c r="D1321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1321" s="5">
         <v>40</v>
       </c>
       <c r="F1321" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1321" s="5" t="s">
-        <v>1450</v>
+        <v>959</v>
       </c>
     </row>
     <row r="1322" spans="1:7">
       <c r="A1322" s="3" t="s">
-        <v>1868</v>
+        <v>1412</v>
       </c>
       <c r="B1322" s="4" t="s">
-        <v>2529</v>
+        <v>2530</v>
       </c>
       <c r="C1322" s="5">
-        <v>47014</v>
+        <v>47010</v>
       </c>
       <c r="D1322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1322" s="5">
         <v>40</v>
       </c>
       <c r="F1322" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1322" s="5" t="s">
-        <v>2530</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="1323" spans="1:7">
       <c r="A1323" s="3" t="s">
+        <v>1868</v>
+      </c>
+      <c r="B1323" s="4" t="s">
         <v>2531</v>
       </c>
-      <c r="B1323" s="4" t="s">
+      <c r="C1323" s="5">
+        <v>47014</v>
+      </c>
+      <c r="D1323" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1323" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1323" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1323" s="5" t="s">
         <v>2532</v>
-      </c>
-[...13 lines deleted...]
-        <v>2533</v>
       </c>
     </row>
     <row r="1324" spans="1:7">
       <c r="A1324" s="3" t="s">
-        <v>630</v>
+        <v>2533</v>
       </c>
       <c r="B1324" s="4" t="s">
         <v>2534</v>
       </c>
       <c r="C1324" s="5">
-        <v>47017</v>
+        <v>47015</v>
       </c>
       <c r="D1324" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1324" s="5">
         <v>40</v>
       </c>
       <c r="F1324" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1324" s="5" t="s">
         <v>2535</v>
       </c>
     </row>
     <row r="1325" spans="1:7">
       <c r="A1325" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="B1325" s="4" t="s">
         <v>2536</v>
       </c>
-      <c r="B1325" s="4" t="s">
+      <c r="C1325" s="5">
+        <v>47017</v>
+      </c>
+      <c r="D1325" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1325" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1325" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1325" s="5" t="s">
         <v>2537</v>
-      </c>
-[...13 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="1326" spans="1:7">
       <c r="A1326" s="3" t="s">
-        <v>1412</v>
+        <v>2538</v>
       </c>
       <c r="B1326" s="4" t="s">
-        <v>2538</v>
+        <v>2539</v>
       </c>
       <c r="C1326" s="5">
-        <v>47044</v>
+        <v>47023</v>
       </c>
       <c r="D1326" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1326" s="5">
         <v>40</v>
       </c>
       <c r="F1326" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1326" s="5" t="s">
-        <v>1262</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1327" spans="1:7">
       <c r="A1327" s="3" t="s">
-        <v>2539</v>
+        <v>1412</v>
       </c>
       <c r="B1327" s="4" t="s">
         <v>2540</v>
       </c>
       <c r="C1327" s="5">
-        <v>47052</v>
+        <v>47044</v>
       </c>
       <c r="D1327" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1327" s="5">
         <v>40</v>
       </c>
       <c r="F1327" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1327" s="5" t="s">
-        <v>913</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="1328" spans="1:7">
       <c r="A1328" s="3" t="s">
-        <v>1776</v>
+        <v>2541</v>
       </c>
       <c r="B1328" s="4" t="s">
-        <v>2541</v>
+        <v>2542</v>
       </c>
       <c r="C1328" s="5">
-        <v>47058</v>
+        <v>47052</v>
       </c>
       <c r="D1328" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1328" s="5">
         <v>40</v>
       </c>
       <c r="F1328" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1328" s="5" t="s">
-        <v>2542</v>
+        <v>913</v>
       </c>
     </row>
     <row r="1329" spans="1:7">
       <c r="A1329" s="3" t="s">
-        <v>2526</v>
+        <v>1776</v>
       </c>
       <c r="B1329" s="4" t="s">
         <v>2543</v>
       </c>
       <c r="C1329" s="5">
-        <v>47082</v>
+        <v>47058</v>
       </c>
       <c r="D1329" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1329" s="5">
         <v>40</v>
       </c>
       <c r="F1329" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1329" s="5" t="s">
-        <v>963</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="1330" spans="1:7">
       <c r="A1330" s="3" t="s">
-        <v>2526</v>
+        <v>2528</v>
       </c>
       <c r="B1330" s="4" t="s">
-        <v>2544</v>
+        <v>2545</v>
       </c>
       <c r="C1330" s="5">
         <v>47082</v>
       </c>
       <c r="D1330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1330" s="5">
         <v>40</v>
       </c>
       <c r="F1330" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1330" s="5" t="s">
-        <v>2545</v>
+        <v>963</v>
       </c>
     </row>
     <row r="1331" spans="1:7">
       <c r="A1331" s="3" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B1331" s="4" t="s">
         <v>2546</v>
       </c>
-      <c r="B1331" s="4" t="s">
+      <c r="C1331" s="5">
+        <v>47082</v>
+      </c>
+      <c r="D1331" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1331" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1331" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1331" s="5" t="s">
         <v>2547</v>
-      </c>
-[...13 lines deleted...]
-        <v>944</v>
       </c>
     </row>
     <row r="1332" spans="1:7">
       <c r="A1332" s="3" t="s">
-        <v>1776</v>
+        <v>2548</v>
       </c>
       <c r="B1332" s="4" t="s">
-        <v>2548</v>
+        <v>2549</v>
       </c>
       <c r="C1332" s="5">
-        <v>47098</v>
+        <v>47092</v>
       </c>
       <c r="D1332" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1332" s="5">
         <v>40</v>
       </c>
       <c r="F1332" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1332" s="5" t="s">
-        <v>2549</v>
+        <v>944</v>
       </c>
     </row>
     <row r="1333" spans="1:7">
       <c r="A1333" s="3" t="s">
-        <v>1412</v>
+        <v>1776</v>
       </c>
       <c r="B1333" s="4" t="s">
         <v>2550</v>
       </c>
       <c r="C1333" s="5">
-        <v>47129</v>
+        <v>47098</v>
       </c>
       <c r="D1333" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1333" s="5">
         <v>40</v>
       </c>
       <c r="F1333" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1333" s="5" t="s">
-        <v>65</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="1334" spans="1:7">
       <c r="A1334" s="3" t="s">
-        <v>630</v>
+        <v>1412</v>
       </c>
       <c r="B1334" s="4" t="s">
-        <v>2551</v>
+        <v>2552</v>
       </c>
       <c r="C1334" s="5">
-        <v>47138</v>
+        <v>47129</v>
       </c>
       <c r="D1334" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1334" s="5">
         <v>40</v>
       </c>
       <c r="F1334" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1334" s="5" t="s">
-        <v>400</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1335" spans="1:7">
       <c r="A1335" s="3" t="s">
-        <v>1412</v>
+        <v>630</v>
       </c>
       <c r="B1335" s="4" t="s">
-        <v>2552</v>
+        <v>2553</v>
       </c>
       <c r="C1335" s="5">
-        <v>47144</v>
+        <v>47138</v>
       </c>
       <c r="D1335" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1335" s="5">
         <v>40</v>
       </c>
       <c r="F1335" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1335" s="5" t="s">
-        <v>336</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1336" spans="1:7">
       <c r="A1336" s="3" t="s">
-        <v>2539</v>
+        <v>1412</v>
       </c>
       <c r="B1336" s="4" t="s">
-        <v>2553</v>
+        <v>2554</v>
       </c>
       <c r="C1336" s="5">
-        <v>47175</v>
+        <v>47144</v>
       </c>
       <c r="D1336" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1336" s="5">
         <v>40</v>
       </c>
       <c r="F1336" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1336" s="5" t="s">
-        <v>2554</v>
+        <v>336</v>
       </c>
     </row>
     <row r="1337" spans="1:7">
       <c r="A1337" s="3" t="s">
-        <v>1868</v>
+        <v>2541</v>
       </c>
       <c r="B1337" s="4" t="s">
         <v>2555</v>
       </c>
       <c r="C1337" s="5">
-        <v>47190</v>
+        <v>47175</v>
       </c>
       <c r="D1337" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1337" s="5">
         <v>40</v>
       </c>
       <c r="F1337" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1337" s="5" t="s">
         <v>2556</v>
       </c>
     </row>
     <row r="1338" spans="1:7">
       <c r="A1338" s="3" t="s">
+        <v>1868</v>
+      </c>
+      <c r="B1338" s="4" t="s">
         <v>2557</v>
       </c>
-      <c r="B1338" s="4" t="s">
+      <c r="C1338" s="5">
+        <v>47190</v>
+      </c>
+      <c r="D1338" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1338" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1338" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1338" s="5" t="s">
         <v>2558</v>
-      </c>
-[...13 lines deleted...]
-        <v>1121</v>
       </c>
     </row>
     <row r="1339" spans="1:7">
       <c r="A1339" s="3" t="s">
-        <v>1776</v>
+        <v>2559</v>
       </c>
       <c r="B1339" s="4" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
       <c r="C1339" s="5">
         <v>47212</v>
       </c>
       <c r="D1339" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1339" s="5">
         <v>40</v>
       </c>
       <c r="F1339" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1339" s="5" t="s">
-        <v>1407</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="1340" spans="1:7">
       <c r="A1340" s="3" t="s">
-        <v>2560</v>
+        <v>1776</v>
       </c>
       <c r="B1340" s="4" t="s">
         <v>2561</v>
       </c>
-      <c r="C1340" s="5" t="s">
-        <v>2562</v>
+      <c r="C1340" s="5">
+        <v>47212</v>
       </c>
       <c r="D1340" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1340" s="5">
         <v>40</v>
       </c>
       <c r="F1340" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1340" s="5" t="s">
-        <v>1353</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="1341" spans="1:7">
       <c r="A1341" s="3" t="s">
+        <v>2562</v>
+      </c>
+      <c r="B1341" s="4" t="s">
         <v>2563</v>
       </c>
-      <c r="B1341" s="4" t="s">
+      <c r="C1341" s="5" t="s">
         <v>2564</v>
       </c>
-      <c r="C1341" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1341" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1341" s="5">
         <v>40</v>
       </c>
       <c r="F1341" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1341" s="5" t="s">
-        <v>2566</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="1342" spans="1:7">
       <c r="A1342" s="3" t="s">
-        <v>568</v>
+        <v>2565</v>
       </c>
       <c r="B1342" s="4" t="s">
+        <v>2566</v>
+      </c>
+      <c r="C1342" s="5" t="s">
         <v>2567</v>
       </c>
-      <c r="C1342" s="5" t="s">
+      <c r="D1342" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1342" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1342" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1342" s="5" t="s">
         <v>2568</v>
-      </c>
-[...10 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="1343" spans="1:7">
       <c r="A1343" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="B1343" s="4" t="s">
         <v>2569</v>
       </c>
-      <c r="B1343" s="4" t="s">
+      <c r="C1343" s="5" t="s">
         <v>2570</v>
       </c>
-      <c r="C1343" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1343" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1343" s="5">
         <v>40</v>
       </c>
       <c r="F1343" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1343" s="5" t="s">
-        <v>1403</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1344" spans="1:7">
       <c r="A1344" s="3" t="s">
+        <v>2571</v>
+      </c>
+      <c r="B1344" s="4" t="s">
         <v>2572</v>
       </c>
-      <c r="B1344" s="4" t="s">
+      <c r="C1344" s="5" t="s">
         <v>2573</v>
       </c>
-      <c r="C1344" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1344" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1344" s="5">
         <v>40</v>
       </c>
       <c r="F1344" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1344" s="5" t="s">
-        <v>1199</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="1345" spans="1:7">
       <c r="A1345" s="3" t="s">
-        <v>2563</v>
+        <v>2574</v>
       </c>
       <c r="B1345" s="4" t="s">
         <v>2575</v>
       </c>
       <c r="C1345" s="5" t="s">
-        <v>2562</v>
+        <v>2576</v>
       </c>
       <c r="D1345" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1345" s="5">
         <v>40</v>
       </c>
       <c r="F1345" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1345" s="5" t="s">
-        <v>655</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="1346" spans="1:7">
       <c r="A1346" s="3" t="s">
-        <v>2563</v>
+        <v>2565</v>
       </c>
       <c r="B1346" s="4" t="s">
-        <v>2576</v>
+        <v>2577</v>
       </c>
       <c r="C1346" s="5" t="s">
-        <v>2577</v>
+        <v>2564</v>
       </c>
       <c r="D1346" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1346" s="5">
         <v>40</v>
       </c>
       <c r="F1346" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1346" s="5" t="s">
-        <v>532</v>
+        <v>655</v>
       </c>
     </row>
     <row r="1347" spans="1:7">
       <c r="A1347" s="3" t="s">
-        <v>506</v>
+        <v>2565</v>
       </c>
       <c r="B1347" s="4" t="s">
         <v>2578</v>
       </c>
       <c r="C1347" s="5" t="s">
         <v>2579</v>
       </c>
       <c r="D1347" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1347" s="5">
         <v>40</v>
       </c>
       <c r="F1347" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1347" s="5" t="s">
-        <v>2580</v>
+        <v>532</v>
       </c>
     </row>
     <row r="1348" spans="1:7">
       <c r="A1348" s="3" t="s">
-        <v>2563</v>
+        <v>506</v>
       </c>
       <c r="B1348" s="4" t="s">
+        <v>2580</v>
+      </c>
+      <c r="C1348" s="5" t="s">
         <v>2581</v>
       </c>
-      <c r="C1348" s="5" t="s">
+      <c r="D1348" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1348" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1348" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1348" s="5" t="s">
         <v>2582</v>
-      </c>
-[...10 lines deleted...]
-        <v>610</v>
       </c>
     </row>
     <row r="1349" spans="1:7">
       <c r="A1349" s="3" t="s">
-        <v>2563</v>
+        <v>2565</v>
       </c>
       <c r="B1349" s="4" t="s">
         <v>2583</v>
       </c>
       <c r="C1349" s="5" t="s">
         <v>2584</v>
       </c>
       <c r="D1349" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1349" s="5">
         <v>40</v>
       </c>
       <c r="F1349" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1349" s="5" t="s">
-        <v>539</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1350" spans="1:7">
       <c r="A1350" s="3" t="s">
-        <v>2563</v>
+        <v>2565</v>
       </c>
       <c r="B1350" s="4" t="s">
         <v>2585</v>
       </c>
       <c r="C1350" s="5" t="s">
         <v>2586</v>
       </c>
       <c r="D1350" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1350" s="5">
         <v>40</v>
       </c>
       <c r="F1350" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1350" s="5" t="s">
-        <v>836</v>
+        <v>539</v>
       </c>
     </row>
     <row r="1351" spans="1:7">
       <c r="A1351" s="3" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B1351" s="4" t="s">
         <v>2587</v>
       </c>
-      <c r="B1351" s="4" t="s">
+      <c r="C1351" s="5" t="s">
         <v>2588</v>
       </c>
-      <c r="C1351" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1351" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1351" s="5">
         <v>40</v>
       </c>
       <c r="F1351" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1351" s="5" t="s">
-        <v>2590</v>
+        <v>836</v>
       </c>
     </row>
     <row r="1352" spans="1:7">
       <c r="A1352" s="3" t="s">
-        <v>508</v>
+        <v>2589</v>
       </c>
       <c r="B1352" s="4" t="s">
+        <v>2590</v>
+      </c>
+      <c r="C1352" s="5" t="s">
         <v>2591</v>
       </c>
-      <c r="C1352" s="5" t="s">
+      <c r="D1352" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1352" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1352" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1352" s="5" t="s">
         <v>2592</v>
-      </c>
-[...10 lines deleted...]
-        <v>2593</v>
       </c>
     </row>
     <row r="1353" spans="1:7">
       <c r="A1353" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="B1353" s="4" t="s">
+        <v>2593</v>
+      </c>
+      <c r="C1353" s="5" t="s">
         <v>2594</v>
       </c>
-      <c r="B1353" s="4" t="s">
+      <c r="D1353" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1353" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1353" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1353" s="5" t="s">
         <v>2595</v>
-      </c>
-[...13 lines deleted...]
-        <v>2597</v>
       </c>
     </row>
     <row r="1354" spans="1:7">
       <c r="A1354" s="3" t="s">
-        <v>513</v>
+        <v>2596</v>
       </c>
       <c r="B1354" s="4" t="s">
+        <v>2597</v>
+      </c>
+      <c r="C1354" s="5" t="s">
         <v>2598</v>
       </c>
-      <c r="C1354" s="5" t="s">
+      <c r="D1354" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1354" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1354" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1354" s="5" t="s">
         <v>2599</v>
-      </c>
-[...10 lines deleted...]
-        <v>2600</v>
       </c>
     </row>
     <row r="1355" spans="1:7">
       <c r="A1355" s="3" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="B1355" s="4" t="s">
+        <v>2600</v>
+      </c>
+      <c r="C1355" s="5" t="s">
         <v>2601</v>
       </c>
-      <c r="C1355" s="5" t="s">
+      <c r="D1355" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1355" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1355" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1355" s="5" t="s">
         <v>2602</v>
-      </c>
-[...10 lines deleted...]
-        <v>1448</v>
       </c>
     </row>
     <row r="1356" spans="1:7">
       <c r="A1356" s="3" t="s">
         <v>519</v>
       </c>
       <c r="B1356" s="4" t="s">
         <v>2603</v>
       </c>
       <c r="C1356" s="5" t="s">
-        <v>2602</v>
+        <v>2604</v>
       </c>
       <c r="D1356" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1356" s="5">
         <v>40</v>
       </c>
       <c r="F1356" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1356" s="5" t="s">
-        <v>1150</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="1357" spans="1:7">
       <c r="A1357" s="3" t="s">
-        <v>2604</v>
+        <v>519</v>
       </c>
       <c r="B1357" s="4" t="s">
         <v>2605</v>
       </c>
       <c r="C1357" s="5" t="s">
-        <v>2606</v>
+        <v>2604</v>
       </c>
       <c r="D1357" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1357" s="5">
         <v>40</v>
       </c>
       <c r="F1357" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1357" s="5" t="s">
-        <v>1005</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="1358" spans="1:7">
       <c r="A1358" s="3" t="s">
-        <v>2563</v>
+        <v>2606</v>
       </c>
       <c r="B1358" s="4" t="s">
         <v>2607</v>
       </c>
       <c r="C1358" s="5" t="s">
-        <v>2606</v>
+        <v>2608</v>
       </c>
       <c r="D1358" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1358" s="5">
         <v>40</v>
       </c>
       <c r="F1358" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1358" s="5" t="s">
-        <v>1547</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="1359" spans="1:7">
       <c r="A1359" s="3" t="s">
-        <v>2608</v>
+        <v>2565</v>
       </c>
       <c r="B1359" s="4" t="s">
         <v>2609</v>
       </c>
-      <c r="C1359" s="5">
-        <v>50005</v>
+      <c r="C1359" s="5" t="s">
+        <v>2608</v>
       </c>
       <c r="D1359" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1359" s="5">
         <v>40</v>
       </c>
       <c r="F1359" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1359" s="5" t="s">
-        <v>2610</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="1360" spans="1:7">
       <c r="A1360" s="3" t="s">
-        <v>516</v>
+        <v>2610</v>
       </c>
       <c r="B1360" s="4" t="s">
         <v>2611</v>
       </c>
       <c r="C1360" s="5">
-        <v>50017</v>
+        <v>50005</v>
       </c>
       <c r="D1360" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1360" s="5">
         <v>40</v>
       </c>
       <c r="F1360" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1360" s="5" t="s">
-        <v>1614</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="1361" spans="1:7">
       <c r="A1361" s="3" t="s">
-        <v>1695</v>
+        <v>516</v>
       </c>
       <c r="B1361" s="4" t="s">
-        <v>2612</v>
+        <v>2613</v>
       </c>
       <c r="C1361" s="5">
-        <v>50018</v>
+        <v>50017</v>
       </c>
       <c r="D1361" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1361" s="5">
         <v>40</v>
       </c>
       <c r="F1361" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1361" s="5" t="s">
-        <v>2613</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="1362" spans="1:7">
       <c r="A1362" s="3" t="s">
         <v>1695</v>
       </c>
       <c r="B1362" s="4" t="s">
-        <v>2612</v>
+        <v>2614</v>
       </c>
       <c r="C1362" s="5">
         <v>50018</v>
       </c>
       <c r="D1362" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1362" s="5">
         <v>40</v>
       </c>
       <c r="F1362" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1362" s="5" t="s">
-        <v>1816</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="1363" spans="1:7">
       <c r="A1363" s="3" t="s">
         <v>1695</v>
       </c>
       <c r="B1363" s="4" t="s">
         <v>2614</v>
       </c>
       <c r="C1363" s="5">
-        <v>50025</v>
+        <v>50018</v>
       </c>
       <c r="D1363" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1363" s="5">
         <v>40</v>
       </c>
       <c r="F1363" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1363" s="5" t="s">
-        <v>2615</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="1364" spans="1:7">
       <c r="A1364" s="3" t="s">
         <v>1695</v>
       </c>
       <c r="B1364" s="4" t="s">
         <v>2616</v>
       </c>
       <c r="C1364" s="5">
-        <v>50055</v>
+        <v>50025</v>
       </c>
       <c r="D1364" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1364" s="5">
         <v>40</v>
       </c>
       <c r="F1364" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1364" s="5" t="s">
-        <v>1264</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="1365" spans="1:7">
       <c r="A1365" s="3" t="s">
         <v>1695</v>
       </c>
       <c r="B1365" s="4" t="s">
-        <v>2617</v>
+        <v>2618</v>
       </c>
       <c r="C1365" s="5">
-        <v>50067</v>
+        <v>50055</v>
       </c>
       <c r="D1365" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1365" s="5">
         <v>40</v>
       </c>
       <c r="F1365" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1365" s="5" t="s">
-        <v>1598</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="1366" spans="1:7">
       <c r="A1366" s="3" t="s">
         <v>1695</v>
       </c>
       <c r="B1366" s="4" t="s">
-        <v>2617</v>
+        <v>2619</v>
       </c>
       <c r="C1366" s="5">
         <v>50067</v>
       </c>
       <c r="D1366" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1366" s="5">
         <v>40</v>
       </c>
       <c r="F1366" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1366" s="5" t="s">
-        <v>1174</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="1367" spans="1:7">
       <c r="A1367" s="3" t="s">
-        <v>2618</v>
+        <v>1695</v>
       </c>
       <c r="B1367" s="4" t="s">
         <v>2619</v>
       </c>
       <c r="C1367" s="5">
-        <v>50101</v>
+        <v>50067</v>
       </c>
       <c r="D1367" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1367" s="5">
         <v>40</v>
       </c>
       <c r="F1367" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1367" s="5" t="s">
-        <v>2620</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="1368" spans="1:7">
       <c r="A1368" s="3" t="s">
-        <v>337</v>
+        <v>2620</v>
       </c>
       <c r="B1368" s="4" t="s">
         <v>2621</v>
       </c>
       <c r="C1368" s="5">
-        <v>50105</v>
+        <v>50101</v>
       </c>
       <c r="D1368" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1368" s="5">
         <v>40</v>
       </c>
       <c r="F1368" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1368" s="5" t="s">
-        <v>2102</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="1369" spans="1:7">
       <c r="A1369" s="3" t="s">
-        <v>2618</v>
+        <v>337</v>
       </c>
       <c r="B1369" s="4" t="s">
-        <v>2622</v>
+        <v>2623</v>
       </c>
       <c r="C1369" s="5">
-        <v>50111</v>
+        <v>50105</v>
       </c>
       <c r="D1369" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1369" s="5">
         <v>40</v>
       </c>
       <c r="F1369" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1369" s="5" t="s">
-        <v>470</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="1370" spans="1:7">
       <c r="A1370" s="3" t="s">
-        <v>1695</v>
+        <v>2620</v>
       </c>
       <c r="B1370" s="4" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
       <c r="C1370" s="5">
-        <v>50113</v>
+        <v>50111</v>
       </c>
       <c r="D1370" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1370" s="5">
         <v>40</v>
       </c>
       <c r="F1370" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1370" s="5" t="s">
-        <v>2624</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1371" spans="1:7">
       <c r="A1371" s="3" t="s">
         <v>1695</v>
       </c>
       <c r="B1371" s="4" t="s">
         <v>2625</v>
       </c>
       <c r="C1371" s="5">
-        <v>50114</v>
+        <v>50113</v>
       </c>
       <c r="D1371" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1371" s="5">
         <v>40</v>
       </c>
       <c r="F1371" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1371" s="5" t="s">
-        <v>1752</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="1372" spans="1:7">
       <c r="A1372" s="3" t="s">
-        <v>2626</v>
+        <v>1695</v>
       </c>
       <c r="B1372" s="4" t="s">
         <v>2627</v>
       </c>
       <c r="C1372" s="5">
-        <v>50115</v>
+        <v>50114</v>
       </c>
       <c r="D1372" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1372" s="5">
         <v>40</v>
       </c>
       <c r="F1372" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1372" s="5" t="s">
-        <v>2628</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="1373" spans="1:7">
       <c r="A1373" s="3" t="s">
-        <v>1695</v>
+        <v>2628</v>
       </c>
       <c r="B1373" s="4" t="s">
         <v>2629</v>
       </c>
       <c r="C1373" s="5">
-        <v>50153</v>
+        <v>50115</v>
       </c>
       <c r="D1373" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1373" s="5">
         <v>40</v>
       </c>
       <c r="F1373" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1373" s="5" t="s">
-        <v>65</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="1374" spans="1:7">
       <c r="A1374" s="3" t="s">
-        <v>2630</v>
+        <v>1695</v>
       </c>
       <c r="B1374" s="4" t="s">
         <v>2631</v>
       </c>
       <c r="C1374" s="5">
-        <v>50163</v>
+        <v>50153</v>
       </c>
       <c r="D1374" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1374" s="5">
         <v>40</v>
       </c>
       <c r="F1374" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1374" s="5" t="s">
-        <v>529</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1375" spans="1:7">
       <c r="A1375" s="3" t="s">
         <v>2632</v>
       </c>
       <c r="B1375" s="4" t="s">
         <v>2633</v>
       </c>
       <c r="C1375" s="5">
-        <v>50182</v>
+        <v>50163</v>
       </c>
       <c r="D1375" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1375" s="5">
         <v>40</v>
       </c>
       <c r="F1375" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1375" s="5" t="s">
-        <v>374</v>
+        <v>529</v>
       </c>
     </row>
     <row r="1376" spans="1:7">
       <c r="A1376" s="3" t="s">
-        <v>1695</v>
+        <v>2634</v>
       </c>
       <c r="B1376" s="4" t="s">
-        <v>2633</v>
+        <v>2635</v>
       </c>
       <c r="C1376" s="5">
         <v>50182</v>
       </c>
       <c r="D1376" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1376" s="5">
         <v>40</v>
       </c>
       <c r="F1376" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1376" s="5" t="s">
-        <v>2634</v>
+        <v>374</v>
       </c>
     </row>
     <row r="1377" spans="1:7">
       <c r="A1377" s="3" t="s">
         <v>1695</v>
       </c>
       <c r="B1377" s="4" t="s">
-        <v>2633</v>
+        <v>2635</v>
       </c>
       <c r="C1377" s="5">
         <v>50182</v>
       </c>
       <c r="D1377" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1377" s="5">
         <v>40</v>
       </c>
       <c r="F1377" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1377" s="5" t="s">
-        <v>1426</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="1378" spans="1:7">
       <c r="A1378" s="3" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1378" s="4" t="s">
         <v>2635</v>
-      </c>
-[...1 lines deleted...]
-        <v>2636</v>
       </c>
       <c r="C1378" s="5">
         <v>50182</v>
       </c>
       <c r="D1378" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1378" s="5">
         <v>40</v>
       </c>
       <c r="F1378" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1378" s="5" t="s">
-        <v>379</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="1379" spans="1:7">
       <c r="A1379" s="3" t="s">
-        <v>2345</v>
+        <v>2637</v>
       </c>
       <c r="B1379" s="4" t="s">
-        <v>2637</v>
+        <v>2638</v>
       </c>
       <c r="C1379" s="5">
-        <v>50222</v>
+        <v>50182</v>
       </c>
       <c r="D1379" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1379" s="5">
         <v>40</v>
       </c>
       <c r="F1379" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1379" s="5" t="s">
-        <v>2638</v>
+        <v>379</v>
       </c>
     </row>
     <row r="1380" spans="1:7">
       <c r="A1380" s="3" t="s">
-        <v>1695</v>
+        <v>2345</v>
       </c>
       <c r="B1380" s="4" t="s">
         <v>2639</v>
       </c>
       <c r="C1380" s="5">
-        <v>50223</v>
+        <v>50222</v>
       </c>
       <c r="D1380" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1380" s="5">
         <v>40</v>
       </c>
       <c r="F1380" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1380" s="5" t="s">
-        <v>336</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="1381" spans="1:7">
       <c r="A1381" s="3" t="s">
         <v>1695</v>
       </c>
       <c r="B1381" s="4" t="s">
-        <v>2640</v>
+        <v>2641</v>
       </c>
       <c r="C1381" s="5">
-        <v>50225</v>
+        <v>50223</v>
       </c>
       <c r="D1381" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1381" s="5">
         <v>40</v>
       </c>
       <c r="F1381" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1381" s="5" t="s">
-        <v>424</v>
+        <v>336</v>
       </c>
     </row>
     <row r="1382" spans="1:7">
       <c r="A1382" s="3" t="s">
         <v>1695</v>
       </c>
       <c r="B1382" s="4" t="s">
-        <v>2641</v>
+        <v>2642</v>
       </c>
       <c r="C1382" s="5">
-        <v>50228</v>
+        <v>50225</v>
       </c>
       <c r="D1382" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1382" s="5">
         <v>40</v>
       </c>
       <c r="F1382" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1382" s="5" t="s">
-        <v>382</v>
+        <v>424</v>
       </c>
     </row>
     <row r="1383" spans="1:7">
       <c r="A1383" s="3" t="s">
-        <v>2345</v>
+        <v>1695</v>
       </c>
       <c r="B1383" s="4" t="s">
-        <v>2642</v>
+        <v>2643</v>
       </c>
       <c r="C1383" s="5">
-        <v>50275</v>
+        <v>50228</v>
       </c>
       <c r="D1383" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1383" s="5">
         <v>40</v>
       </c>
       <c r="F1383" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1383" s="5" t="s">
-        <v>1594</v>
+        <v>382</v>
       </c>
     </row>
     <row r="1384" spans="1:7">
       <c r="A1384" s="3" t="s">
-        <v>2626</v>
+        <v>2345</v>
       </c>
       <c r="B1384" s="4" t="s">
-        <v>2642</v>
+        <v>2644</v>
       </c>
       <c r="C1384" s="5">
         <v>50275</v>
       </c>
       <c r="D1384" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1384" s="5">
         <v>40</v>
       </c>
       <c r="F1384" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1384" s="5" t="s">
-        <v>2643</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="1385" spans="1:7">
       <c r="A1385" s="3" t="s">
-        <v>2345</v>
+        <v>2628</v>
       </c>
       <c r="B1385" s="4" t="s">
         <v>2644</v>
       </c>
       <c r="C1385" s="5">
-        <v>50297</v>
+        <v>50275</v>
       </c>
       <c r="D1385" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1385" s="5">
         <v>40</v>
       </c>
       <c r="F1385" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1385" s="5" t="s">
         <v>2645</v>
       </c>
     </row>
     <row r="1386" spans="1:7">
       <c r="A1386" s="3" t="s">
+        <v>2345</v>
+      </c>
+      <c r="B1386" s="4" t="s">
         <v>2646</v>
       </c>
-      <c r="B1386" s="4" t="s">
+      <c r="C1386" s="5">
+        <v>50297</v>
+      </c>
+      <c r="D1386" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1386" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1386" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1386" s="5" t="s">
         <v>2647</v>
-      </c>
-[...13 lines deleted...]
-        <v>562</v>
       </c>
     </row>
     <row r="1387" spans="1:7">
       <c r="A1387" s="3" t="s">
-        <v>2345</v>
+        <v>2648</v>
       </c>
       <c r="B1387" s="4" t="s">
-        <v>2648</v>
+        <v>2649</v>
       </c>
       <c r="C1387" s="5">
-        <v>50297</v>
+        <v>20297</v>
       </c>
       <c r="D1387" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1387" s="5">
         <v>40</v>
       </c>
       <c r="F1387" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1387" s="5" t="s">
-        <v>140</v>
+        <v>562</v>
       </c>
     </row>
     <row r="1388" spans="1:7">
       <c r="A1388" s="3" t="s">
-        <v>2635</v>
+        <v>2345</v>
       </c>
       <c r="B1388" s="4" t="s">
-        <v>2649</v>
+        <v>2650</v>
       </c>
       <c r="C1388" s="5">
         <v>50297</v>
       </c>
       <c r="D1388" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1388" s="5">
         <v>40</v>
       </c>
       <c r="F1388" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1388" s="5" t="s">
-        <v>959</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1389" spans="1:7">
       <c r="A1389" s="3" t="s">
-        <v>2345</v>
+        <v>2637</v>
       </c>
       <c r="B1389" s="4" t="s">
-        <v>2650</v>
+        <v>2651</v>
       </c>
       <c r="C1389" s="5">
-        <v>50298</v>
+        <v>50297</v>
       </c>
       <c r="D1389" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1389" s="5">
         <v>40</v>
       </c>
       <c r="F1389" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1389" s="5" t="s">
-        <v>1448</v>
+        <v>959</v>
       </c>
     </row>
     <row r="1390" spans="1:7">
       <c r="A1390" s="3" t="s">
-        <v>630</v>
+        <v>2345</v>
       </c>
       <c r="B1390" s="4" t="s">
-        <v>2651</v>
+        <v>2652</v>
       </c>
       <c r="C1390" s="5">
-        <v>49003</v>
+        <v>50298</v>
       </c>
       <c r="D1390" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1390" s="5">
         <v>40</v>
       </c>
       <c r="F1390" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1390" s="5" t="s">
-        <v>1594</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="1391" spans="1:7">
       <c r="A1391" s="3" t="s">
-        <v>2652</v>
+        <v>630</v>
       </c>
       <c r="B1391" s="4" t="s">
         <v>2653</v>
       </c>
       <c r="C1391" s="5">
-        <v>49010</v>
+        <v>49003</v>
       </c>
       <c r="D1391" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1391" s="5">
         <v>40</v>
       </c>
       <c r="F1391" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1391" s="5" t="s">
-        <v>2654</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="1392" spans="1:7">
       <c r="A1392" s="3" t="s">
-        <v>1412</v>
+        <v>2654</v>
       </c>
       <c r="B1392" s="4" t="s">
         <v>2655</v>
       </c>
       <c r="C1392" s="5">
-        <v>49019</v>
+        <v>49010</v>
       </c>
       <c r="D1392" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1392" s="5">
         <v>40</v>
       </c>
       <c r="F1392" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1392" s="5" t="s">
-        <v>1393</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="1393" spans="1:7">
       <c r="A1393" s="3" t="s">
-        <v>630</v>
+        <v>1412</v>
       </c>
       <c r="B1393" s="4" t="s">
-        <v>2656</v>
+        <v>2657</v>
       </c>
       <c r="C1393" s="5">
-        <v>49020</v>
+        <v>49019</v>
       </c>
       <c r="D1393" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1393" s="5">
         <v>40</v>
       </c>
       <c r="F1393" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1393" s="5" t="s">
-        <v>649</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="1394" spans="1:7">
       <c r="A1394" s="3" t="s">
         <v>630</v>
       </c>
       <c r="B1394" s="4" t="s">
-        <v>2657</v>
+        <v>2658</v>
       </c>
       <c r="C1394" s="5">
-        <v>49026</v>
+        <v>49020</v>
       </c>
       <c r="D1394" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1394" s="5">
         <v>40</v>
       </c>
       <c r="F1394" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1394" s="5" t="s">
-        <v>2393</v>
+        <v>649</v>
       </c>
     </row>
     <row r="1395" spans="1:7">
       <c r="A1395" s="3" t="s">
         <v>630</v>
       </c>
       <c r="B1395" s="4" t="s">
-        <v>2658</v>
+        <v>2659</v>
       </c>
       <c r="C1395" s="5">
-        <v>49035</v>
+        <v>49026</v>
       </c>
       <c r="D1395" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1395" s="5">
         <v>40</v>
       </c>
       <c r="F1395" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1395" s="5" t="s">
-        <v>1353</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="1396" spans="1:7">
       <c r="A1396" s="3" t="s">
-        <v>2659</v>
+        <v>630</v>
       </c>
       <c r="B1396" s="4" t="s">
         <v>2660</v>
       </c>
       <c r="C1396" s="5">
-        <v>49037</v>
+        <v>49035</v>
       </c>
       <c r="D1396" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1396" s="5">
         <v>40</v>
       </c>
       <c r="F1396" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1396" s="5" t="s">
-        <v>2661</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="1397" spans="1:7">
       <c r="A1397" s="3" t="s">
-        <v>630</v>
+        <v>2661</v>
       </c>
       <c r="B1397" s="4" t="s">
         <v>2662</v>
       </c>
       <c r="C1397" s="5">
-        <v>49040</v>
+        <v>49037</v>
       </c>
       <c r="D1397" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1397" s="5">
         <v>40</v>
       </c>
       <c r="F1397" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1397" s="5" t="s">
-        <v>176</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="1398" spans="1:7">
       <c r="A1398" s="3" t="s">
         <v>630</v>
       </c>
       <c r="B1398" s="4" t="s">
-        <v>2663</v>
+        <v>2664</v>
       </c>
       <c r="C1398" s="5">
-        <v>49042</v>
+        <v>49040</v>
       </c>
       <c r="D1398" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1398" s="5">
         <v>40</v>
       </c>
       <c r="F1398" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1398" s="5" t="s">
-        <v>1353</v>
+        <v>176</v>
       </c>
     </row>
     <row r="1399" spans="1:7">
       <c r="A1399" s="3" t="s">
-        <v>2664</v>
+        <v>630</v>
       </c>
       <c r="B1399" s="4" t="s">
-        <v>2663</v>
+        <v>2665</v>
       </c>
       <c r="C1399" s="5">
         <v>49042</v>
       </c>
       <c r="D1399" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1399" s="5">
         <v>40</v>
       </c>
       <c r="F1399" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1399" s="5" t="s">
-        <v>2665</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="1400" spans="1:7">
       <c r="A1400" s="3" t="s">
-        <v>1412</v>
+        <v>2666</v>
       </c>
       <c r="B1400" s="4" t="s">
-        <v>2666</v>
+        <v>2665</v>
       </c>
       <c r="C1400" s="5">
         <v>49042</v>
       </c>
       <c r="D1400" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1400" s="5">
         <v>40</v>
       </c>
       <c r="F1400" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1400" s="5" t="s">
-        <v>433</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="1401" spans="1:7">
       <c r="A1401" s="3" t="s">
         <v>1412</v>
       </c>
       <c r="B1401" s="4" t="s">
-        <v>2667</v>
+        <v>2668</v>
       </c>
       <c r="C1401" s="5">
-        <v>49046</v>
+        <v>49042</v>
       </c>
       <c r="D1401" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1401" s="5">
         <v>40</v>
       </c>
       <c r="F1401" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1401" s="5" t="s">
-        <v>1355</v>
+        <v>433</v>
       </c>
     </row>
     <row r="1402" spans="1:7">
       <c r="A1402" s="3" t="s">
-        <v>2668</v>
+        <v>1412</v>
       </c>
       <c r="B1402" s="4" t="s">
         <v>2669</v>
       </c>
       <c r="C1402" s="5">
-        <v>49054</v>
+        <v>49046</v>
       </c>
       <c r="D1402" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1402" s="5">
         <v>40</v>
       </c>
       <c r="F1402" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1402" s="5" t="s">
-        <v>464</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="1403" spans="1:7">
       <c r="A1403" s="3" t="s">
-        <v>630</v>
+        <v>2670</v>
       </c>
       <c r="B1403" s="4" t="s">
-        <v>2670</v>
+        <v>2671</v>
       </c>
       <c r="C1403" s="5">
-        <v>49063</v>
+        <v>49054</v>
       </c>
       <c r="D1403" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1403" s="5">
         <v>40</v>
       </c>
       <c r="F1403" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1403" s="5" t="s">
-        <v>308</v>
+        <v>464</v>
       </c>
     </row>
     <row r="1404" spans="1:7">
       <c r="A1404" s="3" t="s">
-        <v>2659</v>
+        <v>630</v>
       </c>
       <c r="B1404" s="4" t="s">
-        <v>2671</v>
+        <v>2672</v>
       </c>
       <c r="C1404" s="5">
-        <v>49064</v>
+        <v>49063</v>
       </c>
       <c r="D1404" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1404" s="5">
         <v>40</v>
       </c>
       <c r="F1404" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1404" s="5" t="s">
-        <v>2672</v>
+        <v>308</v>
       </c>
     </row>
     <row r="1405" spans="1:7">
       <c r="A1405" s="3" t="s">
-        <v>630</v>
+        <v>2661</v>
       </c>
       <c r="B1405" s="4" t="s">
         <v>2673</v>
       </c>
       <c r="C1405" s="5">
-        <v>49068</v>
+        <v>49064</v>
       </c>
       <c r="D1405" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1405" s="5">
         <v>40</v>
       </c>
       <c r="F1405" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1405" s="5" t="s">
-        <v>2446</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="1406" spans="1:7">
       <c r="A1406" s="3" t="s">
         <v>630</v>
       </c>
       <c r="B1406" s="4" t="s">
-        <v>2674</v>
+        <v>2675</v>
       </c>
       <c r="C1406" s="5">
-        <v>49071</v>
+        <v>49068</v>
       </c>
       <c r="D1406" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1406" s="5">
         <v>40</v>
       </c>
       <c r="F1406" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1406" s="5" t="s">
-        <v>32</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="1407" spans="1:7">
       <c r="A1407" s="3" t="s">
-        <v>570</v>
+        <v>630</v>
       </c>
       <c r="B1407" s="4" t="s">
-        <v>2675</v>
+        <v>2676</v>
       </c>
       <c r="C1407" s="5">
         <v>49071</v>
       </c>
       <c r="D1407" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1407" s="5">
         <v>40</v>
       </c>
       <c r="F1407" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1407" s="5" t="s">
-        <v>2676</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1408" spans="1:7">
       <c r="A1408" s="3" t="s">
-        <v>2659</v>
+        <v>570</v>
       </c>
       <c r="B1408" s="4" t="s">
         <v>2677</v>
       </c>
       <c r="C1408" s="5">
         <v>49071</v>
       </c>
       <c r="D1408" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1408" s="5">
         <v>40</v>
       </c>
       <c r="F1408" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1408" s="5" t="s">
-        <v>198</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="1409" spans="1:7">
       <c r="A1409" s="3" t="s">
-        <v>630</v>
+        <v>2661</v>
       </c>
       <c r="B1409" s="4" t="s">
-        <v>2678</v>
+        <v>2679</v>
       </c>
       <c r="C1409" s="5">
         <v>49071</v>
       </c>
       <c r="D1409" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1409" s="5">
         <v>40</v>
       </c>
       <c r="F1409" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1409" s="5" t="s">
-        <v>2679</v>
+        <v>198</v>
       </c>
     </row>
     <row r="1410" spans="1:7">
       <c r="A1410" s="3" t="s">
-        <v>2664</v>
+        <v>630</v>
       </c>
       <c r="B1410" s="4" t="s">
         <v>2680</v>
       </c>
       <c r="C1410" s="5">
-        <v>49083</v>
+        <v>49071</v>
       </c>
       <c r="D1410" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1410" s="5">
         <v>40</v>
       </c>
       <c r="F1410" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1410" s="5" t="s">
         <v>2681</v>
       </c>
     </row>
     <row r="1411" spans="1:7">
       <c r="A1411" s="3" t="s">
-        <v>630</v>
+        <v>2666</v>
       </c>
       <c r="B1411" s="4" t="s">
         <v>2682</v>
       </c>
       <c r="C1411" s="5">
-        <v>49096</v>
+        <v>49083</v>
       </c>
       <c r="D1411" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1411" s="5">
         <v>40</v>
       </c>
       <c r="F1411" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1411" s="5" t="s">
-        <v>2545</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="1412" spans="1:7">
       <c r="A1412" s="3" t="s">
-        <v>2664</v>
+        <v>630</v>
       </c>
       <c r="B1412" s="4" t="s">
-        <v>2682</v>
+        <v>2684</v>
       </c>
       <c r="C1412" s="5">
         <v>49096</v>
       </c>
       <c r="D1412" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1412" s="5">
         <v>40</v>
       </c>
       <c r="F1412" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1412" s="5" t="s">
-        <v>2683</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="1413" spans="1:7">
       <c r="A1413" s="3" t="s">
-        <v>2659</v>
+        <v>2666</v>
       </c>
       <c r="B1413" s="4" t="s">
         <v>2684</v>
       </c>
       <c r="C1413" s="5">
-        <v>49098</v>
+        <v>49096</v>
       </c>
       <c r="D1413" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1413" s="5">
         <v>40</v>
       </c>
       <c r="F1413" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1413" s="5" t="s">
         <v>2685</v>
       </c>
     </row>
     <row r="1414" spans="1:7">
       <c r="A1414" s="3" t="s">
-        <v>630</v>
+        <v>2661</v>
       </c>
       <c r="B1414" s="4" t="s">
         <v>2686</v>
       </c>
       <c r="C1414" s="5">
-        <v>49101</v>
+        <v>49098</v>
       </c>
       <c r="D1414" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1414" s="5">
         <v>40</v>
       </c>
       <c r="F1414" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1414" s="5" t="s">
-        <v>963</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="1415" spans="1:7">
       <c r="A1415" s="3" t="s">
-        <v>2652</v>
+        <v>630</v>
       </c>
       <c r="B1415" s="4" t="s">
-        <v>2687</v>
+        <v>2688</v>
       </c>
       <c r="C1415" s="5">
-        <v>49103</v>
+        <v>49101</v>
       </c>
       <c r="D1415" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1415" s="5">
         <v>40</v>
       </c>
       <c r="F1415" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1415" s="5" t="s">
-        <v>2688</v>
+        <v>963</v>
       </c>
     </row>
     <row r="1416" spans="1:7">
       <c r="A1416" s="3" t="s">
-        <v>1390</v>
+        <v>2654</v>
       </c>
       <c r="B1416" s="4" t="s">
         <v>2689</v>
       </c>
       <c r="C1416" s="5">
-        <v>49113</v>
+        <v>49103</v>
       </c>
       <c r="D1416" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1416" s="5">
         <v>40</v>
       </c>
       <c r="F1416" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1416" s="5" t="s">
-        <v>1311</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="1417" spans="1:7">
       <c r="A1417" s="3" t="s">
-        <v>2664</v>
+        <v>1390</v>
       </c>
       <c r="B1417" s="4" t="s">
-        <v>2690</v>
+        <v>2691</v>
       </c>
       <c r="C1417" s="5">
-        <v>49115</v>
+        <v>49113</v>
       </c>
       <c r="D1417" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1417" s="5">
         <v>40</v>
       </c>
       <c r="F1417" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1417" s="5" t="s">
-        <v>2691</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="1418" spans="1:7">
       <c r="A1418" s="3" t="s">
-        <v>2652</v>
+        <v>2666</v>
       </c>
       <c r="B1418" s="4" t="s">
         <v>2692</v>
       </c>
       <c r="C1418" s="5">
-        <v>49122</v>
+        <v>49115</v>
       </c>
       <c r="D1418" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1418" s="5">
         <v>40</v>
       </c>
       <c r="F1418" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1418" s="5" t="s">
         <v>2693</v>
       </c>
     </row>
     <row r="1419" spans="1:7">
       <c r="A1419" s="3" t="s">
-        <v>630</v>
+        <v>2654</v>
       </c>
       <c r="B1419" s="4" t="s">
         <v>2694</v>
       </c>
       <c r="C1419" s="5">
-        <v>49126</v>
+        <v>49122</v>
       </c>
       <c r="D1419" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1419" s="5">
         <v>40</v>
       </c>
       <c r="F1419" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1419" s="5" t="s">
-        <v>1998</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="1420" spans="1:7">
       <c r="A1420" s="3" t="s">
         <v>630</v>
       </c>
       <c r="B1420" s="4" t="s">
-        <v>2695</v>
+        <v>2696</v>
       </c>
       <c r="C1420" s="5">
-        <v>49129</v>
+        <v>49126</v>
       </c>
       <c r="D1420" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1420" s="5">
         <v>40</v>
       </c>
       <c r="F1420" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1420" s="5" t="s">
-        <v>797</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="1421" spans="1:7">
       <c r="A1421" s="3" t="s">
         <v>630</v>
       </c>
       <c r="B1421" s="4" t="s">
-        <v>2696</v>
+        <v>2697</v>
       </c>
       <c r="C1421" s="5">
-        <v>49131</v>
+        <v>49129</v>
       </c>
       <c r="D1421" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1421" s="5">
         <v>40</v>
       </c>
       <c r="F1421" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1421" s="5" t="s">
-        <v>959</v>
+        <v>797</v>
       </c>
     </row>
     <row r="1422" spans="1:7">
       <c r="A1422" s="3" t="s">
         <v>630</v>
       </c>
       <c r="B1422" s="4" t="s">
-        <v>2697</v>
+        <v>2698</v>
       </c>
       <c r="C1422" s="5">
-        <v>49149</v>
+        <v>49131</v>
       </c>
       <c r="D1422" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1422" s="5">
         <v>40</v>
       </c>
       <c r="F1422" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1422" s="5" t="s">
-        <v>1016</v>
+        <v>959</v>
       </c>
     </row>
     <row r="1423" spans="1:7">
       <c r="A1423" s="3" t="s">
-        <v>1446</v>
+        <v>630</v>
       </c>
       <c r="B1423" s="4" t="s">
-        <v>2697</v>
+        <v>2699</v>
       </c>
       <c r="C1423" s="5">
         <v>49149</v>
       </c>
       <c r="D1423" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1423" s="5">
         <v>40</v>
       </c>
       <c r="F1423" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1423" s="5" t="s">
-        <v>2698</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="1424" spans="1:7">
       <c r="A1424" s="3" t="s">
-        <v>630</v>
+        <v>1446</v>
       </c>
       <c r="B1424" s="4" t="s">
         <v>2699</v>
       </c>
       <c r="C1424" s="5">
-        <v>49151</v>
+        <v>49149</v>
       </c>
       <c r="D1424" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1424" s="5">
         <v>40</v>
       </c>
       <c r="F1424" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1424" s="5" t="s">
-        <v>164</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="1425" spans="1:7">
       <c r="A1425" s="3" t="s">
         <v>630</v>
       </c>
       <c r="B1425" s="4" t="s">
-        <v>2700</v>
+        <v>2701</v>
       </c>
       <c r="C1425" s="5">
-        <v>49152</v>
+        <v>49151</v>
       </c>
       <c r="D1425" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1425" s="5">
         <v>40</v>
       </c>
       <c r="F1425" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1425" s="5" t="s">
-        <v>464</v>
+        <v>164</v>
       </c>
     </row>
     <row r="1426" spans="1:7">
       <c r="A1426" s="3" t="s">
         <v>630</v>
       </c>
       <c r="B1426" s="4" t="s">
-        <v>2701</v>
+        <v>2702</v>
       </c>
       <c r="C1426" s="5">
-        <v>49156</v>
+        <v>49152</v>
       </c>
       <c r="D1426" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1426" s="5">
         <v>40</v>
       </c>
       <c r="F1426" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1426" s="5" t="s">
-        <v>1071</v>
+        <v>464</v>
       </c>
     </row>
     <row r="1427" spans="1:7">
       <c r="A1427" s="3" t="s">
-        <v>1412</v>
+        <v>630</v>
       </c>
       <c r="B1427" s="4" t="s">
-        <v>2702</v>
+        <v>2703</v>
       </c>
       <c r="C1427" s="5">
-        <v>49165</v>
+        <v>49156</v>
       </c>
       <c r="D1427" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1427" s="5">
         <v>40</v>
       </c>
       <c r="F1427" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1427" s="5" t="s">
-        <v>726</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="1428" spans="1:7">
       <c r="A1428" s="3" t="s">
-        <v>1394</v>
+        <v>1412</v>
       </c>
       <c r="B1428" s="4" t="s">
-        <v>2703</v>
+        <v>2704</v>
       </c>
       <c r="C1428" s="5">
-        <v>49166</v>
+        <v>49165</v>
       </c>
       <c r="D1428" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1428" s="5">
         <v>40</v>
       </c>
       <c r="F1428" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1428" s="5" t="s">
-        <v>2704</v>
+        <v>726</v>
       </c>
     </row>
     <row r="1429" spans="1:7">
       <c r="A1429" s="3" t="s">
-        <v>630</v>
+        <v>1394</v>
       </c>
       <c r="B1429" s="4" t="s">
         <v>2705</v>
       </c>
       <c r="C1429" s="5">
-        <v>49172</v>
+        <v>49166</v>
       </c>
       <c r="D1429" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1429" s="5">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="F1429" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1429" s="5" t="s">
         <v>2706</v>
       </c>
     </row>
     <row r="1430" spans="1:7">
       <c r="A1430" s="3" t="s">
-        <v>2668</v>
+        <v>630</v>
       </c>
       <c r="B1430" s="4" t="s">
         <v>2707</v>
       </c>
       <c r="C1430" s="5">
-        <v>49178</v>
+        <v>49172</v>
       </c>
       <c r="D1430" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1430" s="5">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="F1430" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1430" s="5" t="s">
-        <v>195</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="1431" spans="1:7">
       <c r="A1431" s="3" t="s">
-        <v>2708</v>
+        <v>2670</v>
       </c>
       <c r="B1431" s="4" t="s">
-        <v>2707</v>
+        <v>2709</v>
       </c>
       <c r="C1431" s="5">
         <v>49178</v>
       </c>
       <c r="D1431" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1431" s="5">
         <v>40</v>
       </c>
       <c r="F1431" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1431" s="5" t="s">
-        <v>2709</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1432" spans="1:7">
       <c r="A1432" s="3" t="s">
-        <v>630</v>
+        <v>2710</v>
       </c>
       <c r="B1432" s="4" t="s">
-        <v>2710</v>
+        <v>2709</v>
       </c>
       <c r="C1432" s="5">
-        <v>49206</v>
+        <v>49178</v>
       </c>
       <c r="D1432" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1432" s="5">
         <v>40</v>
       </c>
       <c r="F1432" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1432" s="5" t="s">
         <v>2711</v>
       </c>
     </row>
     <row r="1433" spans="1:7">
       <c r="A1433" s="3" t="s">
         <v>630</v>
       </c>
       <c r="B1433" s="4" t="s">
         <v>2712</v>
       </c>
       <c r="C1433" s="5">
-        <v>49219</v>
+        <v>49206</v>
       </c>
       <c r="D1433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1433" s="5">
         <v>40</v>
       </c>
       <c r="F1433" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1433" s="5" t="s">
-        <v>793</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="1434" spans="1:7">
       <c r="A1434" s="3" t="s">
-        <v>2664</v>
+        <v>630</v>
       </c>
       <c r="B1434" s="4" t="s">
-        <v>2712</v>
+        <v>2714</v>
       </c>
       <c r="C1434" s="5">
         <v>49219</v>
       </c>
       <c r="D1434" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1434" s="5">
         <v>40</v>
       </c>
       <c r="F1434" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1434" s="5" t="s">
-        <v>2713</v>
+        <v>793</v>
       </c>
     </row>
     <row r="1435" spans="1:7">
       <c r="A1435" s="3" t="s">
+        <v>2666</v>
+      </c>
+      <c r="B1435" s="4" t="s">
         <v>2714</v>
-      </c>
-[...1 lines deleted...]
-        <v>2715</v>
       </c>
       <c r="C1435" s="5">
         <v>49219</v>
       </c>
       <c r="D1435" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1435" s="5">
         <v>40</v>
       </c>
       <c r="F1435" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1435" s="5" t="s">
-        <v>696</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="1436" spans="1:7">
       <c r="A1436" s="3" t="s">
-        <v>630</v>
+        <v>2716</v>
       </c>
       <c r="B1436" s="4" t="s">
-        <v>2716</v>
+        <v>2717</v>
       </c>
       <c r="C1436" s="5">
         <v>49219</v>
       </c>
       <c r="D1436" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1436" s="5">
         <v>40</v>
       </c>
       <c r="F1436" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1436" s="5" t="s">
-        <v>655</v>
+        <v>696</v>
       </c>
     </row>
     <row r="1437" spans="1:7">
       <c r="A1437" s="3" t="s">
-        <v>2664</v>
+        <v>630</v>
       </c>
       <c r="B1437" s="4" t="s">
-        <v>2716</v>
+        <v>2718</v>
       </c>
       <c r="C1437" s="5">
         <v>49219</v>
       </c>
       <c r="D1437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1437" s="5">
         <v>40</v>
       </c>
       <c r="F1437" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1437" s="5" t="s">
-        <v>955</v>
+        <v>655</v>
       </c>
     </row>
     <row r="1438" spans="1:7">
       <c r="A1438" s="3" t="s">
-        <v>570</v>
+        <v>2666</v>
       </c>
       <c r="B1438" s="4" t="s">
-        <v>2717</v>
+        <v>2718</v>
       </c>
       <c r="C1438" s="5">
         <v>49219</v>
       </c>
       <c r="D1438" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1438" s="5">
         <v>40</v>
       </c>
       <c r="F1438" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1438" s="5" t="s">
-        <v>2718</v>
+        <v>955</v>
       </c>
     </row>
     <row r="1439" spans="1:7">
       <c r="A1439" s="3" t="s">
         <v>570</v>
       </c>
       <c r="B1439" s="4" t="s">
         <v>2719</v>
       </c>
       <c r="C1439" s="5">
-        <v>49240</v>
+        <v>49219</v>
       </c>
       <c r="D1439" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1439" s="5">
         <v>40</v>
       </c>
       <c r="F1439" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1439" s="5" t="s">
         <v>2720</v>
       </c>
     </row>
     <row r="1440" spans="1:7">
       <c r="A1440" s="3" t="s">
-        <v>630</v>
+        <v>570</v>
       </c>
       <c r="B1440" s="4" t="s">
         <v>2721</v>
       </c>
       <c r="C1440" s="5">
-        <v>49241</v>
+        <v>49240</v>
       </c>
       <c r="D1440" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1440" s="5">
         <v>40</v>
       </c>
       <c r="F1440" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1440" s="5" t="s">
         <v>2722</v>
       </c>
     </row>
     <row r="1441" spans="1:7">
       <c r="A1441" s="3" t="s">
         <v>630</v>
       </c>
       <c r="B1441" s="4" t="s">
         <v>2723</v>
       </c>
       <c r="C1441" s="5">
-        <v>49258</v>
+        <v>49241</v>
       </c>
       <c r="D1441" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1441" s="5">
         <v>40</v>
       </c>
       <c r="F1441" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1441" s="5" t="s">
-        <v>902</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="1442" spans="1:7">
       <c r="A1442" s="3" t="s">
-        <v>2664</v>
+        <v>630</v>
       </c>
       <c r="B1442" s="4" t="s">
-        <v>2724</v>
+        <v>2725</v>
       </c>
       <c r="C1442" s="5">
-        <v>49267</v>
+        <v>49258</v>
       </c>
       <c r="D1442" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1442" s="5">
         <v>40</v>
       </c>
       <c r="F1442" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1442" s="5" t="s">
-        <v>507</v>
+        <v>902</v>
       </c>
     </row>
     <row r="1443" spans="1:7">
       <c r="A1443" s="3" t="s">
-        <v>630</v>
+        <v>2666</v>
       </c>
       <c r="B1443" s="4" t="s">
-        <v>2725</v>
+        <v>2726</v>
       </c>
       <c r="C1443" s="5">
-        <v>49275</v>
+        <v>49267</v>
       </c>
       <c r="D1443" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1443" s="5">
         <v>40</v>
       </c>
       <c r="F1443" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1443" s="5" t="s">
-        <v>242</v>
+        <v>507</v>
       </c>
     </row>
     <row r="1444" spans="1:7">
       <c r="A1444" s="3" t="s">
-        <v>184</v>
+        <v>630</v>
       </c>
       <c r="B1444" s="4" t="s">
-        <v>2726</v>
+        <v>2727</v>
       </c>
       <c r="C1444" s="5">
         <v>49275</v>
       </c>
       <c r="D1444" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1444" s="5">
         <v>40</v>
       </c>
       <c r="F1444" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1444" s="5" t="s">
-        <v>2727</v>
+        <v>242</v>
       </c>
     </row>
     <row r="1445" spans="1:7">
       <c r="A1445" s="3" t="s">
-        <v>1444</v>
+        <v>184</v>
       </c>
       <c r="B1445" s="4" t="s">
         <v>2728</v>
       </c>
       <c r="C1445" s="5">
         <v>49275</v>
       </c>
       <c r="D1445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1445" s="5">
         <v>40</v>
       </c>
       <c r="F1445" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1445" s="5" t="s">
         <v>2729</v>
       </c>
     </row>
     <row r="1446" spans="1:7">
-      <c r="A1446" s="2"/>
-[...3 lines deleted...]
-      <c r="G1446" s="1"/>
+      <c r="A1446" s="3" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B1446" s="4" t="s">
+        <v>2730</v>
+      </c>
+      <c r="C1446" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D1446" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1446" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1446" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1446" s="5" t="s">
+        <v>2731</v>
+      </c>
+    </row>
+    <row r="1447" spans="1:7">
+      <c r="A1447" s="2"/>
+      <c r="C1447" s="1"/>
+      <c r="E1447" s="1"/>
+      <c r="F1447" s="1"/>
+      <c r="G1447" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">