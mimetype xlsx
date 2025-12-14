--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="612">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="615">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4ALL</t>
   </si>
   <si>
-    <t>241 Referencias DVGE - 254 QSO encontrados - 225 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #2299 (30-10-2025 03:47)</t>
+    <t>242 Referencias DVGE - 255 QSO encontrados - 226 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #2299 (14-12-2025 15:31)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>
@@ -1410,50 +1410,59 @@
     <t>06/09/2018</t>
   </si>
   <si>
     <t>EA7DA/P</t>
   </si>
   <si>
     <t>VGSE-027</t>
   </si>
   <si>
     <t>26/02/2017</t>
   </si>
   <si>
     <t>EA7K</t>
   </si>
   <si>
     <t>VGSE-048</t>
   </si>
   <si>
     <t>20/02/2022</t>
   </si>
   <si>
     <t>EA7DK/P</t>
   </si>
   <si>
     <t>VGSE-087</t>
+  </si>
+  <si>
+    <t>EA7RKS/P</t>
+  </si>
+  <si>
+    <t>VGSE-175</t>
+  </si>
+  <si>
+    <t>02/11/2025</t>
   </si>
   <si>
     <t>VGSE-237</t>
   </si>
   <si>
     <t>05/03/2017</t>
   </si>
   <si>
     <t>VGSE-246</t>
   </si>
   <si>
     <t>14/01/2012</t>
   </si>
   <si>
     <t>VGSE-255</t>
   </si>
   <si>
     <t>08/07/2018</t>
   </si>
   <si>
     <t>EA7IA/P</t>
   </si>
   <si>
     <t>VGSE-261</t>
   </si>
@@ -2305,51 +2314,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G260"/>
+  <dimension ref="A1:G261"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -6419,1848 +6428,1871 @@
     <row r="181" spans="1:7">
       <c r="A181" s="3" t="s">
         <v>464</v>
       </c>
       <c r="B181" s="4" t="s">
         <v>465</v>
       </c>
       <c r="C181" s="5">
         <v>41035</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="5">
         <v>40</v>
       </c>
       <c r="F181" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G181" s="5" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" s="3" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="B182" s="4" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C182" s="5">
-        <v>41095</v>
+        <v>41065</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="5">
         <v>40</v>
       </c>
       <c r="F182" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G182" s="5" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" s="3" t="s">
-        <v>195</v>
+        <v>458</v>
       </c>
       <c r="B183" s="4" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C183" s="5">
         <v>41095</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="5">
         <v>40</v>
       </c>
       <c r="F183" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G183" s="5" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" s="3" t="s">
-        <v>458</v>
+        <v>195</v>
       </c>
       <c r="B184" s="4" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C184" s="5">
-        <v>41102</v>
+        <v>41095</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="5">
         <v>40</v>
       </c>
       <c r="F184" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G184" s="5" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" s="3" t="s">
-        <v>472</v>
+        <v>458</v>
       </c>
       <c r="B185" s="4" t="s">
         <v>473</v>
       </c>
       <c r="C185" s="5">
-        <v>41004</v>
+        <v>41102</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="5">
         <v>40</v>
       </c>
       <c r="F185" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G185" s="5" t="s">
-        <v>429</v>
+        <v>474</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" s="3" t="s">
-        <v>140</v>
+        <v>475</v>
       </c>
       <c r="B186" s="4" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="C186" s="5">
-        <v>40046</v>
+        <v>41004</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="5">
         <v>40</v>
       </c>
       <c r="F186" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G186" s="5" t="s">
-        <v>475</v>
+        <v>429</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B187" s="4" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C187" s="5">
-        <v>40053</v>
+        <v>40046</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="5">
         <v>40</v>
       </c>
       <c r="F187" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G187" s="5" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B188" s="4" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C188" s="5">
-        <v>40905</v>
+        <v>40053</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="5">
         <v>40</v>
       </c>
       <c r="F188" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G188" s="5" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" s="3" t="s">
-        <v>453</v>
+        <v>140</v>
       </c>
       <c r="B189" s="4" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C189" s="5">
-        <v>40072</v>
+        <v>40905</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="5">
         <v>40</v>
       </c>
       <c r="F189" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G189" s="5" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" s="3" t="s">
-        <v>140</v>
+        <v>453</v>
       </c>
       <c r="B190" s="4" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C190" s="5">
-        <v>40132</v>
+        <v>40072</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="5">
         <v>40</v>
       </c>
       <c r="F190" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G190" s="5" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B191" s="4" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C191" s="5">
-        <v>40174</v>
+        <v>40132</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="5">
         <v>40</v>
       </c>
       <c r="F191" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G191" s="5" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B192" s="4" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="C192" s="5">
         <v>40174</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F192" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G192" s="5" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B193" s="4" t="s">
         <v>487</v>
       </c>
       <c r="C193" s="5">
-        <v>40202</v>
+        <v>40174</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F193" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G193" s="5" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" s="3" t="s">
-        <v>423</v>
+        <v>140</v>
       </c>
       <c r="B194" s="4" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C194" s="5">
-        <v>42015</v>
+        <v>40202</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="5">
         <v>40</v>
       </c>
       <c r="F194" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G194" s="5" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" s="3" t="s">
-        <v>140</v>
+        <v>423</v>
       </c>
       <c r="B195" s="4" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C195" s="5">
-        <v>42043</v>
+        <v>42015</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="5">
         <v>40</v>
       </c>
       <c r="F195" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G195" s="5" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" s="3" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="B196" s="4" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C196" s="5">
-        <v>42069</v>
+        <v>42043</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="5">
         <v>40</v>
       </c>
       <c r="F196" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G196" s="5" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" s="3" t="s">
-        <v>423</v>
+        <v>130</v>
       </c>
       <c r="B197" s="4" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C197" s="5">
-        <v>42123</v>
+        <v>42069</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="5">
         <v>40</v>
       </c>
       <c r="F197" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G197" s="5" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" s="3" t="s">
-        <v>130</v>
+        <v>423</v>
       </c>
       <c r="B198" s="4" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C198" s="5">
-        <v>20059</v>
+        <v>42123</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="5">
         <v>40</v>
       </c>
       <c r="F198" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G198" s="5" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" s="3" t="s">
-        <v>453</v>
+        <v>130</v>
       </c>
       <c r="B199" s="4" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C199" s="5">
-        <v>20018</v>
+        <v>20059</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="5">
         <v>40</v>
       </c>
       <c r="F199" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G199" s="5" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" s="3" t="s">
-        <v>106</v>
+        <v>453</v>
       </c>
       <c r="B200" s="4" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C200" s="5">
-        <v>43027</v>
+        <v>20018</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="5">
         <v>40</v>
       </c>
       <c r="F200" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G200" s="5" t="s">
-        <v>125</v>
+        <v>503</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" s="3" t="s">
-        <v>502</v>
+        <v>106</v>
       </c>
       <c r="B201" s="4" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C201" s="5">
-        <v>43096</v>
+        <v>43027</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="5">
         <v>40</v>
       </c>
       <c r="F201" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G201" s="5" t="s">
-        <v>504</v>
+        <v>125</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" s="3" t="s">
-        <v>98</v>
+        <v>505</v>
       </c>
       <c r="B202" s="4" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C202" s="5">
-        <v>43164</v>
+        <v>43096</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="5">
         <v>40</v>
       </c>
       <c r="F202" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G202" s="5" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" s="3" t="s">
-        <v>507</v>
+        <v>98</v>
       </c>
       <c r="B203" s="4" t="s">
         <v>508</v>
       </c>
       <c r="C203" s="5">
-        <v>44017</v>
+        <v>43164</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="5">
         <v>40</v>
       </c>
       <c r="F203" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G203" s="5" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" s="3" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="B204" s="4" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C204" s="5">
-        <v>44043</v>
+        <v>44017</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="5">
         <v>40</v>
       </c>
       <c r="F204" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G204" s="5" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" s="3" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="B205" s="4" t="s">
         <v>513</v>
       </c>
       <c r="C205" s="5">
-        <v>44055</v>
+        <v>44043</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="5">
         <v>40</v>
       </c>
       <c r="F205" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G205" s="5" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" s="3" t="s">
-        <v>507</v>
+        <v>515</v>
       </c>
       <c r="B206" s="4" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C206" s="5">
-        <v>44056</v>
+        <v>44055</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="5">
         <v>40</v>
       </c>
       <c r="F206" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G206" s="5" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" s="3" t="s">
-        <v>106</v>
+        <v>510</v>
       </c>
       <c r="B207" s="4" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C207" s="5">
-        <v>44082</v>
+        <v>44056</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="5">
         <v>40</v>
       </c>
       <c r="F207" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G207" s="5" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B208" s="4" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C208" s="5">
-        <v>44211</v>
+        <v>44082</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="5">
         <v>40</v>
       </c>
       <c r="F208" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G208" s="5" t="s">
-        <v>509</v>
+        <v>521</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" s="3" t="s">
-        <v>277</v>
+        <v>106</v>
       </c>
       <c r="B209" s="4" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C209" s="5">
-        <v>44265</v>
+        <v>44211</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="5">
         <v>40</v>
       </c>
       <c r="F209" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G209" s="5" t="s">
-        <v>452</v>
+        <v>512</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" s="3" t="s">
-        <v>521</v>
+        <v>277</v>
       </c>
       <c r="B210" s="4" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C210" s="5">
-        <v>44192</v>
+        <v>44265</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="5">
         <v>40</v>
       </c>
       <c r="F210" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G210" s="5" t="s">
-        <v>523</v>
+        <v>452</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" s="3" t="s">
-        <v>277</v>
+        <v>524</v>
       </c>
       <c r="B211" s="4" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C211" s="5">
-        <v>44093</v>
+        <v>44192</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="5">
         <v>40</v>
       </c>
       <c r="F211" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G211" s="5" t="s">
-        <v>114</v>
+        <v>526</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" s="3" t="s">
-        <v>507</v>
+        <v>277</v>
       </c>
       <c r="B212" s="4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="C212" s="5">
-        <v>44116</v>
+        <v>44093</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="5">
         <v>40</v>
       </c>
       <c r="F212" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G212" s="5" t="s">
-        <v>526</v>
+        <v>114</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" s="3" t="s">
-        <v>527</v>
+        <v>510</v>
       </c>
       <c r="B213" s="4" t="s">
         <v>528</v>
       </c>
       <c r="C213" s="5">
-        <v>38014</v>
+        <v>44116</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F213" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G213" s="5" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" s="3" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B214" s="4" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C214" s="5">
         <v>38014</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F214" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G214" s="5" t="s">
-        <v>475</v>
+        <v>532</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" s="3" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B215" s="4" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="C215" s="5">
         <v>38014</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F215" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G215" s="5" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" s="3" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B216" s="4" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="C216" s="5">
         <v>38014</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="5">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F216" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G216" s="5" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" s="3" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="B217" s="4" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C217" s="5">
-        <v>38018</v>
+        <v>38014</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="5">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="F217" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G217" s="5" t="s">
-        <v>533</v>
+        <v>478</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" s="3" t="s">
         <v>534</v>
       </c>
       <c r="B218" s="4" t="s">
         <v>535</v>
       </c>
       <c r="C218" s="5">
-        <v>38050</v>
+        <v>38018</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="5">
         <v>40</v>
       </c>
       <c r="F218" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G218" s="5" t="s">
-        <v>437</v>
+        <v>536</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" s="3" t="s">
-        <v>106</v>
+        <v>537</v>
       </c>
       <c r="B219" s="4" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C219" s="5">
-        <v>45091</v>
+        <v>38050</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="5">
         <v>40</v>
       </c>
       <c r="F219" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G219" s="5" t="s">
-        <v>86</v>
+        <v>437</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" s="3" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="B220" s="4" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C220" s="5">
-        <v>46036</v>
+        <v>45091</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="5">
         <v>40</v>
       </c>
       <c r="F220" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G220" s="5" t="s">
-        <v>538</v>
+        <v>86</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" s="3" t="s">
-        <v>539</v>
+        <v>36</v>
       </c>
       <c r="B221" s="4" t="s">
         <v>540</v>
       </c>
       <c r="C221" s="5">
-        <v>46038</v>
+        <v>46036</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="5">
         <v>40</v>
       </c>
       <c r="F221" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G221" s="5" t="s">
-        <v>24</v>
+        <v>541</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" s="3" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="B222" s="4" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C222" s="5">
-        <v>46080</v>
+        <v>46038</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="5">
         <v>40</v>
       </c>
       <c r="F222" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G222" s="5" t="s">
-        <v>542</v>
+        <v>24</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" s="3" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="B223" s="4" t="s">
         <v>544</v>
       </c>
       <c r="C223" s="5">
-        <v>46094</v>
+        <v>46080</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="5">
         <v>40</v>
       </c>
       <c r="F223" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G223" s="5" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" s="3" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="B224" s="4" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C224" s="5">
-        <v>46111</v>
+        <v>46094</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="5">
         <v>40</v>
       </c>
       <c r="F224" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G224" s="5" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" s="3" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="B225" s="4" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C225" s="5">
-        <v>46167</v>
+        <v>46111</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="5">
         <v>40</v>
       </c>
       <c r="F225" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G225" s="5" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" s="3" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="B226" s="4" t="s">
         <v>551</v>
       </c>
       <c r="C226" s="5">
-        <v>46249</v>
+        <v>46167</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="5">
         <v>40</v>
       </c>
       <c r="F226" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G226" s="5" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" s="3" t="s">
-        <v>11</v>
+        <v>553</v>
       </c>
       <c r="B227" s="4" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C227" s="5">
-        <v>46145</v>
+        <v>46249</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="5">
         <v>40</v>
       </c>
       <c r="F227" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G227" s="5" t="s">
-        <v>229</v>
+        <v>555</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" s="3" t="s">
-        <v>140</v>
+        <v>11</v>
       </c>
       <c r="B228" s="4" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C228" s="5">
-        <v>47030</v>
+        <v>46145</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="5">
         <v>40</v>
       </c>
       <c r="F228" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G228" s="5" t="s">
-        <v>125</v>
+        <v>229</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B229" s="4" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C229" s="5">
-        <v>47154</v>
+        <v>47030</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="5">
         <v>40</v>
       </c>
       <c r="F229" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G229" s="5" t="s">
-        <v>556</v>
+        <v>125</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" s="3" t="s">
-        <v>557</v>
+        <v>140</v>
       </c>
       <c r="B230" s="4" t="s">
         <v>558</v>
       </c>
       <c r="C230" s="5">
-        <v>47220</v>
+        <v>47154</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="5">
         <v>40</v>
       </c>
       <c r="F230" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G230" s="5" t="s">
-        <v>42</v>
+        <v>559</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" s="3" t="s">
-        <v>140</v>
+        <v>560</v>
       </c>
       <c r="B231" s="4" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C231" s="5">
-        <v>47194</v>
+        <v>47220</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="5">
         <v>40</v>
       </c>
       <c r="F231" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G231" s="5" t="s">
-        <v>560</v>
+        <v>42</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" s="3" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="B232" s="4" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="C232" s="5" t="s">
         <v>562</v>
       </c>
+      <c r="C232" s="5">
+        <v>47194</v>
+      </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="5">
         <v>40</v>
       </c>
       <c r="F232" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G232" s="5" t="s">
-        <v>296</v>
+        <v>563</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" s="3" t="s">
-        <v>106</v>
+        <v>135</v>
       </c>
       <c r="B233" s="4" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>50017</v>
+        <v>564</v>
+      </c>
+      <c r="C233" s="5" t="s">
+        <v>565</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="5">
         <v>40</v>
       </c>
       <c r="F233" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G233" s="5" t="s">
-        <v>564</v>
+        <v>296</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B234" s="4" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C234" s="5">
-        <v>50028</v>
+        <v>50017</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="5">
         <v>40</v>
       </c>
       <c r="F234" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G234" s="5" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" s="3" t="s">
-        <v>277</v>
+        <v>106</v>
       </c>
       <c r="B235" s="4" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C235" s="5">
-        <v>50055</v>
+        <v>50028</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="5">
         <v>40</v>
       </c>
       <c r="F235" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G235" s="5" t="s">
-        <v>97</v>
+        <v>569</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" s="3" t="s">
-        <v>568</v>
+        <v>277</v>
       </c>
       <c r="B236" s="4" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C236" s="5">
-        <v>50126</v>
+        <v>50055</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="5">
         <v>40</v>
       </c>
       <c r="F236" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G236" s="5" t="s">
-        <v>570</v>
+        <v>97</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" s="3" t="s">
-        <v>106</v>
+        <v>571</v>
       </c>
       <c r="B237" s="4" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C237" s="5">
-        <v>50137</v>
+        <v>50126</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="5">
         <v>40</v>
       </c>
       <c r="F237" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G237" s="5" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" s="3" t="s">
-        <v>290</v>
+        <v>106</v>
       </c>
       <c r="B238" s="4" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C238" s="5">
-        <v>50163</v>
+        <v>50137</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="5">
         <v>40</v>
       </c>
       <c r="F238" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G238" s="5" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C239" s="5">
-        <v>50244</v>
+        <v>50163</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="5">
         <v>40</v>
       </c>
       <c r="F239" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G239" s="5" t="s">
-        <v>498</v>
+        <v>577</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B240" s="4" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="C240" s="5">
-        <v>50297</v>
+        <v>50244</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="5">
         <v>40</v>
       </c>
       <c r="F240" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G240" s="5" t="s">
-        <v>577</v>
+        <v>501</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" s="3" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="B241" s="4" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C241" s="5">
         <v>50297</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="5">
         <v>40</v>
       </c>
       <c r="F241" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G241" s="5" t="s">
-        <v>192</v>
+        <v>580</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B242" s="4" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C242" s="5">
         <v>50297</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="5">
         <v>40</v>
       </c>
       <c r="F242" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G242" s="5" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" s="3" t="s">
-        <v>290</v>
+        <v>277</v>
       </c>
       <c r="B243" s="4" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C243" s="5">
-        <v>50298</v>
+        <v>50297</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="5">
         <v>40</v>
       </c>
       <c r="F243" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G243" s="5" t="s">
-        <v>581</v>
+        <v>190</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" s="3" t="s">
-        <v>582</v>
+        <v>290</v>
       </c>
       <c r="B244" s="4" t="s">
         <v>583</v>
       </c>
       <c r="C244" s="5">
-        <v>49013</v>
+        <v>50298</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="5">
         <v>40</v>
       </c>
       <c r="F244" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G244" s="5" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" s="3" t="s">
-        <v>412</v>
+        <v>585</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C245" s="5">
-        <v>49023</v>
+        <v>49013</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="5">
         <v>40</v>
       </c>
       <c r="F245" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G245" s="5" t="s">
-        <v>437</v>
+        <v>587</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" s="3" t="s">
-        <v>586</v>
+        <v>412</v>
       </c>
       <c r="B246" s="4" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C246" s="5">
-        <v>49035</v>
+        <v>49023</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="5">
         <v>40</v>
       </c>
       <c r="F246" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G246" s="5" t="s">
-        <v>588</v>
+        <v>437</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" s="3" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="B247" s="4" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C247" s="5">
-        <v>49055</v>
+        <v>49035</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="5">
         <v>40</v>
       </c>
       <c r="F247" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G247" s="5" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" s="3" t="s">
-        <v>354</v>
+        <v>589</v>
       </c>
       <c r="B248" s="4" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C248" s="5">
-        <v>49067</v>
+        <v>49055</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="5">
         <v>40</v>
       </c>
       <c r="F248" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G248" s="5" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" s="3" t="s">
-        <v>586</v>
+        <v>354</v>
       </c>
       <c r="B249" s="4" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C249" s="5">
-        <v>49083</v>
+        <v>49067</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="5">
         <v>40</v>
       </c>
       <c r="F249" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G249" s="5" t="s">
-        <v>217</v>
+        <v>595</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" s="3" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B250" s="4" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C250" s="5">
-        <v>49095</v>
+        <v>49083</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="5">
         <v>40</v>
       </c>
       <c r="F250" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G250" s="5" t="s">
-        <v>596</v>
+        <v>217</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" s="3" t="s">
-        <v>586</v>
+        <v>597</v>
       </c>
       <c r="B251" s="4" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="C251" s="5">
         <v>49095</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="5">
         <v>40</v>
       </c>
       <c r="F251" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G251" s="5" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" s="3" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="B252" s="4" t="s">
         <v>598</v>
       </c>
       <c r="C252" s="5">
-        <v>49096</v>
+        <v>49095</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="5">
         <v>40</v>
       </c>
       <c r="F252" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G252" s="5" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" s="3" t="s">
-        <v>600</v>
+        <v>589</v>
       </c>
       <c r="B253" s="4" t="s">
         <v>601</v>
       </c>
       <c r="C253" s="5">
-        <v>49104</v>
+        <v>49096</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="5">
         <v>40</v>
       </c>
       <c r="F253" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G253" s="5" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" s="3" t="s">
-        <v>586</v>
+        <v>603</v>
       </c>
       <c r="B254" s="4" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C254" s="5">
-        <v>49108</v>
+        <v>49104</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="5">
         <v>40</v>
       </c>
       <c r="F254" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G254" s="5" t="s">
-        <v>340</v>
+        <v>605</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" s="3" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="B255" s="4" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C255" s="5">
-        <v>49120</v>
+        <v>49108</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="5">
         <v>40</v>
       </c>
       <c r="F255" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G255" s="5" t="s">
-        <v>592</v>
+        <v>340</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" s="3" t="s">
-        <v>557</v>
+        <v>589</v>
       </c>
       <c r="B256" s="4" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C256" s="5">
-        <v>49180</v>
+        <v>49120</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="5">
         <v>40</v>
       </c>
       <c r="F256" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G256" s="5" t="s">
-        <v>606</v>
+        <v>595</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" s="3" t="s">
-        <v>600</v>
+        <v>560</v>
       </c>
       <c r="B257" s="4" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C257" s="5">
-        <v>49208</v>
+        <v>49180</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="5">
         <v>40</v>
       </c>
       <c r="F257" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G257" s="5" t="s">
-        <v>547</v>
+        <v>609</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" s="3" t="s">
-        <v>586</v>
+        <v>603</v>
       </c>
       <c r="B258" s="4" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C258" s="5">
-        <v>49219</v>
+        <v>49208</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="5">
         <v>40</v>
       </c>
       <c r="F258" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G258" s="5" t="s">
-        <v>609</v>
+        <v>550</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" s="3" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="B259" s="4" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C259" s="5">
         <v>49219</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="5">
         <v>40</v>
       </c>
       <c r="F259" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G259" s="5" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="260" spans="1:7">
-      <c r="A260" s="2"/>
-[...3 lines deleted...]
-      <c r="G260" s="1"/>
+      <c r="A260" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="B260" s="4" t="s">
+        <v>613</v>
+      </c>
+      <c r="C260" s="5">
+        <v>49219</v>
+      </c>
+      <c r="D260" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E260" s="5">
+        <v>40</v>
+      </c>
+      <c r="F260" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G260" s="5" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="261" spans="1:7">
+      <c r="A261" s="2"/>
+      <c r="C261" s="1"/>
+      <c r="E261" s="1"/>
+      <c r="F261" s="1"/>
+      <c r="G261" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">