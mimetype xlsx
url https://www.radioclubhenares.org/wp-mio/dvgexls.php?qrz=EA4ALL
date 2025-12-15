--- v1 (2025-12-14)
+++ v2 (2025-12-15)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="615">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4ALL</t>
   </si>
   <si>
     <t>242 Referencias DVGE - 255 QSO encontrados - 226 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #2299 (14-12-2025 15:31)</t>
+    <t>Ranking #2299 (15-12-2025 03:47)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>