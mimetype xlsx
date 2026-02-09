--- v2 (2025-12-15)
+++ v3 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="615">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4ALL</t>
   </si>
   <si>
     <t>242 Referencias DVGE - 255 QSO encontrados - 226 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #2299 (15-12-2025 03:47)</t>
+    <t>Ranking #2299 (09-02-2026 14:02)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>