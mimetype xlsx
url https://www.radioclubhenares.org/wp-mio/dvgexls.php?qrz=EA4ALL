--- v3 (2026-02-09)
+++ v4 (2026-03-30)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="615">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4ALL</t>
   </si>
   <si>
     <t>242 Referencias DVGE - 255 QSO encontrados - 226 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #2299 (09-02-2026 14:02)</t>
+    <t>Ranking #2299 (30-03-2026 18:01)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>