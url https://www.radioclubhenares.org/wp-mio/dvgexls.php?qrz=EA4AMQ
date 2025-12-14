--- v0 (2025-10-25)
+++ v1 (2025-12-14)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1140">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4AMQ</t>
   </si>
   <si>
     <t>482 Referencias DVGE - 504 QSO encontrados - 439 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1570 (25-10-2025 17:48)</t>
+    <t>Ranking #1570 (14-12-2025 22:01)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EB5AQ</t>
   </si>