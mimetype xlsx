--- v1 (2025-12-14)
+++ v2 (2026-02-02)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1140">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4AMQ</t>
   </si>
   <si>
     <t>482 Referencias DVGE - 504 QSO encontrados - 439 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1570 (14-12-2025 22:01)</t>
+    <t>Ranking #1570 (02-02-2026 01:33)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EB5AQ</t>
   </si>