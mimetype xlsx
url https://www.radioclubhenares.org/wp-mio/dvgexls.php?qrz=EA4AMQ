--- v2 (2026-02-02)
+++ v3 (2026-03-20)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1142">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4AMQ</t>
   </si>
   <si>
-    <t>482 Referencias DVGE - 504 QSO encontrados - 439 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1570 (02-02-2026 01:33)</t>
+    <t>483 Referencias DVGE - 505 QSO encontrados - 440 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1570 (20-03-2026 07:43)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EB5AQ</t>
   </si>
@@ -2463,50 +2463,56 @@
     <t>VGPO-068</t>
   </si>
   <si>
     <t>15/03/2015</t>
   </si>
   <si>
     <t>VGPO-076</t>
   </si>
   <si>
     <t>12/02/2022</t>
   </si>
   <si>
     <t>EA1URE/P</t>
   </si>
   <si>
     <t>VGPO-086</t>
   </si>
   <si>
     <t>EA1HDD/P</t>
   </si>
   <si>
     <t>VGPO-095</t>
   </si>
   <si>
     <t>18/01/2014</t>
+  </si>
+  <si>
+    <t>VGPO-104</t>
+  </si>
+  <si>
+    <t>15/03/2026</t>
   </si>
   <si>
     <t>VGS-024</t>
   </si>
   <si>
     <t>EA1HWP/P</t>
   </si>
   <si>
     <t>VGS-039</t>
   </si>
   <si>
     <t>07/05/2012</t>
   </si>
   <si>
     <t>EA1IYN/P</t>
   </si>
   <si>
     <t>VGS-089</t>
   </si>
   <si>
     <t>27/01/2022</t>
   </si>
   <si>
     <t>VGS-111</t>
   </si>
@@ -3889,51 +3895,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G510"/>
+  <dimension ref="A1:G511"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -11315,4286 +11321,4309 @@
     <row r="325" spans="1:7">
       <c r="A325" s="3" t="s">
         <v>814</v>
       </c>
       <c r="B325" s="4" t="s">
         <v>815</v>
       </c>
       <c r="C325" s="5">
         <v>36055</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E325" s="5">
         <v>40</v>
       </c>
       <c r="F325" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G325" s="5" t="s">
         <v>816</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" s="3" t="s">
-        <v>309</v>
+        <v>370</v>
       </c>
       <c r="B326" s="4" t="s">
         <v>817</v>
       </c>
       <c r="C326" s="5">
-        <v>39052</v>
+        <v>36061</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E326" s="5">
         <v>40</v>
       </c>
       <c r="F326" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G326" s="5" t="s">
-        <v>112</v>
+        <v>818</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" s="3" t="s">
-        <v>818</v>
+        <v>309</v>
       </c>
       <c r="B327" s="4" t="s">
         <v>819</v>
       </c>
       <c r="C327" s="5">
-        <v>39030</v>
+        <v>39052</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E327" s="5">
         <v>40</v>
       </c>
       <c r="F327" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G327" s="5" t="s">
-        <v>820</v>
+        <v>112</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="B328" s="4" t="s">
         <v>821</v>
       </c>
-      <c r="B328" s="4" t="s">
+      <c r="C328" s="5">
+        <v>39030</v>
+      </c>
+      <c r="D328" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E328" s="5">
+        <v>40</v>
+      </c>
+      <c r="F328" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G328" s="5" t="s">
         <v>822</v>
-      </c>
-[...13 lines deleted...]
-        <v>823</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" s="3" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="B329" s="4" t="s">
         <v>824</v>
       </c>
       <c r="C329" s="5">
-        <v>39100</v>
+        <v>39087</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E329" s="5">
         <v>40</v>
       </c>
       <c r="F329" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G329" s="5" t="s">
-        <v>767</v>
+        <v>825</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" s="3" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="B330" s="4" t="s">
         <v>826</v>
       </c>
       <c r="C330" s="5">
-        <v>37017</v>
+        <v>39100</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="5">
         <v>40</v>
       </c>
       <c r="F330" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G330" s="5" t="s">
-        <v>827</v>
+        <v>767</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" s="3" t="s">
+        <v>827</v>
+      </c>
+      <c r="B331" s="4" t="s">
         <v>828</v>
       </c>
-      <c r="B331" s="4" t="s">
+      <c r="C331" s="5">
+        <v>37017</v>
+      </c>
+      <c r="D331" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E331" s="5">
+        <v>40</v>
+      </c>
+      <c r="F331" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G331" s="5" t="s">
         <v>829</v>
-      </c>
-[...13 lines deleted...]
-        <v>830</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" s="3" t="s">
+        <v>830</v>
+      </c>
+      <c r="B332" s="4" t="s">
         <v>831</v>
       </c>
-      <c r="B332" s="4" t="s">
+      <c r="C332" s="5">
+        <v>37234</v>
+      </c>
+      <c r="D332" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E332" s="5">
+        <v>40</v>
+      </c>
+      <c r="F332" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G332" s="5" t="s">
         <v>832</v>
-      </c>
-[...13 lines deleted...]
-        <v>736</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" s="3" t="s">
         <v>833</v>
       </c>
       <c r="B333" s="4" t="s">
         <v>834</v>
       </c>
       <c r="C333" s="5">
-        <v>41031</v>
+        <v>41004</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E333" s="5">
         <v>40</v>
       </c>
       <c r="F333" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G333" s="5" t="s">
-        <v>835</v>
+        <v>736</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" s="3" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="B334" s="4" t="s">
         <v>836</v>
       </c>
       <c r="C334" s="5">
-        <v>41038</v>
+        <v>41031</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E334" s="5">
         <v>40</v>
       </c>
       <c r="F334" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G334" s="5" t="s">
-        <v>259</v>
+        <v>837</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" s="3" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="B335" s="4" t="s">
         <v>838</v>
       </c>
       <c r="C335" s="5">
-        <v>41039</v>
+        <v>41038</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E335" s="5">
         <v>40</v>
       </c>
       <c r="F335" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G335" s="5" t="s">
-        <v>839</v>
+        <v>259</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" s="3" t="s">
+        <v>839</v>
+      </c>
+      <c r="B336" s="4" t="s">
         <v>840</v>
-      </c>
-[...1 lines deleted...]
-        <v>841</v>
       </c>
       <c r="C336" s="5">
         <v>41039</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E336" s="5">
         <v>40</v>
       </c>
       <c r="F336" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G336" s="5" t="s">
-        <v>102</v>
+        <v>841</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" s="3" t="s">
-        <v>432</v>
+        <v>842</v>
       </c>
       <c r="B337" s="4" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C337" s="5">
-        <v>41041</v>
+        <v>41039</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E337" s="5">
         <v>40</v>
       </c>
       <c r="F337" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G337" s="5" t="s">
-        <v>230</v>
+        <v>102</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" s="3" t="s">
-        <v>843</v>
+        <v>432</v>
       </c>
       <c r="B338" s="4" t="s">
         <v>844</v>
       </c>
       <c r="C338" s="5">
-        <v>41067</v>
+        <v>41041</v>
       </c>
       <c r="D338" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E338" s="5">
         <v>40</v>
       </c>
       <c r="F338" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G338" s="5" t="s">
-        <v>845</v>
+        <v>230</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" s="3" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B339" s="4" t="s">
         <v>846</v>
       </c>
       <c r="C339" s="5">
-        <v>41080</v>
+        <v>41067</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E339" s="5">
         <v>40</v>
       </c>
       <c r="F339" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G339" s="5" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" s="3" t="s">
+        <v>842</v>
+      </c>
+      <c r="B340" s="4" t="s">
         <v>848</v>
       </c>
-      <c r="B340" s="4" t="s">
+      <c r="C340" s="5">
+        <v>41080</v>
+      </c>
+      <c r="D340" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E340" s="5">
+        <v>40</v>
+      </c>
+      <c r="F340" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G340" s="5" t="s">
         <v>849</v>
-      </c>
-[...13 lines deleted...]
-        <v>850</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" s="3" t="s">
-        <v>317</v>
+        <v>850</v>
       </c>
       <c r="B341" s="4" t="s">
         <v>851</v>
       </c>
       <c r="C341" s="5">
-        <v>40063</v>
+        <v>40014</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E341" s="5">
         <v>40</v>
       </c>
       <c r="F341" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G341" s="5" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" s="3" t="s">
-        <v>649</v>
+        <v>317</v>
       </c>
       <c r="B342" s="4" t="s">
         <v>853</v>
       </c>
       <c r="C342" s="5">
-        <v>40159</v>
+        <v>40063</v>
       </c>
       <c r="D342" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E342" s="5">
         <v>40</v>
       </c>
       <c r="F342" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G342" s="5" t="s">
-        <v>446</v>
+        <v>854</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" s="3" t="s">
-        <v>854</v>
+        <v>649</v>
       </c>
       <c r="B343" s="4" t="s">
         <v>855</v>
       </c>
       <c r="C343" s="5">
-        <v>40180</v>
+        <v>40159</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E343" s="5">
         <v>40</v>
       </c>
       <c r="F343" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G343" s="5" t="s">
-        <v>856</v>
+        <v>446</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" s="3" t="s">
+        <v>856</v>
+      </c>
+      <c r="B344" s="4" t="s">
         <v>857</v>
       </c>
-      <c r="B344" s="4" t="s">
+      <c r="C344" s="5">
+        <v>40180</v>
+      </c>
+      <c r="D344" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E344" s="5">
+        <v>40</v>
+      </c>
+      <c r="F344" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G344" s="5" t="s">
         <v>858</v>
-      </c>
-[...13 lines deleted...]
-        <v>859</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" s="3" t="s">
+        <v>859</v>
+      </c>
+      <c r="B345" s="4" t="s">
         <v>860</v>
       </c>
-      <c r="B345" s="4" t="s">
+      <c r="C345" s="5">
+        <v>42003</v>
+      </c>
+      <c r="D345" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E345" s="5">
+        <v>40</v>
+      </c>
+      <c r="F345" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G345" s="5" t="s">
         <v>861</v>
-      </c>
-[...13 lines deleted...]
-        <v>862</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" s="3" t="s">
-        <v>646</v>
+        <v>862</v>
       </c>
       <c r="B346" s="4" t="s">
         <v>863</v>
       </c>
       <c r="C346" s="5">
-        <v>42027</v>
+        <v>42020</v>
       </c>
       <c r="D346" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E346" s="5">
         <v>40</v>
       </c>
       <c r="F346" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G346" s="5" t="s">
-        <v>670</v>
+        <v>864</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" s="3" t="s">
-        <v>864</v>
+        <v>646</v>
       </c>
       <c r="B347" s="4" t="s">
         <v>865</v>
       </c>
       <c r="C347" s="5">
-        <v>42071</v>
+        <v>42027</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E347" s="5">
         <v>40</v>
       </c>
       <c r="F347" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G347" s="5" t="s">
-        <v>866</v>
+        <v>670</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" s="3" t="s">
+        <v>866</v>
+      </c>
+      <c r="B348" s="4" t="s">
         <v>867</v>
       </c>
-      <c r="B348" s="4" t="s">
+      <c r="C348" s="5">
+        <v>42071</v>
+      </c>
+      <c r="D348" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E348" s="5">
+        <v>40</v>
+      </c>
+      <c r="F348" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G348" s="5" t="s">
         <v>868</v>
-      </c>
-[...13 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" s="3" t="s">
         <v>869</v>
       </c>
       <c r="B349" s="4" t="s">
         <v>870</v>
       </c>
       <c r="C349" s="5">
-        <v>42141</v>
+        <v>42113</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E349" s="5">
         <v>40</v>
       </c>
       <c r="F349" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G349" s="5" t="s">
-        <v>481</v>
+        <v>56</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" s="3" t="s">
         <v>871</v>
       </c>
       <c r="B350" s="4" t="s">
         <v>872</v>
       </c>
       <c r="C350" s="5">
-        <v>42174</v>
+        <v>42141</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E350" s="5">
         <v>40</v>
       </c>
       <c r="F350" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G350" s="5" t="s">
-        <v>749</v>
+        <v>481</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" s="3" t="s">
-        <v>864</v>
+        <v>873</v>
       </c>
       <c r="B351" s="4" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C351" s="5">
-        <v>42183</v>
+        <v>42174</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E351" s="5">
         <v>40</v>
       </c>
       <c r="F351" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G351" s="5" t="s">
-        <v>331</v>
+        <v>749</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" s="3" t="s">
-        <v>874</v>
+        <v>866</v>
       </c>
       <c r="B352" s="4" t="s">
         <v>875</v>
       </c>
       <c r="C352" s="5">
-        <v>20071</v>
+        <v>42183</v>
       </c>
       <c r="D352" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E352" s="5">
         <v>40</v>
       </c>
       <c r="F352" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G352" s="5" t="s">
-        <v>876</v>
+        <v>331</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" s="3" t="s">
-        <v>280</v>
+        <v>876</v>
       </c>
       <c r="B353" s="4" t="s">
         <v>877</v>
       </c>
       <c r="C353" s="5">
-        <v>20903</v>
+        <v>20071</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E353" s="5">
         <v>40</v>
       </c>
       <c r="F353" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G353" s="5" t="s">
         <v>878</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" s="3" t="s">
-        <v>304</v>
+        <v>280</v>
       </c>
       <c r="B354" s="4" t="s">
         <v>879</v>
       </c>
       <c r="C354" s="5">
-        <v>20017</v>
+        <v>20903</v>
       </c>
       <c r="D354" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E354" s="5">
         <v>40</v>
       </c>
       <c r="F354" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G354" s="5" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B355" s="4" t="s">
         <v>881</v>
       </c>
       <c r="C355" s="5">
-        <v>20018</v>
+        <v>20017</v>
       </c>
       <c r="D355" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E355" s="5">
         <v>40</v>
       </c>
       <c r="F355" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G355" s="5" t="s">
-        <v>508</v>
+        <v>882</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" s="3" t="s">
-        <v>882</v>
+        <v>304</v>
       </c>
       <c r="B356" s="4" t="s">
         <v>883</v>
       </c>
       <c r="C356" s="5">
-        <v>43012</v>
+        <v>20018</v>
       </c>
       <c r="D356" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E356" s="5">
         <v>40</v>
       </c>
       <c r="F356" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G356" s="5" t="s">
-        <v>884</v>
+        <v>508</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="B357" s="4" t="s">
         <v>885</v>
       </c>
-      <c r="B357" s="4" t="s">
+      <c r="C357" s="5">
+        <v>43012</v>
+      </c>
+      <c r="D357" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E357" s="5">
+        <v>40</v>
+      </c>
+      <c r="F357" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G357" s="5" t="s">
         <v>886</v>
-      </c>
-[...13 lines deleted...]
-        <v>887</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" s="3" t="s">
+        <v>887</v>
+      </c>
+      <c r="B358" s="4" t="s">
         <v>888</v>
       </c>
-      <c r="B358" s="4" t="s">
+      <c r="C358" s="5">
+        <v>43058</v>
+      </c>
+      <c r="D358" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E358" s="5">
+        <v>40</v>
+      </c>
+      <c r="F358" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G358" s="5" t="s">
         <v>889</v>
-      </c>
-[...13 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" s="3" t="s">
+        <v>890</v>
+      </c>
+      <c r="B359" s="4" t="s">
         <v>891</v>
       </c>
-      <c r="B359" s="4" t="s">
+      <c r="C359" s="5">
+        <v>43096</v>
+      </c>
+      <c r="D359" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E359" s="5">
+        <v>40</v>
+      </c>
+      <c r="F359" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G359" s="5" t="s">
         <v>892</v>
-      </c>
-[...13 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" s="3" t="s">
-        <v>191</v>
+        <v>893</v>
       </c>
       <c r="B360" s="4" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C360" s="5">
-        <v>43161</v>
+        <v>43141</v>
       </c>
       <c r="D360" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E360" s="5">
         <v>40</v>
       </c>
       <c r="F360" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G360" s="5" t="s">
-        <v>894</v>
+        <v>337</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" s="3" t="s">
-        <v>172</v>
+        <v>191</v>
       </c>
       <c r="B361" s="4" t="s">
         <v>895</v>
       </c>
       <c r="C361" s="5">
-        <v>43143</v>
+        <v>43161</v>
       </c>
       <c r="D361" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E361" s="5">
         <v>40</v>
       </c>
       <c r="F361" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G361" s="5" t="s">
         <v>896</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" s="3" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="B362" s="4" t="s">
         <v>897</v>
       </c>
       <c r="C362" s="5">
-        <v>44005</v>
+        <v>43143</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E362" s="5">
         <v>40</v>
       </c>
       <c r="F362" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G362" s="5" t="s">
-        <v>839</v>
+        <v>898</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" s="3" t="s">
-        <v>898</v>
+        <v>164</v>
       </c>
       <c r="B363" s="4" t="s">
         <v>899</v>
       </c>
       <c r="C363" s="5">
-        <v>44025</v>
+        <v>44005</v>
       </c>
       <c r="D363" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E363" s="5">
         <v>40</v>
       </c>
       <c r="F363" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G363" s="5" t="s">
-        <v>43</v>
+        <v>841</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" s="3" t="s">
-        <v>557</v>
+        <v>900</v>
       </c>
       <c r="B364" s="4" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C364" s="5">
-        <v>44040</v>
+        <v>44025</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E364" s="5">
         <v>40</v>
       </c>
       <c r="F364" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G364" s="5" t="s">
-        <v>901</v>
+        <v>43</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" s="3" t="s">
-        <v>641</v>
+        <v>557</v>
       </c>
       <c r="B365" s="4" t="s">
         <v>902</v>
       </c>
       <c r="C365" s="5">
-        <v>44056</v>
+        <v>44040</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E365" s="5">
         <v>40</v>
       </c>
       <c r="F365" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G365" s="5" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="B366" s="4" t="s">
         <v>904</v>
-      </c>
-[...1 lines deleted...]
-        <v>905</v>
       </c>
       <c r="C366" s="5">
         <v>44056</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E366" s="5">
         <v>40</v>
       </c>
       <c r="F366" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G366" s="5" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" s="3" t="s">
-        <v>898</v>
+        <v>906</v>
       </c>
       <c r="B367" s="4" t="s">
         <v>907</v>
       </c>
       <c r="C367" s="5">
-        <v>44087</v>
+        <v>44056</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E367" s="5">
         <v>40</v>
       </c>
       <c r="F367" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G367" s="5" t="s">
         <v>908</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" s="3" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="B368" s="4" t="s">
         <v>909</v>
       </c>
       <c r="C368" s="5">
-        <v>44096</v>
+        <v>44087</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E368" s="5">
         <v>40</v>
       </c>
       <c r="F368" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G368" s="5" t="s">
         <v>910</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" s="3" t="s">
+        <v>900</v>
+      </c>
+      <c r="B369" s="4" t="s">
         <v>911</v>
       </c>
-      <c r="B369" s="4" t="s">
+      <c r="C369" s="5">
+        <v>44096</v>
+      </c>
+      <c r="D369" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E369" s="5">
+        <v>40</v>
+      </c>
+      <c r="F369" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G369" s="5" t="s">
         <v>912</v>
-      </c>
-[...13 lines deleted...]
-        <v>913</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" s="3" t="s">
+        <v>913</v>
+      </c>
+      <c r="B370" s="4" t="s">
         <v>914</v>
       </c>
-      <c r="B370" s="4" t="s">
+      <c r="C370" s="5">
+        <v>44127</v>
+      </c>
+      <c r="D370" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E370" s="5">
+        <v>40</v>
+      </c>
+      <c r="F370" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G370" s="5" t="s">
         <v>915</v>
-      </c>
-[...13 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" s="3" t="s">
-        <v>164</v>
+        <v>916</v>
       </c>
       <c r="B371" s="4" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C371" s="5">
-        <v>44261</v>
+        <v>44132</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E371" s="5">
         <v>40</v>
       </c>
       <c r="F371" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G371" s="5" t="s">
-        <v>194</v>
+        <v>300</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" s="3" t="s">
-        <v>917</v>
+        <v>164</v>
       </c>
       <c r="B372" s="4" t="s">
         <v>918</v>
       </c>
       <c r="C372" s="5">
-        <v>38023</v>
+        <v>44261</v>
       </c>
       <c r="D372" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E372" s="5">
         <v>40</v>
       </c>
       <c r="F372" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G372" s="5" t="s">
-        <v>919</v>
+        <v>194</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" s="3" t="s">
+        <v>919</v>
+      </c>
+      <c r="B373" s="4" t="s">
         <v>920</v>
       </c>
-      <c r="B373" s="4" t="s">
+      <c r="C373" s="5">
+        <v>38023</v>
+      </c>
+      <c r="D373" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E373" s="5">
+        <v>40</v>
+      </c>
+      <c r="F373" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G373" s="5" t="s">
         <v>921</v>
-      </c>
-[...13 lines deleted...]
-        <v>922</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" s="3" t="s">
-        <v>490</v>
+        <v>922</v>
       </c>
       <c r="B374" s="4" t="s">
         <v>923</v>
       </c>
       <c r="C374" s="5">
-        <v>45003</v>
+        <v>45001</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E374" s="5">
         <v>40</v>
       </c>
       <c r="F374" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G374" s="5" t="s">
         <v>924</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="B375" s="4" t="s">
         <v>925</v>
       </c>
-      <c r="B375" s="4" t="s">
+      <c r="C375" s="5">
+        <v>45003</v>
+      </c>
+      <c r="D375" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E375" s="5">
+        <v>40</v>
+      </c>
+      <c r="F375" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G375" s="5" t="s">
         <v>926</v>
-      </c>
-[...13 lines deleted...]
-        <v>927</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" s="3" t="s">
+        <v>927</v>
+      </c>
+      <c r="B376" s="4" t="s">
         <v>928</v>
-      </c>
-[...1 lines deleted...]
-        <v>929</v>
       </c>
       <c r="C376" s="5">
         <v>45007</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E376" s="5">
         <v>40</v>
       </c>
       <c r="F376" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G376" s="5" t="s">
-        <v>930</v>
+        <v>929</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" s="3" t="s">
-        <v>920</v>
+        <v>930</v>
       </c>
       <c r="B377" s="4" t="s">
         <v>931</v>
       </c>
       <c r="C377" s="5">
-        <v>45012</v>
+        <v>45007</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E377" s="5">
         <v>40</v>
       </c>
       <c r="F377" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G377" s="5" t="s">
-        <v>112</v>
+        <v>932</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" s="3" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="B378" s="4" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C378" s="5">
         <v>45012</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E378" s="5">
         <v>40</v>
       </c>
       <c r="F378" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G378" s="5" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" s="3" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="B379" s="4" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="C379" s="5">
-        <v>45053</v>
+        <v>45012</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E379" s="5">
         <v>40</v>
       </c>
       <c r="F379" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G379" s="5" t="s">
-        <v>934</v>
+        <v>47</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" s="3" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="B380" s="4" t="s">
         <v>935</v>
       </c>
       <c r="C380" s="5">
         <v>45053</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E380" s="5">
         <v>40</v>
       </c>
       <c r="F380" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G380" s="5" t="s">
         <v>936</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" s="3" t="s">
-        <v>490</v>
+        <v>922</v>
       </c>
       <c r="B381" s="4" t="s">
         <v>937</v>
       </c>
       <c r="C381" s="5">
-        <v>45054</v>
+        <v>45053</v>
       </c>
       <c r="D381" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E381" s="5">
         <v>40</v>
       </c>
       <c r="F381" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G381" s="5" t="s">
         <v>938</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" s="3" t="s">
         <v>490</v>
       </c>
       <c r="B382" s="4" t="s">
         <v>939</v>
       </c>
       <c r="C382" s="5">
         <v>45054</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E382" s="5">
         <v>40</v>
       </c>
       <c r="F382" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G382" s="5" t="s">
         <v>940</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="B383" s="4" t="s">
         <v>941</v>
       </c>
-      <c r="B383" s="4" t="s">
+      <c r="C383" s="5">
+        <v>45054</v>
+      </c>
+      <c r="D383" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E383" s="5">
+        <v>40</v>
+      </c>
+      <c r="F383" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G383" s="5" t="s">
         <v>942</v>
-      </c>
-[...13 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" s="3" t="s">
-        <v>490</v>
+        <v>943</v>
       </c>
       <c r="B384" s="4" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="C384" s="5">
-        <v>45085</v>
+        <v>45071</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E384" s="5">
         <v>40</v>
       </c>
       <c r="F384" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G384" s="5" t="s">
-        <v>726</v>
+        <v>618</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" s="3" t="s">
-        <v>920</v>
+        <v>490</v>
       </c>
       <c r="B385" s="4" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C385" s="5">
-        <v>45096</v>
+        <v>45085</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E385" s="5">
         <v>40</v>
       </c>
       <c r="F385" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G385" s="5" t="s">
-        <v>215</v>
+        <v>726</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" s="3" t="s">
-        <v>945</v>
+        <v>922</v>
       </c>
       <c r="B386" s="4" t="s">
         <v>946</v>
       </c>
       <c r="C386" s="5">
-        <v>45121</v>
+        <v>45096</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E386" s="5">
         <v>40</v>
       </c>
       <c r="F386" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G386" s="5" t="s">
-        <v>28</v>
+        <v>215</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" s="3" t="s">
-        <v>920</v>
+        <v>947</v>
       </c>
       <c r="B387" s="4" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="C387" s="5">
-        <v>45124</v>
+        <v>45121</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E387" s="5">
         <v>40</v>
       </c>
       <c r="F387" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G387" s="5" t="s">
-        <v>300</v>
+        <v>28</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" s="3" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="B388" s="4" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="C388" s="5">
         <v>45124</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E388" s="5">
         <v>40</v>
       </c>
       <c r="F388" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G388" s="5" t="s">
-        <v>948</v>
+        <v>300</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" s="3" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="B389" s="4" t="s">
         <v>949</v>
       </c>
       <c r="C389" s="5">
-        <v>45140</v>
+        <v>45124</v>
       </c>
       <c r="D389" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E389" s="5">
         <v>40</v>
       </c>
       <c r="F389" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G389" s="5" t="s">
-        <v>252</v>
+        <v>950</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" s="3" t="s">
-        <v>490</v>
+        <v>922</v>
       </c>
       <c r="B390" s="4" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C390" s="5">
-        <v>45149</v>
+        <v>45140</v>
       </c>
       <c r="D390" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E390" s="5">
         <v>40</v>
       </c>
       <c r="F390" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G390" s="5" t="s">
-        <v>28</v>
+        <v>252</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" s="3" t="s">
-        <v>951</v>
+        <v>490</v>
       </c>
       <c r="B391" s="4" t="s">
         <v>952</v>
       </c>
       <c r="C391" s="5">
-        <v>45151</v>
+        <v>45149</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E391" s="5">
         <v>40</v>
       </c>
       <c r="F391" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G391" s="5" t="s">
-        <v>953</v>
+        <v>28</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" s="3" t="s">
-        <v>490</v>
+        <v>953</v>
       </c>
       <c r="B392" s="4" t="s">
         <v>954</v>
       </c>
       <c r="C392" s="5">
-        <v>45156</v>
+        <v>45151</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E392" s="5">
         <v>40</v>
       </c>
       <c r="F392" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G392" s="5" t="s">
-        <v>542</v>
+        <v>955</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" s="3" t="s">
         <v>490</v>
       </c>
       <c r="B393" s="4" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="C393" s="5">
         <v>45156</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E393" s="5">
         <v>40</v>
       </c>
       <c r="F393" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G393" s="5" t="s">
-        <v>956</v>
+        <v>542</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" s="3" t="s">
-        <v>925</v>
+        <v>490</v>
       </c>
       <c r="B394" s="4" t="s">
         <v>957</v>
       </c>
       <c r="C394" s="5">
-        <v>45160</v>
+        <v>45156</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E394" s="5">
         <v>40</v>
       </c>
       <c r="F394" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G394" s="5" t="s">
-        <v>24</v>
+        <v>958</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" s="3" t="s">
-        <v>958</v>
+        <v>927</v>
       </c>
       <c r="B395" s="4" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="C395" s="5">
         <v>45160</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E395" s="5">
         <v>40</v>
       </c>
       <c r="F395" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G395" s="5" t="s">
-        <v>535</v>
+        <v>24</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" s="3" t="s">
-        <v>490</v>
+        <v>960</v>
       </c>
       <c r="B396" s="4" t="s">
         <v>959</v>
       </c>
       <c r="C396" s="5">
-        <v>45166</v>
+        <v>45160</v>
       </c>
       <c r="D396" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E396" s="5">
         <v>40</v>
       </c>
       <c r="F396" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G396" s="5" t="s">
-        <v>290</v>
+        <v>535</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" s="3" t="s">
         <v>490</v>
       </c>
       <c r="B397" s="4" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C397" s="5">
-        <v>45168</v>
+        <v>45166</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E397" s="5">
         <v>40</v>
       </c>
       <c r="F397" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G397" s="5" t="s">
-        <v>713</v>
+        <v>290</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" s="3" t="s">
-        <v>920</v>
+        <v>490</v>
       </c>
       <c r="B398" s="4" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="C398" s="5">
         <v>45168</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E398" s="5">
         <v>40</v>
       </c>
       <c r="F398" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G398" s="5" t="s">
-        <v>736</v>
+        <v>713</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" s="3" t="s">
-        <v>962</v>
+        <v>922</v>
       </c>
       <c r="B399" s="4" t="s">
         <v>963</v>
       </c>
       <c r="C399" s="5">
-        <v>45177</v>
+        <v>45168</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E399" s="5">
         <v>40</v>
       </c>
       <c r="F399" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G399" s="5" t="s">
-        <v>964</v>
+        <v>736</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" s="3" t="s">
-        <v>490</v>
+        <v>964</v>
       </c>
       <c r="B400" s="4" t="s">
         <v>965</v>
       </c>
       <c r="C400" s="5">
-        <v>45185</v>
+        <v>45177</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E400" s="5">
         <v>40</v>
       </c>
       <c r="F400" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G400" s="5" t="s">
         <v>966</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="B401" s="4" t="s">
         <v>967</v>
       </c>
-      <c r="B401" s="4" t="s">
+      <c r="C401" s="5">
+        <v>45185</v>
+      </c>
+      <c r="D401" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E401" s="5">
+        <v>40</v>
+      </c>
+      <c r="F401" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G401" s="5" t="s">
         <v>968</v>
-      </c>
-[...13 lines deleted...]
-        <v>969</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="B402" s="4" t="s">
         <v>970</v>
       </c>
-      <c r="B402" s="4" t="s">
+      <c r="C402" s="5">
+        <v>46004</v>
+      </c>
+      <c r="D402" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E402" s="5">
+        <v>40</v>
+      </c>
+      <c r="F402" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G402" s="5" t="s">
         <v>971</v>
-      </c>
-[...13 lines deleted...]
-        <v>972</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" s="3" t="s">
+        <v>972</v>
+      </c>
+      <c r="B403" s="4" t="s">
         <v>973</v>
       </c>
-      <c r="B403" s="4" t="s">
+      <c r="C403" s="5">
+        <v>46006</v>
+      </c>
+      <c r="D403" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E403" s="5">
+        <v>40</v>
+      </c>
+      <c r="F403" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G403" s="5" t="s">
         <v>974</v>
-      </c>
-[...13 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" s="3" t="s">
-        <v>484</v>
+        <v>975</v>
       </c>
       <c r="B404" s="4" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C404" s="5">
-        <v>46031</v>
+        <v>46017</v>
       </c>
       <c r="D404" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E404" s="5">
         <v>40</v>
       </c>
       <c r="F404" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G404" s="5" t="s">
-        <v>428</v>
+        <v>141</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" s="3" t="s">
-        <v>509</v>
+        <v>484</v>
       </c>
       <c r="B405" s="4" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="C405" s="5">
-        <v>46036</v>
+        <v>46031</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E405" s="5">
         <v>40</v>
       </c>
       <c r="F405" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G405" s="5" t="s">
-        <v>977</v>
+        <v>428</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="B406" s="4" t="s">
         <v>978</v>
       </c>
-      <c r="B406" s="4" t="s">
+      <c r="C406" s="5">
+        <v>46036</v>
+      </c>
+      <c r="D406" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E406" s="5">
+        <v>40</v>
+      </c>
+      <c r="F406" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G406" s="5" t="s">
         <v>979</v>
-      </c>
-[...13 lines deleted...]
-        <v>980</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" s="3" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="B407" s="4" t="s">
         <v>981</v>
       </c>
       <c r="C407" s="5">
-        <v>46080</v>
+        <v>46038</v>
       </c>
       <c r="D407" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E407" s="5">
         <v>40</v>
       </c>
       <c r="F407" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G407" s="5" t="s">
         <v>982</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" s="3" t="s">
+        <v>980</v>
+      </c>
+      <c r="B408" s="4" t="s">
         <v>983</v>
       </c>
-      <c r="B408" s="4" t="s">
+      <c r="C408" s="5">
+        <v>46080</v>
+      </c>
+      <c r="D408" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E408" s="5">
+        <v>40</v>
+      </c>
+      <c r="F408" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G408" s="5" t="s">
         <v>984</v>
-      </c>
-[...13 lines deleted...]
-        <v>985</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" s="3" t="s">
+        <v>985</v>
+      </c>
+      <c r="B409" s="4" t="s">
         <v>986</v>
       </c>
-      <c r="B409" s="4" t="s">
+      <c r="C409" s="5">
+        <v>46083</v>
+      </c>
+      <c r="D409" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E409" s="5">
+        <v>40</v>
+      </c>
+      <c r="F409" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G409" s="5" t="s">
         <v>987</v>
-      </c>
-[...13 lines deleted...]
-        <v>988</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" s="3" t="s">
+        <v>988</v>
+      </c>
+      <c r="B410" s="4" t="s">
         <v>989</v>
       </c>
-      <c r="B410" s="4" t="s">
+      <c r="C410" s="5">
+        <v>46106</v>
+      </c>
+      <c r="D410" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E410" s="5">
+        <v>40</v>
+      </c>
+      <c r="F410" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G410" s="5" t="s">
         <v>990</v>
-      </c>
-[...13 lines deleted...]
-        <v>991</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" s="3" t="s">
+        <v>991</v>
+      </c>
+      <c r="B411" s="4" t="s">
         <v>992</v>
-      </c>
-[...1 lines deleted...]
-        <v>990</v>
       </c>
       <c r="C411" s="5">
         <v>46111</v>
       </c>
       <c r="D411" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E411" s="5">
         <v>40</v>
       </c>
       <c r="F411" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G411" s="5" t="s">
         <v>993</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" s="3" t="s">
         <v>994</v>
       </c>
       <c r="B412" s="4" t="s">
+        <v>992</v>
+      </c>
+      <c r="C412" s="5">
+        <v>46111</v>
+      </c>
+      <c r="D412" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E412" s="5">
+        <v>40</v>
+      </c>
+      <c r="F412" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G412" s="5" t="s">
         <v>995</v>
-      </c>
-[...13 lines deleted...]
-        <v>996</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" s="3" t="s">
-        <v>484</v>
+        <v>996</v>
       </c>
       <c r="B413" s="4" t="s">
         <v>997</v>
       </c>
       <c r="C413" s="5">
-        <v>46118</v>
+        <v>46098</v>
       </c>
       <c r="D413" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E413" s="5">
         <v>40</v>
       </c>
       <c r="F413" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G413" s="5" t="s">
         <v>998</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" s="3" t="s">
         <v>484</v>
       </c>
       <c r="B414" s="4" t="s">
         <v>999</v>
       </c>
       <c r="C414" s="5">
         <v>46118</v>
       </c>
       <c r="D414" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E414" s="5">
         <v>40</v>
       </c>
       <c r="F414" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G414" s="5" t="s">
-        <v>827</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" s="3" t="s">
-        <v>17</v>
+        <v>484</v>
       </c>
       <c r="B415" s="4" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C415" s="5">
-        <v>46128</v>
+        <v>46118</v>
       </c>
       <c r="D415" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E415" s="5">
         <v>40</v>
       </c>
       <c r="F415" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G415" s="5" t="s">
-        <v>1001</v>
+        <v>829</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" s="3" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="B416" s="4" t="s">
         <v>1002</v>
       </c>
       <c r="C416" s="5">
         <v>46128</v>
       </c>
       <c r="D416" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E416" s="5">
         <v>40</v>
       </c>
       <c r="F416" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G416" s="5" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" s="3" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="B417" s="4" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="C417" s="5">
         <v>46128</v>
       </c>
       <c r="D417" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E417" s="5">
         <v>40</v>
       </c>
       <c r="F417" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G417" s="5" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" s="3" t="s">
-        <v>484</v>
+        <v>17</v>
       </c>
       <c r="B418" s="4" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
       <c r="C418" s="5">
-        <v>46156</v>
+        <v>46128</v>
       </c>
       <c r="D418" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E418" s="5">
         <v>40</v>
       </c>
       <c r="F418" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G418" s="5" t="s">
-        <v>705</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" s="3" t="s">
-        <v>978</v>
+        <v>484</v>
       </c>
       <c r="B419" s="4" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C419" s="5">
         <v>46156</v>
       </c>
       <c r="D419" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E419" s="5">
         <v>40</v>
       </c>
       <c r="F419" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G419" s="5" t="s">
-        <v>1007</v>
+        <v>705</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" s="3" t="s">
-        <v>992</v>
+        <v>980</v>
       </c>
       <c r="B420" s="4" t="s">
         <v>1008</v>
       </c>
       <c r="C420" s="5">
-        <v>46167</v>
+        <v>46156</v>
       </c>
       <c r="D420" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E420" s="5">
         <v>40</v>
       </c>
       <c r="F420" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G420" s="5" t="s">
-        <v>852</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" s="3" t="s">
-        <v>17</v>
+        <v>994</v>
       </c>
       <c r="B421" s="4" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C421" s="5">
-        <v>46189</v>
+        <v>46167</v>
       </c>
       <c r="D421" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E421" s="5">
         <v>40</v>
       </c>
       <c r="F421" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G421" s="5" t="s">
-        <v>1010</v>
+        <v>854</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B422" s="4" t="s">
         <v>1011</v>
       </c>
-      <c r="B422" s="4" t="s">
+      <c r="C422" s="5">
+        <v>46189</v>
+      </c>
+      <c r="D422" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E422" s="5">
+        <v>40</v>
+      </c>
+      <c r="F422" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G422" s="5" t="s">
         <v>1012</v>
-      </c>
-[...13 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" s="3" t="s">
         <v>1013</v>
       </c>
       <c r="B423" s="4" t="s">
         <v>1014</v>
       </c>
       <c r="C423" s="5">
-        <v>46213</v>
+        <v>46200</v>
       </c>
       <c r="D423" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E423" s="5">
         <v>40</v>
       </c>
       <c r="F423" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G423" s="5" t="s">
-        <v>308</v>
+        <v>752</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B424" s="4" t="s">
         <v>1016</v>
       </c>
       <c r="C424" s="5">
-        <v>46232</v>
+        <v>46213</v>
       </c>
       <c r="D424" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E424" s="5">
         <v>40</v>
       </c>
       <c r="F424" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G424" s="5" t="s">
-        <v>43</v>
+        <v>308</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" s="3" t="s">
-        <v>484</v>
+        <v>1017</v>
       </c>
       <c r="B425" s="4" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="C425" s="5">
-        <v>46250</v>
+        <v>46232</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E425" s="5">
         <v>40</v>
       </c>
       <c r="F425" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G425" s="5" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" s="3" t="s">
-        <v>466</v>
+        <v>484</v>
       </c>
       <c r="B426" s="4" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C426" s="5">
         <v>46250</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E426" s="5">
         <v>40</v>
       </c>
       <c r="F426" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G426" s="5" t="s">
-        <v>547</v>
+        <v>119</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" s="3" t="s">
-        <v>96</v>
+        <v>466</v>
       </c>
       <c r="B427" s="4" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="C427" s="5">
-        <v>46257</v>
+        <v>46250</v>
       </c>
       <c r="D427" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E427" s="5">
         <v>40</v>
       </c>
       <c r="F427" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G427" s="5" t="s">
-        <v>25</v>
+        <v>547</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" s="3" t="s">
-        <v>649</v>
+        <v>96</v>
       </c>
       <c r="B428" s="4" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C428" s="5">
-        <v>47010</v>
+        <v>46257</v>
       </c>
       <c r="D428" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E428" s="5">
         <v>40</v>
       </c>
       <c r="F428" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G428" s="5" t="s">
-        <v>296</v>
+        <v>25</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" s="3" t="s">
-        <v>309</v>
+        <v>649</v>
       </c>
       <c r="B429" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C429" s="5">
-        <v>47035</v>
+        <v>47010</v>
       </c>
       <c r="D429" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E429" s="5">
         <v>40</v>
       </c>
       <c r="F429" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G429" s="5" t="s">
-        <v>514</v>
+        <v>296</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" s="3" t="s">
-        <v>649</v>
+        <v>309</v>
       </c>
       <c r="B430" s="4" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="C430" s="5">
-        <v>47044</v>
+        <v>47035</v>
       </c>
       <c r="D430" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E430" s="5">
         <v>40</v>
       </c>
       <c r="F430" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G430" s="5" t="s">
-        <v>700</v>
+        <v>514</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" s="3" t="s">
         <v>649</v>
       </c>
       <c r="B431" s="4" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="C431" s="5">
-        <v>47052</v>
+        <v>47044</v>
       </c>
       <c r="D431" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E431" s="5">
         <v>40</v>
       </c>
       <c r="F431" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G431" s="5" t="s">
-        <v>288</v>
+        <v>700</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" s="3" t="s">
-        <v>1024</v>
+        <v>649</v>
       </c>
       <c r="B432" s="4" t="s">
         <v>1025</v>
       </c>
       <c r="C432" s="5">
-        <v>47086</v>
+        <v>47052</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E432" s="5">
         <v>40</v>
       </c>
       <c r="F432" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G432" s="5" t="s">
-        <v>1026</v>
+        <v>288</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" s="3" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="B433" s="4" t="s">
         <v>1027</v>
       </c>
       <c r="C433" s="5">
-        <v>47171</v>
+        <v>47086</v>
       </c>
       <c r="D433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E433" s="5">
         <v>40</v>
       </c>
       <c r="F433" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G433" s="5" t="s">
         <v>1028</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" s="3" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="B434" s="4" t="s">
         <v>1029</v>
       </c>
       <c r="C434" s="5">
-        <v>47178</v>
+        <v>47171</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E434" s="5">
         <v>40</v>
       </c>
       <c r="F434" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G434" s="5" t="s">
-        <v>391</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" s="3" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="C435" s="5">
-        <v>47216</v>
+        <v>47178</v>
       </c>
       <c r="D435" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E435" s="5">
         <v>40</v>
       </c>
       <c r="F435" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G435" s="5" t="s">
-        <v>1031</v>
+        <v>391</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" s="3" t="s">
-        <v>309</v>
+        <v>1026</v>
       </c>
       <c r="B436" s="4" t="s">
         <v>1032</v>
       </c>
       <c r="C436" s="5">
-        <v>47220</v>
+        <v>47216</v>
       </c>
       <c r="D436" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E436" s="5">
         <v>40</v>
       </c>
       <c r="F436" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G436" s="5" t="s">
-        <v>783</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" s="3" t="s">
-        <v>1033</v>
+        <v>309</v>
       </c>
       <c r="B437" s="4" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="C437" s="5">
         <v>47220</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E437" s="5">
         <v>40</v>
       </c>
       <c r="F437" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G437" s="5" t="s">
-        <v>78</v>
+        <v>783</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B438" s="4" t="s">
         <v>1034</v>
       </c>
-      <c r="B438" s="4" t="s">
-[...3 lines deleted...]
-        <v>1036</v>
+      <c r="C438" s="5">
+        <v>47220</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E438" s="5">
         <v>40</v>
       </c>
       <c r="F438" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G438" s="5" t="s">
-        <v>457</v>
+        <v>78</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B439" s="4" t="s">
         <v>1037</v>
       </c>
-      <c r="B439" s="4" t="s">
+      <c r="C439" s="5" t="s">
         <v>1038</v>
       </c>
-      <c r="C439" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D439" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E439" s="5">
         <v>40</v>
       </c>
       <c r="F439" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G439" s="5" t="s">
-        <v>394</v>
+        <v>457</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" s="3" t="s">
-        <v>283</v>
+        <v>1039</v>
       </c>
       <c r="B440" s="4" t="s">
         <v>1040</v>
       </c>
       <c r="C440" s="5" t="s">
         <v>1041</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E440" s="5">
         <v>40</v>
       </c>
       <c r="F440" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G440" s="5" t="s">
-        <v>774</v>
+        <v>394</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B441" s="4" t="s">
         <v>1042</v>
       </c>
-      <c r="B441" s="4" t="s">
+      <c r="C441" s="5" t="s">
         <v>1043</v>
       </c>
-      <c r="C441" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D441" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E441" s="5">
         <v>40</v>
       </c>
       <c r="F441" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G441" s="5" t="s">
-        <v>312</v>
+        <v>774</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" s="3" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B442" s="4" t="s">
         <v>1045</v>
       </c>
-      <c r="B442" s="4" t="s">
+      <c r="C442" s="5" t="s">
         <v>1046</v>
       </c>
-      <c r="C442" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D442" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E442" s="5">
         <v>40</v>
       </c>
       <c r="F442" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G442" s="5" t="s">
-        <v>930</v>
+        <v>312</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" s="3" t="s">
-        <v>1034</v>
+        <v>1047</v>
       </c>
       <c r="B443" s="4" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="C443" s="5" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E443" s="5">
         <v>40</v>
       </c>
       <c r="F443" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G443" s="5" t="s">
-        <v>225</v>
+        <v>932</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" s="3" t="s">
-        <v>1048</v>
+        <v>1036</v>
       </c>
       <c r="B444" s="4" t="s">
         <v>1049</v>
       </c>
       <c r="C444" s="5" t="s">
-        <v>1050</v>
+        <v>1041</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E444" s="5">
         <v>40</v>
       </c>
       <c r="F444" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G444" s="5" t="s">
-        <v>1051</v>
+        <v>225</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" s="3" t="s">
-        <v>743</v>
+        <v>1050</v>
       </c>
       <c r="B445" s="4" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C445" s="5" t="s">
         <v>1052</v>
-      </c>
-[...1 lines deleted...]
-        <v>50004</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E445" s="5">
         <v>40</v>
       </c>
       <c r="F445" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G445" s="5" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B446" s="4" t="s">
         <v>1054</v>
       </c>
       <c r="C446" s="5">
-        <v>50018</v>
+        <v>50004</v>
       </c>
       <c r="D446" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E446" s="5">
         <v>40</v>
       </c>
       <c r="F446" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G446" s="5" t="s">
-        <v>391</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B447" s="4" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="C447" s="5">
         <v>50018</v>
       </c>
       <c r="D447" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E447" s="5">
         <v>40</v>
       </c>
       <c r="F447" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G447" s="5" t="s">
-        <v>1055</v>
+        <v>391</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B448" s="4" t="s">
         <v>1056</v>
       </c>
       <c r="C448" s="5">
-        <v>50025</v>
+        <v>50018</v>
       </c>
       <c r="D448" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E448" s="5">
         <v>40</v>
       </c>
       <c r="F448" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G448" s="5" t="s">
-        <v>592</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B449" s="4" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="C449" s="5">
         <v>50025</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E449" s="5">
         <v>40</v>
       </c>
       <c r="F449" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G449" s="5" t="s">
-        <v>1057</v>
+        <v>592</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B450" s="4" t="s">
         <v>1058</v>
       </c>
       <c r="C450" s="5">
-        <v>50034</v>
+        <v>50025</v>
       </c>
       <c r="D450" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E450" s="5">
         <v>40</v>
       </c>
       <c r="F450" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G450" s="5" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B451" s="4" t="s">
         <v>1060</v>
       </c>
       <c r="C451" s="5">
-        <v>50038</v>
+        <v>50034</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E451" s="5">
         <v>40</v>
       </c>
       <c r="F451" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G451" s="5" t="s">
         <v>1061</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" s="3" t="s">
-        <v>164</v>
+        <v>743</v>
       </c>
       <c r="B452" s="4" t="s">
         <v>1062</v>
       </c>
       <c r="C452" s="5">
-        <v>50045</v>
+        <v>50038</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E452" s="5">
         <v>40</v>
       </c>
       <c r="F452" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G452" s="5" t="s">
         <v>1063</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" s="3" t="s">
-        <v>743</v>
+        <v>164</v>
       </c>
       <c r="B453" s="4" t="s">
         <v>1064</v>
       </c>
       <c r="C453" s="5">
-        <v>50055</v>
+        <v>50045</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E453" s="5">
         <v>40</v>
       </c>
       <c r="F453" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G453" s="5" t="s">
-        <v>379</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B454" s="4" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C454" s="5">
         <v>50055</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E454" s="5">
         <v>40</v>
       </c>
       <c r="F454" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G454" s="5" t="s">
-        <v>222</v>
+        <v>379</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B455" s="4" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="C455" s="5">
-        <v>50068</v>
+        <v>50055</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E455" s="5">
         <v>40</v>
       </c>
       <c r="F455" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G455" s="5" t="s">
-        <v>24</v>
+        <v>222</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B456" s="4" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="C456" s="5">
         <v>50068</v>
       </c>
       <c r="D456" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E456" s="5">
         <v>40</v>
       </c>
       <c r="F456" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G456" s="5" t="s">
-        <v>411</v>
+        <v>24</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" s="3" t="s">
-        <v>164</v>
+        <v>743</v>
       </c>
       <c r="B457" s="4" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="C457" s="5">
-        <v>50074</v>
+        <v>50068</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E457" s="5">
         <v>40</v>
       </c>
       <c r="F457" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G457" s="5" t="s">
-        <v>1068</v>
+        <v>411</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" s="3" t="s">
-        <v>743</v>
+        <v>164</v>
       </c>
       <c r="B458" s="4" t="s">
         <v>1069</v>
       </c>
       <c r="C458" s="5">
-        <v>50099</v>
+        <v>50074</v>
       </c>
       <c r="D458" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E458" s="5">
         <v>40</v>
       </c>
       <c r="F458" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G458" s="5" t="s">
-        <v>478</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B459" s="4" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C459" s="5">
-        <v>50113</v>
+        <v>50099</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E459" s="5">
         <v>40</v>
       </c>
       <c r="F459" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G459" s="5" t="s">
-        <v>1071</v>
+        <v>478</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B460" s="4" t="s">
         <v>1072</v>
       </c>
       <c r="C460" s="5">
-        <v>50124</v>
+        <v>50113</v>
       </c>
       <c r="D460" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E460" s="5">
         <v>40</v>
       </c>
       <c r="F460" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G460" s="5" t="s">
-        <v>389</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B461" s="4" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="C461" s="5">
         <v>50124</v>
       </c>
       <c r="D461" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E461" s="5">
         <v>40</v>
       </c>
       <c r="F461" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G461" s="5" t="s">
-        <v>1073</v>
+        <v>389</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B462" s="4" t="s">
         <v>1074</v>
       </c>
       <c r="C462" s="5">
-        <v>50131</v>
+        <v>50124</v>
       </c>
       <c r="D462" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E462" s="5">
         <v>40</v>
       </c>
       <c r="F462" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G462" s="5" t="s">
         <v>1075</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" s="3" t="s">
-        <v>164</v>
+        <v>743</v>
       </c>
       <c r="B463" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="C463" s="5">
-        <v>50136</v>
+        <v>50131</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E463" s="5">
         <v>40</v>
       </c>
       <c r="F463" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G463" s="5" t="s">
-        <v>95</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" s="3" t="s">
-        <v>557</v>
+        <v>164</v>
       </c>
       <c r="B464" s="4" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="C464" s="5">
-        <v>50139</v>
+        <v>50136</v>
       </c>
       <c r="D464" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E464" s="5">
         <v>40</v>
       </c>
       <c r="F464" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G464" s="5" t="s">
-        <v>556</v>
+        <v>95</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" s="3" t="s">
-        <v>914</v>
+        <v>557</v>
       </c>
       <c r="B465" s="4" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C465" s="5">
-        <v>50143</v>
+        <v>50139</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E465" s="5">
         <v>40</v>
       </c>
       <c r="F465" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G465" s="5" t="s">
-        <v>384</v>
+        <v>556</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" s="3" t="s">
-        <v>743</v>
+        <v>916</v>
       </c>
       <c r="B466" s="4" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="C466" s="5">
-        <v>50160</v>
+        <v>50143</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E466" s="5">
         <v>40</v>
       </c>
       <c r="F466" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G466" s="5" t="s">
-        <v>1080</v>
+        <v>384</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B467" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="C467" s="5">
-        <v>50159</v>
+        <v>50160</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E467" s="5">
         <v>40</v>
       </c>
       <c r="F467" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G467" s="5" t="s">
-        <v>141</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" s="3" t="s">
-        <v>543</v>
+        <v>743</v>
       </c>
       <c r="B468" s="4" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C468" s="5">
-        <v>50163</v>
+        <v>50159</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E468" s="5">
         <v>40</v>
       </c>
       <c r="F468" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G468" s="5" t="s">
-        <v>318</v>
+        <v>141</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" s="3" t="s">
-        <v>743</v>
+        <v>543</v>
       </c>
       <c r="B469" s="4" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="C469" s="5">
-        <v>50169</v>
+        <v>50163</v>
       </c>
       <c r="D469" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E469" s="5">
         <v>40</v>
       </c>
       <c r="F469" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G469" s="5" t="s">
-        <v>1084</v>
+        <v>318</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" s="3" t="s">
-        <v>914</v>
+        <v>743</v>
       </c>
       <c r="B470" s="4" t="s">
         <v>1085</v>
       </c>
       <c r="C470" s="5">
-        <v>50181</v>
+        <v>50169</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E470" s="5">
         <v>40</v>
       </c>
       <c r="F470" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G470" s="5" t="s">
         <v>1086</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" s="3" t="s">
-        <v>743</v>
+        <v>916</v>
       </c>
       <c r="B471" s="4" t="s">
         <v>1087</v>
       </c>
       <c r="C471" s="5">
-        <v>50182</v>
+        <v>50181</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E471" s="5">
         <v>40</v>
       </c>
       <c r="F471" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G471" s="5" t="s">
-        <v>276</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B472" s="4" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="C472" s="5">
         <v>50182</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E472" s="5">
         <v>40</v>
       </c>
       <c r="F472" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G472" s="5" t="s">
-        <v>749</v>
+        <v>276</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B473" s="4" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="C473" s="5">
         <v>50182</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E473" s="5">
         <v>40</v>
       </c>
       <c r="F473" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G473" s="5" t="s">
-        <v>620</v>
+        <v>749</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B474" s="4" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C474" s="5">
         <v>50182</v>
       </c>
       <c r="D474" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E474" s="5">
         <v>40</v>
       </c>
       <c r="F474" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G474" s="5" t="s">
-        <v>1091</v>
+        <v>620</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B475" s="4" t="s">
         <v>1092</v>
       </c>
       <c r="C475" s="5">
-        <v>50201</v>
+        <v>50182</v>
       </c>
       <c r="D475" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E475" s="5">
         <v>40</v>
       </c>
       <c r="F475" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G475" s="5" t="s">
         <v>1093</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B476" s="4" t="s">
         <v>1094</v>
       </c>
       <c r="C476" s="5">
-        <v>50204</v>
+        <v>50201</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E476" s="5">
         <v>40</v>
       </c>
       <c r="F476" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G476" s="5" t="s">
-        <v>262</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" s="3" t="s">
-        <v>557</v>
+        <v>743</v>
       </c>
       <c r="B477" s="4" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="C477" s="5">
-        <v>50222</v>
+        <v>50204</v>
       </c>
       <c r="D477" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E477" s="5">
         <v>40</v>
       </c>
       <c r="F477" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G477" s="5" t="s">
-        <v>1096</v>
+        <v>262</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" s="3" t="s">
-        <v>914</v>
+        <v>557</v>
       </c>
       <c r="B478" s="4" t="s">
         <v>1097</v>
       </c>
       <c r="C478" s="5">
         <v>50222</v>
       </c>
       <c r="D478" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E478" s="5">
         <v>40</v>
       </c>
       <c r="F478" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G478" s="5" t="s">
         <v>1098</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" s="3" t="s">
-        <v>743</v>
+        <v>916</v>
       </c>
       <c r="B479" s="4" t="s">
         <v>1099</v>
       </c>
       <c r="C479" s="5">
-        <v>50223</v>
+        <v>50222</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E479" s="5">
         <v>40</v>
       </c>
       <c r="F479" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G479" s="5" t="s">
-        <v>618</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B480" s="4" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="C480" s="5">
-        <v>50243</v>
+        <v>50223</v>
       </c>
       <c r="D480" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E480" s="5">
         <v>40</v>
       </c>
       <c r="F480" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G480" s="5" t="s">
-        <v>878</v>
+        <v>618</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" s="3" t="s">
-        <v>914</v>
+        <v>743</v>
       </c>
       <c r="B481" s="4" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="C481" s="5">
-        <v>50297</v>
+        <v>50243</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E481" s="5">
         <v>40</v>
       </c>
       <c r="F481" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G481" s="5" t="s">
-        <v>749</v>
+        <v>880</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" s="3" t="s">
-        <v>543</v>
+        <v>916</v>
       </c>
       <c r="B482" s="4" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="C482" s="5">
-        <v>50298</v>
+        <v>50297</v>
       </c>
       <c r="D482" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E482" s="5">
         <v>40</v>
       </c>
       <c r="F482" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G482" s="5" t="s">
-        <v>327</v>
+        <v>749</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" s="3" t="s">
-        <v>1103</v>
+        <v>543</v>
       </c>
       <c r="B483" s="4" t="s">
         <v>1104</v>
       </c>
       <c r="C483" s="5">
-        <v>50297</v>
+        <v>50298</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E483" s="5">
         <v>40</v>
       </c>
       <c r="F483" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G483" s="5" t="s">
-        <v>1105</v>
+        <v>327</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" s="3" t="s">
-        <v>309</v>
+        <v>1105</v>
       </c>
       <c r="B484" s="4" t="s">
         <v>1106</v>
       </c>
       <c r="C484" s="5">
-        <v>49010</v>
+        <v>50297</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E484" s="5">
         <v>40</v>
       </c>
       <c r="F484" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G484" s="5" t="s">
-        <v>930</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B485" s="4" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="C485" s="5">
-        <v>49016</v>
+        <v>49010</v>
       </c>
       <c r="D485" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E485" s="5">
         <v>40</v>
       </c>
       <c r="F485" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G485" s="5" t="s">
-        <v>137</v>
+        <v>932</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B486" s="4" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="C486" s="5">
-        <v>49019</v>
+        <v>49016</v>
       </c>
       <c r="D486" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E486" s="5">
         <v>40</v>
       </c>
       <c r="F486" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G486" s="5" t="s">
-        <v>384</v>
+        <v>137</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" s="3" t="s">
-        <v>649</v>
+        <v>309</v>
       </c>
       <c r="B487" s="4" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="C487" s="5">
-        <v>49021</v>
+        <v>49019</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E487" s="5">
         <v>40</v>
       </c>
       <c r="F487" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G487" s="5" t="s">
-        <v>276</v>
+        <v>384</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" s="3" t="s">
-        <v>309</v>
+        <v>649</v>
       </c>
       <c r="B488" s="4" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="C488" s="5">
-        <v>49023</v>
+        <v>49021</v>
       </c>
       <c r="D488" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E488" s="5">
         <v>40</v>
       </c>
       <c r="F488" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G488" s="5" t="s">
-        <v>1111</v>
+        <v>276</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B489" s="4" t="s">
         <v>1112</v>
       </c>
       <c r="C489" s="5">
-        <v>49026</v>
+        <v>49023</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E489" s="5">
         <v>40</v>
       </c>
       <c r="F489" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G489" s="5" t="s">
-        <v>360</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" s="3" t="s">
-        <v>356</v>
+        <v>309</v>
       </c>
       <c r="B490" s="4" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="C490" s="5">
-        <v>49033</v>
+        <v>49026</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E490" s="5">
         <v>40</v>
       </c>
       <c r="F490" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G490" s="5" t="s">
-        <v>384</v>
+        <v>360</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" s="3" t="s">
-        <v>1114</v>
+        <v>356</v>
       </c>
       <c r="B491" s="4" t="s">
         <v>1115</v>
       </c>
       <c r="C491" s="5">
-        <v>49036</v>
+        <v>49033</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E491" s="5">
         <v>40</v>
       </c>
       <c r="F491" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G491" s="5" t="s">
-        <v>153</v>
+        <v>384</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" s="3" t="s">
-        <v>1033</v>
+        <v>1116</v>
       </c>
       <c r="B492" s="4" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="C492" s="5">
-        <v>49037</v>
+        <v>49036</v>
       </c>
       <c r="D492" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E492" s="5">
         <v>40</v>
       </c>
       <c r="F492" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G492" s="5" t="s">
-        <v>1117</v>
+        <v>153</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" s="3" t="s">
-        <v>309</v>
+        <v>1035</v>
       </c>
       <c r="B493" s="4" t="s">
         <v>1118</v>
       </c>
       <c r="C493" s="5">
-        <v>49056</v>
+        <v>49037</v>
       </c>
       <c r="D493" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E493" s="5">
         <v>40</v>
       </c>
       <c r="F493" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G493" s="5" t="s">
         <v>1119</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" s="3" t="s">
-        <v>1114</v>
+        <v>309</v>
       </c>
       <c r="B494" s="4" t="s">
         <v>1120</v>
       </c>
       <c r="C494" s="5">
-        <v>49065</v>
+        <v>49056</v>
       </c>
       <c r="D494" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E494" s="5">
         <v>40</v>
       </c>
       <c r="F494" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G494" s="5" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" s="3" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="B495" s="4" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="C495" s="5">
-        <v>49071</v>
+        <v>49065</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E495" s="5">
         <v>40</v>
       </c>
       <c r="F495" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G495" s="5" t="s">
-        <v>145</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" s="3" t="s">
-        <v>309</v>
+        <v>1116</v>
       </c>
       <c r="B496" s="4" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="C496" s="5">
-        <v>49081</v>
+        <v>49071</v>
       </c>
       <c r="D496" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E496" s="5">
         <v>40</v>
       </c>
       <c r="F496" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G496" s="5" t="s">
-        <v>705</v>
+        <v>145</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B497" s="4" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="C497" s="5">
-        <v>49108</v>
+        <v>49081</v>
       </c>
       <c r="D497" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E497" s="5">
         <v>40</v>
       </c>
       <c r="F497" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G497" s="5" t="s">
-        <v>998</v>
+        <v>705</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" s="3" t="s">
-        <v>649</v>
+        <v>309</v>
       </c>
       <c r="B498" s="4" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="C498" s="5">
-        <v>49118</v>
+        <v>49108</v>
       </c>
       <c r="D498" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E498" s="5">
         <v>40</v>
       </c>
       <c r="F498" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G498" s="5" t="s">
-        <v>1125</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" s="3" t="s">
-        <v>309</v>
+        <v>649</v>
       </c>
       <c r="B499" s="4" t="s">
         <v>1126</v>
       </c>
       <c r="C499" s="5">
-        <v>49133</v>
+        <v>49118</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E499" s="5">
         <v>40</v>
       </c>
       <c r="F499" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G499" s="5" t="s">
-        <v>303</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B500" s="4" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="C500" s="5">
-        <v>49153</v>
+        <v>49133</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E500" s="5">
         <v>40</v>
       </c>
       <c r="F500" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G500" s="5" t="s">
-        <v>428</v>
+        <v>303</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" s="3" t="s">
-        <v>651</v>
+        <v>309</v>
       </c>
       <c r="B501" s="4" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="C501" s="5">
-        <v>49175</v>
+        <v>49153</v>
       </c>
       <c r="D501" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E501" s="5">
         <v>40</v>
       </c>
       <c r="F501" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G501" s="5" t="s">
-        <v>1129</v>
+        <v>428</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" s="3" t="s">
-        <v>309</v>
+        <v>651</v>
       </c>
       <c r="B502" s="4" t="s">
         <v>1130</v>
       </c>
       <c r="C502" s="5">
-        <v>49206</v>
+        <v>49175</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E502" s="5">
         <v>40</v>
       </c>
       <c r="F502" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G502" s="5" t="s">
         <v>1131</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" s="3" t="s">
-        <v>649</v>
+        <v>309</v>
       </c>
       <c r="B503" s="4" t="s">
         <v>1132</v>
       </c>
       <c r="C503" s="5">
-        <v>49207</v>
+        <v>49206</v>
       </c>
       <c r="D503" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E503" s="5">
         <v>40</v>
       </c>
       <c r="F503" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G503" s="5" t="s">
         <v>1133</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" s="3" t="s">
-        <v>825</v>
+        <v>649</v>
       </c>
       <c r="B504" s="4" t="s">
         <v>1134</v>
       </c>
       <c r="C504" s="5">
-        <v>49219</v>
+        <v>49207</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E504" s="5">
         <v>40</v>
       </c>
       <c r="F504" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G504" s="5" t="s">
-        <v>340</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" s="3" t="s">
-        <v>309</v>
+        <v>827</v>
       </c>
       <c r="B505" s="4" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="C505" s="5">
-        <v>49240</v>
+        <v>49219</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E505" s="5">
         <v>40</v>
       </c>
       <c r="F505" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G505" s="5" t="s">
-        <v>358</v>
+        <v>340</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" s="3" t="s">
-        <v>825</v>
+        <v>309</v>
       </c>
       <c r="B506" s="4" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="C506" s="5">
-        <v>49249</v>
+        <v>49240</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E506" s="5">
         <v>40</v>
       </c>
       <c r="F506" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G506" s="5" t="s">
-        <v>1137</v>
+        <v>358</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" s="3" t="s">
-        <v>309</v>
+        <v>827</v>
       </c>
       <c r="B507" s="4" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="C507" s="5">
         <v>49249</v>
       </c>
       <c r="D507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E507" s="5">
         <v>40</v>
       </c>
       <c r="F507" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G507" s="5" t="s">
-        <v>827</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B508" s="4" t="s">
         <v>1138</v>
       </c>
       <c r="C508" s="5">
-        <v>49250</v>
+        <v>49249</v>
       </c>
       <c r="D508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E508" s="5">
         <v>40</v>
       </c>
       <c r="F508" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G508" s="5" t="s">
-        <v>493</v>
+        <v>829</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B509" s="4" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="C509" s="5">
+        <v>49250</v>
+      </c>
+      <c r="D509" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E509" s="5">
+        <v>40</v>
+      </c>
+      <c r="F509" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G509" s="5" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="510" spans="1:7">
+      <c r="A510" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="B510" s="4" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C510" s="5">
         <v>49269</v>
       </c>
-      <c r="D509" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G509" s="5" t="s">
+      <c r="D510" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E510" s="5">
+        <v>40</v>
+      </c>
+      <c r="F510" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G510" s="5" t="s">
         <v>702</v>
       </c>
     </row>
-    <row r="510" spans="1:7">
-[...4 lines deleted...]
-      <c r="G510" s="1"/>
+    <row r="511" spans="1:7">
+      <c r="A511" s="2"/>
+      <c r="C511" s="1"/>
+      <c r="E511" s="1"/>
+      <c r="F511" s="1"/>
+      <c r="G511" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">