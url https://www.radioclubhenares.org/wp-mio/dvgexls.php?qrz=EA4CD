--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1043">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1045">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4CD</t>
   </si>
   <si>
-    <t>463 Referencias DVGE - 492 QSO encontrados - 415 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1600 (30-10-2025 09:10)</t>
+    <t>464 Referencias DVGE - 493 QSO encontrados - 415 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1600 (16-12-2025 17:15)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>
@@ -2799,50 +2799,56 @@
     <t>VGV-007</t>
   </si>
   <si>
     <t>VGV-024</t>
   </si>
   <si>
     <t>VGV-025</t>
   </si>
   <si>
     <t>14/06/2024</t>
   </si>
   <si>
     <t>EA5URY/P</t>
   </si>
   <si>
     <t>VGV-040</t>
   </si>
   <si>
     <t>24/06/2023</t>
   </si>
   <si>
     <t>VGV-045</t>
   </si>
   <si>
     <t>VGV-054</t>
+  </si>
+  <si>
+    <t>VGV-074</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
   </si>
   <si>
     <t>VGV-075</t>
   </si>
   <si>
     <t>12/09/2020</t>
   </si>
   <si>
     <t>VGV-077</t>
   </si>
   <si>
     <t>VGV-096</t>
   </si>
   <si>
     <t>14/03/2021</t>
   </si>
   <si>
     <t>VGV-099</t>
   </si>
   <si>
     <t>03/07/2021</t>
   </si>
   <si>
     <t>06/06/2023</t>
   </si>
@@ -3598,51 +3604,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G498"/>
+  <dimension ref="A1:G499"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -13508,1526 +13514,1549 @@
     <row r="433" spans="1:7">
       <c r="A433" s="3" t="s">
         <v>924</v>
       </c>
       <c r="B433" s="4" t="s">
         <v>929</v>
       </c>
       <c r="C433" s="5">
         <v>46111</v>
       </c>
       <c r="D433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E433" s="5">
         <v>40</v>
       </c>
       <c r="F433" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G433" s="5" t="s">
         <v>930</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" s="3" t="s">
-        <v>460</v>
+        <v>924</v>
       </c>
       <c r="B434" s="4" t="s">
         <v>931</v>
       </c>
       <c r="C434" s="5">
         <v>46111</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E434" s="5">
         <v>40</v>
       </c>
       <c r="F434" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G434" s="5" t="s">
-        <v>22</v>
+        <v>932</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" s="3" t="s">
         <v>460</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C435" s="5">
-        <v>46118</v>
+        <v>46111</v>
       </c>
       <c r="D435" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E435" s="5">
         <v>40</v>
       </c>
       <c r="F435" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G435" s="5" t="s">
-        <v>933</v>
+        <v>22</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" s="3" t="s">
-        <v>24</v>
+        <v>460</v>
       </c>
       <c r="B436" s="4" t="s">
         <v>934</v>
       </c>
       <c r="C436" s="5">
-        <v>46124</v>
+        <v>46118</v>
       </c>
       <c r="D436" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E436" s="5">
         <v>40</v>
       </c>
       <c r="F436" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G436" s="5" t="s">
         <v>935</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" s="3" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="B437" s="4" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="C437" s="5">
         <v>46124</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E437" s="5">
         <v>40</v>
       </c>
       <c r="F437" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G437" s="5" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" s="3" t="s">
-        <v>460</v>
+        <v>11</v>
       </c>
       <c r="B438" s="4" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="C438" s="5">
-        <v>46181</v>
+        <v>46124</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E438" s="5">
         <v>40</v>
       </c>
       <c r="F438" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G438" s="5" t="s">
         <v>938</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" s="3" t="s">
-        <v>924</v>
+        <v>460</v>
       </c>
       <c r="B439" s="4" t="s">
         <v>939</v>
       </c>
       <c r="C439" s="5">
-        <v>46199</v>
+        <v>46181</v>
       </c>
       <c r="D439" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E439" s="5">
         <v>40</v>
       </c>
       <c r="F439" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G439" s="5" t="s">
-        <v>569</v>
+        <v>940</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" s="3" t="s">
-        <v>940</v>
+        <v>924</v>
       </c>
       <c r="B440" s="4" t="s">
         <v>941</v>
       </c>
       <c r="C440" s="5">
-        <v>46213</v>
+        <v>46199</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E440" s="5">
         <v>40</v>
       </c>
       <c r="F440" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G440" s="5" t="s">
-        <v>544</v>
+        <v>569</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" s="3" t="s">
-        <v>460</v>
+        <v>942</v>
       </c>
       <c r="B441" s="4" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="C441" s="5">
         <v>46213</v>
       </c>
       <c r="D441" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E441" s="5">
         <v>40</v>
       </c>
       <c r="F441" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G441" s="5" t="s">
-        <v>360</v>
+        <v>544</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" s="3" t="s">
-        <v>215</v>
+        <v>460</v>
       </c>
       <c r="B442" s="4" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="C442" s="5">
-        <v>46235</v>
+        <v>46213</v>
       </c>
       <c r="D442" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E442" s="5">
         <v>40</v>
       </c>
       <c r="F442" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G442" s="5" t="s">
-        <v>112</v>
+        <v>360</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" s="3" t="s">
-        <v>944</v>
+        <v>215</v>
       </c>
       <c r="B443" s="4" t="s">
         <v>945</v>
       </c>
       <c r="C443" s="5">
-        <v>46244</v>
+        <v>46235</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E443" s="5">
         <v>40</v>
       </c>
       <c r="F443" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G443" s="5" t="s">
-        <v>946</v>
+        <v>112</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="B444" s="4" t="s">
         <v>947</v>
       </c>
-      <c r="B444" s="4" t="s">
+      <c r="C444" s="5">
+        <v>46244</v>
+      </c>
+      <c r="D444" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E444" s="5">
+        <v>40</v>
+      </c>
+      <c r="F444" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G444" s="5" t="s">
         <v>948</v>
-      </c>
-[...13 lines deleted...]
-        <v>949</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" s="3" t="s">
-        <v>460</v>
+        <v>949</v>
       </c>
       <c r="B445" s="4" t="s">
         <v>950</v>
       </c>
       <c r="C445" s="5">
-        <v>46259</v>
+        <v>46256</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E445" s="5">
         <v>40</v>
       </c>
       <c r="F445" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G445" s="5" t="s">
-        <v>161</v>
+        <v>951</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" s="3" t="s">
-        <v>951</v>
+        <v>460</v>
       </c>
       <c r="B446" s="4" t="s">
         <v>952</v>
       </c>
       <c r="C446" s="5">
-        <v>47035</v>
+        <v>46259</v>
       </c>
       <c r="D446" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E446" s="5">
         <v>40</v>
       </c>
       <c r="F446" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G446" s="5" t="s">
-        <v>16</v>
+        <v>161</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" s="3" t="s">
         <v>953</v>
       </c>
       <c r="B447" s="4" t="s">
         <v>954</v>
       </c>
       <c r="C447" s="5">
-        <v>47055</v>
+        <v>47035</v>
       </c>
       <c r="D447" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E447" s="5">
         <v>40</v>
       </c>
       <c r="F447" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G447" s="5" t="s">
-        <v>191</v>
+        <v>16</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" s="3" t="s">
         <v>955</v>
       </c>
       <c r="B448" s="4" t="s">
         <v>956</v>
       </c>
       <c r="C448" s="5">
-        <v>47086</v>
+        <v>47055</v>
       </c>
       <c r="D448" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E448" s="5">
         <v>40</v>
       </c>
       <c r="F448" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G448" s="5" t="s">
-        <v>759</v>
+        <v>191</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" s="3" t="s">
-        <v>321</v>
+        <v>957</v>
       </c>
       <c r="B449" s="4" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C449" s="5">
-        <v>47138</v>
+        <v>47086</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E449" s="5">
         <v>40</v>
       </c>
       <c r="F449" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G449" s="5" t="s">
-        <v>65</v>
+        <v>759</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" s="3" t="s">
-        <v>958</v>
+        <v>321</v>
       </c>
       <c r="B450" s="4" t="s">
         <v>959</v>
       </c>
       <c r="C450" s="5">
-        <v>47158</v>
+        <v>47138</v>
       </c>
       <c r="D450" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E450" s="5">
         <v>40</v>
       </c>
       <c r="F450" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G450" s="5" t="s">
-        <v>581</v>
+        <v>65</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" s="3" t="s">
-        <v>321</v>
+        <v>960</v>
       </c>
       <c r="B451" s="4" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C451" s="5">
-        <v>47165</v>
+        <v>47158</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E451" s="5">
         <v>40</v>
       </c>
       <c r="F451" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G451" s="5" t="s">
-        <v>657</v>
+        <v>581</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" s="3" t="s">
-        <v>953</v>
+        <v>321</v>
       </c>
       <c r="B452" s="4" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="C452" s="5">
-        <v>47191</v>
+        <v>47165</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E452" s="5">
         <v>40</v>
       </c>
       <c r="F452" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G452" s="5" t="s">
-        <v>245</v>
+        <v>657</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" s="3" t="s">
-        <v>180</v>
+        <v>955</v>
       </c>
       <c r="B453" s="4" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C453" s="5">
-        <v>47195</v>
+        <v>47191</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E453" s="5">
         <v>40</v>
       </c>
       <c r="F453" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G453" s="5" t="s">
-        <v>50</v>
+        <v>245</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" s="3" t="s">
-        <v>963</v>
+        <v>180</v>
       </c>
       <c r="B454" s="4" t="s">
         <v>964</v>
       </c>
-      <c r="C454" s="5" t="s">
-        <v>965</v>
+      <c r="C454" s="5">
+        <v>47195</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E454" s="5">
         <v>40</v>
       </c>
       <c r="F454" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G454" s="5" t="s">
-        <v>172</v>
+        <v>50</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" s="3" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="B455" s="4" t="s">
         <v>966</v>
       </c>
       <c r="C455" s="5" t="s">
         <v>967</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E455" s="5">
         <v>40</v>
       </c>
       <c r="F455" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G455" s="5" t="s">
-        <v>968</v>
+        <v>172</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" s="3" t="s">
-        <v>180</v>
+        <v>965</v>
       </c>
       <c r="B456" s="4" t="s">
+        <v>968</v>
+      </c>
+      <c r="C456" s="5" t="s">
         <v>969</v>
-      </c>
-[...1 lines deleted...]
-        <v>50028</v>
       </c>
       <c r="D456" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E456" s="5">
         <v>40</v>
       </c>
       <c r="F456" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G456" s="5" t="s">
         <v>970</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B457" s="4" t="s">
         <v>971</v>
       </c>
-      <c r="B457" s="4" t="s">
+      <c r="C457" s="5">
+        <v>50028</v>
+      </c>
+      <c r="D457" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E457" s="5">
+        <v>40</v>
+      </c>
+      <c r="F457" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G457" s="5" t="s">
         <v>972</v>
-      </c>
-[...13 lines deleted...]
-        <v>645</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" s="3" t="s">
         <v>973</v>
       </c>
       <c r="B458" s="4" t="s">
         <v>974</v>
       </c>
       <c r="C458" s="5">
-        <v>50182</v>
+        <v>50044</v>
       </c>
       <c r="D458" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E458" s="5">
-        <v>40</v>
+        <v>7000</v>
       </c>
       <c r="F458" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G458" s="5" t="s">
-        <v>594</v>
+        <v>645</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" s="3" t="s">
         <v>975</v>
       </c>
       <c r="B459" s="4" t="s">
         <v>976</v>
       </c>
       <c r="C459" s="5">
-        <v>50208</v>
+        <v>50182</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E459" s="5">
         <v>40</v>
       </c>
       <c r="F459" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G459" s="5" t="s">
-        <v>528</v>
+        <v>594</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" s="3" t="s">
         <v>977</v>
       </c>
       <c r="B460" s="4" t="s">
         <v>978</v>
       </c>
       <c r="C460" s="5">
-        <v>50235</v>
+        <v>50208</v>
       </c>
       <c r="D460" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E460" s="5">
         <v>40</v>
       </c>
       <c r="F460" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G460" s="5" t="s">
-        <v>979</v>
+        <v>528</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" s="3" t="s">
+        <v>979</v>
+      </c>
+      <c r="B461" s="4" t="s">
         <v>980</v>
       </c>
-      <c r="B461" s="4" t="s">
+      <c r="C461" s="5">
+        <v>50235</v>
+      </c>
+      <c r="D461" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E461" s="5">
+        <v>40</v>
+      </c>
+      <c r="F461" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G461" s="5" t="s">
         <v>981</v>
-      </c>
-[...13 lines deleted...]
-        <v>982</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" s="3" t="s">
-        <v>180</v>
+        <v>982</v>
       </c>
       <c r="B462" s="4" t="s">
         <v>983</v>
       </c>
       <c r="C462" s="5">
-        <v>50251</v>
+        <v>50238</v>
       </c>
       <c r="D462" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E462" s="5">
         <v>40</v>
       </c>
       <c r="F462" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G462" s="5" t="s">
         <v>984</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" s="3" t="s">
-        <v>794</v>
+        <v>180</v>
       </c>
       <c r="B463" s="4" t="s">
         <v>985</v>
       </c>
       <c r="C463" s="5">
-        <v>50297</v>
+        <v>50251</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E463" s="5">
         <v>40</v>
       </c>
       <c r="F463" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G463" s="5" t="s">
-        <v>175</v>
+        <v>986</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" s="3" t="s">
-        <v>977</v>
+        <v>794</v>
       </c>
       <c r="B464" s="4" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C464" s="5">
         <v>50297</v>
       </c>
       <c r="D464" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E464" s="5">
         <v>40</v>
       </c>
       <c r="F464" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G464" s="5" t="s">
-        <v>987</v>
+        <v>175</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" s="3" t="s">
+        <v>979</v>
+      </c>
+      <c r="B465" s="4" t="s">
         <v>988</v>
       </c>
-      <c r="B465" s="4" t="s">
+      <c r="C465" s="5">
+        <v>50297</v>
+      </c>
+      <c r="D465" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E465" s="5">
+        <v>40</v>
+      </c>
+      <c r="F465" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G465" s="5" t="s">
         <v>989</v>
-      </c>
-[...13 lines deleted...]
-        <v>874</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" s="3" t="s">
         <v>990</v>
       </c>
       <c r="B466" s="4" t="s">
         <v>991</v>
       </c>
       <c r="C466" s="5">
-        <v>49023</v>
+        <v>49020</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E466" s="5">
         <v>40</v>
       </c>
       <c r="F466" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G466" s="5" t="s">
-        <v>992</v>
+        <v>874</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" s="3" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="B467" s="4" t="s">
         <v>993</v>
       </c>
       <c r="C467" s="5">
         <v>49023</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E467" s="5">
         <v>40</v>
       </c>
       <c r="F467" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G467" s="5" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" s="3" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="B468" s="4" t="s">
         <v>995</v>
       </c>
       <c r="C468" s="5">
-        <v>49026</v>
+        <v>49023</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E468" s="5">
         <v>40</v>
       </c>
       <c r="F468" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G468" s="5" t="s">
         <v>996</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" s="3" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="B469" s="4" t="s">
         <v>997</v>
       </c>
       <c r="C469" s="5">
-        <v>49030</v>
+        <v>49026</v>
       </c>
       <c r="D469" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E469" s="5">
         <v>40</v>
       </c>
       <c r="F469" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G469" s="5" t="s">
-        <v>402</v>
+        <v>998</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" s="3" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="B470" s="4" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="C470" s="5">
-        <v>49042</v>
+        <v>49030</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E470" s="5">
         <v>40</v>
       </c>
       <c r="F470" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G470" s="5" t="s">
-        <v>74</v>
+        <v>402</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" s="3" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="B471" s="4" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C471" s="5">
-        <v>49055</v>
+        <v>49042</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E471" s="5">
         <v>40</v>
       </c>
       <c r="F471" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G471" s="5" t="s">
-        <v>1000</v>
+        <v>74</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" s="3" t="s">
-        <v>321</v>
+        <v>990</v>
       </c>
       <c r="B472" s="4" t="s">
         <v>1001</v>
       </c>
       <c r="C472" s="5">
-        <v>49064</v>
+        <v>49055</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E472" s="5">
         <v>40</v>
       </c>
       <c r="F472" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G472" s="5" t="s">
-        <v>43</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" s="3" t="s">
-        <v>794</v>
+        <v>321</v>
       </c>
       <c r="B473" s="4" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C473" s="5">
-        <v>49069</v>
+        <v>49064</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E473" s="5">
         <v>40</v>
       </c>
       <c r="F473" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G473" s="5" t="s">
-        <v>1003</v>
+        <v>43</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" s="3" t="s">
-        <v>321</v>
+        <v>794</v>
       </c>
       <c r="B474" s="4" t="s">
         <v>1004</v>
       </c>
       <c r="C474" s="5">
         <v>49069</v>
       </c>
       <c r="D474" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E474" s="5">
         <v>40</v>
       </c>
       <c r="F474" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G474" s="5" t="s">
-        <v>982</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" s="3" t="s">
-        <v>988</v>
+        <v>321</v>
       </c>
       <c r="B475" s="4" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="C475" s="5">
-        <v>49077</v>
+        <v>49069</v>
       </c>
       <c r="D475" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E475" s="5">
         <v>40</v>
       </c>
       <c r="F475" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G475" s="5" t="s">
-        <v>1006</v>
+        <v>984</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" s="3" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="B476" s="4" t="s">
         <v>1007</v>
       </c>
       <c r="C476" s="5">
-        <v>49083</v>
+        <v>49077</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E476" s="5">
         <v>40</v>
       </c>
       <c r="F476" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G476" s="5" t="s">
-        <v>348</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" s="3" t="s">
-        <v>321</v>
+        <v>990</v>
       </c>
       <c r="B477" s="4" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C477" s="5">
-        <v>49096</v>
+        <v>49083</v>
       </c>
       <c r="D477" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E477" s="5">
         <v>40</v>
       </c>
       <c r="F477" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G477" s="5" t="s">
-        <v>1009</v>
+        <v>348</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="B478" s="4" t="s">
         <v>1010</v>
       </c>
-      <c r="B478" s="4" t="s">
+      <c r="C478" s="5">
+        <v>49096</v>
+      </c>
+      <c r="D478" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E478" s="5">
+        <v>40</v>
+      </c>
+      <c r="F478" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G478" s="5" t="s">
         <v>1011</v>
-      </c>
-[...13 lines deleted...]
-        <v>1012</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" s="3" t="s">
-        <v>988</v>
+        <v>1012</v>
       </c>
       <c r="B479" s="4" t="s">
         <v>1013</v>
       </c>
       <c r="C479" s="5">
-        <v>49129</v>
+        <v>49122</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E479" s="5">
         <v>40</v>
       </c>
       <c r="F479" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G479" s="5" t="s">
         <v>1014</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" s="3" t="s">
+        <v>990</v>
+      </c>
+      <c r="B480" s="4" t="s">
         <v>1015</v>
       </c>
-      <c r="B480" s="4" t="s">
+      <c r="C480" s="5">
+        <v>49129</v>
+      </c>
+      <c r="D480" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E480" s="5">
+        <v>40</v>
+      </c>
+      <c r="F480" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G480" s="5" t="s">
         <v>1016</v>
-      </c>
-[...13 lines deleted...]
-        <v>667</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" s="3" t="s">
-        <v>988</v>
+        <v>1017</v>
       </c>
       <c r="B481" s="4" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="C481" s="5">
-        <v>49149</v>
+        <v>49146</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E481" s="5">
         <v>40</v>
       </c>
       <c r="F481" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G481" s="5" t="s">
-        <v>391</v>
+        <v>667</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" s="3" t="s">
-        <v>180</v>
+        <v>990</v>
       </c>
       <c r="B482" s="4" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C482" s="5">
-        <v>49153</v>
+        <v>49149</v>
       </c>
       <c r="D482" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E482" s="5">
         <v>40</v>
       </c>
       <c r="F482" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G482" s="5" t="s">
-        <v>755</v>
+        <v>391</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" s="3" t="s">
-        <v>321</v>
+        <v>180</v>
       </c>
       <c r="B483" s="4" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="C483" s="5">
-        <v>49156</v>
+        <v>49153</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E483" s="5">
         <v>40</v>
       </c>
       <c r="F483" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G483" s="5" t="s">
-        <v>592</v>
+        <v>755</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B484" s="4" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C484" s="5">
-        <v>49158</v>
+        <v>49156</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E484" s="5">
         <v>40</v>
       </c>
       <c r="F484" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G484" s="5" t="s">
-        <v>146</v>
+        <v>592</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" s="3" t="s">
-        <v>794</v>
+        <v>321</v>
       </c>
       <c r="B485" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C485" s="5">
-        <v>49165</v>
+        <v>49158</v>
       </c>
       <c r="D485" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E485" s="5">
         <v>40</v>
       </c>
       <c r="F485" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G485" s="5" t="s">
-        <v>1022</v>
+        <v>146</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" s="3" t="s">
-        <v>990</v>
+        <v>794</v>
       </c>
       <c r="B486" s="4" t="s">
         <v>1023</v>
       </c>
       <c r="C486" s="5">
-        <v>49176</v>
+        <v>49165</v>
       </c>
       <c r="D486" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E486" s="5">
         <v>40</v>
       </c>
       <c r="F486" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G486" s="5" t="s">
-        <v>341</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" s="3" t="s">
-        <v>1024</v>
+        <v>992</v>
       </c>
       <c r="B487" s="4" t="s">
         <v>1025</v>
       </c>
       <c r="C487" s="5">
-        <v>49178</v>
+        <v>49176</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E487" s="5">
         <v>40</v>
       </c>
       <c r="F487" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G487" s="5" t="s">
-        <v>1026</v>
+        <v>341</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" s="3" t="s">
-        <v>794</v>
+        <v>1026</v>
       </c>
       <c r="B488" s="4" t="s">
         <v>1027</v>
       </c>
       <c r="C488" s="5">
-        <v>49184</v>
+        <v>49178</v>
       </c>
       <c r="D488" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E488" s="5">
         <v>40</v>
       </c>
       <c r="F488" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G488" s="5" t="s">
-        <v>23</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" s="3" t="s">
-        <v>988</v>
+        <v>794</v>
       </c>
       <c r="B489" s="4" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C489" s="5">
-        <v>49186</v>
+        <v>49184</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E489" s="5">
         <v>40</v>
       </c>
       <c r="F489" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G489" s="5" t="s">
-        <v>1029</v>
+        <v>23</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" s="3" t="s">
-        <v>794</v>
+        <v>990</v>
       </c>
       <c r="B490" s="4" t="s">
         <v>1030</v>
       </c>
       <c r="C490" s="5">
-        <v>49197</v>
+        <v>49186</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E490" s="5">
         <v>40</v>
       </c>
       <c r="F490" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G490" s="5" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" s="3" t="s">
         <v>794</v>
       </c>
       <c r="B491" s="4" t="s">
         <v>1032</v>
       </c>
       <c r="C491" s="5">
-        <v>49207</v>
+        <v>49197</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E491" s="5">
         <v>40</v>
       </c>
       <c r="F491" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G491" s="5" t="s">
         <v>1033</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" s="3" t="s">
         <v>794</v>
       </c>
       <c r="B492" s="4" t="s">
         <v>1034</v>
       </c>
       <c r="C492" s="5">
-        <v>49219</v>
+        <v>49207</v>
       </c>
       <c r="D492" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E492" s="5">
         <v>40</v>
       </c>
       <c r="F492" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G492" s="5" t="s">
         <v>1035</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" s="3" t="s">
         <v>794</v>
       </c>
       <c r="B493" s="4" t="s">
         <v>1036</v>
       </c>
       <c r="C493" s="5">
-        <v>49240</v>
+        <v>49219</v>
       </c>
       <c r="D493" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E493" s="5">
         <v>40</v>
       </c>
       <c r="F493" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G493" s="5" t="s">
         <v>1037</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" s="3" t="s">
-        <v>988</v>
+        <v>794</v>
       </c>
       <c r="B494" s="4" t="s">
         <v>1038</v>
       </c>
       <c r="C494" s="5">
-        <v>49251</v>
+        <v>49240</v>
       </c>
       <c r="D494" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E494" s="5">
         <v>40</v>
       </c>
       <c r="F494" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G494" s="5" t="s">
-        <v>492</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" s="3" t="s">
-        <v>1039</v>
+        <v>990</v>
       </c>
       <c r="B495" s="4" t="s">
         <v>1040</v>
       </c>
       <c r="C495" s="5">
-        <v>49275</v>
+        <v>49251</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E495" s="5">
         <v>40</v>
       </c>
       <c r="F495" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G495" s="5" t="s">
-        <v>766</v>
+        <v>492</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" s="3" t="s">
-        <v>988</v>
+        <v>1041</v>
       </c>
       <c r="B496" s="4" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="C496" s="5">
         <v>49275</v>
       </c>
       <c r="D496" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E496" s="5">
         <v>40</v>
       </c>
       <c r="F496" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G496" s="5" t="s">
-        <v>1041</v>
+        <v>766</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" s="3" t="s">
-        <v>1024</v>
+        <v>990</v>
       </c>
       <c r="B497" s="4" t="s">
         <v>1042</v>
       </c>
       <c r="C497" s="5">
         <v>49275</v>
       </c>
       <c r="D497" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E497" s="5">
         <v>40</v>
       </c>
       <c r="F497" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G497" s="5" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="498" spans="1:7">
+      <c r="A498" s="3" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B498" s="4" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C498" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D498" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E498" s="5">
+        <v>40</v>
+      </c>
+      <c r="F498" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G498" s="5" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="498" spans="1:7">
-[...4 lines deleted...]
-      <c r="G498" s="1"/>
+    <row r="499" spans="1:7">
+      <c r="A499" s="2"/>
+      <c r="C499" s="1"/>
+      <c r="E499" s="1"/>
+      <c r="F499" s="1"/>
+      <c r="G499" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">