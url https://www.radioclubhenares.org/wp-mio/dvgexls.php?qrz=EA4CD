--- v1 (2025-12-16)
+++ v2 (2026-02-16)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1045">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4CD</t>
   </si>
   <si>
     <t>464 Referencias DVGE - 493 QSO encontrados - 415 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1600 (16-12-2025 17:15)</t>
+    <t>Ranking #1600 (16-02-2026 07:30)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>