--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="558">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="560">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4DL</t>
   </si>
   <si>
-    <t>206 Referencias DVGE - 213 QSO encontrados - 197 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #2517 (23-10-2025 01:35)</t>
+    <t>207 Referencias DVGE - 214 QSO encontrados - 198 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #2517 (07-12-2025 20:56)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>
@@ -1520,87 +1520,93 @@
   <si>
     <t>VGV-018</t>
   </si>
   <si>
     <t>15/02/2025</t>
   </si>
   <si>
     <t>VGV-019</t>
   </si>
   <si>
     <t>08/02/2025</t>
   </si>
   <si>
     <t>EA5S</t>
   </si>
   <si>
     <t>VGV-024</t>
   </si>
   <si>
     <t>EA5HUS/P</t>
   </si>
   <si>
     <t>VGV-054</t>
   </si>
   <si>
+    <t>EA5URY/P</t>
+  </si>
+  <si>
+    <t>VGV-074</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
+  </si>
+  <si>
     <t>VGV-112</t>
   </si>
   <si>
     <t>EC5AHA</t>
   </si>
   <si>
     <t>VGV-114</t>
   </si>
   <si>
     <t>EE5GUI</t>
   </si>
   <si>
     <t>VGV-147</t>
   </si>
   <si>
     <t>VGV-167</t>
   </si>
   <si>
     <t>07/08/2016</t>
   </si>
   <si>
     <t>EA5JEG</t>
   </si>
   <si>
     <t>VGV-191</t>
   </si>
   <si>
     <t>14/05/2022</t>
   </si>
   <si>
     <t>VGV-202</t>
   </si>
   <si>
     <t>04/01/2009</t>
-  </si>
-[...1 lines deleted...]
-    <t>EA5URY/P</t>
   </si>
   <si>
     <t>VGV-204</t>
   </si>
   <si>
     <t>12/10/2019</t>
   </si>
   <si>
     <t>VGVA-155</t>
   </si>
   <si>
     <t>16/03/2013</t>
   </si>
   <si>
     <t>VGVI-006</t>
   </si>
   <si>
     <t>01004</t>
   </si>
   <si>
     <t>VGVI-143</t>
   </si>
   <si>
     <t>01042</t>
   </si>
@@ -2143,51 +2149,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G219"/>
+  <dimension ref="A1:G220"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -6487,675 +6493,698 @@
     <row r="191" spans="1:7">
       <c r="A191" s="3" t="s">
         <v>500</v>
       </c>
       <c r="B191" s="4" t="s">
         <v>501</v>
       </c>
       <c r="C191" s="5">
         <v>46082</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="5">
         <v>40</v>
       </c>
       <c r="F191" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G191" s="5" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" s="3" t="s">
-        <v>72</v>
+        <v>502</v>
       </c>
       <c r="B192" s="4" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C192" s="5">
-        <v>46142</v>
+        <v>46111</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="5">
         <v>40</v>
       </c>
       <c r="F192" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G192" s="5" t="s">
-        <v>452</v>
+        <v>504</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" s="3" t="s">
-        <v>503</v>
+        <v>72</v>
       </c>
       <c r="B193" s="4" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C193" s="5">
-        <v>46147</v>
+        <v>46142</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="5">
         <v>40</v>
       </c>
       <c r="F193" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G193" s="5" t="s">
-        <v>313</v>
+        <v>452</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" s="3" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B194" s="4" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C194" s="5">
-        <v>46190</v>
+        <v>46147</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="5">
         <v>40</v>
       </c>
       <c r="F194" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G194" s="5" t="s">
-        <v>488</v>
+        <v>313</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" s="3" t="s">
-        <v>450</v>
+        <v>508</v>
       </c>
       <c r="B195" s="4" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C195" s="5">
-        <v>46213</v>
+        <v>46190</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="5">
         <v>40</v>
       </c>
       <c r="F195" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G195" s="5" t="s">
-        <v>508</v>
+        <v>488</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" s="3" t="s">
-        <v>509</v>
+        <v>450</v>
       </c>
       <c r="B196" s="4" t="s">
         <v>510</v>
       </c>
       <c r="C196" s="5">
-        <v>46232</v>
+        <v>46213</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="5">
         <v>40</v>
       </c>
       <c r="F196" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G196" s="5" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" s="3" t="s">
-        <v>492</v>
+        <v>512</v>
       </c>
       <c r="B197" s="4" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C197" s="5">
-        <v>46244</v>
+        <v>46232</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="5">
         <v>40</v>
       </c>
       <c r="F197" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G197" s="5" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" s="3" t="s">
-        <v>514</v>
+        <v>492</v>
       </c>
       <c r="B198" s="4" t="s">
         <v>515</v>
       </c>
       <c r="C198" s="5">
         <v>46244</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="5">
         <v>40</v>
       </c>
       <c r="F198" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G198" s="5" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" s="3" t="s">
-        <v>321</v>
+        <v>502</v>
       </c>
       <c r="B199" s="4" t="s">
         <v>517</v>
       </c>
       <c r="C199" s="5">
-        <v>47218</v>
+        <v>46244</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="5">
         <v>40</v>
       </c>
       <c r="F199" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G199" s="5" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" s="3" t="s">
-        <v>395</v>
+        <v>321</v>
       </c>
       <c r="B200" s="4" t="s">
         <v>519</v>
       </c>
-      <c r="C200" s="5" t="s">
+      <c r="C200" s="5">
+        <v>47218</v>
+      </c>
+      <c r="D200" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E200" s="5">
+        <v>40</v>
+      </c>
+      <c r="F200" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G200" s="5" t="s">
         <v>520</v>
-      </c>
-[...10 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" s="3" t="s">
-        <v>155</v>
+        <v>395</v>
       </c>
       <c r="B201" s="4" t="s">
         <v>521</v>
       </c>
       <c r="C201" s="5" t="s">
         <v>522</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="5">
         <v>40</v>
       </c>
       <c r="F201" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G201" s="5" t="s">
-        <v>523</v>
+        <v>368</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" s="3" t="s">
-        <v>467</v>
+        <v>155</v>
       </c>
       <c r="B202" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="C202" s="5" t="s">
         <v>524</v>
       </c>
-      <c r="C202" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="5">
         <v>40</v>
       </c>
       <c r="F202" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G202" s="5" t="s">
-        <v>316</v>
+        <v>525</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" s="3" t="s">
-        <v>525</v>
+        <v>467</v>
       </c>
       <c r="B203" s="4" t="s">
         <v>526</v>
       </c>
       <c r="C203" s="5">
-        <v>50065</v>
+        <v>50039</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="5">
         <v>40</v>
       </c>
       <c r="F203" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G203" s="5" t="s">
-        <v>527</v>
+        <v>316</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="B204" s="4" t="s">
         <v>528</v>
       </c>
-      <c r="B204" s="4" t="s">
+      <c r="C204" s="5">
+        <v>50065</v>
+      </c>
+      <c r="D204" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E204" s="5">
+        <v>40</v>
+      </c>
+      <c r="F204" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G204" s="5" t="s">
         <v>529</v>
-      </c>
-[...13 lines deleted...]
-        <v>530</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" s="3" t="s">
-        <v>467</v>
+        <v>530</v>
       </c>
       <c r="B205" s="4" t="s">
         <v>531</v>
       </c>
       <c r="C205" s="5">
-        <v>50222</v>
+        <v>50068</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="5">
         <v>40</v>
       </c>
       <c r="F205" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G205" s="5" t="s">
-        <v>128</v>
+        <v>532</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" s="3" t="s">
-        <v>268</v>
+        <v>467</v>
       </c>
       <c r="B206" s="4" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C206" s="5">
-        <v>50232</v>
+        <v>50222</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="5">
         <v>40</v>
       </c>
       <c r="F206" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G206" s="5" t="s">
-        <v>388</v>
+        <v>128</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" s="3" t="s">
-        <v>533</v>
+        <v>268</v>
       </c>
       <c r="B207" s="4" t="s">
         <v>534</v>
       </c>
       <c r="C207" s="5">
-        <v>50252</v>
+        <v>50232</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="5">
         <v>40</v>
       </c>
       <c r="F207" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G207" s="5" t="s">
-        <v>535</v>
+        <v>388</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" s="3" t="s">
-        <v>467</v>
+        <v>535</v>
       </c>
       <c r="B208" s="4" t="s">
         <v>536</v>
       </c>
       <c r="C208" s="5">
-        <v>50256</v>
+        <v>50252</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="5">
         <v>40</v>
       </c>
       <c r="F208" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G208" s="5" t="s">
-        <v>99</v>
+        <v>537</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" s="3" t="s">
-        <v>537</v>
+        <v>467</v>
       </c>
       <c r="B209" s="4" t="s">
         <v>538</v>
       </c>
       <c r="C209" s="5">
-        <v>49036</v>
+        <v>50256</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="5">
         <v>40</v>
       </c>
       <c r="F209" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G209" s="5" t="s">
-        <v>196</v>
+        <v>99</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" s="3" t="s">
         <v>539</v>
       </c>
       <c r="B210" s="4" t="s">
         <v>540</v>
       </c>
       <c r="C210" s="5">
-        <v>49055</v>
+        <v>49036</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="5">
         <v>40</v>
       </c>
       <c r="F210" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G210" s="5" t="s">
-        <v>541</v>
+        <v>196</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="B211" s="4" t="s">
         <v>542</v>
       </c>
-      <c r="B211" s="4" t="s">
+      <c r="C211" s="5">
+        <v>49055</v>
+      </c>
+      <c r="D211" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E211" s="5">
+        <v>40</v>
+      </c>
+      <c r="F211" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G211" s="5" t="s">
         <v>543</v>
-      </c>
-[...13 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="B212" s="4" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C212" s="5">
-        <v>49102</v>
+        <v>49095</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="5">
         <v>40</v>
       </c>
       <c r="F212" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G212" s="5" t="s">
-        <v>545</v>
+        <v>390</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" s="3" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B213" s="4" t="s">
         <v>546</v>
       </c>
       <c r="C213" s="5">
-        <v>49160</v>
+        <v>49102</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="5">
         <v>40</v>
       </c>
       <c r="F213" s="5" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="G213" s="5" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="B214" s="4" t="s">
         <v>548</v>
       </c>
-      <c r="B214" s="4" t="s">
+      <c r="C214" s="5">
+        <v>49160</v>
+      </c>
+      <c r="D214" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E214" s="5">
+        <v>40</v>
+      </c>
+      <c r="F214" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G214" s="5" t="s">
         <v>549</v>
-      </c>
-[...13 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" s="3" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B215" s="4" t="s">
         <v>551</v>
       </c>
       <c r="C215" s="5">
-        <v>49208</v>
+        <v>49179</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="5">
         <v>40</v>
       </c>
       <c r="F215" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G215" s="5" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" s="3" t="s">
-        <v>539</v>
+        <v>550</v>
       </c>
       <c r="B216" s="4" t="s">
         <v>553</v>
       </c>
       <c r="C216" s="5">
-        <v>49202</v>
+        <v>49208</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="5">
         <v>40</v>
       </c>
       <c r="F216" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G216" s="5" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" s="3" t="s">
-        <v>411</v>
+        <v>541</v>
       </c>
       <c r="B217" s="4" t="s">
         <v>555</v>
       </c>
       <c r="C217" s="5">
-        <v>49207</v>
+        <v>49202</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="5">
         <v>40</v>
       </c>
       <c r="F217" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G217" s="5" t="s">
-        <v>470</v>
+        <v>556</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B218" s="4" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C218" s="5">
+        <v>49207</v>
+      </c>
+      <c r="D218" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E218" s="5">
+        <v>40</v>
+      </c>
+      <c r="F218" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G218" s="5" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7">
+      <c r="A219" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="B219" s="4" t="s">
+        <v>558</v>
+      </c>
+      <c r="C219" s="5">
         <v>49219</v>
       </c>
-      <c r="D218" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G219" s="1"/>
+      <c r="D219" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E219" s="5">
+        <v>40</v>
+      </c>
+      <c r="F219" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G219" s="5" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7">
+      <c r="A220" s="2"/>
+      <c r="C220" s="1"/>
+      <c r="E220" s="1"/>
+      <c r="F220" s="1"/>
+      <c r="G220" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">