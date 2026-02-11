--- v1 (2025-12-07)
+++ v2 (2026-02-11)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="560">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4DL</t>
   </si>
   <si>
     <t>207 Referencias DVGE - 214 QSO encontrados - 198 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #2517 (07-12-2025 20:56)</t>
+    <t>Ranking #2517 (11-02-2026 01:04)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>