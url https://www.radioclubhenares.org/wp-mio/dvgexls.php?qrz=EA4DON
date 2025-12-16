--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="852">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4DON</t>
   </si>
   <si>
     <t>369 Referencias DVGE - 573 QSO encontrados - 327 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1824 (27-10-2025 07:44)</t>
+    <t>Ranking #1824 (16-12-2025 17:46)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5IIC</t>
   </si>