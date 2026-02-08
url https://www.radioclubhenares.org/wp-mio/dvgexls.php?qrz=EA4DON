--- v1 (2025-12-16)
+++ v2 (2026-02-08)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="852">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="854">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4DON</t>
   </si>
   <si>
-    <t>369 Referencias DVGE - 573 QSO encontrados - 327 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1824 (16-12-2025 17:46)</t>
+    <t>369 Referencias DVGE - 574 QSO encontrados - 327 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1824 (09-02-2026 00:30)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5IIC</t>
   </si>
@@ -1347,50 +1347,56 @@
     <t>VGJ-231</t>
   </si>
   <si>
     <t>16/11/2021</t>
   </si>
   <si>
     <t>VGJ-232</t>
   </si>
   <si>
     <t>VGJ-244</t>
   </si>
   <si>
     <t>11/11/2021</t>
   </si>
   <si>
     <t>VGJ-254</t>
   </si>
   <si>
     <t>29/10/2021</t>
   </si>
   <si>
     <t>VGJ-255</t>
   </si>
   <si>
     <t>04/11/2021</t>
+  </si>
+  <si>
+    <t>EA7KUG</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
   </si>
   <si>
     <t>VGJ-258</t>
   </si>
   <si>
     <t>26/10/2021</t>
   </si>
   <si>
     <t>VGL-033</t>
   </si>
   <si>
     <t>16/07/2021</t>
   </si>
   <si>
     <t>VGL-054</t>
   </si>
   <si>
     <t>04/02/2021</t>
   </si>
   <si>
     <t>EA3URL</t>
   </si>
   <si>
     <t>VGL-145</t>
   </si>
@@ -3025,51 +3031,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G579"/>
+  <dimension ref="A1:G580"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -9577,6747 +9583,6770 @@
     <row r="287" spans="1:7">
       <c r="A287" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B287" s="4" t="s">
         <v>443</v>
       </c>
       <c r="C287" s="5">
         <v>23093</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="5">
         <v>40</v>
       </c>
       <c r="F287" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G287" s="5" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" s="3" t="s">
-        <v>61</v>
+        <v>445</v>
       </c>
       <c r="B288" s="4" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="C288" s="5">
-        <v>23094</v>
+        <v>23093</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="5">
         <v>40</v>
       </c>
       <c r="F288" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G288" s="5" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B289" s="4" t="s">
         <v>447</v>
       </c>
       <c r="C289" s="5">
-        <v>25024</v>
+        <v>23094</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="5">
         <v>40</v>
       </c>
       <c r="F289" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G289" s="5" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" s="3" t="s">
-        <v>99</v>
+        <v>61</v>
       </c>
       <c r="B290" s="4" t="s">
         <v>449</v>
       </c>
       <c r="C290" s="5">
-        <v>25040</v>
+        <v>25024</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="5">
         <v>40</v>
       </c>
       <c r="F290" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G290" s="5" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B291" s="4" t="s">
         <v>451</v>
       </c>
-      <c r="B291" s="4" t="s">
+      <c r="C291" s="5">
+        <v>25040</v>
+      </c>
+      <c r="D291" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E291" s="5">
+        <v>40</v>
+      </c>
+      <c r="F291" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G291" s="5" t="s">
         <v>452</v>
-      </c>
-[...13 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" s="3" t="s">
-        <v>170</v>
+        <v>453</v>
       </c>
       <c r="B292" s="4" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C292" s="5">
-        <v>25185</v>
+        <v>25133</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="5">
         <v>40</v>
       </c>
       <c r="F292" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G292" s="5" t="s">
-        <v>133</v>
+        <v>324</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" s="3" t="s">
-        <v>24</v>
+        <v>170</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C293" s="5">
-        <v>25208</v>
+        <v>25185</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="5">
         <v>40</v>
       </c>
       <c r="F293" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G293" s="5" t="s">
-        <v>455</v>
+        <v>133</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" s="3" t="s">
-        <v>451</v>
+        <v>24</v>
       </c>
       <c r="B294" s="4" t="s">
         <v>456</v>
       </c>
       <c r="C294" s="5">
-        <v>25232</v>
+        <v>25208</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="5">
         <v>40</v>
       </c>
       <c r="F294" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G294" s="5" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" s="3" t="s">
-        <v>170</v>
+        <v>453</v>
       </c>
       <c r="B295" s="4" t="s">
         <v>458</v>
       </c>
       <c r="C295" s="5">
-        <v>25909</v>
+        <v>25232</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="5">
         <v>40</v>
       </c>
       <c r="F295" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G295" s="5" t="s">
-        <v>352</v>
+        <v>459</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" s="3" t="s">
-        <v>459</v>
+        <v>170</v>
       </c>
       <c r="B296" s="4" t="s">
         <v>460</v>
       </c>
       <c r="C296" s="5">
-        <v>24043</v>
+        <v>25909</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="5">
         <v>40</v>
       </c>
       <c r="F296" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G296" s="5" t="s">
-        <v>461</v>
+        <v>352</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="B297" s="4" t="s">
         <v>462</v>
       </c>
-      <c r="B297" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C297" s="5">
-        <v>24098</v>
+        <v>24043</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="5">
         <v>40</v>
       </c>
       <c r="F297" s="5" t="s">
         <v>38</v>
       </c>
       <c r="G297" s="5" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" s="3" t="s">
-        <v>61</v>
+        <v>464</v>
       </c>
       <c r="B298" s="4" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C298" s="5">
         <v>24098</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="5">
         <v>40</v>
       </c>
       <c r="F298" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G298" s="5" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" s="3" t="s">
-        <v>466</v>
+        <v>61</v>
       </c>
       <c r="B299" s="4" t="s">
+        <v>465</v>
+      </c>
+      <c r="C299" s="5">
+        <v>24098</v>
+      </c>
+      <c r="D299" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E299" s="5">
+        <v>40</v>
+      </c>
+      <c r="F299" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G299" s="5" t="s">
         <v>467</v>
-      </c>
-[...13 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" s="3" t="s">
-        <v>24</v>
+        <v>468</v>
       </c>
       <c r="B300" s="4" t="s">
         <v>469</v>
       </c>
       <c r="C300" s="5">
-        <v>24114</v>
+        <v>24101</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="5">
         <v>40</v>
       </c>
       <c r="F300" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G300" s="5" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B301" s="4" t="s">
         <v>471</v>
       </c>
       <c r="C301" s="5">
-        <v>24115</v>
+        <v>24114</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="5">
         <v>40</v>
       </c>
       <c r="F301" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G301" s="5" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B302" s="4" t="s">
         <v>473</v>
       </c>
       <c r="C302" s="5">
-        <v>24120</v>
+        <v>24115</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="5">
         <v>40</v>
       </c>
       <c r="F302" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G302" s="5" t="s">
-        <v>316</v>
+        <v>474</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B303" s="4" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C303" s="5">
-        <v>24130</v>
+        <v>24120</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="5">
         <v>40</v>
       </c>
       <c r="F303" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G303" s="5" t="s">
-        <v>475</v>
+        <v>316</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B304" s="4" t="s">
         <v>476</v>
       </c>
       <c r="C304" s="5">
-        <v>24163</v>
+        <v>24130</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="5">
         <v>40</v>
       </c>
       <c r="F304" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G304" s="5" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B305" s="4" t="s">
         <v>478</v>
       </c>
       <c r="C305" s="5">
-        <v>24901</v>
+        <v>24163</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="5">
         <v>40</v>
       </c>
       <c r="F305" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G305" s="5" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B306" s="4" t="s">
         <v>480</v>
       </c>
       <c r="C306" s="5">
-        <v>26061</v>
+        <v>24901</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="5">
         <v>40</v>
       </c>
       <c r="F306" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G306" s="5" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B307" s="4" t="s">
         <v>482</v>
       </c>
       <c r="C307" s="5">
-        <v>26069</v>
+        <v>26061</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="5">
         <v>40</v>
       </c>
       <c r="F307" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G307" s="5" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" s="3" t="s">
-        <v>252</v>
+        <v>24</v>
       </c>
       <c r="B308" s="4" t="s">
         <v>484</v>
       </c>
       <c r="C308" s="5">
-        <v>27026</v>
+        <v>26069</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="5">
         <v>40</v>
       </c>
       <c r="F308" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G308" s="5" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" s="3" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B309" s="4" t="s">
         <v>486</v>
       </c>
       <c r="C309" s="5">
-        <v>27028</v>
+        <v>27026</v>
       </c>
       <c r="D309" s="4" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="E309" s="5">
         <v>40</v>
       </c>
       <c r="F309" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G309" s="5" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" s="3" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B310" s="4" t="s">
         <v>488</v>
       </c>
       <c r="C310" s="5">
-        <v>27057</v>
+        <v>27028</v>
       </c>
       <c r="D310" s="4" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="E310" s="5">
         <v>40</v>
       </c>
       <c r="F310" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G310" s="5" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" s="3" t="s">
-        <v>24</v>
+        <v>252</v>
       </c>
       <c r="B311" s="4" t="s">
         <v>490</v>
       </c>
       <c r="C311" s="5">
-        <v>28002</v>
+        <v>27057</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="5">
         <v>40</v>
       </c>
       <c r="F311" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G311" s="5" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" s="3" t="s">
-        <v>134</v>
+        <v>24</v>
       </c>
       <c r="B312" s="4" t="s">
         <v>492</v>
       </c>
       <c r="C312" s="5">
-        <v>28005</v>
+        <v>28002</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="5">
         <v>40</v>
       </c>
       <c r="F312" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G312" s="5" t="s">
-        <v>94</v>
+        <v>493</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B313" s="4" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C313" s="5">
         <v>28005</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="5">
         <v>40</v>
       </c>
       <c r="F313" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G313" s="5" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B314" s="4" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C314" s="5">
         <v>28005</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="5">
         <v>40</v>
       </c>
       <c r="F314" s="5" t="s">
         <v>38</v>
       </c>
       <c r="G314" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B315" s="4" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C315" s="5">
         <v>28005</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="5">
         <v>40</v>
       </c>
       <c r="F315" s="5" t="s">
         <v>38</v>
       </c>
       <c r="G315" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" s="3" t="s">
-        <v>61</v>
+        <v>134</v>
       </c>
       <c r="B316" s="4" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C316" s="5">
         <v>28005</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="5">
         <v>40</v>
       </c>
       <c r="F316" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G316" s="5" t="s">
-        <v>380</v>
+        <v>86</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" s="3" t="s">
-        <v>134</v>
+        <v>61</v>
       </c>
       <c r="B317" s="4" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C317" s="5">
         <v>28005</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E317" s="5">
         <v>40</v>
       </c>
       <c r="F317" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G317" s="5" t="s">
-        <v>86</v>
+        <v>380</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B318" s="4" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C318" s="5">
         <v>28005</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="5">
         <v>40</v>
       </c>
       <c r="F318" s="5" t="s">
         <v>38</v>
       </c>
       <c r="G318" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B319" s="4" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C319" s="5">
         <v>28005</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="5">
         <v>40</v>
       </c>
       <c r="F319" s="5" t="s">
         <v>38</v>
       </c>
       <c r="G319" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B320" s="4" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C320" s="5">
         <v>28005</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E320" s="5">
         <v>40</v>
       </c>
       <c r="F320" s="5" t="s">
         <v>38</v>
       </c>
       <c r="G320" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" s="3" t="s">
-        <v>493</v>
+        <v>134</v>
       </c>
       <c r="B321" s="4" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C321" s="5">
         <v>28005</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="5">
         <v>40</v>
       </c>
       <c r="F321" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G321" s="5" t="s">
-        <v>494</v>
+        <v>86</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" s="3" t="s">
-        <v>134</v>
+        <v>495</v>
       </c>
       <c r="B322" s="4" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C322" s="5">
         <v>28005</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E322" s="5">
         <v>40</v>
       </c>
       <c r="F322" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G322" s="5" t="s">
-        <v>86</v>
+        <v>496</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" s="3" t="s">
-        <v>24</v>
+        <v>134</v>
       </c>
       <c r="B323" s="4" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="C323" s="5">
-        <v>28009</v>
+        <v>28005</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E323" s="5">
         <v>40</v>
       </c>
       <c r="F323" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G323" s="5" t="s">
-        <v>496</v>
+        <v>86</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B324" s="4" t="s">
         <v>497</v>
       </c>
       <c r="C324" s="5">
-        <v>28016</v>
+        <v>28009</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E324" s="5">
         <v>40</v>
       </c>
       <c r="F324" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G324" s="5" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B325" s="4" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="C325" s="5">
         <v>28016</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E325" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F325" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G325" s="5" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" s="3" t="s">
-        <v>61</v>
+        <v>501</v>
       </c>
       <c r="B326" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="C326" s="5">
+        <v>28016</v>
+      </c>
+      <c r="D326" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E326" s="5">
+        <v>2</v>
+      </c>
+      <c r="F326" s="5" t="s">
         <v>502</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="G326" s="5" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B327" s="4" t="s">
         <v>504</v>
       </c>
       <c r="C327" s="5">
-        <v>28025</v>
+        <v>28021</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E327" s="5">
         <v>40</v>
       </c>
       <c r="F327" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G327" s="5" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B328" s="4" t="s">
         <v>506</v>
       </c>
       <c r="C328" s="5">
-        <v>28028</v>
+        <v>28025</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E328" s="5">
         <v>40</v>
       </c>
       <c r="F328" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G328" s="5" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B329" s="4" t="s">
         <v>508</v>
       </c>
       <c r="C329" s="5">
-        <v>28030</v>
+        <v>28028</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E329" s="5">
         <v>40</v>
       </c>
       <c r="F329" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G329" s="5" t="s">
-        <v>346</v>
+        <v>509</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B330" s="4" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C330" s="5">
         <v>28030</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="5">
         <v>40</v>
       </c>
       <c r="F330" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G330" s="5" t="s">
-        <v>509</v>
+        <v>346</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B331" s="4" t="s">
         <v>510</v>
       </c>
       <c r="C331" s="5">
-        <v>28031</v>
+        <v>28030</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E331" s="5">
         <v>40</v>
       </c>
       <c r="F331" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G331" s="5" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B332" s="4" t="s">
         <v>512</v>
       </c>
       <c r="C332" s="5">
-        <v>28032</v>
+        <v>28031</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E332" s="5">
         <v>40</v>
       </c>
       <c r="F332" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G332" s="5" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" s="3" t="s">
-        <v>493</v>
+        <v>61</v>
       </c>
       <c r="B333" s="4" t="s">
         <v>514</v>
       </c>
       <c r="C333" s="5">
-        <v>28033</v>
+        <v>28032</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E333" s="5">
         <v>40</v>
       </c>
       <c r="F333" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G333" s="5" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" s="3" t="s">
-        <v>24</v>
+        <v>495</v>
       </c>
       <c r="B334" s="4" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C334" s="5">
         <v>28033</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E334" s="5">
         <v>40</v>
       </c>
       <c r="F334" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G334" s="5" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B335" s="4" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="C335" s="5">
-        <v>28037</v>
+        <v>28033</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E335" s="5">
         <v>40</v>
       </c>
       <c r="F335" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G335" s="5" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B336" s="4" t="s">
         <v>519</v>
       </c>
       <c r="C336" s="5">
         <v>28037</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E336" s="5">
         <v>40</v>
       </c>
       <c r="F336" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G336" s="5" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B337" s="4" t="s">
         <v>521</v>
       </c>
       <c r="C337" s="5">
         <v>28037</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E337" s="5">
         <v>40</v>
       </c>
       <c r="F337" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G337" s="5" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B338" s="4" t="s">
         <v>523</v>
       </c>
       <c r="C338" s="5">
-        <v>28038</v>
+        <v>28037</v>
       </c>
       <c r="D338" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E338" s="5">
         <v>40</v>
       </c>
       <c r="F338" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G338" s="5" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B339" s="4" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="C339" s="5">
         <v>28038</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E339" s="5">
         <v>40</v>
       </c>
       <c r="F339" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G339" s="5" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B340" s="4" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="C340" s="5">
-        <v>28046</v>
+        <v>28038</v>
       </c>
       <c r="D340" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E340" s="5">
         <v>40</v>
       </c>
       <c r="F340" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G340" s="5" t="s">
-        <v>382</v>
+        <v>527</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B341" s="4" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C341" s="5">
         <v>28046</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E341" s="5">
         <v>40</v>
       </c>
       <c r="F341" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G341" s="5" t="s">
-        <v>527</v>
+        <v>382</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B342" s="4" t="s">
         <v>528</v>
       </c>
       <c r="C342" s="5">
-        <v>28045</v>
+        <v>28046</v>
       </c>
       <c r="D342" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E342" s="5">
         <v>40</v>
       </c>
       <c r="F342" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G342" s="5" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B343" s="4" t="s">
         <v>530</v>
       </c>
       <c r="C343" s="5">
         <v>28045</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E343" s="5">
         <v>40</v>
       </c>
       <c r="F343" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G343" s="5" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B344" s="4" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
       <c r="C344" s="5">
         <v>28045</v>
       </c>
       <c r="D344" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E344" s="5">
         <v>40</v>
       </c>
       <c r="F344" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G344" s="5" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" s="3" t="s">
-        <v>24</v>
+        <v>534</v>
       </c>
       <c r="B345" s="4" t="s">
         <v>535</v>
       </c>
       <c r="C345" s="5">
-        <v>28048</v>
+        <v>28045</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E345" s="5">
         <v>40</v>
       </c>
       <c r="F345" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G345" s="5" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B346" s="4" t="s">
         <v>537</v>
       </c>
-      <c r="B346" s="4" t="s">
+      <c r="C346" s="5">
+        <v>28048</v>
+      </c>
+      <c r="D346" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E346" s="5">
+        <v>40</v>
+      </c>
+      <c r="F346" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G346" s="5" t="s">
         <v>538</v>
-      </c>
-[...13 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" s="3" t="s">
-        <v>24</v>
+        <v>539</v>
       </c>
       <c r="B347" s="4" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C347" s="5">
-        <v>28062</v>
+        <v>28049</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E347" s="5">
         <v>40</v>
       </c>
       <c r="F347" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G347" s="5" t="s">
-        <v>540</v>
+        <v>179</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B348" s="4" t="s">
         <v>541</v>
       </c>
       <c r="C348" s="5">
-        <v>28063</v>
+        <v>28062</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E348" s="5">
         <v>40</v>
       </c>
       <c r="F348" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G348" s="5" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B349" s="4" t="s">
         <v>543</v>
       </c>
       <c r="C349" s="5">
         <v>28063</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E349" s="5">
         <v>40</v>
       </c>
       <c r="F349" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G349" s="5" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B350" s="4" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C350" s="5">
         <v>28063</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E350" s="5">
         <v>40</v>
       </c>
       <c r="F350" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G350" s="5" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B351" s="4" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="C351" s="5">
-        <v>28064</v>
+        <v>28063</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E351" s="5">
         <v>40</v>
       </c>
       <c r="F351" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G351" s="5" t="s">
-        <v>415</v>
+        <v>547</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B352" s="4" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C352" s="5">
-        <v>28068</v>
+        <v>28064</v>
       </c>
       <c r="D352" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E352" s="5">
         <v>40</v>
       </c>
       <c r="F352" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G352" s="5" t="s">
-        <v>548</v>
+        <v>415</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B353" s="4" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="C353" s="5">
         <v>28068</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E353" s="5">
         <v>40</v>
       </c>
       <c r="F353" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G353" s="5" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B354" s="4" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="C354" s="5">
-        <v>28075</v>
+        <v>28068</v>
       </c>
       <c r="D354" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E354" s="5">
         <v>40</v>
       </c>
       <c r="F354" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G354" s="5" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B355" s="4" t="s">
         <v>552</v>
       </c>
-      <c r="B355" s="4" t="s">
+      <c r="C355" s="5">
+        <v>28075</v>
+      </c>
+      <c r="D355" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E355" s="5">
+        <v>40</v>
+      </c>
+      <c r="F355" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G355" s="5" t="s">
         <v>553</v>
-      </c>
-[...13 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" s="3" t="s">
-        <v>61</v>
+        <v>554</v>
       </c>
       <c r="B356" s="4" t="s">
         <v>555</v>
       </c>
       <c r="C356" s="5">
-        <v>28085</v>
+        <v>28080</v>
       </c>
       <c r="D356" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E356" s="5">
         <v>40</v>
       </c>
       <c r="F356" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G356" s="5" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B357" s="4" t="s">
         <v>557</v>
       </c>
       <c r="C357" s="5">
-        <v>28091</v>
+        <v>28085</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E357" s="5">
         <v>40</v>
       </c>
       <c r="F357" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G357" s="5" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B358" s="4" t="s">
         <v>559</v>
       </c>
       <c r="C358" s="5">
-        <v>28093</v>
+        <v>28091</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E358" s="5">
         <v>40</v>
       </c>
       <c r="F358" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G358" s="5" t="s">
-        <v>326</v>
+        <v>560</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B359" s="4" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C359" s="5">
-        <v>28097</v>
+        <v>28093</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E359" s="5">
         <v>40</v>
       </c>
       <c r="F359" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G359" s="5" t="s">
-        <v>561</v>
+        <v>326</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B360" s="4" t="s">
         <v>562</v>
       </c>
       <c r="C360" s="5">
-        <v>28107</v>
+        <v>28097</v>
       </c>
       <c r="D360" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E360" s="5">
         <v>40</v>
       </c>
       <c r="F360" s="5" t="s">
         <v>38</v>
       </c>
       <c r="G360" s="5" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B361" s="4" t="s">
         <v>564</v>
       </c>
       <c r="C361" s="5">
-        <v>28111</v>
+        <v>28107</v>
       </c>
       <c r="D361" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E361" s="5">
         <v>40</v>
       </c>
       <c r="F361" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G361" s="5" t="s">
-        <v>450</v>
+        <v>565</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B362" s="4" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C362" s="5">
-        <v>28112</v>
+        <v>28111</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E362" s="5">
         <v>40</v>
       </c>
       <c r="F362" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G362" s="5" t="s">
-        <v>566</v>
+        <v>452</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B363" s="4" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C363" s="5">
         <v>28112</v>
       </c>
       <c r="D363" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E363" s="5">
         <v>40</v>
       </c>
       <c r="F363" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G363" s="5" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" s="3" t="s">
-        <v>493</v>
+        <v>24</v>
       </c>
       <c r="B364" s="4" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="C364" s="5">
-        <v>28113</v>
+        <v>28112</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E364" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F364" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G364" s="5" t="s">
-        <v>86</v>
+        <v>569</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" s="3" t="s">
-        <v>61</v>
+        <v>495</v>
       </c>
       <c r="B365" s="4" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C365" s="5">
-        <v>28114</v>
+        <v>28113</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E365" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F365" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G365" s="5" t="s">
-        <v>48</v>
+        <v>86</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B366" s="4" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C366" s="5">
-        <v>28116</v>
+        <v>28114</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E366" s="5">
         <v>40</v>
       </c>
       <c r="F366" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G366" s="5" t="s">
-        <v>571</v>
+        <v>48</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B367" s="4" t="s">
         <v>572</v>
       </c>
       <c r="C367" s="5">
-        <v>28118</v>
+        <v>28116</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E367" s="5">
         <v>40</v>
       </c>
       <c r="F367" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G367" s="5" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B368" s="4" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C368" s="5">
         <v>28118</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E368" s="5">
         <v>40</v>
       </c>
       <c r="F368" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G368" s="5" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B369" s="4" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="C369" s="5">
         <v>28118</v>
       </c>
       <c r="D369" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E369" s="5">
         <v>40</v>
       </c>
       <c r="F369" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G369" s="5" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B370" s="4" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C370" s="5">
         <v>28118</v>
       </c>
       <c r="D370" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E370" s="5">
         <v>40</v>
       </c>
       <c r="F370" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G370" s="5" t="s">
-        <v>368</v>
+        <v>578</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B371" s="4" t="s">
         <v>577</v>
       </c>
       <c r="C371" s="5">
         <v>28118</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E371" s="5">
         <v>40</v>
       </c>
       <c r="F371" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G371" s="5" t="s">
-        <v>578</v>
+        <v>368</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B372" s="4" t="s">
         <v>579</v>
       </c>
       <c r="C372" s="5">
         <v>28118</v>
       </c>
       <c r="D372" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E372" s="5">
         <v>40</v>
       </c>
       <c r="F372" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G372" s="5" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B373" s="4" t="s">
         <v>581</v>
       </c>
       <c r="C373" s="5">
-        <v>28902</v>
+        <v>28118</v>
       </c>
       <c r="D373" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E373" s="5">
         <v>40</v>
       </c>
       <c r="F373" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G373" s="5" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B374" s="4" t="s">
         <v>583</v>
       </c>
       <c r="C374" s="5">
         <v>28902</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E374" s="5">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F374" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G374" s="5" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B375" s="4" t="s">
         <v>585</v>
       </c>
       <c r="C375" s="5">
-        <v>28120</v>
+        <v>28902</v>
       </c>
       <c r="D375" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E375" s="5">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="F375" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G375" s="5" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B376" s="4" t="s">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
       <c r="C376" s="5">
         <v>28120</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E376" s="5">
         <v>40</v>
       </c>
       <c r="F376" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G376" s="5" t="s">
-        <v>477</v>
+        <v>588</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" s="3" t="s">
-        <v>24</v>
+        <v>589</v>
       </c>
       <c r="B377" s="4" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C377" s="5">
         <v>28120</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E377" s="5">
         <v>40</v>
       </c>
       <c r="F377" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G377" s="5" t="s">
-        <v>590</v>
+        <v>479</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B378" s="4" t="s">
         <v>591</v>
       </c>
       <c r="C378" s="5">
-        <v>28123</v>
+        <v>28120</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E378" s="5">
         <v>40</v>
       </c>
       <c r="F378" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G378" s="5" t="s">
-        <v>485</v>
+        <v>592</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B379" s="4" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C379" s="5">
-        <v>28124</v>
+        <v>28123</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E379" s="5">
         <v>40</v>
       </c>
       <c r="F379" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G379" s="5" t="s">
-        <v>593</v>
+        <v>487</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B380" s="4" t="s">
         <v>594</v>
       </c>
       <c r="C380" s="5">
-        <v>28125</v>
+        <v>28124</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E380" s="5">
         <v>40</v>
       </c>
       <c r="F380" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G380" s="5" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" s="3" t="s">
-        <v>532</v>
+        <v>24</v>
       </c>
       <c r="B381" s="4" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C381" s="5">
         <v>28125</v>
       </c>
       <c r="D381" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E381" s="5">
         <v>40</v>
       </c>
       <c r="F381" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G381" s="5" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" s="3" t="s">
-        <v>61</v>
+        <v>534</v>
       </c>
       <c r="B382" s="4" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="C382" s="5">
-        <v>28130</v>
+        <v>28125</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E382" s="5">
         <v>40</v>
       </c>
       <c r="F382" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G382" s="5" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B383" s="4" t="s">
         <v>599</v>
       </c>
       <c r="C383" s="5">
-        <v>28131</v>
+        <v>28130</v>
       </c>
       <c r="D383" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E383" s="5">
         <v>40</v>
       </c>
       <c r="F383" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G383" s="5" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B384" s="4" t="s">
         <v>601</v>
       </c>
       <c r="C384" s="5">
         <v>28131</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E384" s="5">
         <v>40</v>
       </c>
       <c r="F384" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G384" s="5" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B385" s="4" t="s">
         <v>603</v>
       </c>
       <c r="C385" s="5">
-        <v>28132</v>
+        <v>28131</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E385" s="5">
         <v>40</v>
       </c>
       <c r="F385" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G385" s="5" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B386" s="4" t="s">
         <v>605</v>
       </c>
       <c r="C386" s="5">
-        <v>28133</v>
+        <v>28132</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E386" s="5">
         <v>40</v>
       </c>
       <c r="F386" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G386" s="5" t="s">
-        <v>312</v>
+        <v>606</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B387" s="4" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C387" s="5">
         <v>28133</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E387" s="5">
         <v>40</v>
       </c>
       <c r="F387" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G387" s="5" t="s">
-        <v>399</v>
+        <v>312</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" s="3" t="s">
-        <v>532</v>
+        <v>24</v>
       </c>
       <c r="B388" s="4" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C388" s="5">
         <v>28133</v>
       </c>
       <c r="D388" s="4" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="E388" s="5">
         <v>40</v>
       </c>
       <c r="F388" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G388" s="5" t="s">
-        <v>270</v>
+        <v>399</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" s="3" t="s">
-        <v>61</v>
+        <v>534</v>
       </c>
       <c r="B389" s="4" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C389" s="5">
         <v>28133</v>
       </c>
       <c r="D389" s="4" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E389" s="5">
         <v>40</v>
       </c>
       <c r="F389" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G389" s="5" t="s">
-        <v>608</v>
+        <v>270</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B390" s="4" t="s">
         <v>609</v>
       </c>
       <c r="C390" s="5">
-        <v>28135</v>
+        <v>28133</v>
       </c>
       <c r="D390" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E390" s="5">
         <v>40</v>
       </c>
       <c r="F390" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G390" s="5" t="s">
-        <v>324</v>
+        <v>610</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B391" s="4" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C391" s="5">
         <v>28135</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E391" s="5">
         <v>40</v>
       </c>
       <c r="F391" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G391" s="5" t="s">
-        <v>610</v>
+        <v>324</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B392" s="4" t="s">
         <v>611</v>
       </c>
       <c r="C392" s="5">
-        <v>28143</v>
+        <v>28135</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E392" s="5">
         <v>40</v>
       </c>
       <c r="F392" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G392" s="5" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B393" s="4" t="s">
         <v>613</v>
       </c>
       <c r="C393" s="5">
-        <v>28157</v>
+        <v>28143</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E393" s="5">
         <v>40</v>
       </c>
       <c r="F393" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G393" s="5" t="s">
-        <v>45</v>
+        <v>614</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B394" s="4" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C394" s="5">
-        <v>28159</v>
+        <v>28157</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E394" s="5">
         <v>40</v>
       </c>
       <c r="F394" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G394" s="5" t="s">
-        <v>615</v>
+        <v>45</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B395" s="4" t="s">
         <v>616</v>
       </c>
       <c r="C395" s="5">
-        <v>28162</v>
+        <v>28159</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E395" s="5">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F395" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G395" s="5" t="s">
-        <v>266</v>
+        <v>617</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B396" s="4" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C396" s="5">
-        <v>28164</v>
+        <v>28162</v>
       </c>
       <c r="D396" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E396" s="5">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="F396" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G396" s="5" t="s">
-        <v>50</v>
+        <v>266</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B397" s="4" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C397" s="5">
-        <v>28165</v>
+        <v>28164</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E397" s="5">
         <v>40</v>
       </c>
       <c r="F397" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G397" s="5" t="s">
-        <v>619</v>
+        <v>50</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B398" s="4" t="s">
         <v>620</v>
-      </c>
-[...1 lines deleted...]
-        <v>621</v>
       </c>
       <c r="C398" s="5">
         <v>28165</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E398" s="5">
         <v>40</v>
       </c>
       <c r="F398" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G398" s="5" t="s">
-        <v>86</v>
+        <v>621</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B399" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C399" s="5">
         <v>28165</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E399" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F399" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G399" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B400" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C400" s="5">
         <v>28165</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E400" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F400" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G400" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B401" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C401" s="5">
         <v>28165</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E401" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F401" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G401" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B402" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C402" s="5">
         <v>28165</v>
       </c>
       <c r="D402" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E402" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F402" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G402" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B403" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C403" s="5">
         <v>28165</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E403" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F403" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G403" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" s="3" t="s">
-        <v>61</v>
+        <v>622</v>
       </c>
       <c r="B404" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C404" s="5">
         <v>28165</v>
       </c>
       <c r="D404" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E404" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F404" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G404" s="5" t="s">
-        <v>622</v>
+        <v>86</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" s="3" t="s">
-        <v>620</v>
+        <v>61</v>
       </c>
       <c r="B405" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C405" s="5">
         <v>28165</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E405" s="5">
         <v>40</v>
       </c>
       <c r="F405" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G405" s="5" t="s">
-        <v>86</v>
+        <v>624</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B406" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C406" s="5">
         <v>28165</v>
       </c>
       <c r="D406" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E406" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F406" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G406" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B407" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C407" s="5">
         <v>28165</v>
       </c>
       <c r="D407" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E407" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F407" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G407" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B408" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C408" s="5">
         <v>28165</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E408" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F408" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G408" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B409" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C409" s="5">
         <v>28165</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E409" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F409" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G409" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B410" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C410" s="5">
         <v>28165</v>
       </c>
       <c r="D410" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E410" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F410" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G410" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B411" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C411" s="5">
         <v>28165</v>
       </c>
       <c r="D411" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E411" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F411" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G411" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B412" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C412" s="5">
         <v>28165</v>
       </c>
       <c r="D412" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E412" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F412" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G412" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B413" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C413" s="5">
         <v>28165</v>
       </c>
       <c r="D413" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E413" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F413" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G413" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B414" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C414" s="5">
         <v>28165</v>
       </c>
       <c r="D414" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E414" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F414" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G414" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" s="3" t="s">
-        <v>24</v>
+        <v>622</v>
       </c>
       <c r="B415" s="4" t="s">
         <v>623</v>
       </c>
       <c r="C415" s="5">
-        <v>28169</v>
+        <v>28165</v>
       </c>
       <c r="D415" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E415" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F415" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G415" s="5" t="s">
-        <v>624</v>
+        <v>86</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B416" s="4" t="s">
         <v>625</v>
       </c>
       <c r="C416" s="5">
-        <v>28172</v>
+        <v>28169</v>
       </c>
       <c r="D416" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E416" s="5">
         <v>40</v>
       </c>
       <c r="F416" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G416" s="5" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B417" s="4" t="s">
         <v>627</v>
       </c>
       <c r="C417" s="5">
-        <v>28179</v>
+        <v>28172</v>
       </c>
       <c r="D417" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E417" s="5">
         <v>40</v>
       </c>
       <c r="F417" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G417" s="5" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B418" s="4" t="s">
         <v>629</v>
       </c>
       <c r="C418" s="5">
-        <v>28180</v>
+        <v>28179</v>
       </c>
       <c r="D418" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E418" s="5">
         <v>40</v>
       </c>
       <c r="F418" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G418" s="5" t="s">
-        <v>29</v>
+        <v>630</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B419" s="4" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C419" s="5">
-        <v>28183</v>
+        <v>28180</v>
       </c>
       <c r="D419" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E419" s="5">
         <v>40</v>
       </c>
       <c r="F419" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G419" s="5" t="s">
-        <v>631</v>
+        <v>29</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" s="3" t="s">
-        <v>319</v>
+        <v>61</v>
       </c>
       <c r="B420" s="4" t="s">
         <v>632</v>
       </c>
       <c r="C420" s="5">
-        <v>29011</v>
+        <v>28183</v>
       </c>
       <c r="D420" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E420" s="5">
         <v>40</v>
       </c>
       <c r="F420" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G420" s="5" t="s">
-        <v>86</v>
+        <v>633</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B421" s="4" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C421" s="5">
         <v>29011</v>
       </c>
       <c r="D421" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E421" s="5">
         <v>40</v>
       </c>
       <c r="F421" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G421" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B422" s="4" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C422" s="5">
         <v>29011</v>
       </c>
       <c r="D422" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E422" s="5">
         <v>40</v>
       </c>
       <c r="F422" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G422" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B423" s="4" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C423" s="5">
         <v>29011</v>
       </c>
       <c r="D423" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E423" s="5">
         <v>40</v>
       </c>
       <c r="F423" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G423" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B424" s="4" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C424" s="5">
         <v>29011</v>
       </c>
       <c r="D424" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E424" s="5">
         <v>40</v>
       </c>
       <c r="F424" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G424" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B425" s="4" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C425" s="5">
         <v>29011</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E425" s="5">
         <v>40</v>
       </c>
       <c r="F425" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G425" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B426" s="4" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C426" s="5">
         <v>29011</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E426" s="5">
         <v>40</v>
       </c>
       <c r="F426" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G426" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B427" s="4" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C427" s="5">
         <v>29011</v>
       </c>
       <c r="D427" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E427" s="5">
         <v>40</v>
       </c>
       <c r="F427" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G427" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B428" s="4" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C428" s="5">
-        <v>29012</v>
+        <v>29011</v>
       </c>
       <c r="D428" s="4" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="E428" s="5">
         <v>40</v>
       </c>
       <c r="F428" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G428" s="5" t="s">
-        <v>124</v>
+        <v>86</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B429" s="4" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C429" s="5">
-        <v>29013</v>
+        <v>29012</v>
       </c>
       <c r="D429" s="4" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E429" s="5">
         <v>40</v>
       </c>
       <c r="F429" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G429" s="5" t="s">
-        <v>635</v>
+        <v>124</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B430" s="4" t="s">
         <v>636</v>
       </c>
       <c r="C430" s="5">
-        <v>29015</v>
+        <v>29013</v>
       </c>
       <c r="D430" s="4" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="E430" s="5">
         <v>40</v>
       </c>
       <c r="F430" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G430" s="5" t="s">
-        <v>346</v>
+        <v>637</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B431" s="4" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C431" s="5">
-        <v>29017</v>
+        <v>29015</v>
       </c>
       <c r="D431" s="4" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E431" s="5">
         <v>40</v>
       </c>
       <c r="F431" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G431" s="5" t="s">
-        <v>638</v>
+        <v>346</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="B432" s="4" t="s">
         <v>639</v>
       </c>
-      <c r="B432" s="4" t="s">
+      <c r="C432" s="5">
+        <v>29017</v>
+      </c>
+      <c r="D432" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E432" s="5">
+        <v>40</v>
+      </c>
+      <c r="F432" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G432" s="5" t="s">
         <v>640</v>
-      </c>
-[...13 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" s="3" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B433" s="4" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C433" s="5">
         <v>29023</v>
       </c>
       <c r="D433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E433" s="5">
         <v>40</v>
       </c>
       <c r="F433" s="5" t="s">
         <v>38</v>
       </c>
       <c r="G433" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" s="3" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B434" s="4" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C434" s="5">
         <v>29023</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E434" s="5">
         <v>40</v>
       </c>
       <c r="F434" s="5" t="s">
         <v>38</v>
       </c>
       <c r="G434" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" s="3" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C435" s="5">
         <v>29023</v>
       </c>
       <c r="D435" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E435" s="5">
         <v>40</v>
       </c>
       <c r="F435" s="5" t="s">
         <v>38</v>
       </c>
       <c r="G435" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" s="3" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B436" s="4" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C436" s="5">
         <v>29023</v>
       </c>
       <c r="D436" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E436" s="5">
         <v>40</v>
       </c>
       <c r="F436" s="5" t="s">
         <v>38</v>
       </c>
       <c r="G436" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" s="3" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B437" s="4" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C437" s="5">
         <v>29023</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E437" s="5">
         <v>40</v>
       </c>
       <c r="F437" s="5" t="s">
         <v>38</v>
       </c>
       <c r="G437" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" s="3" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B438" s="4" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C438" s="5">
         <v>29023</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E438" s="5">
         <v>40</v>
       </c>
       <c r="F438" s="5" t="s">
         <v>38</v>
       </c>
       <c r="G438" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" s="3" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B439" s="4" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C439" s="5">
         <v>29023</v>
       </c>
       <c r="D439" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E439" s="5">
         <v>40</v>
       </c>
       <c r="F439" s="5" t="s">
         <v>38</v>
       </c>
       <c r="G439" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" s="3" t="s">
-        <v>319</v>
+        <v>641</v>
       </c>
       <c r="B440" s="4" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C440" s="5">
-        <v>29042</v>
+        <v>29023</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E440" s="5">
         <v>40</v>
       </c>
       <c r="F440" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G440" s="5" t="s">
-        <v>642</v>
+        <v>86</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B441" s="4" t="s">
         <v>643</v>
       </c>
       <c r="C441" s="5">
-        <v>29067</v>
+        <v>29042</v>
       </c>
       <c r="D441" s="4" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="E441" s="5">
         <v>40</v>
       </c>
       <c r="F441" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G441" s="5" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B442" s="4" t="s">
         <v>645</v>
       </c>
       <c r="C442" s="5">
-        <v>29080</v>
+        <v>29067</v>
       </c>
       <c r="D442" s="4" t="s">
         <v>24</v>
       </c>
       <c r="E442" s="5">
         <v>40</v>
       </c>
       <c r="F442" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G442" s="5" t="s">
         <v>646</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B443" s="4" t="s">
         <v>647</v>
       </c>
       <c r="C443" s="5">
-        <v>29084</v>
+        <v>29080</v>
       </c>
       <c r="D443" s="4" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E443" s="5">
         <v>40</v>
       </c>
       <c r="F443" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G443" s="5" t="s">
         <v>648</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="B444" s="4" t="s">
         <v>649</v>
       </c>
-      <c r="B444" s="4" t="s">
+      <c r="C444" s="5">
+        <v>29084</v>
+      </c>
+      <c r="D444" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E444" s="5">
+        <v>40</v>
+      </c>
+      <c r="F444" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G444" s="5" t="s">
         <v>650</v>
-      </c>
-[...13 lines deleted...]
-        <v>651</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" s="3" t="s">
-        <v>61</v>
+        <v>651</v>
       </c>
       <c r="B445" s="4" t="s">
         <v>652</v>
       </c>
       <c r="C445" s="5">
-        <v>30015</v>
+        <v>30008</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E445" s="5">
         <v>40</v>
       </c>
       <c r="F445" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G445" s="5" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B446" s="4" t="s">
         <v>654</v>
       </c>
       <c r="C446" s="5">
         <v>30015</v>
       </c>
       <c r="D446" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E446" s="5">
         <v>40</v>
       </c>
       <c r="F446" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G446" s="5" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B447" s="4" t="s">
         <v>656</v>
       </c>
-      <c r="B447" s="4" t="s">
+      <c r="C447" s="5">
+        <v>30015</v>
+      </c>
+      <c r="D447" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E447" s="5">
+        <v>40</v>
+      </c>
+      <c r="F447" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G447" s="5" t="s">
         <v>657</v>
-      </c>
-[...13 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" s="3" t="s">
-        <v>24</v>
+        <v>658</v>
       </c>
       <c r="B448" s="4" t="s">
         <v>659</v>
       </c>
       <c r="C448" s="5">
-        <v>30028</v>
+        <v>30024</v>
       </c>
       <c r="D448" s="4" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E448" s="5">
         <v>40</v>
       </c>
       <c r="F448" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G448" s="5" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B449" s="4" t="s">
         <v>661</v>
       </c>
       <c r="C449" s="5">
         <v>30028</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E449" s="5">
         <v>40</v>
       </c>
       <c r="F449" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G449" s="5" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B450" s="4" t="s">
         <v>663</v>
       </c>
       <c r="C450" s="5">
         <v>30028</v>
       </c>
       <c r="D450" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E450" s="5">
         <v>40</v>
       </c>
       <c r="F450" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G450" s="5" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B451" s="4" t="s">
         <v>665</v>
       </c>
-      <c r="B451" s="4" t="s">
+      <c r="C451" s="5">
+        <v>30028</v>
+      </c>
+      <c r="D451" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E451" s="5">
+        <v>40</v>
+      </c>
+      <c r="F451" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G451" s="5" t="s">
         <v>666</v>
-      </c>
-[...13 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" s="3" t="s">
-        <v>61</v>
+        <v>667</v>
       </c>
       <c r="B452" s="4" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C452" s="5">
-        <v>31009</v>
+        <v>30030</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E452" s="5">
         <v>40</v>
       </c>
       <c r="F452" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G452" s="5" t="s">
-        <v>668</v>
+        <v>124</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" s="3" t="s">
-        <v>188</v>
+        <v>61</v>
       </c>
       <c r="B453" s="4" t="s">
         <v>669</v>
       </c>
       <c r="C453" s="5">
-        <v>31123</v>
+        <v>31009</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E453" s="5">
         <v>40</v>
       </c>
       <c r="F453" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G453" s="5" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" s="3" t="s">
-        <v>24</v>
+        <v>188</v>
       </c>
       <c r="B454" s="4" t="s">
         <v>671</v>
       </c>
       <c r="C454" s="5">
-        <v>31128</v>
+        <v>31123</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E454" s="5">
         <v>40</v>
       </c>
       <c r="F454" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G454" s="5" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B455" s="4" t="s">
         <v>673</v>
       </c>
       <c r="C455" s="5">
         <v>31128</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E455" s="5">
         <v>40</v>
       </c>
       <c r="F455" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G455" s="5" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B456" s="4" t="s">
         <v>675</v>
       </c>
       <c r="C456" s="5">
         <v>31128</v>
       </c>
       <c r="D456" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E456" s="5">
         <v>40</v>
       </c>
       <c r="F456" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G456" s="5" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B457" s="4" t="s">
         <v>677</v>
       </c>
       <c r="C457" s="5">
-        <v>31185</v>
+        <v>31128</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E457" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F457" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G457" s="5" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B458" s="4" t="s">
         <v>679</v>
       </c>
-      <c r="B458" s="4" t="s">
+      <c r="C458" s="5">
+        <v>31185</v>
+      </c>
+      <c r="D458" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E458" s="5">
+        <v>20</v>
+      </c>
+      <c r="F458" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="G458" s="5" t="s">
         <v>680</v>
-      </c>
-[...13 lines deleted...]
-        <v>681</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" s="3" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="B459" s="4" t="s">
         <v>682</v>
       </c>
       <c r="C459" s="5">
         <v>33002</v>
       </c>
       <c r="D459" s="4" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="E459" s="5">
         <v>40</v>
       </c>
       <c r="F459" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G459" s="5" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" s="3" t="s">
-        <v>462</v>
+        <v>681</v>
       </c>
       <c r="B460" s="4" t="s">
         <v>684</v>
       </c>
       <c r="C460" s="5">
         <v>33002</v>
       </c>
       <c r="D460" s="4" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="E460" s="5">
         <v>40</v>
       </c>
       <c r="F460" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G460" s="5" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" s="3" t="s">
-        <v>679</v>
+        <v>464</v>
       </c>
       <c r="B461" s="4" t="s">
         <v>686</v>
       </c>
       <c r="C461" s="5">
-        <v>33009</v>
+        <v>33002</v>
       </c>
       <c r="D461" s="4" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E461" s="5">
         <v>40</v>
       </c>
       <c r="F461" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G461" s="5" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="B462" s="4" t="s">
         <v>688</v>
       </c>
-      <c r="B462" s="4" t="s">
+      <c r="C462" s="5">
+        <v>33009</v>
+      </c>
+      <c r="D462" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E462" s="5">
+        <v>40</v>
+      </c>
+      <c r="F462" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G462" s="5" t="s">
         <v>689</v>
-      </c>
-[...13 lines deleted...]
-        <v>674</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" s="3" t="s">
-        <v>24</v>
+        <v>690</v>
       </c>
       <c r="B463" s="4" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C463" s="5">
-        <v>33044</v>
+        <v>33013</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E463" s="5">
         <v>40</v>
       </c>
       <c r="F463" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G463" s="5" t="s">
-        <v>691</v>
+        <v>676</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B464" s="4" t="s">
         <v>692</v>
       </c>
-      <c r="B464" s="4" t="s">
+      <c r="C464" s="5">
+        <v>33044</v>
+      </c>
+      <c r="D464" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E464" s="5">
+        <v>40</v>
+      </c>
+      <c r="F464" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G464" s="5" t="s">
         <v>693</v>
-      </c>
-[...13 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" s="3" t="s">
-        <v>679</v>
+        <v>694</v>
       </c>
       <c r="B465" s="4" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="C465" s="5">
-        <v>33067</v>
+        <v>33053</v>
       </c>
       <c r="D465" s="4" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="E465" s="5">
         <v>40</v>
       </c>
       <c r="F465" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G465" s="5" t="s">
-        <v>695</v>
+        <v>489</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="B466" s="4" t="s">
         <v>696</v>
       </c>
-      <c r="B466" s="4" t="s">
+      <c r="C466" s="5">
+        <v>33067</v>
+      </c>
+      <c r="D466" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E466" s="5">
+        <v>40</v>
+      </c>
+      <c r="F466" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G466" s="5" t="s">
         <v>697</v>
-      </c>
-[...13 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" s="3" t="s">
-        <v>61</v>
+        <v>698</v>
       </c>
       <c r="B467" s="4" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C467" s="5">
-        <v>34056</v>
+        <v>33076</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E467" s="5">
         <v>40</v>
       </c>
       <c r="F467" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G467" s="5" t="s">
-        <v>699</v>
+        <v>296</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" s="3" t="s">
-        <v>466</v>
+        <v>61</v>
       </c>
       <c r="B468" s="4" t="s">
         <v>700</v>
       </c>
       <c r="C468" s="5">
-        <v>36020</v>
+        <v>34056</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E468" s="5">
         <v>40</v>
       </c>
       <c r="F468" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G468" s="5" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="B469" s="4" t="s">
         <v>702</v>
       </c>
-      <c r="B469" s="4" t="s">
+      <c r="C469" s="5">
+        <v>36020</v>
+      </c>
+      <c r="D469" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E469" s="5">
+        <v>40</v>
+      </c>
+      <c r="F469" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G469" s="5" t="s">
         <v>703</v>
-      </c>
-[...13 lines deleted...]
-        <v>704</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="B470" s="4" t="s">
         <v>705</v>
       </c>
-      <c r="B470" s="4" t="s">
+      <c r="C470" s="5">
+        <v>36005</v>
+      </c>
+      <c r="D470" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E470" s="5">
+        <v>40</v>
+      </c>
+      <c r="F470" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G470" s="5" t="s">
         <v>706</v>
-      </c>
-[...13 lines deleted...]
-        <v>707</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" s="3" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="B471" s="4" t="s">
         <v>708</v>
       </c>
       <c r="C471" s="5">
-        <v>36032</v>
+        <v>36008</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>24</v>
       </c>
       <c r="E471" s="5">
         <v>40</v>
       </c>
       <c r="F471" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G471" s="5" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" s="3" t="s">
-        <v>692</v>
+        <v>707</v>
       </c>
       <c r="B472" s="4" t="s">
         <v>710</v>
       </c>
       <c r="C472" s="5">
-        <v>39016</v>
+        <v>36032</v>
       </c>
       <c r="D472" s="4" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E472" s="5">
         <v>40</v>
       </c>
       <c r="F472" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G472" s="5" t="s">
-        <v>341</v>
+        <v>711</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" s="3" t="s">
-        <v>711</v>
+        <v>694</v>
       </c>
       <c r="B473" s="4" t="s">
         <v>712</v>
       </c>
       <c r="C473" s="5">
-        <v>39071</v>
+        <v>39016</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E473" s="5">
         <v>40</v>
       </c>
       <c r="F473" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G473" s="5" t="s">
-        <v>596</v>
+        <v>341</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" s="3" t="s">
         <v>713</v>
       </c>
       <c r="B474" s="4" t="s">
         <v>714</v>
       </c>
       <c r="C474" s="5">
-        <v>39095</v>
+        <v>39071</v>
       </c>
       <c r="D474" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E474" s="5">
         <v>40</v>
       </c>
       <c r="F474" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G474" s="5" t="s">
-        <v>715</v>
+        <v>598</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" s="3" t="s">
-        <v>24</v>
+        <v>715</v>
       </c>
       <c r="B475" s="4" t="s">
         <v>716</v>
       </c>
       <c r="C475" s="5">
-        <v>37010</v>
+        <v>39095</v>
       </c>
       <c r="D475" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E475" s="5">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F475" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G475" s="5" t="s">
-        <v>646</v>
+        <v>717</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B476" s="4" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C476" s="5">
-        <v>37063</v>
+        <v>37010</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E476" s="5">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="F476" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G476" s="5" t="s">
-        <v>718</v>
+        <v>648</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B477" s="4" t="s">
         <v>719</v>
       </c>
-      <c r="B477" s="4" t="s">
+      <c r="C477" s="5">
+        <v>37063</v>
+      </c>
+      <c r="D477" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E477" s="5">
+        <v>40</v>
+      </c>
+      <c r="F477" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G477" s="5" t="s">
         <v>720</v>
-      </c>
-[...13 lines deleted...]
-        <v>721</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" s="3" t="s">
+        <v>721</v>
+      </c>
+      <c r="B478" s="4" t="s">
         <v>722</v>
       </c>
-      <c r="B478" s="4" t="s">
+      <c r="C478" s="5">
+        <v>41004</v>
+      </c>
+      <c r="D478" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E478" s="5">
+        <v>40</v>
+      </c>
+      <c r="F478" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G478" s="5" t="s">
         <v>723</v>
-      </c>
-[...13 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" s="3" t="s">
         <v>724</v>
       </c>
       <c r="B479" s="4" t="s">
         <v>725</v>
       </c>
       <c r="C479" s="5">
-        <v>41039</v>
+        <v>41035</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E479" s="5">
         <v>40</v>
       </c>
       <c r="F479" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G479" s="5" t="s">
-        <v>726</v>
+        <v>80</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" s="3" t="s">
+        <v>726</v>
+      </c>
+      <c r="B480" s="4" t="s">
         <v>727</v>
       </c>
-      <c r="B480" s="4" t="s">
+      <c r="C480" s="5">
+        <v>41039</v>
+      </c>
+      <c r="D480" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E480" s="5">
+        <v>40</v>
+      </c>
+      <c r="F480" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G480" s="5" t="s">
         <v>728</v>
-      </c>
-[...13 lines deleted...]
-        <v>729</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" s="3" t="s">
-        <v>109</v>
+        <v>729</v>
       </c>
       <c r="B481" s="4" t="s">
         <v>730</v>
       </c>
       <c r="C481" s="5">
-        <v>40216</v>
+        <v>41011</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E481" s="5">
         <v>40</v>
       </c>
       <c r="F481" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G481" s="5" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" s="3" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="B482" s="4" t="s">
         <v>732</v>
       </c>
       <c r="C482" s="5">
-        <v>42076</v>
+        <v>40216</v>
       </c>
       <c r="D482" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E482" s="5">
         <v>40</v>
       </c>
       <c r="F482" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G482" s="5" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B483" s="4" t="s">
         <v>734</v>
       </c>
       <c r="C483" s="5">
-        <v>42095</v>
+        <v>42076</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E483" s="5">
         <v>40</v>
       </c>
       <c r="F483" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G483" s="5" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B484" s="4" t="s">
         <v>736</v>
       </c>
       <c r="C484" s="5">
         <v>42095</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E484" s="5">
         <v>40</v>
       </c>
       <c r="F484" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G484" s="5" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" s="3" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="B485" s="4" t="s">
         <v>738</v>
       </c>
       <c r="C485" s="5">
-        <v>42113</v>
+        <v>42095</v>
       </c>
       <c r="D485" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E485" s="5">
         <v>40</v>
       </c>
       <c r="F485" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G485" s="5" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B486" s="4" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="C486" s="5">
         <v>42113</v>
       </c>
       <c r="D486" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E486" s="5">
         <v>40</v>
       </c>
       <c r="F486" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G486" s="5" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B487" s="4" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="C487" s="5">
-        <v>42128</v>
+        <v>42113</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E487" s="5">
         <v>40</v>
       </c>
       <c r="F487" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G487" s="5" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" s="3" t="s">
-        <v>366</v>
+        <v>24</v>
       </c>
       <c r="B488" s="4" t="s">
         <v>743</v>
       </c>
       <c r="C488" s="5">
-        <v>42159</v>
+        <v>42128</v>
       </c>
       <c r="D488" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E488" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F488" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G488" s="5" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" s="3" t="s">
-        <v>61</v>
+        <v>366</v>
       </c>
       <c r="B489" s="4" t="s">
         <v>745</v>
       </c>
       <c r="C489" s="5">
-        <v>42164</v>
+        <v>42159</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E489" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F489" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G489" s="5" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B490" s="4" t="s">
         <v>747</v>
       </c>
       <c r="C490" s="5">
-        <v>42173</v>
+        <v>42164</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E490" s="5">
         <v>40</v>
       </c>
       <c r="F490" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G490" s="5" t="s">
-        <v>68</v>
+        <v>748</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B491" s="4" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C491" s="5">
-        <v>20036</v>
+        <v>42173</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E491" s="5">
         <v>40</v>
       </c>
       <c r="F491" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G491" s="5" t="s">
-        <v>749</v>
+        <v>68</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" s="3" t="s">
-        <v>214</v>
+        <v>24</v>
       </c>
       <c r="B492" s="4" t="s">
         <v>750</v>
       </c>
       <c r="C492" s="5">
-        <v>20067</v>
+        <v>20036</v>
       </c>
       <c r="D492" s="4" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="E492" s="5">
         <v>40</v>
       </c>
       <c r="F492" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G492" s="5" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" s="3" t="s">
-        <v>713</v>
+        <v>214</v>
       </c>
       <c r="B493" s="4" t="s">
         <v>752</v>
       </c>
       <c r="C493" s="5">
-        <v>20014</v>
+        <v>20067</v>
       </c>
       <c r="D493" s="4" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="E493" s="5">
         <v>40</v>
       </c>
       <c r="F493" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G493" s="5" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" s="3" t="s">
-        <v>99</v>
+        <v>715</v>
       </c>
       <c r="B494" s="4" t="s">
         <v>754</v>
       </c>
       <c r="C494" s="5">
-        <v>44005</v>
+        <v>20014</v>
       </c>
       <c r="D494" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E494" s="5">
         <v>40</v>
       </c>
       <c r="F494" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G494" s="5" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B495" s="4" t="s">
         <v>756</v>
       </c>
       <c r="C495" s="5">
-        <v>44007</v>
+        <v>44005</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E495" s="5">
         <v>40</v>
       </c>
       <c r="F495" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G495" s="5" t="s">
-        <v>144</v>
+        <v>757</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" s="3" t="s">
-        <v>757</v>
+        <v>99</v>
       </c>
       <c r="B496" s="4" t="s">
         <v>758</v>
       </c>
       <c r="C496" s="5">
-        <v>44040</v>
+        <v>44007</v>
       </c>
       <c r="D496" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E496" s="5">
         <v>40</v>
       </c>
       <c r="F496" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G496" s="5" t="s">
-        <v>658</v>
+        <v>144</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" s="3" t="s">
-        <v>61</v>
+        <v>759</v>
       </c>
       <c r="B497" s="4" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C497" s="5">
-        <v>44045</v>
+        <v>44040</v>
       </c>
       <c r="D497" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E497" s="5">
         <v>40</v>
       </c>
       <c r="F497" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G497" s="5" t="s">
-        <v>760</v>
+        <v>660</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" s="3" t="s">
-        <v>99</v>
+        <v>61</v>
       </c>
       <c r="B498" s="4" t="s">
         <v>761</v>
       </c>
       <c r="C498" s="5">
-        <v>44082</v>
+        <v>44045</v>
       </c>
       <c r="D498" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E498" s="5">
         <v>40</v>
       </c>
       <c r="F498" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G498" s="5" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B499" s="4" t="s">
         <v>763</v>
       </c>
       <c r="C499" s="5">
-        <v>44093</v>
+        <v>44082</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E499" s="5">
         <v>40</v>
       </c>
       <c r="F499" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G499" s="5" t="s">
-        <v>513</v>
+        <v>764</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B500" s="4" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C500" s="5">
-        <v>44099</v>
+        <v>44093</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E500" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F500" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G500" s="5" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B501" s="4" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C501" s="5">
-        <v>44109</v>
+        <v>44099</v>
       </c>
       <c r="D501" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E501" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F501" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G501" s="5" t="s">
-        <v>525</v>
+        <v>515</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" s="3" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="B502" s="4" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C502" s="5">
-        <v>44117</v>
+        <v>44109</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E502" s="5">
         <v>40</v>
       </c>
       <c r="F502" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G502" s="5" t="s">
-        <v>767</v>
+        <v>527</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" s="3" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="B503" s="4" t="s">
         <v>768</v>
       </c>
       <c r="C503" s="5">
-        <v>44143</v>
+        <v>44117</v>
       </c>
       <c r="D503" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E503" s="5">
         <v>40</v>
       </c>
       <c r="F503" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G503" s="5" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" s="3" t="s">
-        <v>279</v>
+        <v>34</v>
       </c>
       <c r="B504" s="4" t="s">
         <v>770</v>
       </c>
       <c r="C504" s="5">
-        <v>44160</v>
+        <v>44143</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E504" s="5">
         <v>40</v>
       </c>
       <c r="F504" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G504" s="5" t="s">
-        <v>350</v>
+        <v>771</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" s="3" t="s">
-        <v>61</v>
+        <v>279</v>
       </c>
       <c r="B505" s="4" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C505" s="5">
-        <v>44163</v>
+        <v>44160</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E505" s="5">
         <v>40</v>
       </c>
       <c r="F505" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G505" s="5" t="s">
-        <v>772</v>
+        <v>350</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" s="3" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B506" s="4" t="s">
         <v>773</v>
       </c>
       <c r="C506" s="5">
-        <v>44174</v>
+        <v>44163</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E506" s="5">
         <v>40</v>
       </c>
       <c r="F506" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G506" s="5" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" s="3" t="s">
-        <v>99</v>
+        <v>24</v>
       </c>
       <c r="B507" s="4" t="s">
         <v>775</v>
       </c>
       <c r="C507" s="5">
-        <v>44182</v>
+        <v>44174</v>
       </c>
       <c r="D507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E507" s="5">
         <v>40</v>
       </c>
       <c r="F507" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G507" s="5" t="s">
-        <v>755</v>
+        <v>776</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B508" s="4" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C508" s="5">
-        <v>44264</v>
+        <v>44182</v>
       </c>
       <c r="D508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E508" s="5">
         <v>40</v>
       </c>
       <c r="F508" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G508" s="5" t="s">
-        <v>744</v>
+        <v>757</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" s="3" t="s">
-        <v>297</v>
+        <v>99</v>
       </c>
       <c r="B509" s="4" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C509" s="5">
-        <v>38036</v>
+        <v>44264</v>
       </c>
       <c r="D509" s="4" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="E509" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F509" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G509" s="5" t="s">
-        <v>778</v>
+        <v>746</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="B510" s="4" t="s">
         <v>779</v>
       </c>
-      <c r="B510" s="4" t="s">
+      <c r="C510" s="5">
+        <v>38036</v>
+      </c>
+      <c r="D510" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E510" s="5">
+        <v>20</v>
+      </c>
+      <c r="F510" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="G510" s="5" t="s">
         <v>780</v>
-      </c>
-[...13 lines deleted...]
-        <v>781</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="B511" s="4" t="s">
         <v>782</v>
       </c>
-      <c r="B511" s="4" t="s">
+      <c r="C511" s="5">
+        <v>46004</v>
+      </c>
+      <c r="D511" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E511" s="5">
+        <v>40</v>
+      </c>
+      <c r="F511" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G511" s="5" t="s">
         <v>783</v>
-      </c>
-[...13 lines deleted...]
-        <v>784</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" s="3" t="s">
+        <v>784</v>
+      </c>
+      <c r="B512" s="4" t="s">
         <v>785</v>
       </c>
-      <c r="B512" s="4" t="s">
+      <c r="C512" s="5">
+        <v>46106</v>
+      </c>
+      <c r="D512" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E512" s="5">
+        <v>20</v>
+      </c>
+      <c r="F512" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="G512" s="5" t="s">
         <v>786</v>
-      </c>
-[...13 lines deleted...]
-        <v>787</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" s="3" t="s">
-        <v>26</v>
+        <v>787</v>
       </c>
       <c r="B513" s="4" t="s">
         <v>788</v>
       </c>
       <c r="C513" s="5">
-        <v>46128</v>
+        <v>46099</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E513" s="5">
         <v>40</v>
       </c>
       <c r="F513" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G513" s="5" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" s="3" t="s">
-        <v>779</v>
+        <v>26</v>
       </c>
       <c r="B514" s="4" t="s">
         <v>790</v>
       </c>
       <c r="C514" s="5">
-        <v>46170</v>
+        <v>46128</v>
       </c>
       <c r="D514" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E514" s="5">
         <v>40</v>
       </c>
       <c r="F514" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G514" s="5" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" s="3" t="s">
-        <v>26</v>
+        <v>781</v>
       </c>
       <c r="B515" s="4" t="s">
         <v>792</v>
       </c>
       <c r="C515" s="5">
         <v>46170</v>
       </c>
       <c r="D515" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E515" s="5">
         <v>40</v>
       </c>
       <c r="F515" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G515" s="5" t="s">
-        <v>384</v>
+        <v>793</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" s="3" t="s">
-        <v>793</v>
+        <v>26</v>
       </c>
       <c r="B516" s="4" t="s">
         <v>794</v>
       </c>
       <c r="C516" s="5">
-        <v>46181</v>
+        <v>46170</v>
       </c>
       <c r="D516" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E516" s="5">
         <v>40</v>
       </c>
       <c r="F516" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G516" s="5" t="s">
-        <v>795</v>
+        <v>384</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" s="3" t="s">
-        <v>26</v>
+        <v>795</v>
       </c>
       <c r="B517" s="4" t="s">
         <v>796</v>
       </c>
       <c r="C517" s="5">
-        <v>46184</v>
+        <v>46181</v>
       </c>
       <c r="D517" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E517" s="5">
         <v>40</v>
       </c>
       <c r="F517" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G517" s="5" t="s">
-        <v>161</v>
+        <v>797</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" s="3" t="s">
-        <v>797</v>
+        <v>26</v>
       </c>
       <c r="B518" s="4" t="s">
         <v>798</v>
       </c>
       <c r="C518" s="5">
-        <v>46232</v>
+        <v>46184</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="5">
         <v>40</v>
       </c>
       <c r="F518" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G518" s="5" t="s">
-        <v>709</v>
+        <v>161</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" s="3" t="s">
         <v>799</v>
       </c>
       <c r="B519" s="4" t="s">
         <v>800</v>
       </c>
       <c r="C519" s="5">
-        <v>46244</v>
+        <v>46232</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E519" s="5">
         <v>40</v>
       </c>
       <c r="F519" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G519" s="5" t="s">
-        <v>801</v>
+        <v>711</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" s="3" t="s">
-        <v>34</v>
+        <v>801</v>
       </c>
       <c r="B520" s="4" t="s">
         <v>802</v>
       </c>
       <c r="C520" s="5">
-        <v>46145</v>
+        <v>46244</v>
       </c>
       <c r="D520" s="4" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="E520" s="5">
         <v>40</v>
       </c>
       <c r="F520" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G520" s="5" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" s="3" t="s">
-        <v>226</v>
+        <v>34</v>
       </c>
       <c r="B521" s="4" t="s">
         <v>804</v>
       </c>
       <c r="C521" s="5">
-        <v>47034</v>
+        <v>46145</v>
       </c>
       <c r="D521" s="4" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E521" s="5">
         <v>40</v>
       </c>
       <c r="F521" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G521" s="5" t="s">
-        <v>701</v>
+        <v>805</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" s="3" t="s">
-        <v>713</v>
+        <v>226</v>
       </c>
       <c r="B522" s="4" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C522" s="5">
-        <v>47045</v>
+        <v>47034</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E522" s="5">
         <v>40</v>
       </c>
       <c r="F522" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G522" s="5" t="s">
-        <v>237</v>
+        <v>703</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" s="3" t="s">
-        <v>109</v>
+        <v>715</v>
       </c>
       <c r="B523" s="4" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C523" s="5">
-        <v>47124</v>
+        <v>47045</v>
       </c>
       <c r="D523" s="4" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="E523" s="5">
         <v>40</v>
       </c>
       <c r="F523" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G523" s="5" t="s">
-        <v>807</v>
+        <v>237</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" s="3" t="s">
-        <v>214</v>
+        <v>109</v>
       </c>
       <c r="B524" s="4" t="s">
         <v>808</v>
       </c>
-      <c r="C524" s="5" t="s">
+      <c r="C524" s="5">
+        <v>47124</v>
+      </c>
+      <c r="D524" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E524" s="5">
+        <v>40</v>
+      </c>
+      <c r="F524" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G524" s="5" t="s">
         <v>809</v>
-      </c>
-[...10 lines deleted...]
-        <v>810</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="B525" s="4" t="s">
+        <v>810</v>
+      </c>
+      <c r="C525" s="5" t="s">
         <v>811</v>
       </c>
-      <c r="B525" s="4" t="s">
+      <c r="D525" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E525" s="5">
+        <v>40</v>
+      </c>
+      <c r="F525" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G525" s="5" t="s">
         <v>812</v>
-      </c>
-[...13 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B526" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C526" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E526" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F526" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G526" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B527" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C527" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D527" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E527" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F527" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G527" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B528" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C528" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D528" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E528" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F528" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G528" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B529" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C529" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D529" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E529" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F529" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G529" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B530" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C530" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E530" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F530" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G530" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B531" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C531" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E531" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F531" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G531" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B532" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C532" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E532" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F532" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G532" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B533" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C533" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D533" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E533" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F533" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G533" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B534" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C534" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E534" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F534" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G534" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B535" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C535" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E535" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F535" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G535" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B536" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C536" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D536" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E536" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F536" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G536" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B537" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C537" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D537" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E537" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F537" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G537" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B538" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C538" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E538" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F538" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G538" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B539" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C539" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D539" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E539" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F539" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G539" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B540" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C540" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D540" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E540" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F540" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G540" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" s="3" t="s">
-        <v>188</v>
+        <v>813</v>
       </c>
       <c r="B541" s="4" t="s">
         <v>814</v>
       </c>
       <c r="C541" s="5" t="s">
         <v>815</v>
       </c>
       <c r="D541" s="4" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="E541" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F541" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G541" s="5" t="s">
-        <v>816</v>
+        <v>86</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" s="3" t="s">
-        <v>99</v>
+        <v>188</v>
       </c>
       <c r="B542" s="4" t="s">
+        <v>816</v>
+      </c>
+      <c r="C542" s="5" t="s">
         <v>817</v>
       </c>
-      <c r="C542" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="D542" s="4" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E542" s="5">
         <v>40</v>
       </c>
       <c r="F542" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G542" s="5" t="s">
-        <v>33</v>
+        <v>818</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B543" s="4" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="C543" s="5">
-        <v>50153</v>
+        <v>50028</v>
       </c>
       <c r="D543" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E543" s="5">
         <v>40</v>
       </c>
       <c r="F543" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G543" s="5" t="s">
-        <v>365</v>
+        <v>33</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" s="3" t="s">
-        <v>757</v>
+        <v>99</v>
       </c>
       <c r="B544" s="4" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C544" s="5">
-        <v>50182</v>
+        <v>50153</v>
       </c>
       <c r="D544" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E544" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F544" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G544" s="5" t="s">
-        <v>86</v>
+        <v>365</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B545" s="4" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C545" s="5">
         <v>50182</v>
       </c>
       <c r="D545" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E545" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F545" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G545" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B546" s="4" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C546" s="5">
         <v>50182</v>
       </c>
       <c r="D546" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E546" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F546" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G546" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B547" s="4" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C547" s="5">
         <v>50182</v>
       </c>
       <c r="D547" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E547" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F547" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G547" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B548" s="4" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C548" s="5">
         <v>50182</v>
       </c>
       <c r="D548" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E548" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F548" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G548" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B549" s="4" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C549" s="5">
         <v>50182</v>
       </c>
       <c r="D549" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E549" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F549" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G549" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B550" s="4" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C550" s="5">
         <v>50182</v>
       </c>
       <c r="D550" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E550" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F550" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G550" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B551" s="4" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C551" s="5">
         <v>50182</v>
       </c>
       <c r="D551" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E551" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F551" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G551" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B552" s="4" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C552" s="5">
         <v>50182</v>
       </c>
       <c r="D552" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E552" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F552" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G552" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B553" s="4" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C553" s="5">
         <v>50182</v>
       </c>
       <c r="D553" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E553" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F553" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G553" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B554" s="4" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C554" s="5">
         <v>50182</v>
       </c>
       <c r="D554" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E554" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F554" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G554" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B555" s="4" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C555" s="5">
         <v>50182</v>
       </c>
       <c r="D555" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E555" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F555" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G555" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B556" s="4" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C556" s="5">
         <v>50182</v>
       </c>
       <c r="D556" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E556" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F556" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G556" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B557" s="4" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C557" s="5">
         <v>50182</v>
       </c>
       <c r="D557" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E557" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F557" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G557" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B558" s="4" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C558" s="5">
         <v>50182</v>
       </c>
       <c r="D558" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E558" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F558" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G558" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B559" s="4" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C559" s="5">
         <v>50182</v>
       </c>
       <c r="D559" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E559" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F559" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G559" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" s="3" t="s">
-        <v>713</v>
+        <v>759</v>
       </c>
       <c r="B560" s="4" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="C560" s="5">
-        <v>49005</v>
+        <v>50182</v>
       </c>
       <c r="D560" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E560" s="5">
         <v>40</v>
       </c>
       <c r="F560" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G560" s="5" t="s">
-        <v>365</v>
+        <v>86</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" s="3" t="s">
-        <v>821</v>
+        <v>715</v>
       </c>
       <c r="B561" s="4" t="s">
         <v>822</v>
       </c>
       <c r="C561" s="5">
-        <v>49022</v>
+        <v>49005</v>
       </c>
       <c r="D561" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E561" s="5">
         <v>40</v>
       </c>
       <c r="F561" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G561" s="5" t="s">
-        <v>260</v>
+        <v>365</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" s="3" t="s">
         <v>823</v>
       </c>
       <c r="B562" s="4" t="s">
         <v>824</v>
       </c>
       <c r="C562" s="5">
-        <v>49036</v>
+        <v>49022</v>
       </c>
       <c r="D562" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E562" s="5">
         <v>40</v>
       </c>
       <c r="F562" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G562" s="5" t="s">
-        <v>162</v>
+        <v>260</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" s="3" t="s">
-        <v>713</v>
+        <v>825</v>
       </c>
       <c r="B563" s="4" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C563" s="5">
-        <v>49037</v>
+        <v>49036</v>
       </c>
       <c r="D563" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E563" s="5">
         <v>40</v>
       </c>
       <c r="F563" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G563" s="5" t="s">
-        <v>365</v>
+        <v>162</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" s="3" t="s">
-        <v>821</v>
+        <v>715</v>
       </c>
       <c r="B564" s="4" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="C564" s="5">
-        <v>49042</v>
+        <v>49037</v>
       </c>
       <c r="D564" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E564" s="5">
         <v>40</v>
       </c>
       <c r="F564" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G564" s="5" t="s">
-        <v>330</v>
+        <v>365</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" s="3" t="s">
-        <v>252</v>
+        <v>823</v>
       </c>
       <c r="B565" s="4" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C565" s="5">
-        <v>49062</v>
+        <v>49042</v>
       </c>
       <c r="D565" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E565" s="5">
         <v>40</v>
       </c>
       <c r="F565" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G565" s="5" t="s">
-        <v>211</v>
+        <v>330</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" s="3" t="s">
-        <v>828</v>
+        <v>252</v>
       </c>
       <c r="B566" s="4" t="s">
         <v>829</v>
       </c>
       <c r="C566" s="5">
-        <v>49069</v>
+        <v>49062</v>
       </c>
       <c r="D566" s="4" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="E566" s="5">
         <v>40</v>
       </c>
       <c r="F566" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G566" s="5" t="s">
-        <v>830</v>
+        <v>211</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" s="3" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="B567" s="4" t="s">
         <v>831</v>
       </c>
       <c r="C567" s="5">
-        <v>49071</v>
+        <v>49069</v>
       </c>
       <c r="D567" s="4" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E567" s="5">
         <v>40</v>
       </c>
       <c r="F567" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G567" s="5" t="s">
         <v>832</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" s="3" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="B568" s="4" t="s">
         <v>833</v>
       </c>
       <c r="C568" s="5">
-        <v>49102</v>
+        <v>49071</v>
       </c>
       <c r="D568" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E568" s="5">
         <v>40</v>
       </c>
       <c r="F568" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G568" s="5" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" s="3" t="s">
         <v>823</v>
       </c>
       <c r="B569" s="4" t="s">
         <v>835</v>
       </c>
       <c r="C569" s="5">
-        <v>49104</v>
+        <v>49102</v>
       </c>
       <c r="D569" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E569" s="5">
         <v>40</v>
       </c>
       <c r="F569" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G569" s="5" t="s">
         <v>836</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" s="3" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="B570" s="4" t="s">
         <v>837</v>
       </c>
       <c r="C570" s="5">
-        <v>49145</v>
+        <v>49104</v>
       </c>
       <c r="D570" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E570" s="5">
         <v>40</v>
       </c>
       <c r="F570" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G570" s="5" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" s="3" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="B571" s="4" t="s">
         <v>839</v>
       </c>
       <c r="C571" s="5">
-        <v>49153</v>
+        <v>49145</v>
       </c>
       <c r="D571" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E571" s="5">
         <v>40</v>
       </c>
       <c r="F571" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G571" s="5" t="s">
         <v>840</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" s="3" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="B572" s="4" t="s">
         <v>841</v>
       </c>
       <c r="C572" s="5">
-        <v>49155</v>
+        <v>49153</v>
       </c>
       <c r="D572" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E572" s="5">
         <v>40</v>
       </c>
       <c r="F572" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G572" s="5" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" s="3" t="s">
-        <v>713</v>
+        <v>823</v>
       </c>
       <c r="B573" s="4" t="s">
         <v>843</v>
       </c>
       <c r="C573" s="5">
-        <v>49165</v>
+        <v>49155</v>
       </c>
       <c r="D573" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E573" s="5">
         <v>40</v>
       </c>
       <c r="F573" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G573" s="5" t="s">
-        <v>90</v>
+        <v>844</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" s="3" t="s">
-        <v>823</v>
+        <v>715</v>
       </c>
       <c r="B574" s="4" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C574" s="5">
-        <v>49184</v>
+        <v>49165</v>
       </c>
       <c r="D574" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E574" s="5">
         <v>40</v>
       </c>
       <c r="F574" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G574" s="5" t="s">
-        <v>845</v>
+        <v>90</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" s="3" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="B575" s="4" t="s">
         <v>846</v>
       </c>
       <c r="C575" s="5">
-        <v>49208</v>
+        <v>49184</v>
       </c>
       <c r="D575" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E575" s="5">
         <v>40</v>
       </c>
       <c r="F575" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G575" s="5" t="s">
-        <v>16</v>
+        <v>847</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" s="3" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="B576" s="4" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="C576" s="5">
-        <v>49202</v>
+        <v>49208</v>
       </c>
       <c r="D576" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E576" s="5">
         <v>40</v>
       </c>
       <c r="F576" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G576" s="5" t="s">
-        <v>415</v>
+        <v>16</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" s="3" t="s">
-        <v>713</v>
+        <v>823</v>
       </c>
       <c r="B577" s="4" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C577" s="5">
-        <v>49225</v>
+        <v>49202</v>
       </c>
       <c r="D577" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E577" s="5">
         <v>40</v>
       </c>
       <c r="F577" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G577" s="5" t="s">
-        <v>849</v>
+        <v>415</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" s="3" t="s">
-        <v>821</v>
+        <v>715</v>
       </c>
       <c r="B578" s="4" t="s">
         <v>850</v>
       </c>
       <c r="C578" s="5">
-        <v>49275</v>
+        <v>49225</v>
       </c>
       <c r="D578" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E578" s="5">
         <v>40</v>
       </c>
       <c r="F578" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G578" s="5" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="579" spans="1:7">
-      <c r="A579" s="2"/>
-[...3 lines deleted...]
-      <c r="G579" s="1"/>
+      <c r="A579" s="3" t="s">
+        <v>823</v>
+      </c>
+      <c r="B579" s="4" t="s">
+        <v>852</v>
+      </c>
+      <c r="C579" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D579" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E579" s="5">
+        <v>40</v>
+      </c>
+      <c r="F579" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G579" s="5" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="580" spans="1:7">
+      <c r="A580" s="2"/>
+      <c r="C580" s="1"/>
+      <c r="E580" s="1"/>
+      <c r="F580" s="1"/>
+      <c r="G580" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">