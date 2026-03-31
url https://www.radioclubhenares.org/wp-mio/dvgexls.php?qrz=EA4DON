--- v2 (2026-02-08)
+++ v3 (2026-03-31)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="854">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="857">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4DON</t>
   </si>
   <si>
-    <t>369 Referencias DVGE - 574 QSO encontrados - 327 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1824 (09-02-2026 00:30)</t>
+    <t>370 Referencias DVGE - 575 QSO encontrados - 328 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1824 (31-03-2026 13:03)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5IIC</t>
   </si>
@@ -2355,50 +2355,59 @@
     <t>VGTE-174</t>
   </si>
   <si>
     <t>VGTE-179</t>
   </si>
   <si>
     <t>24/05/2021</t>
   </si>
   <si>
     <t>VGTE-190</t>
   </si>
   <si>
     <t>21/05/2021</t>
   </si>
   <si>
     <t>VGTE-199</t>
   </si>
   <si>
     <t>VGTE-274</t>
   </si>
   <si>
     <t>VGTF-100</t>
   </si>
   <si>
     <t>13/03/2020</t>
+  </si>
+  <si>
+    <t>EA8AA</t>
+  </si>
+  <si>
+    <t>VGTF-111</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
   </si>
   <si>
     <t>EA5RKE/P</t>
   </si>
   <si>
     <t>VGV-004</t>
   </si>
   <si>
     <t>15/11/2020</t>
   </si>
   <si>
     <t>EA5Q</t>
   </si>
   <si>
     <t>VGV-064</t>
   </si>
   <si>
     <t>08/06/2024</t>
   </si>
   <si>
     <t>EA5URT</t>
   </si>
   <si>
     <t>VGV-086</t>
   </si>
@@ -3031,51 +3040,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G580"/>
+  <dimension ref="A1:G581"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -14718,1635 +14727,1658 @@
       </c>
       <c r="C510" s="5">
         <v>38036</v>
       </c>
       <c r="D510" s="4" t="s">
         <v>24</v>
       </c>
       <c r="E510" s="5">
         <v>20</v>
       </c>
       <c r="F510" s="5" t="s">
         <v>38</v>
       </c>
       <c r="G510" s="5" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" s="3" t="s">
         <v>781</v>
       </c>
       <c r="B511" s="4" t="s">
         <v>782</v>
       </c>
       <c r="C511" s="5">
-        <v>46004</v>
+        <v>38038</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E511" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F511" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G511" s="5" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" s="3" t="s">
         <v>784</v>
       </c>
       <c r="B512" s="4" t="s">
         <v>785</v>
       </c>
       <c r="C512" s="5">
-        <v>46106</v>
+        <v>46004</v>
       </c>
       <c r="D512" s="4" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="E512" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F512" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G512" s="5" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" s="3" t="s">
         <v>787</v>
       </c>
       <c r="B513" s="4" t="s">
         <v>788</v>
       </c>
       <c r="C513" s="5">
-        <v>46099</v>
+        <v>46106</v>
       </c>
       <c r="D513" s="4" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E513" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F513" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G513" s="5" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" s="3" t="s">
-        <v>26</v>
+        <v>790</v>
       </c>
       <c r="B514" s="4" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C514" s="5">
-        <v>46128</v>
+        <v>46099</v>
       </c>
       <c r="D514" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E514" s="5">
         <v>40</v>
       </c>
       <c r="F514" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G514" s="5" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" s="3" t="s">
-        <v>781</v>
+        <v>26</v>
       </c>
       <c r="B515" s="4" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C515" s="5">
-        <v>46170</v>
+        <v>46128</v>
       </c>
       <c r="D515" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E515" s="5">
         <v>40</v>
       </c>
       <c r="F515" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G515" s="5" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" s="3" t="s">
-        <v>26</v>
+        <v>784</v>
       </c>
       <c r="B516" s="4" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C516" s="5">
         <v>46170</v>
       </c>
       <c r="D516" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E516" s="5">
         <v>40</v>
       </c>
       <c r="F516" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G516" s="5" t="s">
-        <v>384</v>
+        <v>796</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" s="3" t="s">
-        <v>795</v>
+        <v>26</v>
       </c>
       <c r="B517" s="4" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C517" s="5">
-        <v>46181</v>
+        <v>46170</v>
       </c>
       <c r="D517" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E517" s="5">
         <v>40</v>
       </c>
       <c r="F517" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G517" s="5" t="s">
-        <v>797</v>
+        <v>384</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" s="3" t="s">
-        <v>26</v>
+        <v>798</v>
       </c>
       <c r="B518" s="4" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C518" s="5">
-        <v>46184</v>
+        <v>46181</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="5">
         <v>40</v>
       </c>
       <c r="F518" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="G518" s="5" t="s">
-        <v>161</v>
+        <v>800</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" s="3" t="s">
-        <v>799</v>
+        <v>26</v>
       </c>
       <c r="B519" s="4" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C519" s="5">
-        <v>46232</v>
+        <v>46184</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E519" s="5">
         <v>40</v>
       </c>
       <c r="F519" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G519" s="5" t="s">
-        <v>711</v>
+        <v>161</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" s="3" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="B520" s="4" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C520" s="5">
-        <v>46244</v>
+        <v>46232</v>
       </c>
       <c r="D520" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E520" s="5">
         <v>40</v>
       </c>
       <c r="F520" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G520" s="5" t="s">
-        <v>803</v>
+        <v>711</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" s="3" t="s">
-        <v>34</v>
+        <v>804</v>
       </c>
       <c r="B521" s="4" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C521" s="5">
-        <v>46145</v>
+        <v>46244</v>
       </c>
       <c r="D521" s="4" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="E521" s="5">
         <v>40</v>
       </c>
       <c r="F521" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G521" s="5" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" s="3" t="s">
-        <v>226</v>
+        <v>34</v>
       </c>
       <c r="B522" s="4" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C522" s="5">
-        <v>47034</v>
+        <v>46145</v>
       </c>
       <c r="D522" s="4" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E522" s="5">
         <v>40</v>
       </c>
       <c r="F522" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G522" s="5" t="s">
-        <v>703</v>
+        <v>808</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" s="3" t="s">
-        <v>715</v>
+        <v>226</v>
       </c>
       <c r="B523" s="4" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="C523" s="5">
-        <v>47045</v>
+        <v>47034</v>
       </c>
       <c r="D523" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E523" s="5">
         <v>40</v>
       </c>
       <c r="F523" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G523" s="5" t="s">
-        <v>237</v>
+        <v>703</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" s="3" t="s">
-        <v>109</v>
+        <v>715</v>
       </c>
       <c r="B524" s="4" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="C524" s="5">
-        <v>47124</v>
+        <v>47045</v>
       </c>
       <c r="D524" s="4" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="E524" s="5">
         <v>40</v>
       </c>
       <c r="F524" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G524" s="5" t="s">
-        <v>809</v>
+        <v>237</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" s="3" t="s">
-        <v>214</v>
+        <v>109</v>
       </c>
       <c r="B525" s="4" t="s">
-        <v>810</v>
-[...1 lines deleted...]
-      <c r="C525" s="5" t="s">
         <v>811</v>
       </c>
+      <c r="C525" s="5">
+        <v>47124</v>
+      </c>
       <c r="D525" s="4" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="E525" s="5">
         <v>40</v>
       </c>
       <c r="F525" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G525" s="5" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="B526" s="4" t="s">
         <v>813</v>
       </c>
-      <c r="B526" s="4" t="s">
+      <c r="C526" s="5" t="s">
         <v>814</v>
       </c>
-      <c r="C526" s="5" t="s">
+      <c r="D526" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E526" s="5">
+        <v>40</v>
+      </c>
+      <c r="F526" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G526" s="5" t="s">
         <v>815</v>
-      </c>
-[...10 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" s="3" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B527" s="4" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C527" s="5" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D527" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E527" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F527" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G527" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" s="3" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B528" s="4" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C528" s="5" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D528" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E528" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F528" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G528" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" s="3" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B529" s="4" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C529" s="5" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D529" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E529" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F529" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G529" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" s="3" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B530" s="4" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C530" s="5" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E530" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F530" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G530" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" s="3" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B531" s="4" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C531" s="5" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E531" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F531" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G531" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" s="3" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B532" s="4" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C532" s="5" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E532" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F532" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G532" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" s="3" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B533" s="4" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C533" s="5" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D533" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E533" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F533" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G533" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" s="3" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B534" s="4" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C534" s="5" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E534" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F534" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G534" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" s="3" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B535" s="4" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C535" s="5" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E535" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F535" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G535" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" s="3" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B536" s="4" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C536" s="5" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D536" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E536" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F536" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G536" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" s="3" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B537" s="4" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C537" s="5" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D537" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E537" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F537" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G537" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" s="3" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B538" s="4" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C538" s="5" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E538" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F538" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G538" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" s="3" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B539" s="4" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C539" s="5" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D539" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E539" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F539" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G539" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" s="3" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B540" s="4" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C540" s="5" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D540" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E540" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F540" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G540" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" s="3" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B541" s="4" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C541" s="5" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D541" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E541" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F541" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G541" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" s="3" t="s">
-        <v>188</v>
+        <v>816</v>
       </c>
       <c r="B542" s="4" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C542" s="5" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="D542" s="4" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="E542" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F542" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G542" s="5" t="s">
-        <v>818</v>
+        <v>86</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" s="3" t="s">
-        <v>99</v>
+        <v>188</v>
       </c>
       <c r="B543" s="4" t="s">
         <v>819</v>
       </c>
-      <c r="C543" s="5">
-        <v>50028</v>
+      <c r="C543" s="5" t="s">
+        <v>820</v>
       </c>
       <c r="D543" s="4" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E543" s="5">
         <v>40</v>
       </c>
       <c r="F543" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G543" s="5" t="s">
-        <v>33</v>
+        <v>821</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B544" s="4" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="C544" s="5">
-        <v>50153</v>
+        <v>50028</v>
       </c>
       <c r="D544" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E544" s="5">
         <v>40</v>
       </c>
       <c r="F544" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G544" s="5" t="s">
-        <v>365</v>
+        <v>33</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" s="3" t="s">
-        <v>759</v>
+        <v>99</v>
       </c>
       <c r="B545" s="4" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="C545" s="5">
-        <v>50182</v>
+        <v>50153</v>
       </c>
       <c r="D545" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E545" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F545" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G545" s="5" t="s">
-        <v>86</v>
+        <v>365</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B546" s="4" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C546" s="5">
         <v>50182</v>
       </c>
       <c r="D546" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E546" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F546" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G546" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B547" s="4" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C547" s="5">
         <v>50182</v>
       </c>
       <c r="D547" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E547" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F547" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G547" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B548" s="4" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C548" s="5">
         <v>50182</v>
       </c>
       <c r="D548" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E548" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F548" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G548" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B549" s="4" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C549" s="5">
         <v>50182</v>
       </c>
       <c r="D549" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E549" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F549" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G549" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B550" s="4" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C550" s="5">
         <v>50182</v>
       </c>
       <c r="D550" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E550" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F550" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G550" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B551" s="4" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C551" s="5">
         <v>50182</v>
       </c>
       <c r="D551" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E551" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F551" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G551" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B552" s="4" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C552" s="5">
         <v>50182</v>
       </c>
       <c r="D552" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E552" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F552" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G552" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B553" s="4" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C553" s="5">
         <v>50182</v>
       </c>
       <c r="D553" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E553" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F553" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G553" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B554" s="4" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C554" s="5">
         <v>50182</v>
       </c>
       <c r="D554" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E554" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F554" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G554" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B555" s="4" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C555" s="5">
         <v>50182</v>
       </c>
       <c r="D555" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E555" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F555" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G555" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B556" s="4" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C556" s="5">
         <v>50182</v>
       </c>
       <c r="D556" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E556" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F556" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G556" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B557" s="4" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C557" s="5">
         <v>50182</v>
       </c>
       <c r="D557" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E557" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F557" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G557" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B558" s="4" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C558" s="5">
         <v>50182</v>
       </c>
       <c r="D558" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E558" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F558" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G558" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B559" s="4" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C559" s="5">
         <v>50182</v>
       </c>
       <c r="D559" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E559" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F559" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G559" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B560" s="4" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C560" s="5">
         <v>50182</v>
       </c>
       <c r="D560" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E560" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F560" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G560" s="5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" s="3" t="s">
-        <v>715</v>
+        <v>759</v>
       </c>
       <c r="B561" s="4" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="C561" s="5">
-        <v>49005</v>
+        <v>50182</v>
       </c>
       <c r="D561" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E561" s="5">
         <v>40</v>
       </c>
       <c r="F561" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G561" s="5" t="s">
-        <v>365</v>
+        <v>86</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" s="3" t="s">
-        <v>823</v>
+        <v>715</v>
       </c>
       <c r="B562" s="4" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C562" s="5">
-        <v>49022</v>
+        <v>49005</v>
       </c>
       <c r="D562" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E562" s="5">
         <v>40</v>
       </c>
       <c r="F562" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G562" s="5" t="s">
-        <v>260</v>
+        <v>365</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" s="3" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B563" s="4" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="C563" s="5">
-        <v>49036</v>
+        <v>49022</v>
       </c>
       <c r="D563" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E563" s="5">
         <v>40</v>
       </c>
       <c r="F563" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G563" s="5" t="s">
-        <v>162</v>
+        <v>260</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" s="3" t="s">
-        <v>715</v>
+        <v>828</v>
       </c>
       <c r="B564" s="4" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="C564" s="5">
-        <v>49037</v>
+        <v>49036</v>
       </c>
       <c r="D564" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E564" s="5">
         <v>40</v>
       </c>
       <c r="F564" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G564" s="5" t="s">
-        <v>365</v>
+        <v>162</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" s="3" t="s">
-        <v>823</v>
+        <v>715</v>
       </c>
       <c r="B565" s="4" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="C565" s="5">
-        <v>49042</v>
+        <v>49037</v>
       </c>
       <c r="D565" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E565" s="5">
         <v>40</v>
       </c>
       <c r="F565" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G565" s="5" t="s">
-        <v>330</v>
+        <v>365</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" s="3" t="s">
-        <v>252</v>
+        <v>826</v>
       </c>
       <c r="B566" s="4" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="C566" s="5">
-        <v>49062</v>
+        <v>49042</v>
       </c>
       <c r="D566" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E566" s="5">
         <v>40</v>
       </c>
       <c r="F566" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G566" s="5" t="s">
-        <v>211</v>
+        <v>330</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" s="3" t="s">
-        <v>830</v>
+        <v>252</v>
       </c>
       <c r="B567" s="4" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C567" s="5">
-        <v>49069</v>
+        <v>49062</v>
       </c>
       <c r="D567" s="4" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="E567" s="5">
         <v>40</v>
       </c>
       <c r="F567" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G567" s="5" t="s">
-        <v>832</v>
+        <v>211</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" s="3" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="B568" s="4" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C568" s="5">
-        <v>49071</v>
+        <v>49069</v>
       </c>
       <c r="D568" s="4" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E568" s="5">
         <v>40</v>
       </c>
       <c r="F568" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G568" s="5" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" s="3" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="B569" s="4" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C569" s="5">
-        <v>49102</v>
+        <v>49071</v>
       </c>
       <c r="D569" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E569" s="5">
         <v>40</v>
       </c>
       <c r="F569" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G569" s="5" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" s="3" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B570" s="4" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C570" s="5">
-        <v>49104</v>
+        <v>49102</v>
       </c>
       <c r="D570" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E570" s="5">
         <v>40</v>
       </c>
       <c r="F570" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G570" s="5" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" s="3" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="B571" s="4" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C571" s="5">
-        <v>49145</v>
+        <v>49104</v>
       </c>
       <c r="D571" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E571" s="5">
         <v>40</v>
       </c>
       <c r="F571" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G571" s="5" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" s="3" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="B572" s="4" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C572" s="5">
-        <v>49153</v>
+        <v>49145</v>
       </c>
       <c r="D572" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E572" s="5">
         <v>40</v>
       </c>
       <c r="F572" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G572" s="5" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" s="3" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="B573" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C573" s="5">
-        <v>49155</v>
+        <v>49153</v>
       </c>
       <c r="D573" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E573" s="5">
         <v>40</v>
       </c>
       <c r="F573" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G573" s="5" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" s="3" t="s">
-        <v>715</v>
+        <v>826</v>
       </c>
       <c r="B574" s="4" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="C574" s="5">
-        <v>49165</v>
+        <v>49155</v>
       </c>
       <c r="D574" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E574" s="5">
         <v>40</v>
       </c>
       <c r="F574" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G574" s="5" t="s">
-        <v>90</v>
+        <v>847</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" s="3" t="s">
-        <v>825</v>
+        <v>715</v>
       </c>
       <c r="B575" s="4" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="C575" s="5">
-        <v>49184</v>
+        <v>49165</v>
       </c>
       <c r="D575" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E575" s="5">
         <v>40</v>
       </c>
       <c r="F575" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G575" s="5" t="s">
-        <v>847</v>
+        <v>90</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" s="3" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="B576" s="4" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C576" s="5">
-        <v>49208</v>
+        <v>49184</v>
       </c>
       <c r="D576" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E576" s="5">
         <v>40</v>
       </c>
       <c r="F576" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G576" s="5" t="s">
-        <v>16</v>
+        <v>850</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" s="3" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="B577" s="4" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C577" s="5">
-        <v>49202</v>
+        <v>49208</v>
       </c>
       <c r="D577" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E577" s="5">
         <v>40</v>
       </c>
       <c r="F577" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G577" s="5" t="s">
-        <v>415</v>
+        <v>16</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" s="3" t="s">
-        <v>715</v>
+        <v>826</v>
       </c>
       <c r="B578" s="4" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="C578" s="5">
-        <v>49225</v>
+        <v>49202</v>
       </c>
       <c r="D578" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E578" s="5">
         <v>40</v>
       </c>
       <c r="F578" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G578" s="5" t="s">
-        <v>851</v>
+        <v>415</v>
       </c>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" s="3" t="s">
-        <v>823</v>
+        <v>715</v>
       </c>
       <c r="B579" s="4" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="C579" s="5">
+        <v>49225</v>
+      </c>
+      <c r="D579" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E579" s="5">
+        <v>40</v>
+      </c>
+      <c r="F579" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G579" s="5" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="580" spans="1:7">
+      <c r="A580" s="3" t="s">
+        <v>826</v>
+      </c>
+      <c r="B580" s="4" t="s">
+        <v>855</v>
+      </c>
+      <c r="C580" s="5">
         <v>49275</v>
       </c>
-      <c r="D579" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G580" s="1"/>
+      <c r="D580" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E580" s="5">
+        <v>40</v>
+      </c>
+      <c r="F580" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G580" s="5" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="581" spans="1:7">
+      <c r="A581" s="2"/>
+      <c r="C581" s="1"/>
+      <c r="E581" s="1"/>
+      <c r="F581" s="1"/>
+      <c r="G581" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">