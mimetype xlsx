--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2293">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4EKU</t>
   </si>
   <si>
-    <t>1.029 Referencias DVGE - 1.145 QSO encontrados - 872 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #914 (25-10-2025 20:30)</t>
+    <t>1.030 Referencias DVGE - 1.146 QSO encontrados - 873 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #914 (10-12-2025 20:24)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5GPC/M</t>
   </si>
@@ -6162,50 +6162,59 @@
     <t>VGV-090</t>
   </si>
   <si>
     <t>EA5SPE/P</t>
   </si>
   <si>
     <t>VGV-097</t>
   </si>
   <si>
     <t>EA4AAQ/5</t>
   </si>
   <si>
     <t>VGV-104</t>
   </si>
   <si>
     <t>VGV-105</t>
   </si>
   <si>
     <t>VGV-136</t>
   </si>
   <si>
     <t>VGV-144</t>
   </si>
   <si>
     <t>26/12/2022</t>
+  </si>
+  <si>
+    <t>EB5URT</t>
+  </si>
+  <si>
+    <t>VGV-151</t>
+  </si>
+  <si>
+    <t>09/11/2025</t>
   </si>
   <si>
     <t>EB5IPG/P</t>
   </si>
   <si>
     <t>VGV-169</t>
   </si>
   <si>
     <t>VGV-179</t>
   </si>
   <si>
     <t>04/03/2012</t>
   </si>
   <si>
     <t>EA5ER/QRP</t>
   </si>
   <si>
     <t>VGV-190</t>
   </si>
   <si>
     <t>27/03/2011</t>
   </si>
   <si>
     <t>VGV-196</t>
   </si>
@@ -7339,51 +7348,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1151"/>
+  <dimension ref="A1:G1152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -30319,603 +30328,603 @@
       </c>
       <c r="C1001" s="5">
         <v>46184</v>
       </c>
       <c r="D1001" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1001" s="5">
         <v>40</v>
       </c>
       <c r="F1001" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1001" s="5" t="s">
         <v>2049</v>
       </c>
     </row>
     <row r="1002" spans="1:7">
       <c r="A1002" s="3" t="s">
         <v>2050</v>
       </c>
       <c r="B1002" s="4" t="s">
         <v>2051</v>
       </c>
       <c r="C1002" s="5">
-        <v>46213</v>
+        <v>46202</v>
       </c>
       <c r="D1002" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1002" s="5">
         <v>40</v>
       </c>
       <c r="F1002" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1002" s="5" t="s">
-        <v>35</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="1003" spans="1:7">
       <c r="A1003" s="3" t="s">
-        <v>1425</v>
+        <v>2053</v>
       </c>
       <c r="B1003" s="4" t="s">
-        <v>2052</v>
+        <v>2054</v>
       </c>
       <c r="C1003" s="5">
-        <v>46214</v>
+        <v>46213</v>
       </c>
       <c r="D1003" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1003" s="5">
         <v>40</v>
       </c>
       <c r="F1003" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1003" s="5" t="s">
-        <v>2053</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1004" spans="1:7">
       <c r="A1004" s="3" t="s">
-        <v>2054</v>
+        <v>1425</v>
       </c>
       <c r="B1004" s="4" t="s">
         <v>2055</v>
       </c>
       <c r="C1004" s="5">
-        <v>46231</v>
+        <v>46214</v>
       </c>
       <c r="D1004" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1004" s="5">
         <v>40</v>
       </c>
       <c r="F1004" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1004" s="5" t="s">
         <v>2056</v>
       </c>
     </row>
     <row r="1005" spans="1:7">
       <c r="A1005" s="3" t="s">
-        <v>77</v>
+        <v>2057</v>
       </c>
       <c r="B1005" s="4" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="C1005" s="5">
-        <v>46235</v>
+        <v>46231</v>
       </c>
       <c r="D1005" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1005" s="5">
         <v>40</v>
       </c>
       <c r="F1005" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1005" s="5" t="s">
-        <v>942</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="1006" spans="1:7">
       <c r="A1006" s="3" t="s">
-        <v>99</v>
+        <v>77</v>
       </c>
       <c r="B1006" s="4" t="s">
-        <v>2058</v>
+        <v>2060</v>
       </c>
       <c r="C1006" s="5">
-        <v>46238</v>
+        <v>46235</v>
       </c>
       <c r="D1006" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1006" s="5">
         <v>40</v>
       </c>
       <c r="F1006" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1006" s="5" t="s">
-        <v>2059</v>
+        <v>942</v>
       </c>
     </row>
     <row r="1007" spans="1:7">
       <c r="A1007" s="3" t="s">
-        <v>2060</v>
+        <v>99</v>
       </c>
       <c r="B1007" s="4" t="s">
         <v>2061</v>
       </c>
       <c r="C1007" s="5">
-        <v>46250</v>
+        <v>46238</v>
       </c>
       <c r="D1007" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1007" s="5">
         <v>40</v>
       </c>
       <c r="F1007" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1007" s="5" t="s">
-        <v>35</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="1008" spans="1:7">
       <c r="A1008" s="3" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="B1008" s="4" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="C1008" s="5">
-        <v>46256</v>
+        <v>46250</v>
       </c>
       <c r="D1008" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1008" s="5">
         <v>40</v>
       </c>
       <c r="F1008" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1008" s="5" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1009" spans="1:7">
       <c r="A1009" s="3" t="s">
-        <v>77</v>
+        <v>2065</v>
       </c>
       <c r="B1009" s="4" t="s">
-        <v>2064</v>
+        <v>2066</v>
       </c>
       <c r="C1009" s="5">
-        <v>46146</v>
+        <v>46256</v>
       </c>
       <c r="D1009" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1009" s="5">
         <v>40</v>
       </c>
       <c r="F1009" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1009" s="5" t="s">
-        <v>1024</v>
+        <v>63</v>
       </c>
     </row>
     <row r="1010" spans="1:7">
       <c r="A1010" s="3" t="s">
-        <v>2038</v>
+        <v>77</v>
       </c>
       <c r="B1010" s="4" t="s">
-        <v>2065</v>
+        <v>2067</v>
       </c>
       <c r="C1010" s="5">
-        <v>46902</v>
+        <v>46146</v>
       </c>
       <c r="D1010" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1010" s="5">
         <v>40</v>
       </c>
       <c r="F1010" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1010" s="5" t="s">
-        <v>2066</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="1011" spans="1:7">
       <c r="A1011" s="3" t="s">
-        <v>519</v>
+        <v>2038</v>
       </c>
       <c r="B1011" s="4" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="C1011" s="5">
-        <v>47030</v>
+        <v>46902</v>
       </c>
       <c r="D1011" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1011" s="5">
         <v>40</v>
       </c>
       <c r="F1011" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1011" s="5" t="s">
-        <v>1470</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="1012" spans="1:7">
       <c r="A1012" s="3" t="s">
         <v>519</v>
       </c>
       <c r="B1012" s="4" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
       <c r="C1012" s="5">
         <v>47030</v>
       </c>
       <c r="D1012" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1012" s="5">
         <v>40</v>
       </c>
       <c r="F1012" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1012" s="5" t="s">
-        <v>2069</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="1013" spans="1:7">
       <c r="A1013" s="3" t="s">
-        <v>549</v>
+        <v>519</v>
       </c>
       <c r="B1013" s="4" t="s">
-        <v>2070</v>
+        <v>2071</v>
       </c>
       <c r="C1013" s="5">
-        <v>47045</v>
+        <v>47030</v>
       </c>
       <c r="D1013" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1013" s="5">
         <v>40</v>
       </c>
       <c r="F1013" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1013" s="5" t="s">
-        <v>2071</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="1014" spans="1:7">
       <c r="A1014" s="3" t="s">
-        <v>2072</v>
+        <v>549</v>
       </c>
       <c r="B1014" s="4" t="s">
         <v>2073</v>
       </c>
       <c r="C1014" s="5">
-        <v>47086</v>
+        <v>47045</v>
       </c>
       <c r="D1014" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1014" s="5">
         <v>40</v>
       </c>
       <c r="F1014" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1014" s="5" t="s">
         <v>2074</v>
       </c>
     </row>
     <row r="1015" spans="1:7">
       <c r="A1015" s="3" t="s">
-        <v>513</v>
+        <v>2075</v>
       </c>
       <c r="B1015" s="4" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="C1015" s="5">
-        <v>47101</v>
+        <v>47086</v>
       </c>
       <c r="D1015" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1015" s="5">
         <v>40</v>
       </c>
       <c r="F1015" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1015" s="5" t="s">
-        <v>2076</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="1016" spans="1:7">
       <c r="A1016" s="3" t="s">
-        <v>1328</v>
+        <v>513</v>
       </c>
       <c r="B1016" s="4" t="s">
-        <v>2077</v>
+        <v>2078</v>
       </c>
       <c r="C1016" s="5">
-        <v>47104</v>
+        <v>47101</v>
       </c>
       <c r="D1016" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1016" s="5">
         <v>40</v>
       </c>
       <c r="F1016" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1016" s="5" t="s">
-        <v>1605</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="1017" spans="1:7">
       <c r="A1017" s="3" t="s">
-        <v>2078</v>
+        <v>1328</v>
       </c>
       <c r="B1017" s="4" t="s">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="C1017" s="5">
-        <v>47109</v>
+        <v>47104</v>
       </c>
       <c r="D1017" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1017" s="5">
         <v>40</v>
       </c>
       <c r="F1017" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1017" s="5" t="s">
-        <v>2080</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="1018" spans="1:7">
       <c r="A1018" s="3" t="s">
-        <v>541</v>
+        <v>2081</v>
       </c>
       <c r="B1018" s="4" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
       <c r="C1018" s="5">
-        <v>47124</v>
+        <v>47109</v>
       </c>
       <c r="D1018" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1018" s="5">
         <v>40</v>
       </c>
       <c r="F1018" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1018" s="5" t="s">
-        <v>340</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="1019" spans="1:7">
       <c r="A1019" s="3" t="s">
-        <v>1815</v>
+        <v>541</v>
       </c>
       <c r="B1019" s="4" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="C1019" s="5">
-        <v>47139</v>
+        <v>47124</v>
       </c>
       <c r="D1019" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1019" s="5">
         <v>40</v>
       </c>
       <c r="F1019" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1019" s="5" t="s">
-        <v>441</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1020" spans="1:7">
       <c r="A1020" s="3" t="s">
-        <v>1571</v>
+        <v>1815</v>
       </c>
       <c r="B1020" s="4" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="C1020" s="5">
-        <v>47144</v>
+        <v>47139</v>
       </c>
       <c r="D1020" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1020" s="5">
         <v>40</v>
       </c>
       <c r="F1020" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1020" s="5" t="s">
-        <v>474</v>
+        <v>441</v>
       </c>
     </row>
     <row r="1021" spans="1:7">
       <c r="A1021" s="3" t="s">
-        <v>2072</v>
+        <v>1571</v>
       </c>
       <c r="B1021" s="4" t="s">
-        <v>2084</v>
+        <v>2086</v>
       </c>
       <c r="C1021" s="5">
-        <v>47165</v>
+        <v>47144</v>
       </c>
       <c r="D1021" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1021" s="5">
         <v>40</v>
       </c>
       <c r="F1021" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1021" s="5" t="s">
-        <v>1378</v>
+        <v>474</v>
       </c>
     </row>
     <row r="1022" spans="1:7">
       <c r="A1022" s="3" t="s">
-        <v>519</v>
+        <v>2075</v>
       </c>
       <c r="B1022" s="4" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
       <c r="C1022" s="5">
-        <v>47172</v>
+        <v>47165</v>
       </c>
       <c r="D1022" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1022" s="5">
         <v>40</v>
       </c>
       <c r="F1022" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1022" s="5" t="s">
-        <v>2086</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="1023" spans="1:7">
       <c r="A1023" s="3" t="s">
-        <v>1606</v>
+        <v>519</v>
       </c>
       <c r="B1023" s="4" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
       <c r="C1023" s="5">
-        <v>47209</v>
+        <v>47172</v>
       </c>
       <c r="D1023" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1023" s="5">
         <v>40</v>
       </c>
       <c r="F1023" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1023" s="5" t="s">
-        <v>965</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="1024" spans="1:7">
       <c r="A1024" s="3" t="s">
-        <v>2072</v>
+        <v>1606</v>
       </c>
       <c r="B1024" s="4" t="s">
-        <v>2088</v>
+        <v>2090</v>
       </c>
       <c r="C1024" s="5">
-        <v>47216</v>
+        <v>47209</v>
       </c>
       <c r="D1024" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1024" s="5">
         <v>40</v>
       </c>
       <c r="F1024" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1024" s="5" t="s">
-        <v>2089</v>
+        <v>965</v>
       </c>
     </row>
     <row r="1025" spans="1:7">
       <c r="A1025" s="3" t="s">
-        <v>1571</v>
+        <v>2075</v>
       </c>
       <c r="B1025" s="4" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
       <c r="C1025" s="5">
-        <v>47130</v>
+        <v>47216</v>
       </c>
       <c r="D1025" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1025" s="5">
         <v>40</v>
       </c>
       <c r="F1025" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1025" s="5" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="1026" spans="1:7">
       <c r="A1026" s="3" t="s">
-        <v>428</v>
+        <v>1571</v>
       </c>
       <c r="B1026" s="4" t="s">
-        <v>2092</v>
-[...1 lines deleted...]
-      <c r="C1026" s="5" t="s">
         <v>2093</v>
+      </c>
+      <c r="C1026" s="5">
+        <v>47130</v>
       </c>
       <c r="D1026" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1026" s="5">
         <v>40</v>
       </c>
       <c r="F1026" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1026" s="5" t="s">
         <v>2094</v>
       </c>
     </row>
     <row r="1027" spans="1:7">
       <c r="A1027" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B1027" s="4" t="s">
         <v>2095</v>
       </c>
       <c r="C1027" s="5" t="s">
         <v>2096</v>
       </c>
       <c r="D1027" s="4" t="s">
@@ -30934,2860 +30943,2883 @@
     <row r="1028" spans="1:7">
       <c r="A1028" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B1028" s="4" t="s">
         <v>2098</v>
       </c>
       <c r="C1028" s="5" t="s">
         <v>2099</v>
       </c>
       <c r="D1028" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1028" s="5">
         <v>40</v>
       </c>
       <c r="F1028" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1028" s="5" t="s">
         <v>2100</v>
       </c>
     </row>
     <row r="1029" spans="1:7">
       <c r="A1029" s="3" t="s">
-        <v>439</v>
+        <v>428</v>
       </c>
       <c r="B1029" s="4" t="s">
         <v>2101</v>
       </c>
       <c r="C1029" s="5" t="s">
         <v>2102</v>
       </c>
       <c r="D1029" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1029" s="5">
         <v>40</v>
       </c>
       <c r="F1029" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1029" s="5" t="s">
         <v>2103</v>
       </c>
     </row>
     <row r="1030" spans="1:7">
       <c r="A1030" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="B1030" s="4" t="s">
         <v>2104</v>
       </c>
-      <c r="B1030" s="4" t="s">
+      <c r="C1030" s="5" t="s">
         <v>2105</v>
       </c>
-      <c r="C1030" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1030" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1030" s="5">
         <v>40</v>
       </c>
       <c r="F1030" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1030" s="5" t="s">
-        <v>175</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="1031" spans="1:7">
       <c r="A1031" s="3" t="s">
-        <v>2106</v>
+        <v>2107</v>
       </c>
       <c r="B1031" s="4" t="s">
-        <v>2107</v>
+        <v>2108</v>
       </c>
       <c r="C1031" s="5" t="s">
-        <v>2108</v>
+        <v>2105</v>
       </c>
       <c r="D1031" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1031" s="5">
         <v>40</v>
       </c>
       <c r="F1031" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1031" s="5" t="s">
-        <v>516</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1032" spans="1:7">
       <c r="A1032" s="3" t="s">
-        <v>503</v>
+        <v>2109</v>
       </c>
       <c r="B1032" s="4" t="s">
-        <v>2109</v>
+        <v>2110</v>
       </c>
       <c r="C1032" s="5" t="s">
-        <v>2096</v>
+        <v>2111</v>
       </c>
       <c r="D1032" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1032" s="5">
         <v>40</v>
       </c>
       <c r="F1032" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1032" s="5" t="s">
-        <v>828</v>
+        <v>516</v>
       </c>
     </row>
     <row r="1033" spans="1:7">
       <c r="A1033" s="3" t="s">
-        <v>439</v>
+        <v>503</v>
       </c>
       <c r="B1033" s="4" t="s">
-        <v>2110</v>
+        <v>2112</v>
       </c>
       <c r="C1033" s="5" t="s">
-        <v>2111</v>
+        <v>2099</v>
       </c>
       <c r="D1033" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1033" s="5">
         <v>40</v>
       </c>
       <c r="F1033" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1033" s="5" t="s">
-        <v>1738</v>
+        <v>828</v>
       </c>
     </row>
     <row r="1034" spans="1:7">
       <c r="A1034" s="3" t="s">
         <v>439</v>
       </c>
       <c r="B1034" s="4" t="s">
-        <v>2112</v>
+        <v>2113</v>
       </c>
       <c r="C1034" s="5" t="s">
-        <v>2111</v>
+        <v>2114</v>
       </c>
       <c r="D1034" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1034" s="5">
         <v>40</v>
       </c>
       <c r="F1034" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1034" s="5" t="s">
-        <v>1338</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="1035" spans="1:7">
       <c r="A1035" s="3" t="s">
-        <v>2113</v>
+        <v>439</v>
       </c>
       <c r="B1035" s="4" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C1035" s="5" t="s">
         <v>2114</v>
       </c>
-      <c r="C1035" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1035" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1035" s="5">
         <v>40</v>
       </c>
       <c r="F1035" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1035" s="5" t="s">
-        <v>2116</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="1036" spans="1:7">
       <c r="A1036" s="3" t="s">
-        <v>428</v>
+        <v>2116</v>
       </c>
       <c r="B1036" s="4" t="s">
         <v>2117</v>
       </c>
       <c r="C1036" s="5" t="s">
         <v>2118</v>
       </c>
       <c r="D1036" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1036" s="5">
         <v>40</v>
       </c>
       <c r="F1036" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1036" s="5" t="s">
-        <v>1545</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="1037" spans="1:7">
       <c r="A1037" s="3" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="B1037" s="4" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="C1037" s="5" t="s">
-        <v>2118</v>
+        <v>2121</v>
       </c>
       <c r="D1037" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1037" s="5">
         <v>40</v>
       </c>
       <c r="F1037" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1037" s="5" t="s">
-        <v>1148</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="1038" spans="1:7">
       <c r="A1038" s="3" t="s">
-        <v>452</v>
+        <v>433</v>
       </c>
       <c r="B1038" s="4" t="s">
-        <v>2120</v>
+        <v>2122</v>
       </c>
       <c r="C1038" s="5" t="s">
-        <v>2118</v>
+        <v>2121</v>
       </c>
       <c r="D1038" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1038" s="5">
         <v>40</v>
       </c>
       <c r="F1038" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1038" s="5" t="s">
-        <v>2121</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="1039" spans="1:7">
       <c r="A1039" s="3" t="s">
-        <v>439</v>
+        <v>452</v>
       </c>
       <c r="B1039" s="4" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
       <c r="C1039" s="5" t="s">
-        <v>2123</v>
+        <v>2121</v>
       </c>
       <c r="D1039" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1039" s="5">
         <v>40</v>
       </c>
       <c r="F1039" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1039" s="5" t="s">
         <v>2124</v>
       </c>
     </row>
     <row r="1040" spans="1:7">
       <c r="A1040" s="3" t="s">
-        <v>428</v>
+        <v>439</v>
       </c>
       <c r="B1040" s="4" t="s">
         <v>2125</v>
       </c>
       <c r="C1040" s="5" t="s">
-        <v>2123</v>
+        <v>2126</v>
       </c>
       <c r="D1040" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1040" s="5">
         <v>40</v>
       </c>
       <c r="F1040" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1040" s="5" t="s">
-        <v>121</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="1041" spans="1:7">
       <c r="A1041" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="B1041" s="4" t="s">
+        <v>2128</v>
+      </c>
+      <c r="C1041" s="5" t="s">
         <v>2126</v>
       </c>
-      <c r="B1041" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1041" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1041" s="5">
         <v>40</v>
       </c>
       <c r="F1041" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1041" s="5" t="s">
-        <v>2129</v>
+        <v>121</v>
       </c>
     </row>
     <row r="1042" spans="1:7">
       <c r="A1042" s="3" t="s">
+        <v>2129</v>
+      </c>
+      <c r="B1042" s="4" t="s">
         <v>2130</v>
       </c>
-      <c r="B1042" s="4" t="s">
+      <c r="C1042" s="5" t="s">
         <v>2131</v>
       </c>
-      <c r="C1042" s="5" t="s">
+      <c r="D1042" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1042" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1042" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1042" s="5" t="s">
         <v>2132</v>
-      </c>
-[...10 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="1043" spans="1:7">
       <c r="A1043" s="3" t="s">
-        <v>439</v>
+        <v>2133</v>
       </c>
       <c r="B1043" s="4" t="s">
-        <v>2133</v>
+        <v>2134</v>
       </c>
       <c r="C1043" s="5" t="s">
-        <v>2134</v>
+        <v>2135</v>
       </c>
       <c r="D1043" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1043" s="5">
         <v>40</v>
       </c>
       <c r="F1043" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1043" s="5" t="s">
-        <v>1966</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1044" spans="1:7">
       <c r="A1044" s="3" t="s">
-        <v>1678</v>
+        <v>439</v>
       </c>
       <c r="B1044" s="4" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
       <c r="C1044" s="5" t="s">
-        <v>2099</v>
+        <v>2137</v>
       </c>
       <c r="D1044" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1044" s="5">
         <v>40</v>
       </c>
       <c r="F1044" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1044" s="5" t="s">
-        <v>2136</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="1045" spans="1:7">
       <c r="A1045" s="3" t="s">
-        <v>494</v>
+        <v>1678</v>
       </c>
       <c r="B1045" s="4" t="s">
-        <v>2137</v>
+        <v>2138</v>
       </c>
       <c r="C1045" s="5" t="s">
-        <v>2099</v>
+        <v>2102</v>
       </c>
       <c r="D1045" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1045" s="5">
         <v>40</v>
       </c>
       <c r="F1045" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1045" s="5" t="s">
-        <v>1015</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="1046" spans="1:7">
       <c r="A1046" s="3" t="s">
         <v>494</v>
       </c>
       <c r="B1046" s="4" t="s">
-        <v>2138</v>
+        <v>2140</v>
       </c>
       <c r="C1046" s="5" t="s">
-        <v>2099</v>
+        <v>2102</v>
       </c>
       <c r="D1046" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1046" s="5">
         <v>40</v>
       </c>
       <c r="F1046" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1046" s="5" t="s">
-        <v>1270</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="1047" spans="1:7">
       <c r="A1047" s="3" t="s">
-        <v>2139</v>
+        <v>494</v>
       </c>
       <c r="B1047" s="4" t="s">
-        <v>2140</v>
+        <v>2141</v>
       </c>
       <c r="C1047" s="5" t="s">
         <v>2102</v>
       </c>
       <c r="D1047" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1047" s="5">
         <v>40</v>
       </c>
       <c r="F1047" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1047" s="5" t="s">
-        <v>1812</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="1048" spans="1:7">
       <c r="A1048" s="3" t="s">
-        <v>1064</v>
+        <v>2142</v>
       </c>
       <c r="B1048" s="4" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="C1048" s="5" t="s">
-        <v>2102</v>
+        <v>2105</v>
       </c>
       <c r="D1048" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1048" s="5">
         <v>40</v>
       </c>
       <c r="F1048" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1048" s="5" t="s">
-        <v>697</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="1049" spans="1:7">
       <c r="A1049" s="3" t="s">
-        <v>2142</v>
+        <v>1064</v>
       </c>
       <c r="B1049" s="4" t="s">
-        <v>2143</v>
+        <v>2144</v>
       </c>
       <c r="C1049" s="5" t="s">
-        <v>2144</v>
+        <v>2105</v>
       </c>
       <c r="D1049" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1049" s="5">
         <v>40</v>
       </c>
       <c r="F1049" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1049" s="5" t="s">
-        <v>1104</v>
+        <v>697</v>
       </c>
     </row>
     <row r="1050" spans="1:7">
       <c r="A1050" s="3" t="s">
-        <v>2139</v>
+        <v>2145</v>
       </c>
       <c r="B1050" s="4" t="s">
-        <v>2145</v>
+        <v>2146</v>
       </c>
       <c r="C1050" s="5" t="s">
-        <v>2146</v>
+        <v>2147</v>
       </c>
       <c r="D1050" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1050" s="5">
         <v>40</v>
       </c>
       <c r="F1050" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1050" s="5" t="s">
-        <v>2147</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="1051" spans="1:7">
       <c r="A1051" s="3" t="s">
-        <v>1160</v>
+        <v>2142</v>
       </c>
       <c r="B1051" s="4" t="s">
         <v>2148</v>
       </c>
-      <c r="C1051" s="5">
-        <v>50004</v>
+      <c r="C1051" s="5" t="s">
+        <v>2149</v>
       </c>
       <c r="D1051" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1051" s="5">
         <v>40</v>
       </c>
       <c r="F1051" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1051" s="5" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="1052" spans="1:7">
       <c r="A1052" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1052" s="4" t="s">
-        <v>2150</v>
+        <v>2151</v>
       </c>
       <c r="C1052" s="5">
-        <v>50008</v>
+        <v>50004</v>
       </c>
       <c r="D1052" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1052" s="5">
         <v>40</v>
       </c>
       <c r="F1052" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1052" s="5" t="s">
-        <v>2151</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="1053" spans="1:7">
       <c r="A1053" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1053" s="4" t="s">
-        <v>2152</v>
+        <v>2153</v>
       </c>
       <c r="C1053" s="5">
-        <v>50013</v>
+        <v>50008</v>
       </c>
       <c r="D1053" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1053" s="5">
         <v>40</v>
       </c>
       <c r="F1053" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1053" s="5" t="s">
-        <v>2153</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="1054" spans="1:7">
       <c r="A1054" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1054" s="4" t="s">
-        <v>2154</v>
+        <v>2155</v>
       </c>
       <c r="C1054" s="5">
-        <v>50018</v>
+        <v>50013</v>
       </c>
       <c r="D1054" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1054" s="5">
         <v>40</v>
       </c>
       <c r="F1054" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1054" s="5" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="1055" spans="1:7">
       <c r="A1055" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1055" s="4" t="s">
-        <v>2154</v>
+        <v>2157</v>
       </c>
       <c r="C1055" s="5">
         <v>50018</v>
       </c>
       <c r="D1055" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1055" s="5">
         <v>40</v>
       </c>
       <c r="F1055" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1055" s="5" t="s">
-        <v>2156</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="1056" spans="1:7">
       <c r="A1056" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1056" s="4" t="s">
-        <v>2154</v>
+        <v>2157</v>
       </c>
       <c r="C1056" s="5">
         <v>50018</v>
       </c>
       <c r="D1056" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1056" s="5">
         <v>40</v>
       </c>
       <c r="F1056" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1056" s="5" t="s">
-        <v>2157</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="1057" spans="1:7">
       <c r="A1057" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1057" s="4" t="s">
-        <v>2158</v>
+        <v>2157</v>
       </c>
       <c r="C1057" s="5">
         <v>50018</v>
       </c>
       <c r="D1057" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1057" s="5">
         <v>40</v>
       </c>
       <c r="F1057" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1057" s="5" t="s">
-        <v>2159</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="1058" spans="1:7">
       <c r="A1058" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1058" s="4" t="s">
-        <v>2158</v>
+        <v>2161</v>
       </c>
       <c r="C1058" s="5">
         <v>50018</v>
       </c>
       <c r="D1058" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1058" s="5">
         <v>40</v>
       </c>
       <c r="F1058" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1058" s="5" t="s">
-        <v>2160</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="1059" spans="1:7">
       <c r="A1059" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1059" s="4" t="s">
         <v>2161</v>
       </c>
       <c r="C1059" s="5">
-        <v>50025</v>
+        <v>50018</v>
       </c>
       <c r="D1059" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1059" s="5">
         <v>40</v>
       </c>
       <c r="F1059" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1059" s="5" t="s">
-        <v>2162</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="1060" spans="1:7">
       <c r="A1060" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1060" s="4" t="s">
-        <v>2161</v>
+        <v>2164</v>
       </c>
       <c r="C1060" s="5">
         <v>50025</v>
       </c>
       <c r="D1060" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1060" s="5">
         <v>40</v>
       </c>
       <c r="F1060" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1060" s="5" t="s">
-        <v>2163</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="1061" spans="1:7">
       <c r="A1061" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1061" s="4" t="s">
-        <v>2161</v>
+        <v>2164</v>
       </c>
       <c r="C1061" s="5">
         <v>50025</v>
       </c>
       <c r="D1061" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1061" s="5">
         <v>40</v>
       </c>
       <c r="F1061" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1061" s="5" t="s">
-        <v>2164</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="1062" spans="1:7">
       <c r="A1062" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1062" s="4" t="s">
-        <v>2165</v>
+        <v>2164</v>
       </c>
       <c r="C1062" s="5">
-        <v>50027</v>
+        <v>50025</v>
       </c>
       <c r="D1062" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1062" s="5">
         <v>40</v>
       </c>
       <c r="F1062" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1062" s="5" t="s">
-        <v>2166</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="1063" spans="1:7">
       <c r="A1063" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1063" s="4" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
       <c r="C1063" s="5">
-        <v>50034</v>
+        <v>50027</v>
       </c>
       <c r="D1063" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1063" s="5">
         <v>40</v>
       </c>
       <c r="F1063" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1063" s="5" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="1064" spans="1:7">
       <c r="A1064" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1064" s="4" t="s">
-        <v>2169</v>
+        <v>2170</v>
       </c>
       <c r="C1064" s="5">
         <v>50034</v>
       </c>
       <c r="D1064" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1064" s="5">
         <v>40</v>
       </c>
       <c r="F1064" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1064" s="5" t="s">
-        <v>2170</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="1065" spans="1:7">
       <c r="A1065" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1065" s="4" t="s">
-        <v>2171</v>
+        <v>2172</v>
       </c>
       <c r="C1065" s="5">
-        <v>50067</v>
+        <v>50034</v>
       </c>
       <c r="D1065" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1065" s="5">
         <v>40</v>
       </c>
       <c r="F1065" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1065" s="5" t="s">
-        <v>2172</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="1066" spans="1:7">
       <c r="A1066" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1066" s="4" t="s">
-        <v>2171</v>
+        <v>2174</v>
       </c>
       <c r="C1066" s="5">
         <v>50067</v>
       </c>
       <c r="D1066" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1066" s="5">
         <v>40</v>
       </c>
       <c r="F1066" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1066" s="5" t="s">
-        <v>1036</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="1067" spans="1:7">
       <c r="A1067" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1067" s="4" t="s">
-        <v>2171</v>
+        <v>2174</v>
       </c>
       <c r="C1067" s="5">
         <v>50067</v>
       </c>
       <c r="D1067" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1067" s="5">
         <v>40</v>
       </c>
       <c r="F1067" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1067" s="5" t="s">
-        <v>2173</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="1068" spans="1:7">
       <c r="A1068" s="3" t="s">
-        <v>1048</v>
+        <v>1160</v>
       </c>
       <c r="B1068" s="4" t="s">
         <v>2174</v>
       </c>
       <c r="C1068" s="5">
-        <v>50068</v>
+        <v>50067</v>
       </c>
       <c r="D1068" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1068" s="5">
         <v>40</v>
       </c>
       <c r="F1068" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1068" s="5" t="s">
-        <v>2175</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="1069" spans="1:7">
       <c r="A1069" s="3" t="s">
-        <v>1160</v>
+        <v>1048</v>
       </c>
       <c r="B1069" s="4" t="s">
-        <v>2174</v>
+        <v>2177</v>
       </c>
       <c r="C1069" s="5">
         <v>50068</v>
       </c>
       <c r="D1069" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1069" s="5">
         <v>40</v>
       </c>
       <c r="F1069" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1069" s="5" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="1070" spans="1:7">
       <c r="A1070" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1070" s="4" t="s">
-        <v>2174</v>
+        <v>2177</v>
       </c>
       <c r="C1070" s="5">
         <v>50068</v>
       </c>
       <c r="D1070" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1070" s="5">
         <v>40</v>
       </c>
       <c r="F1070" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1070" s="5" t="s">
-        <v>2177</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="1071" spans="1:7">
       <c r="A1071" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1071" s="4" t="s">
-        <v>2174</v>
+        <v>2177</v>
       </c>
       <c r="C1071" s="5">
         <v>50068</v>
       </c>
       <c r="D1071" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1071" s="5">
         <v>40</v>
       </c>
       <c r="F1071" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1071" s="5" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="1072" spans="1:7">
       <c r="A1072" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1072" s="4" t="s">
-        <v>2174</v>
+        <v>2177</v>
       </c>
       <c r="C1072" s="5">
         <v>50068</v>
       </c>
       <c r="D1072" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1072" s="5">
         <v>40</v>
       </c>
       <c r="F1072" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1072" s="5" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="1073" spans="1:7">
       <c r="A1073" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1073" s="4" t="s">
-        <v>2174</v>
+        <v>2177</v>
       </c>
       <c r="C1073" s="5">
         <v>50068</v>
       </c>
       <c r="D1073" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1073" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F1073" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1073" s="5" t="s">
-        <v>2179</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="1074" spans="1:7">
       <c r="A1074" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1074" s="4" t="s">
-        <v>2174</v>
+        <v>2177</v>
       </c>
       <c r="C1074" s="5">
         <v>50068</v>
       </c>
       <c r="D1074" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1074" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F1074" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1074" s="5" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="1075" spans="1:7">
       <c r="A1075" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1075" s="4" t="s">
-        <v>2181</v>
+        <v>2177</v>
       </c>
       <c r="C1075" s="5">
-        <v>50073</v>
+        <v>50068</v>
       </c>
       <c r="D1075" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1075" s="5">
         <v>40</v>
       </c>
       <c r="F1075" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1075" s="5" t="s">
-        <v>2182</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="1076" spans="1:7">
       <c r="A1076" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1076" s="4" t="s">
-        <v>2183</v>
+        <v>2184</v>
       </c>
       <c r="C1076" s="5">
         <v>50073</v>
       </c>
       <c r="D1076" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1076" s="5">
         <v>40</v>
       </c>
       <c r="F1076" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1076" s="5" t="s">
-        <v>2184</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="1077" spans="1:7">
       <c r="A1077" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1077" s="4" t="s">
-        <v>2183</v>
+        <v>2186</v>
       </c>
       <c r="C1077" s="5">
         <v>50073</v>
       </c>
       <c r="D1077" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1077" s="5">
         <v>40</v>
       </c>
       <c r="F1077" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1077" s="5" t="s">
-        <v>2185</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="1078" spans="1:7">
       <c r="A1078" s="3" t="s">
-        <v>1022</v>
+        <v>1160</v>
       </c>
       <c r="B1078" s="4" t="s">
         <v>2186</v>
       </c>
       <c r="C1078" s="5">
-        <v>50074</v>
+        <v>50073</v>
       </c>
       <c r="D1078" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1078" s="5">
         <v>40</v>
       </c>
       <c r="F1078" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1078" s="5" t="s">
-        <v>443</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="1079" spans="1:7">
       <c r="A1079" s="3" t="s">
-        <v>1054</v>
+        <v>1022</v>
       </c>
       <c r="B1079" s="4" t="s">
-        <v>2187</v>
+        <v>2189</v>
       </c>
       <c r="C1079" s="5">
-        <v>50095</v>
+        <v>50074</v>
       </c>
       <c r="D1079" s="4" t="s">
-        <v>894</v>
+        <v>14</v>
       </c>
       <c r="E1079" s="5">
         <v>40</v>
       </c>
       <c r="F1079" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1079" s="5" t="s">
-        <v>2188</v>
+        <v>443</v>
       </c>
     </row>
     <row r="1080" spans="1:7">
       <c r="A1080" s="3" t="s">
-        <v>2189</v>
+        <v>1054</v>
       </c>
       <c r="B1080" s="4" t="s">
         <v>2190</v>
       </c>
       <c r="C1080" s="5">
         <v>50095</v>
       </c>
       <c r="D1080" s="4" t="s">
-        <v>14</v>
+        <v>894</v>
       </c>
       <c r="E1080" s="5">
         <v>40</v>
       </c>
       <c r="F1080" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1080" s="5" t="s">
-        <v>2004</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="1081" spans="1:7">
       <c r="A1081" s="3" t="s">
-        <v>1160</v>
+        <v>2192</v>
       </c>
       <c r="B1081" s="4" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="C1081" s="5">
-        <v>50099</v>
+        <v>50095</v>
       </c>
       <c r="D1081" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1081" s="5">
         <v>40</v>
       </c>
       <c r="F1081" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1081" s="5" t="s">
-        <v>880</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="1082" spans="1:7">
       <c r="A1082" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1082" s="4" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="C1082" s="5">
-        <v>50113</v>
+        <v>50099</v>
       </c>
       <c r="D1082" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1082" s="5">
         <v>40</v>
       </c>
       <c r="F1082" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1082" s="5" t="s">
-        <v>2193</v>
+        <v>880</v>
       </c>
     </row>
     <row r="1083" spans="1:7">
       <c r="A1083" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1083" s="4" t="s">
-        <v>2192</v>
+        <v>2195</v>
       </c>
       <c r="C1083" s="5">
         <v>50113</v>
       </c>
       <c r="D1083" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1083" s="5">
         <v>40</v>
       </c>
       <c r="F1083" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1083" s="5" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="1084" spans="1:7">
       <c r="A1084" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1084" s="4" t="s">
-        <v>2192</v>
+        <v>2195</v>
       </c>
       <c r="C1084" s="5">
         <v>50113</v>
       </c>
       <c r="D1084" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1084" s="5">
         <v>40</v>
       </c>
       <c r="F1084" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1084" s="5" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="1085" spans="1:7">
       <c r="A1085" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1085" s="4" t="s">
-        <v>2196</v>
+        <v>2195</v>
       </c>
       <c r="C1085" s="5">
-        <v>50114</v>
+        <v>50113</v>
       </c>
       <c r="D1085" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1085" s="5">
         <v>40</v>
       </c>
       <c r="F1085" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1085" s="5" t="s">
-        <v>2010</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="1086" spans="1:7">
       <c r="A1086" s="3" t="s">
-        <v>1935</v>
+        <v>1160</v>
       </c>
       <c r="B1086" s="4" t="s">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="C1086" s="5">
-        <v>50115</v>
+        <v>50114</v>
       </c>
       <c r="D1086" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1086" s="5">
         <v>40</v>
       </c>
       <c r="F1086" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1086" s="5" t="s">
-        <v>65</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="1087" spans="1:7">
       <c r="A1087" s="3" t="s">
-        <v>1160</v>
+        <v>1935</v>
       </c>
       <c r="B1087" s="4" t="s">
-        <v>2198</v>
+        <v>2200</v>
       </c>
       <c r="C1087" s="5">
-        <v>50118</v>
+        <v>50115</v>
       </c>
       <c r="D1087" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1087" s="5">
         <v>40</v>
       </c>
       <c r="F1087" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1087" s="5" t="s">
-        <v>2199</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1088" spans="1:7">
       <c r="A1088" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1088" s="4" t="s">
-        <v>2200</v>
+        <v>2201</v>
       </c>
       <c r="C1088" s="5">
-        <v>50120</v>
+        <v>50118</v>
       </c>
       <c r="D1088" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1088" s="5">
         <v>40</v>
       </c>
       <c r="F1088" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1088" s="5" t="s">
-        <v>2201</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="1089" spans="1:7">
       <c r="A1089" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1089" s="4" t="s">
-        <v>2202</v>
+        <v>2203</v>
       </c>
       <c r="C1089" s="5">
-        <v>50131</v>
+        <v>50120</v>
       </c>
       <c r="D1089" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1089" s="5">
         <v>40</v>
       </c>
       <c r="F1089" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1089" s="5" t="s">
-        <v>2203</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="1090" spans="1:7">
       <c r="A1090" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1090" s="4" t="s">
-        <v>2204</v>
+        <v>2205</v>
       </c>
       <c r="C1090" s="5">
-        <v>50147</v>
+        <v>50131</v>
       </c>
       <c r="D1090" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1090" s="5">
         <v>40</v>
       </c>
       <c r="F1090" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1090" s="5" t="s">
-        <v>16</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="1091" spans="1:7">
       <c r="A1091" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1091" s="4" t="s">
-        <v>2204</v>
+        <v>2207</v>
       </c>
       <c r="C1091" s="5">
         <v>50147</v>
       </c>
       <c r="D1091" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1091" s="5">
         <v>40</v>
       </c>
       <c r="F1091" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1091" s="5" t="s">
-        <v>332</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1092" spans="1:7">
       <c r="A1092" s="3" t="s">
-        <v>1935</v>
+        <v>1160</v>
       </c>
       <c r="B1092" s="4" t="s">
-        <v>2205</v>
+        <v>2207</v>
       </c>
       <c r="C1092" s="5">
-        <v>50154</v>
+        <v>50147</v>
       </c>
       <c r="D1092" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1092" s="5">
         <v>40</v>
       </c>
       <c r="F1092" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1092" s="5" t="s">
-        <v>35</v>
+        <v>332</v>
       </c>
     </row>
     <row r="1093" spans="1:7">
       <c r="A1093" s="3" t="s">
-        <v>1160</v>
+        <v>1935</v>
       </c>
       <c r="B1093" s="4" t="s">
-        <v>2206</v>
+        <v>2208</v>
       </c>
       <c r="C1093" s="5">
-        <v>50160</v>
+        <v>50154</v>
       </c>
       <c r="D1093" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1093" s="5">
         <v>40</v>
       </c>
       <c r="F1093" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1093" s="5" t="s">
-        <v>2207</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1094" spans="1:7">
       <c r="A1094" s="3" t="s">
-        <v>1034</v>
+        <v>1160</v>
       </c>
       <c r="B1094" s="4" t="s">
-        <v>2208</v>
+        <v>2209</v>
       </c>
       <c r="C1094" s="5">
-        <v>50165</v>
+        <v>50160</v>
       </c>
       <c r="D1094" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1094" s="5">
         <v>40</v>
       </c>
       <c r="F1094" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1094" s="5" t="s">
-        <v>2209</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="1095" spans="1:7">
       <c r="A1095" s="3" t="s">
-        <v>855</v>
+        <v>1034</v>
       </c>
       <c r="B1095" s="4" t="s">
-        <v>2210</v>
+        <v>2211</v>
       </c>
       <c r="C1095" s="5">
         <v>50165</v>
       </c>
       <c r="D1095" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1095" s="5">
         <v>40</v>
       </c>
       <c r="F1095" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1095" s="5" t="s">
-        <v>472</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="1096" spans="1:7">
       <c r="A1096" s="3" t="s">
-        <v>1160</v>
+        <v>855</v>
       </c>
       <c r="B1096" s="4" t="s">
-        <v>2211</v>
+        <v>2213</v>
       </c>
       <c r="C1096" s="5">
-        <v>50178</v>
+        <v>50165</v>
       </c>
       <c r="D1096" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1096" s="5">
         <v>40</v>
       </c>
       <c r="F1096" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1096" s="5" t="s">
-        <v>2212</v>
+        <v>472</v>
       </c>
     </row>
     <row r="1097" spans="1:7">
       <c r="A1097" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1097" s="4" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="C1097" s="5">
-        <v>50181</v>
+        <v>50178</v>
       </c>
       <c r="D1097" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1097" s="5">
         <v>40</v>
       </c>
       <c r="F1097" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1097" s="5" t="s">
-        <v>2214</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="1098" spans="1:7">
       <c r="A1098" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1098" s="4" t="s">
-        <v>2215</v>
+        <v>2216</v>
       </c>
       <c r="C1098" s="5">
         <v>50181</v>
       </c>
       <c r="D1098" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1098" s="5">
         <v>40</v>
       </c>
       <c r="F1098" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1098" s="5" t="s">
-        <v>2216</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="1099" spans="1:7">
       <c r="A1099" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1099" s="4" t="s">
-        <v>2217</v>
+        <v>2218</v>
       </c>
       <c r="C1099" s="5">
-        <v>50182</v>
+        <v>50181</v>
       </c>
       <c r="D1099" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1099" s="5">
         <v>40</v>
       </c>
       <c r="F1099" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1099" s="5" t="s">
-        <v>1201</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="1100" spans="1:7">
       <c r="A1100" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1100" s="4" t="s">
-        <v>2217</v>
+        <v>2220</v>
       </c>
       <c r="C1100" s="5">
         <v>50182</v>
       </c>
       <c r="D1100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1100" s="5">
         <v>40</v>
       </c>
       <c r="F1100" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1100" s="5" t="s">
-        <v>2218</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="1101" spans="1:7">
       <c r="A1101" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1101" s="4" t="s">
-        <v>2219</v>
+        <v>2220</v>
       </c>
       <c r="C1101" s="5">
         <v>50182</v>
       </c>
       <c r="D1101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1101" s="5">
         <v>40</v>
       </c>
       <c r="F1101" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1101" s="5" t="s">
-        <v>2220</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="1102" spans="1:7">
       <c r="A1102" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1102" s="4" t="s">
-        <v>2221</v>
+        <v>2222</v>
       </c>
       <c r="C1102" s="5">
         <v>50182</v>
       </c>
       <c r="D1102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1102" s="5">
         <v>40</v>
       </c>
       <c r="F1102" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1102" s="5" t="s">
-        <v>963</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="1103" spans="1:7">
       <c r="A1103" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1103" s="4" t="s">
-        <v>2221</v>
+        <v>2224</v>
       </c>
       <c r="C1103" s="5">
         <v>50182</v>
       </c>
       <c r="D1103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1103" s="5">
         <v>40</v>
       </c>
       <c r="F1103" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1103" s="5" t="s">
-        <v>2222</v>
+        <v>963</v>
       </c>
     </row>
     <row r="1104" spans="1:7">
       <c r="A1104" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1104" s="4" t="s">
-        <v>2221</v>
+        <v>2224</v>
       </c>
       <c r="C1104" s="5">
         <v>50182</v>
       </c>
       <c r="D1104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1104" s="5">
         <v>40</v>
       </c>
       <c r="F1104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1104" s="5" t="s">
-        <v>1202</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="1105" spans="1:7">
       <c r="A1105" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1105" s="4" t="s">
-        <v>2223</v>
+        <v>2224</v>
       </c>
       <c r="C1105" s="5">
         <v>50182</v>
       </c>
       <c r="D1105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1105" s="5">
         <v>40</v>
       </c>
       <c r="F1105" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1105" s="5" t="s">
-        <v>2224</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="1106" spans="1:7">
       <c r="A1106" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1106" s="4" t="s">
-        <v>2223</v>
+        <v>2226</v>
       </c>
       <c r="C1106" s="5">
         <v>50182</v>
       </c>
       <c r="D1106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1106" s="5">
         <v>40</v>
       </c>
       <c r="F1106" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1106" s="5" t="s">
-        <v>1499</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="1107" spans="1:7">
       <c r="A1107" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1107" s="4" t="s">
-        <v>2223</v>
+        <v>2226</v>
       </c>
       <c r="C1107" s="5">
         <v>50182</v>
       </c>
       <c r="D1107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1107" s="5">
         <v>40</v>
       </c>
       <c r="F1107" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1107" s="5" t="s">
-        <v>1237</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="1108" spans="1:7">
       <c r="A1108" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1108" s="4" t="s">
-        <v>2225</v>
+        <v>2226</v>
       </c>
       <c r="C1108" s="5">
         <v>50182</v>
       </c>
       <c r="D1108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1108" s="5">
         <v>40</v>
       </c>
       <c r="F1108" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1108" s="5" t="s">
-        <v>2226</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="1109" spans="1:7">
       <c r="A1109" s="3" t="s">
-        <v>384</v>
+        <v>1160</v>
       </c>
       <c r="B1109" s="4" t="s">
-        <v>2227</v>
+        <v>2228</v>
       </c>
       <c r="C1109" s="5">
-        <v>50189</v>
+        <v>50182</v>
       </c>
       <c r="D1109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1109" s="5">
         <v>40</v>
       </c>
       <c r="F1109" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1109" s="5" t="s">
-        <v>1998</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="1110" spans="1:7">
       <c r="A1110" s="3" t="s">
-        <v>1935</v>
+        <v>384</v>
       </c>
       <c r="B1110" s="4" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="C1110" s="5">
-        <v>50200</v>
+        <v>50189</v>
       </c>
       <c r="D1110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1110" s="5">
         <v>40</v>
       </c>
       <c r="F1110" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1110" s="5" t="s">
-        <v>667</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="1111" spans="1:7">
       <c r="A1111" s="3" t="s">
-        <v>1160</v>
+        <v>1935</v>
       </c>
       <c r="B1111" s="4" t="s">
-        <v>2229</v>
+        <v>2231</v>
       </c>
       <c r="C1111" s="5">
-        <v>50211</v>
+        <v>50200</v>
       </c>
       <c r="D1111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1111" s="5">
         <v>40</v>
       </c>
       <c r="F1111" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1111" s="5" t="s">
-        <v>2230</v>
+        <v>667</v>
       </c>
     </row>
     <row r="1112" spans="1:7">
       <c r="A1112" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1112" s="4" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="C1112" s="5">
         <v>50211</v>
       </c>
       <c r="D1112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1112" s="5">
         <v>40</v>
       </c>
       <c r="F1112" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1112" s="5" t="s">
-        <v>1439</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="1113" spans="1:7">
       <c r="A1113" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1113" s="4" t="s">
-        <v>2232</v>
+        <v>2234</v>
       </c>
       <c r="C1113" s="5">
-        <v>50225</v>
+        <v>50211</v>
       </c>
       <c r="D1113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1113" s="5">
         <v>40</v>
       </c>
       <c r="F1113" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1113" s="5" t="s">
-        <v>2233</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="1114" spans="1:7">
       <c r="A1114" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1114" s="4" t="s">
-        <v>2232</v>
+        <v>2235</v>
       </c>
       <c r="C1114" s="5">
         <v>50225</v>
       </c>
       <c r="D1114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1114" s="5">
         <v>40</v>
       </c>
       <c r="F1114" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1114" s="5" t="s">
-        <v>2234</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="1115" spans="1:7">
       <c r="A1115" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1115" s="4" t="s">
         <v>2235</v>
       </c>
       <c r="C1115" s="5">
-        <v>50228</v>
+        <v>50225</v>
       </c>
       <c r="D1115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1115" s="5">
         <v>40</v>
       </c>
       <c r="F1115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1115" s="5" t="s">
-        <v>317</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="1116" spans="1:7">
       <c r="A1116" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1116" s="4" t="s">
-        <v>2236</v>
+        <v>2238</v>
       </c>
       <c r="C1116" s="5">
-        <v>50243</v>
+        <v>50228</v>
       </c>
       <c r="D1116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1116" s="5">
         <v>40</v>
       </c>
       <c r="F1116" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1116" s="5" t="s">
-        <v>349</v>
+        <v>317</v>
       </c>
     </row>
     <row r="1117" spans="1:7">
       <c r="A1117" s="3" t="s">
-        <v>1054</v>
+        <v>1160</v>
       </c>
       <c r="B1117" s="4" t="s">
-        <v>2237</v>
+        <v>2239</v>
       </c>
       <c r="C1117" s="5">
-        <v>50252</v>
+        <v>50243</v>
       </c>
       <c r="D1117" s="4" t="s">
-        <v>894</v>
+        <v>14</v>
       </c>
       <c r="E1117" s="5">
         <v>40</v>
       </c>
       <c r="F1117" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1117" s="5" t="s">
-        <v>1029</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1118" spans="1:7">
       <c r="A1118" s="3" t="s">
-        <v>1160</v>
+        <v>1054</v>
       </c>
       <c r="B1118" s="4" t="s">
-        <v>2238</v>
+        <v>2240</v>
       </c>
       <c r="C1118" s="5">
         <v>50252</v>
       </c>
       <c r="D1118" s="4" t="s">
-        <v>14</v>
+        <v>894</v>
       </c>
       <c r="E1118" s="5">
         <v>40</v>
       </c>
       <c r="F1118" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1118" s="5" t="s">
-        <v>2239</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="1119" spans="1:7">
       <c r="A1119" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1119" s="4" t="s">
-        <v>2240</v>
+        <v>2241</v>
       </c>
       <c r="C1119" s="5">
-        <v>50259</v>
+        <v>50252</v>
       </c>
       <c r="D1119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1119" s="5">
         <v>40</v>
       </c>
       <c r="F1119" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1119" s="5" t="s">
-        <v>681</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="1120" spans="1:7">
       <c r="A1120" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1120" s="4" t="s">
-        <v>2241</v>
+        <v>2243</v>
       </c>
       <c r="C1120" s="5">
-        <v>50263</v>
+        <v>50259</v>
       </c>
       <c r="D1120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1120" s="5">
         <v>40</v>
       </c>
       <c r="F1120" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1120" s="5" t="s">
-        <v>2212</v>
+        <v>681</v>
       </c>
     </row>
     <row r="1121" spans="1:7">
       <c r="A1121" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1121" s="4" t="s">
-        <v>2242</v>
+        <v>2244</v>
       </c>
       <c r="C1121" s="5">
-        <v>50264</v>
+        <v>50263</v>
       </c>
       <c r="D1121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1121" s="5">
         <v>40</v>
       </c>
       <c r="F1121" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1121" s="5" t="s">
-        <v>2243</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="1122" spans="1:7">
       <c r="A1122" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1122" s="4" t="s">
-        <v>2242</v>
+        <v>2245</v>
       </c>
       <c r="C1122" s="5">
         <v>50264</v>
       </c>
       <c r="D1122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1122" s="5">
         <v>40</v>
       </c>
       <c r="F1122" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1122" s="5" t="s">
-        <v>2244</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="1123" spans="1:7">
       <c r="A1123" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="B1123" s="4" t="s">
         <v>2245</v>
       </c>
       <c r="C1123" s="5">
-        <v>50269</v>
+        <v>50264</v>
       </c>
       <c r="D1123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1123" s="5">
         <v>40</v>
       </c>
       <c r="F1123" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1123" s="5" t="s">
-        <v>815</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="1124" spans="1:7">
       <c r="A1124" s="3" t="s">
-        <v>1935</v>
+        <v>1160</v>
       </c>
       <c r="B1124" s="4" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
       <c r="C1124" s="5">
-        <v>50297</v>
+        <v>50269</v>
       </c>
       <c r="D1124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1124" s="5">
         <v>40</v>
       </c>
       <c r="F1124" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1124" s="5" t="s">
-        <v>1620</v>
+        <v>815</v>
       </c>
     </row>
     <row r="1125" spans="1:7">
       <c r="A1125" s="3" t="s">
         <v>1935</v>
       </c>
       <c r="B1125" s="4" t="s">
-        <v>2247</v>
+        <v>2249</v>
       </c>
       <c r="C1125" s="5">
         <v>50297</v>
       </c>
       <c r="D1125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1125" s="5">
         <v>40</v>
       </c>
       <c r="F1125" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1125" s="5" t="s">
-        <v>1499</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="1126" spans="1:7">
       <c r="A1126" s="3" t="s">
-        <v>2248</v>
+        <v>1935</v>
       </c>
       <c r="B1126" s="4" t="s">
-        <v>2249</v>
+        <v>2250</v>
       </c>
       <c r="C1126" s="5">
         <v>50297</v>
       </c>
       <c r="D1126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1126" s="5">
         <v>40</v>
       </c>
       <c r="F1126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1126" s="5" t="s">
-        <v>1532</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="1127" spans="1:7">
       <c r="A1127" s="3" t="s">
-        <v>513</v>
+        <v>2251</v>
       </c>
       <c r="B1127" s="4" t="s">
-        <v>2250</v>
+        <v>2252</v>
       </c>
       <c r="C1127" s="5">
-        <v>49038</v>
+        <v>50297</v>
       </c>
       <c r="D1127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1127" s="5">
         <v>40</v>
       </c>
       <c r="F1127" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1127" s="5" t="s">
-        <v>2251</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="1128" spans="1:7">
       <c r="A1128" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B1128" s="4" t="s">
-        <v>2252</v>
+        <v>2253</v>
       </c>
       <c r="C1128" s="5">
-        <v>49042</v>
+        <v>49038</v>
       </c>
       <c r="D1128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1128" s="5">
         <v>40</v>
       </c>
       <c r="F1128" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1128" s="5" t="s">
-        <v>1191</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="1129" spans="1:7">
       <c r="A1129" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B1129" s="4" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="C1129" s="5">
-        <v>49053</v>
+        <v>49042</v>
       </c>
       <c r="D1129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1129" s="5">
         <v>40</v>
       </c>
       <c r="F1129" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1129" s="5" t="s">
-        <v>612</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="1130" spans="1:7">
       <c r="A1130" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B1130" s="4" t="s">
-        <v>2254</v>
+        <v>2256</v>
       </c>
       <c r="C1130" s="5">
-        <v>49056</v>
+        <v>49053</v>
       </c>
       <c r="D1130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1130" s="5">
         <v>40</v>
       </c>
       <c r="F1130" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1130" s="5" t="s">
-        <v>2255</v>
+        <v>612</v>
       </c>
     </row>
     <row r="1131" spans="1:7">
       <c r="A1131" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B1131" s="4" t="s">
-        <v>2256</v>
+        <v>2257</v>
       </c>
       <c r="C1131" s="5">
-        <v>49063</v>
+        <v>49056</v>
       </c>
       <c r="D1131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1131" s="5">
         <v>40</v>
       </c>
       <c r="F1131" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1131" s="5" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="1132" spans="1:7">
       <c r="A1132" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B1132" s="4" t="s">
-        <v>2258</v>
+        <v>2259</v>
       </c>
       <c r="C1132" s="5">
-        <v>49068</v>
+        <v>49063</v>
       </c>
       <c r="D1132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1132" s="5">
         <v>40</v>
       </c>
       <c r="F1132" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1132" s="5" t="s">
-        <v>1933</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="1133" spans="1:7">
       <c r="A1133" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B1133" s="4" t="s">
-        <v>2259</v>
+        <v>2261</v>
       </c>
       <c r="C1133" s="5">
-        <v>49071</v>
+        <v>49068</v>
       </c>
       <c r="D1133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1133" s="5">
         <v>40</v>
       </c>
       <c r="F1133" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1133" s="5" t="s">
-        <v>98</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="1134" spans="1:7">
       <c r="A1134" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B1134" s="4" t="s">
-        <v>2260</v>
+        <v>2262</v>
       </c>
       <c r="C1134" s="5">
         <v>49071</v>
       </c>
       <c r="D1134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1134" s="5">
         <v>40</v>
       </c>
       <c r="F1134" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1134" s="5" t="s">
-        <v>934</v>
+        <v>98</v>
       </c>
     </row>
     <row r="1135" spans="1:7">
       <c r="A1135" s="3" t="s">
-        <v>2261</v>
+        <v>513</v>
       </c>
       <c r="B1135" s="4" t="s">
-        <v>2262</v>
+        <v>2263</v>
       </c>
       <c r="C1135" s="5">
         <v>49071</v>
       </c>
       <c r="D1135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1135" s="5">
         <v>40</v>
       </c>
       <c r="F1135" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1135" s="5" t="s">
-        <v>2263</v>
+        <v>934</v>
       </c>
     </row>
     <row r="1136" spans="1:7">
       <c r="A1136" s="3" t="s">
-        <v>549</v>
+        <v>2264</v>
       </c>
       <c r="B1136" s="4" t="s">
-        <v>2264</v>
+        <v>2265</v>
       </c>
       <c r="C1136" s="5">
-        <v>49093</v>
+        <v>49071</v>
       </c>
       <c r="D1136" s="4" t="s">
-        <v>2265</v>
+        <v>14</v>
       </c>
       <c r="E1136" s="5">
         <v>40</v>
       </c>
       <c r="F1136" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1136" s="5" t="s">
-        <v>2212</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="1137" spans="1:7">
       <c r="A1137" s="3" t="s">
-        <v>513</v>
+        <v>549</v>
       </c>
       <c r="B1137" s="4" t="s">
-        <v>2266</v>
+        <v>2267</v>
       </c>
       <c r="C1137" s="5">
-        <v>49096</v>
+        <v>49093</v>
       </c>
       <c r="D1137" s="4" t="s">
-        <v>14</v>
+        <v>2268</v>
       </c>
       <c r="E1137" s="5">
         <v>40</v>
       </c>
       <c r="F1137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1137" s="5" t="s">
-        <v>2267</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="1138" spans="1:7">
       <c r="A1138" s="3" t="s">
-        <v>2268</v>
+        <v>513</v>
       </c>
       <c r="B1138" s="4" t="s">
         <v>2269</v>
       </c>
       <c r="C1138" s="5">
-        <v>49100</v>
+        <v>49096</v>
       </c>
       <c r="D1138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1138" s="5">
         <v>40</v>
       </c>
       <c r="F1138" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1138" s="5" t="s">
-        <v>35</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="1139" spans="1:7">
       <c r="A1139" s="3" t="s">
-        <v>513</v>
+        <v>2271</v>
       </c>
       <c r="B1139" s="4" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
       <c r="C1139" s="5">
-        <v>49141</v>
+        <v>49100</v>
       </c>
       <c r="D1139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1139" s="5">
         <v>40</v>
       </c>
       <c r="F1139" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1139" s="5" t="s">
-        <v>2271</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1140" spans="1:7">
       <c r="A1140" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B1140" s="4" t="s">
-        <v>2272</v>
+        <v>2273</v>
       </c>
       <c r="C1140" s="5">
-        <v>49155</v>
+        <v>49141</v>
       </c>
       <c r="D1140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1140" s="5">
         <v>40</v>
       </c>
       <c r="F1140" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1140" s="5" t="s">
-        <v>847</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="1141" spans="1:7">
       <c r="A1141" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B1141" s="4" t="s">
-        <v>2273</v>
+        <v>2275</v>
       </c>
       <c r="C1141" s="5">
-        <v>49156</v>
+        <v>49155</v>
       </c>
       <c r="D1141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1141" s="5">
         <v>40</v>
       </c>
       <c r="F1141" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1141" s="5" t="s">
-        <v>2274</v>
+        <v>847</v>
       </c>
     </row>
     <row r="1142" spans="1:7">
       <c r="A1142" s="3" t="s">
-        <v>2261</v>
+        <v>513</v>
       </c>
       <c r="B1142" s="4" t="s">
-        <v>2275</v>
+        <v>2276</v>
       </c>
       <c r="C1142" s="5">
-        <v>49162</v>
+        <v>49156</v>
       </c>
       <c r="D1142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1142" s="5">
         <v>40</v>
       </c>
       <c r="F1142" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1142" s="5" t="s">
-        <v>2276</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="1143" spans="1:7">
       <c r="A1143" s="3" t="s">
-        <v>2277</v>
+        <v>2264</v>
       </c>
       <c r="B1143" s="4" t="s">
         <v>2278</v>
       </c>
       <c r="C1143" s="5">
-        <v>49172</v>
+        <v>49162</v>
       </c>
       <c r="D1143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1143" s="5">
         <v>40</v>
       </c>
       <c r="F1143" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1143" s="5" t="s">
         <v>2279</v>
       </c>
     </row>
     <row r="1144" spans="1:7">
       <c r="A1144" s="3" t="s">
-        <v>513</v>
+        <v>2280</v>
       </c>
       <c r="B1144" s="4" t="s">
-        <v>2280</v>
+        <v>2281</v>
       </c>
       <c r="C1144" s="5">
-        <v>49186</v>
+        <v>49172</v>
       </c>
       <c r="D1144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1144" s="5">
         <v>40</v>
       </c>
       <c r="F1144" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1144" s="5" t="s">
-        <v>16</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="1145" spans="1:7">
       <c r="A1145" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B1145" s="4" t="s">
-        <v>2281</v>
+        <v>2283</v>
       </c>
       <c r="C1145" s="5">
         <v>49186</v>
       </c>
       <c r="D1145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1145" s="5">
         <v>40</v>
       </c>
       <c r="F1145" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1145" s="5" t="s">
-        <v>1104</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1146" spans="1:7">
       <c r="A1146" s="3" t="s">
-        <v>1815</v>
+        <v>513</v>
       </c>
       <c r="B1146" s="4" t="s">
-        <v>2282</v>
+        <v>2284</v>
       </c>
       <c r="C1146" s="5">
-        <v>49221</v>
+        <v>49186</v>
       </c>
       <c r="D1146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1146" s="5">
         <v>40</v>
       </c>
       <c r="F1146" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1146" s="5" t="s">
-        <v>2283</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="1147" spans="1:7">
       <c r="A1147" s="3" t="s">
-        <v>513</v>
+        <v>1815</v>
       </c>
       <c r="B1147" s="4" t="s">
-        <v>2284</v>
+        <v>2285</v>
       </c>
       <c r="C1147" s="5">
-        <v>49255</v>
+        <v>49221</v>
       </c>
       <c r="D1147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1147" s="5">
         <v>40</v>
       </c>
       <c r="F1147" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1147" s="5" t="s">
-        <v>1677</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="1148" spans="1:7">
       <c r="A1148" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B1148" s="4" t="s">
-        <v>2285</v>
+        <v>2287</v>
       </c>
       <c r="C1148" s="5">
-        <v>49264</v>
+        <v>49255</v>
       </c>
       <c r="D1148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1148" s="5">
         <v>40</v>
       </c>
       <c r="F1148" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1148" s="5" t="s">
-        <v>2286</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="1149" spans="1:7">
       <c r="A1149" s="3" t="s">
-        <v>2287</v>
+        <v>513</v>
       </c>
       <c r="B1149" s="4" t="s">
         <v>2288</v>
       </c>
       <c r="C1149" s="5">
-        <v>49275</v>
+        <v>49264</v>
       </c>
       <c r="D1149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1149" s="5">
         <v>40</v>
       </c>
       <c r="F1149" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1149" s="5" t="s">
-        <v>1489</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="1150" spans="1:7">
       <c r="A1150" s="3" t="s">
-        <v>1707</v>
+        <v>2290</v>
       </c>
       <c r="B1150" s="4" t="s">
-        <v>2289</v>
+        <v>2291</v>
       </c>
       <c r="C1150" s="5">
         <v>49275</v>
       </c>
       <c r="D1150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1150" s="5">
         <v>40</v>
       </c>
       <c r="F1150" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1150" s="5" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:7">
+      <c r="A1151" s="3" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B1151" s="4" t="s">
+        <v>2292</v>
+      </c>
+      <c r="C1151" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D1151" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1151" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1151" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1151" s="5" t="s">
         <v>380</v>
       </c>
     </row>
-    <row r="1151" spans="1:7">
-[...4 lines deleted...]
-      <c r="G1151" s="1"/>
+    <row r="1152" spans="1:7">
+      <c r="A1152" s="2"/>
+      <c r="C1152" s="1"/>
+      <c r="E1152" s="1"/>
+      <c r="F1152" s="1"/>
+      <c r="G1152" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">