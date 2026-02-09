--- v1 (2025-12-10)
+++ v2 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2293">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4EKU</t>
   </si>
   <si>
     <t>1.030 Referencias DVGE - 1.146 QSO encontrados - 873 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #914 (10-12-2025 20:24)</t>
+    <t>Ranking #914 (09-02-2026 18:22)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5GPC/M</t>
   </si>