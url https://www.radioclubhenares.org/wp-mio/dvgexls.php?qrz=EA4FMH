--- v0 (2025-10-26)
+++ v1 (2026-01-10)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="451">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="454">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4FMH</t>
   </si>
   <si>
-    <t>169 Referencias DVGE - 172 QSO encontrados - 161 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #2710 (26-10-2025 11:19)</t>
+    <t>170 Referencias DVGE - 173 QSO encontrados - 162 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #2710 (10-01-2026 02:37)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5XC</t>
   </si>
@@ -1152,50 +1152,59 @@
     <t>01/11/2008</t>
   </si>
   <si>
     <t>EB5JKV</t>
   </si>
   <si>
     <t>VGV-077</t>
   </si>
   <si>
     <t>13/02/2015</t>
   </si>
   <si>
     <t>EB5BSL/P</t>
   </si>
   <si>
     <t>VGV-148</t>
   </si>
   <si>
     <t>03/01/2009</t>
   </si>
   <si>
     <t>EA5HUS/P</t>
   </si>
   <si>
     <t>VGV-150</t>
+  </si>
+  <si>
+    <t>EB5URT</t>
+  </si>
+  <si>
+    <t>VGV-151</t>
+  </si>
+  <si>
+    <t>09/11/2025</t>
   </si>
   <si>
     <t>VGV-194</t>
   </si>
   <si>
     <t>15/05/2016</t>
   </si>
   <si>
     <t>EC5AHA</t>
   </si>
   <si>
     <t>VGV-204</t>
   </si>
   <si>
     <t>EA5S</t>
   </si>
   <si>
     <t>VGV-206</t>
   </si>
   <si>
     <t>VGV-210</t>
   </si>
   <si>
     <t>15/02/2015</t>
   </si>
@@ -1822,51 +1831,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G178"/>
+  <dimension ref="A1:G179"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -4993,905 +5002,928 @@
     <row r="140" spans="1:7">
       <c r="A140" s="3" t="s">
         <v>378</v>
       </c>
       <c r="B140" s="4" t="s">
         <v>379</v>
       </c>
       <c r="C140" s="5">
         <v>46199</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="5">
         <v>40</v>
       </c>
       <c r="F140" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G140" s="5" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" s="3" t="s">
-        <v>141</v>
+        <v>380</v>
       </c>
       <c r="B141" s="4" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C141" s="5">
-        <v>46235</v>
+        <v>46202</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="5">
         <v>40</v>
       </c>
       <c r="F141" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G141" s="5" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" s="3" t="s">
-        <v>382</v>
+        <v>141</v>
       </c>
       <c r="B142" s="4" t="s">
         <v>383</v>
       </c>
       <c r="C142" s="5">
-        <v>46244</v>
+        <v>46235</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="5">
         <v>40</v>
       </c>
       <c r="F142" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G142" s="5" t="s">
-        <v>368</v>
+        <v>384</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" s="3" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B143" s="4" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C143" s="5">
-        <v>46246</v>
+        <v>46244</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="5">
         <v>40</v>
       </c>
       <c r="F143" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G143" s="5" t="s">
-        <v>95</v>
+        <v>368</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" s="3" t="s">
-        <v>372</v>
+        <v>387</v>
       </c>
       <c r="B144" s="4" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C144" s="5">
-        <v>46248</v>
+        <v>46246</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="5">
         <v>40</v>
       </c>
       <c r="F144" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G144" s="5" t="s">
-        <v>387</v>
+        <v>95</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="3" t="s">
-        <v>388</v>
+        <v>372</v>
       </c>
       <c r="B145" s="4" t="s">
         <v>389</v>
       </c>
       <c r="C145" s="5">
-        <v>47039</v>
+        <v>46248</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="5">
         <v>40</v>
       </c>
       <c r="F145" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G145" s="5" t="s">
-        <v>362</v>
+        <v>390</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="3" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="B146" s="4" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C146" s="5">
-        <v>47052</v>
+        <v>47039</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="5">
         <v>40</v>
       </c>
       <c r="F146" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G146" s="5" t="s">
-        <v>129</v>
+        <v>362</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" s="3" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="B147" s="4" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C147" s="5">
-        <v>47071</v>
+        <v>47052</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="5">
         <v>40</v>
       </c>
       <c r="F147" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G147" s="5" t="s">
-        <v>392</v>
+        <v>129</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" s="3" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B148" s="4" t="s">
         <v>394</v>
       </c>
       <c r="C148" s="5">
-        <v>47085</v>
+        <v>47071</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="5">
         <v>40</v>
       </c>
       <c r="F148" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G148" s="5" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" s="3" t="s">
-        <v>388</v>
+        <v>396</v>
       </c>
       <c r="B149" s="4" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C149" s="5">
-        <v>47090</v>
+        <v>47085</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="5">
         <v>40</v>
       </c>
       <c r="F149" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G149" s="5" t="s">
-        <v>103</v>
+        <v>398</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" s="3" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="B150" s="4" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C150" s="5">
-        <v>47144</v>
+        <v>47090</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="5">
         <v>40</v>
       </c>
       <c r="F150" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G150" s="5" t="s">
-        <v>365</v>
+        <v>103</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" s="3" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="B151" s="4" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C151" s="5">
-        <v>47186</v>
+        <v>47144</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="5">
         <v>40</v>
       </c>
       <c r="F151" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G151" s="5" t="s">
-        <v>194</v>
+        <v>365</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" s="3" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="B152" s="4" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C152" s="5">
-        <v>47226</v>
+        <v>47186</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="5">
         <v>40</v>
       </c>
       <c r="F152" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G152" s="5" t="s">
-        <v>213</v>
+        <v>194</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" s="3" t="s">
-        <v>71</v>
+        <v>391</v>
       </c>
       <c r="B153" s="4" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-        <v>401</v>
+        <v>402</v>
+      </c>
+      <c r="C153" s="5">
+        <v>47226</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="5">
         <v>40</v>
       </c>
       <c r="F153" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G153" s="5" t="s">
-        <v>402</v>
+        <v>213</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" s="3" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B154" s="4" t="s">
         <v>403</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>404</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="5">
         <v>40</v>
       </c>
       <c r="F154" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G154" s="5" t="s">
-        <v>204</v>
+        <v>405</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" s="3" t="s">
-        <v>405</v>
+        <v>68</v>
       </c>
       <c r="B155" s="4" t="s">
         <v>406</v>
       </c>
-      <c r="C155" s="5">
-        <v>50055</v>
+      <c r="C155" s="5" t="s">
+        <v>407</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="5">
         <v>40</v>
       </c>
       <c r="F155" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G155" s="5" t="s">
-        <v>407</v>
+        <v>204</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" s="3" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B156" s="4" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C156" s="5">
-        <v>50153</v>
+        <v>50055</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="5">
         <v>40</v>
       </c>
       <c r="F156" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G156" s="5" t="s">
-        <v>243</v>
+        <v>410</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" s="3" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B157" s="4" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C157" s="5">
-        <v>50182</v>
+        <v>50153</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="5">
         <v>40</v>
       </c>
       <c r="F157" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G157" s="5" t="s">
-        <v>410</v>
+        <v>243</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" s="3" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B158" s="4" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C158" s="5">
         <v>50182</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="5">
         <v>40</v>
       </c>
       <c r="F158" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G158" s="5" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" s="3" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="B159" s="4" t="s">
         <v>414</v>
       </c>
       <c r="C159" s="5">
-        <v>50184</v>
+        <v>50182</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="5">
         <v>40</v>
       </c>
       <c r="F159" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G159" s="5" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" s="3" t="s">
-        <v>405</v>
+        <v>416</v>
       </c>
       <c r="B160" s="4" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C160" s="5">
-        <v>50223</v>
+        <v>50184</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="5">
         <v>40</v>
       </c>
       <c r="F160" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G160" s="5" t="s">
-        <v>365</v>
+        <v>418</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" s="3" t="s">
-        <v>181</v>
+        <v>408</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C161" s="5">
-        <v>50224</v>
+        <v>50223</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="5">
         <v>40</v>
       </c>
       <c r="F161" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G161" s="5" t="s">
-        <v>418</v>
+        <v>365</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" s="3" t="s">
-        <v>405</v>
+        <v>181</v>
       </c>
       <c r="B162" s="4" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C162" s="5">
-        <v>50252</v>
+        <v>50224</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="5">
         <v>40</v>
       </c>
       <c r="F162" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G162" s="5" t="s">
-        <v>105</v>
+        <v>421</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" s="3" t="s">
-        <v>181</v>
+        <v>408</v>
       </c>
       <c r="B163" s="4" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C163" s="5">
         <v>50252</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="5">
         <v>40</v>
       </c>
       <c r="F163" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G163" s="5" t="s">
-        <v>421</v>
+        <v>105</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" s="3" t="s">
-        <v>422</v>
+        <v>181</v>
       </c>
       <c r="B164" s="4" t="s">
         <v>423</v>
       </c>
       <c r="C164" s="5">
-        <v>50297</v>
+        <v>50252</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F164" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G164" s="5" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" s="3" t="s">
-        <v>413</v>
+        <v>425</v>
       </c>
       <c r="B165" s="4" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C165" s="5">
         <v>50297</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F165" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G165" s="5" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" s="3" t="s">
-        <v>427</v>
+        <v>416</v>
       </c>
       <c r="B166" s="4" t="s">
         <v>428</v>
       </c>
       <c r="C166" s="5">
         <v>50297</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="5">
         <v>40</v>
       </c>
       <c r="F166" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G166" s="5" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" s="3" t="s">
-        <v>388</v>
+        <v>430</v>
       </c>
       <c r="B167" s="4" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C167" s="5">
-        <v>49043</v>
+        <v>50297</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="5">
         <v>40</v>
       </c>
       <c r="F167" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G167" s="5" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" s="3" t="s">
-        <v>262</v>
+        <v>391</v>
       </c>
       <c r="B168" s="4" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C168" s="5">
-        <v>49102</v>
+        <v>49043</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F168" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G168" s="5" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" s="3" t="s">
-        <v>388</v>
+        <v>262</v>
       </c>
       <c r="B169" s="4" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C169" s="5">
-        <v>49117</v>
+        <v>49102</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F169" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G169" s="5" t="s">
-        <v>324</v>
+        <v>436</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" s="3" t="s">
-        <v>262</v>
+        <v>391</v>
       </c>
       <c r="B170" s="4" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C170" s="5">
-        <v>49133</v>
+        <v>49117</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="5">
         <v>40</v>
       </c>
       <c r="F170" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G170" s="5" t="s">
-        <v>436</v>
+        <v>324</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B171" s="4" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C171" s="5">
-        <v>49149</v>
+        <v>49133</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="5">
         <v>40</v>
       </c>
       <c r="F171" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G171" s="5" t="s">
-        <v>154</v>
+        <v>439</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B172" s="4" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C172" s="5">
-        <v>49152</v>
+        <v>49149</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="5">
         <v>40</v>
       </c>
       <c r="F172" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G172" s="5" t="s">
-        <v>439</v>
+        <v>154</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" s="3" t="s">
-        <v>388</v>
+        <v>262</v>
       </c>
       <c r="B173" s="4" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C173" s="5">
-        <v>49165</v>
+        <v>49152</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="5">
         <v>40</v>
       </c>
       <c r="F173" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G173" s="5" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" s="3" t="s">
-        <v>442</v>
+        <v>391</v>
       </c>
       <c r="B174" s="4" t="s">
         <v>443</v>
       </c>
       <c r="C174" s="5">
-        <v>49175</v>
+        <v>49165</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="5">
         <v>40</v>
       </c>
       <c r="F174" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G174" s="5" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" s="3" t="s">
-        <v>262</v>
+        <v>445</v>
       </c>
       <c r="B175" s="4" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C175" s="5">
-        <v>49241</v>
+        <v>49175</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F175" s="5" t="s">
-        <v>446</v>
+        <v>15</v>
       </c>
       <c r="G175" s="5" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" s="3" t="s">
-        <v>388</v>
+        <v>262</v>
       </c>
       <c r="B176" s="4" t="s">
         <v>448</v>
       </c>
       <c r="C176" s="5">
-        <v>49242</v>
+        <v>49241</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F176" s="5" t="s">
-        <v>15</v>
+        <v>449</v>
       </c>
       <c r="G176" s="5" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" s="3" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="B177" s="4" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C177" s="5">
+        <v>49242</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="5">
+        <v>40</v>
+      </c>
+      <c r="F177" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G177" s="5" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7">
+      <c r="A178" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="B178" s="4" t="s">
+        <v>453</v>
+      </c>
+      <c r="C178" s="5">
         <v>49268</v>
       </c>
-      <c r="D177" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G177" s="5" t="s">
+      <c r="D178" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E178" s="5">
+        <v>40</v>
+      </c>
+      <c r="F178" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G178" s="5" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="178" spans="1:7">
-[...4 lines deleted...]
-      <c r="G178" s="1"/>
+    <row r="179" spans="1:7">
+      <c r="A179" s="2"/>
+      <c r="C179" s="1"/>
+      <c r="E179" s="1"/>
+      <c r="F179" s="1"/>
+      <c r="G179" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">