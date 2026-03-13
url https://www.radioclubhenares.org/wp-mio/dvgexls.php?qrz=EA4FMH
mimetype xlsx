--- v1 (2026-01-10)
+++ v2 (2026-03-13)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="454">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4FMH</t>
   </si>
   <si>
     <t>170 Referencias DVGE - 173 QSO encontrados - 162 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #2710 (10-01-2026 02:37)</t>
+    <t>Ranking #2710 (13-03-2026 16:25)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5XC</t>
   </si>