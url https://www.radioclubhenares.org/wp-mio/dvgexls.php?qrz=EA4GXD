--- v0 (2025-10-25)
+++ v1 (2025-12-17)
@@ -20,54 +20,54 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4GXD</t>
   </si>
   <si>
-    <t>62 Referencias DVGE - 110 QSO encontrados - 62 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #4343 (25-10-2025 19:51)</t>
+    <t>62 Referencias DVGE - 112 QSO encontrados - 62 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #4343 (17-12-2025 14:33)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW/P</t>
   </si>
@@ -994,51 +994,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G116"/>
+  <dimension ref="A1:G118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -2489,77 +2489,77 @@
       </c>
       <c r="B67" s="4" t="s">
         <v>81</v>
       </c>
       <c r="C67" s="5">
         <v>16173</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="5">
         <v>40</v>
       </c>
       <c r="F67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G67" s="5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C68" s="5">
-        <v>16186</v>
+        <v>16173</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F68" s="5" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="G68" s="5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C69" s="5">
-        <v>16186</v>
+        <v>16173</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="5">
         <v>40</v>
       </c>
       <c r="F69" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G69" s="5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B70" s="4" t="s">
         <v>84</v>
       </c>
       <c r="C70" s="5">
         <v>16186</v>
       </c>
       <c r="D70" s="4" t="s">
@@ -2670,974 +2670,1020 @@
     <row r="75" spans="1:7">
       <c r="A75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>84</v>
       </c>
       <c r="C75" s="5">
         <v>16186</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="5">
         <v>40</v>
       </c>
       <c r="F75" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G75" s="5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="3" t="s">
-        <v>85</v>
+        <v>14</v>
       </c>
       <c r="B76" s="4" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C76" s="5">
-        <v>16203</v>
+        <v>16186</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="5">
         <v>40</v>
       </c>
       <c r="F76" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G76" s="5" t="s">
-        <v>87</v>
+        <v>44</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="3" t="s">
-        <v>88</v>
+        <v>14</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="C77" s="5">
-        <v>35006</v>
+        <v>16186</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F77" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G77" s="5" t="s">
-        <v>90</v>
+        <v>44</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="3" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B78" s="4" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="C78" s="5">
-        <v>35011</v>
+        <v>16203</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F78" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G78" s="5" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="3" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="C79" s="5">
-        <v>35034</v>
+        <v>35006</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="5">
         <v>20</v>
       </c>
       <c r="F79" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="5" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="3" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="B80" s="4" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C80" s="5">
-        <v>17181</v>
+        <v>35011</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F80" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G80" s="5" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="C81" s="5">
-        <v>17232</v>
+        <v>35034</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F81" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G81" s="5" t="s">
-        <v>97</v>
+        <v>27</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="3" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B82" s="4" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="C82" s="5">
-        <v>19032</v>
+        <v>17181</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="5">
         <v>40</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="5" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="3" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="C83" s="5">
-        <v>19230</v>
+        <v>17232</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="5">
         <v>40</v>
       </c>
       <c r="F83" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G83" s="5" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="3" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B84" s="4" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="C84" s="5">
-        <v>19271</v>
+        <v>19032</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="5">
         <v>40</v>
       </c>
       <c r="F84" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G84" s="5" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>102</v>
+      </c>
+      <c r="C85" s="5">
+        <v>19230</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="5">
         <v>40</v>
       </c>
       <c r="F85" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G85" s="5" t="s">
-        <v>16</v>
+        <v>100</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="3" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="B86" s="4" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="C86" s="5">
-        <v>24083</v>
+        <v>19271</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="5">
         <v>40</v>
       </c>
       <c r="F86" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G86" s="5" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="3" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24170</v>
+        <v>107</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>108</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="5">
         <v>40</v>
       </c>
       <c r="F87" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G87" s="5" t="s">
-        <v>113</v>
+        <v>16</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B88" s="4" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C88" s="5">
-        <v>27018</v>
+        <v>24083</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="5">
         <v>40</v>
       </c>
       <c r="F88" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G88" s="5" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="C89" s="5">
-        <v>27047</v>
+        <v>24170</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="5">
         <v>40</v>
       </c>
       <c r="F89" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G89" s="5" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="3" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="B90" s="4" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="C90" s="5">
-        <v>27050</v>
+        <v>27018</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="5">
         <v>40</v>
       </c>
       <c r="F90" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G90" s="5" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="C91" s="5">
-        <v>27064</v>
+        <v>27047</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="5">
         <v>40</v>
       </c>
       <c r="F91" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G91" s="5" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="3" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="B92" s="4" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C92" s="5">
-        <v>27064</v>
+        <v>27050</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="5">
         <v>40</v>
       </c>
       <c r="F92" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G92" s="5" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="3" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C93" s="5">
-        <v>28052</v>
+        <v>27064</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="5">
         <v>40</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="5" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="3" t="s">
-        <v>126</v>
+        <v>109</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="C94" s="5">
-        <v>28099</v>
+        <v>27064</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="5">
         <v>40</v>
       </c>
       <c r="F94" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G94" s="5" t="s">
-        <v>16</v>
+        <v>122</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="3" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="C95" s="5">
-        <v>28165</v>
+        <v>28052</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="5">
         <v>40</v>
       </c>
       <c r="F95" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G95" s="5" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="3" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="B96" s="4" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="C96" s="5">
-        <v>29011</v>
+        <v>28099</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="5">
         <v>40</v>
       </c>
       <c r="F96" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G96" s="5" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="3" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="C97" s="5">
-        <v>30008</v>
+        <v>28165</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="5">
         <v>40</v>
       </c>
       <c r="F97" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G97" s="5" t="s">
-        <v>16</v>
+        <v>130</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="3" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B98" s="4" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="C98" s="5">
-        <v>30019</v>
+        <v>29011</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="5">
         <v>40</v>
       </c>
       <c r="F98" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G98" s="5" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="3" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="C99" s="5">
-        <v>33025</v>
+        <v>30008</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="5">
         <v>40</v>
       </c>
       <c r="F99" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G99" s="5" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="3" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="B100" s="4" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="C100" s="5">
-        <v>33058</v>
+        <v>30019</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="5">
         <v>40</v>
       </c>
       <c r="F100" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G100" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="3" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B101" s="4" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C101" s="5">
-        <v>33072</v>
+        <v>33025</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="5">
         <v>40</v>
       </c>
       <c r="F101" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G101" s="5" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="3" t="s">
-        <v>109</v>
+        <v>140</v>
       </c>
       <c r="B102" s="4" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C102" s="5">
-        <v>32060</v>
+        <v>33058</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="5">
         <v>40</v>
       </c>
       <c r="F102" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G102" s="5" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="3" t="s">
-        <v>62</v>
+        <v>142</v>
       </c>
       <c r="B103" s="4" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C103" s="5">
-        <v>36901</v>
+        <v>33072</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="5">
         <v>40</v>
       </c>
       <c r="F103" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G103" s="5" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="3" t="s">
-        <v>148</v>
+        <v>109</v>
       </c>
       <c r="B104" s="4" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C104" s="5">
-        <v>39010</v>
+        <v>32060</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="5">
         <v>40</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="5" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="3" t="s">
-        <v>150</v>
+        <v>62</v>
       </c>
       <c r="B105" s="4" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C105" s="5">
-        <v>42015</v>
+        <v>36901</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="5">
         <v>40</v>
       </c>
       <c r="F105" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G105" s="5" t="s">
-        <v>100</v>
+        <v>147</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="3" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B106" s="4" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C106" s="5">
-        <v>42020</v>
+        <v>39010</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="5">
         <v>40</v>
       </c>
       <c r="F106" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G106" s="5" t="s">
-        <v>117</v>
+        <v>16</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="3" t="s">
-        <v>103</v>
+        <v>150</v>
       </c>
       <c r="B107" s="4" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C107" s="5">
-        <v>20036</v>
+        <v>42015</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="5">
         <v>40</v>
       </c>
       <c r="F107" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G107" s="5" t="s">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="3" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B108" s="4" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C108" s="5">
-        <v>44040</v>
+        <v>42020</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="5">
         <v>40</v>
       </c>
       <c r="F108" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G108" s="5" t="s">
-        <v>158</v>
+        <v>117</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="3" t="s">
-        <v>159</v>
+        <v>103</v>
       </c>
       <c r="B109" s="4" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="C109" s="5">
-        <v>44052</v>
+        <v>20036</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="5">
         <v>40</v>
       </c>
       <c r="F109" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G109" s="5" t="s">
-        <v>111</v>
+        <v>155</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B110" s="4" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C110" s="5">
-        <v>44084</v>
+        <v>44040</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="5">
         <v>40</v>
       </c>
       <c r="F110" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G110" s="5" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="3" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B111" s="4" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="C111" s="5">
-        <v>46247</v>
+        <v>44052</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="5">
         <v>40</v>
       </c>
       <c r="F111" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G111" s="5" t="s">
-        <v>165</v>
+        <v>111</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="3" t="s">
-        <v>48</v>
+        <v>156</v>
       </c>
       <c r="B112" s="4" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="C112" s="5">
-        <v>47194</v>
+        <v>44084</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="5">
         <v>40</v>
       </c>
       <c r="F112" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G112" s="5" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" s="3" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="B113" s="4" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="C113" s="5">
-        <v>50230</v>
+        <v>46247</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="5">
         <v>40</v>
       </c>
       <c r="F113" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G113" s="5" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" s="3" t="s">
-        <v>156</v>
+        <v>48</v>
       </c>
       <c r="B114" s="4" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="C114" s="5">
-        <v>50252</v>
+        <v>47194</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="5">
         <v>40</v>
       </c>
       <c r="F114" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G114" s="5" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B115" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="C115" s="5">
+        <v>50230</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E115" s="5">
+        <v>40</v>
+      </c>
+      <c r="F115" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G115" s="5" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7">
+      <c r="A116" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="B115" s="4" t="s">
+      <c r="B116" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="C116" s="5">
+        <v>50252</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E116" s="5">
+        <v>40</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G116" s="5" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7">
+      <c r="A117" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B117" s="4" t="s">
         <v>173</v>
       </c>
-      <c r="C115" s="5">
+      <c r="C117" s="5">
         <v>50297</v>
       </c>
-      <c r="D115" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E115" s="5">
+      <c r="D117" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E117" s="5">
         <v>80</v>
       </c>
-      <c r="F115" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G115" s="5" t="s">
+      <c r="F117" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G117" s="5" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="116" spans="1:7">
-[...4 lines deleted...]
-      <c r="G116" s="1"/>
+    <row r="118" spans="1:7">
+      <c r="A118" s="2"/>
+      <c r="C118" s="1"/>
+      <c r="E118" s="1"/>
+      <c r="F118" s="1"/>
+      <c r="G118" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">