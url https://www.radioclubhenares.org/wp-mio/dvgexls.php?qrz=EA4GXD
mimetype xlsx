--- v1 (2025-12-17)
+++ v2 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4GXD</t>
   </si>
   <si>
     <t>62 Referencias DVGE - 112 QSO encontrados - 62 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #4343 (17-12-2025 14:33)</t>
+    <t>Ranking #4343 (09-02-2026 23:56)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW/P</t>
   </si>