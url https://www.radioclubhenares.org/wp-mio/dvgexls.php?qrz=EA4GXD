--- v2 (2026-02-09)
+++ v3 (2026-03-28)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4GXD</t>
   </si>
   <si>
     <t>62 Referencias DVGE - 112 QSO encontrados - 62 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #4343 (09-02-2026 23:56)</t>
+    <t>Ranking #4343 (28-03-2026 12:46)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW/P</t>
   </si>