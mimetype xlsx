--- v0 (2025-10-30)
+++ v1 (2026-02-02)
@@ -20,54 +20,54 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4HFF</t>
   </si>
   <si>
-    <t>19 Referencias DVGE - 41 QSO encontrados - 19 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #7468 (31-10-2025 00:03)</t>
+    <t>19 Referencias DVGE - 42 QSO encontrados - 19 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #7468 (02-02-2026 09:22)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5NU</t>
   </si>
@@ -667,51 +667,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G47"/>
+  <dimension ref="A1:G48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -1538,192 +1538,215 @@
     <row r="40" spans="1:7">
       <c r="A40" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C40" s="5">
         <v>30019</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="5">
         <v>40</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G40" s="5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="3" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C41" s="5">
-        <v>33049</v>
+        <v>30019</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="5">
         <v>40</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G41" s="5" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="3" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C42" s="5">
-        <v>33066</v>
+        <v>33049</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="5">
         <v>40</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G42" s="5" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="3" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C43" s="5">
-        <v>36006</v>
+        <v>33066</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="5">
-        <v>7000</v>
+        <v>40</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G43" s="5" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="3" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C44" s="5">
-        <v>40185</v>
+        <v>36006</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="5">
         <v>7000</v>
       </c>
       <c r="F44" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G44" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="3" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C45" s="5">
-        <v>20019</v>
+        <v>40185</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="5">
-        <v>40</v>
+        <v>7000</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G45" s="5" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B46" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="C46" s="5">
+        <v>20019</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="5">
+        <v>40</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="G46" s="5" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7">
+      <c r="A47" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B46" s="4" t="s">
+      <c r="B47" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="C46" s="5">
+      <c r="C47" s="5">
         <v>50044</v>
       </c>
-      <c r="D46" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="5">
+      <c r="D47" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="5">
         <v>7000</v>
       </c>
-      <c r="F46" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G46" s="5" t="s">
+      <c r="F47" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="G47" s="5" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="47" spans="1:7">
-[...4 lines deleted...]
-      <c r="G47" s="1"/>
+    <row r="48" spans="1:7">
+      <c r="A48" s="2"/>
+      <c r="C48" s="1"/>
+      <c r="E48" s="1"/>
+      <c r="F48" s="1"/>
+      <c r="G48" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">