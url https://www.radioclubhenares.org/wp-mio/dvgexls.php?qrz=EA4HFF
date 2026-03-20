--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4HFF</t>
   </si>
   <si>
     <t>19 Referencias DVGE - 42 QSO encontrados - 19 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #7468 (02-02-2026 09:22)</t>
+    <t>Ranking #7468 (20-03-2026 18:03)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5NU</t>
   </si>