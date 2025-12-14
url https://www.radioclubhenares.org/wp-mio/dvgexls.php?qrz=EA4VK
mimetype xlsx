--- v0 (2025-10-21)
+++ v1 (2025-12-14)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="336">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4VK</t>
   </si>
   <si>
-    <t>125 Referencias DVGE - 125 QSO encontrados - 120 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #3229 (21-10-2025 14:08)</t>
+    <t>126 Referencias DVGE - 126 QSO encontrados - 121 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #3229 (14-12-2025 12:12)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>
@@ -780,50 +780,59 @@
     <t>VGP-113</t>
   </si>
   <si>
     <t>08/09/2023</t>
   </si>
   <si>
     <t>EA1RCM</t>
   </si>
   <si>
     <t>VGS-023</t>
   </si>
   <si>
     <t>VGS-075</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t>VGSA-005</t>
   </si>
   <si>
     <t>VGSA-160</t>
   </si>
   <si>
     <t>06/09/2018</t>
+  </si>
+  <si>
+    <t>EA7RKS/P</t>
+  </si>
+  <si>
+    <t>VGSE-175</t>
+  </si>
+  <si>
+    <t>02/11/2025</t>
   </si>
   <si>
     <t>VGSG-009</t>
   </si>
   <si>
     <t>06/05/2021</t>
   </si>
   <si>
     <t>EA4RCW</t>
   </si>
   <si>
     <t>VGSG-059</t>
   </si>
   <si>
     <t>15/07/2023</t>
   </si>
   <si>
     <t>EA1DVY</t>
   </si>
   <si>
     <t>VGSO-001</t>
   </si>
   <si>
     <t>EA1BQR</t>
   </si>
@@ -1468,51 +1477,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G131"/>
+  <dimension ref="A1:G132"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -3558,905 +3567,928 @@
     <row r="93" spans="1:7">
       <c r="A93" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B93" s="4" t="s">
         <v>254</v>
       </c>
       <c r="C93" s="5">
         <v>37274</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="5">
         <v>40</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="5" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="3" t="s">
-        <v>96</v>
+        <v>256</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C94" s="5">
-        <v>40014</v>
+        <v>41065</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="5">
         <v>40</v>
       </c>
       <c r="F94" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G94" s="5" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="3" t="s">
-        <v>258</v>
+        <v>96</v>
       </c>
       <c r="B95" s="4" t="s">
         <v>259</v>
       </c>
       <c r="C95" s="5">
-        <v>40076</v>
+        <v>40014</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="5">
         <v>40</v>
       </c>
       <c r="F95" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G95" s="5" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B96" s="4" t="s">
         <v>262</v>
       </c>
       <c r="C96" s="5">
-        <v>42173</v>
+        <v>40076</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="5">
         <v>40</v>
       </c>
       <c r="F96" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G96" s="5" t="s">
-        <v>237</v>
+        <v>263</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C97" s="5">
-        <v>42018</v>
+        <v>42173</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="5">
         <v>40</v>
       </c>
       <c r="F97" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G97" s="5" t="s">
-        <v>265</v>
+        <v>237</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="3" t="s">
-        <v>89</v>
+        <v>266</v>
       </c>
       <c r="B98" s="4" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C98" s="5">
-        <v>42120</v>
+        <v>42018</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="5">
         <v>40</v>
       </c>
       <c r="F98" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G98" s="5" t="s">
-        <v>237</v>
+        <v>268</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="3" t="s">
-        <v>54</v>
+        <v>89</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C99" s="5">
-        <v>43060</v>
+        <v>42120</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="5">
         <v>40</v>
       </c>
       <c r="F99" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G99" s="5" t="s">
-        <v>268</v>
+        <v>237</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="3" t="s">
-        <v>172</v>
+        <v>54</v>
       </c>
       <c r="B100" s="4" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C100" s="5">
-        <v>44041</v>
+        <v>43060</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="5">
         <v>40</v>
       </c>
       <c r="F100" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G100" s="5" t="s">
-        <v>144</v>
+        <v>271</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B101" s="4" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C101" s="5">
-        <v>44050</v>
+        <v>44041</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="5">
         <v>40</v>
       </c>
       <c r="F101" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G101" s="5" t="s">
-        <v>271</v>
+        <v>144</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="3" t="s">
-        <v>272</v>
+        <v>172</v>
       </c>
       <c r="B102" s="4" t="s">
         <v>273</v>
       </c>
       <c r="C102" s="5">
-        <v>44054</v>
+        <v>44050</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="5">
         <v>40</v>
       </c>
       <c r="F102" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G102" s="5" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="3" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="B103" s="4" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C103" s="5">
-        <v>44192</v>
+        <v>44054</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="5">
         <v>40</v>
       </c>
       <c r="F103" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G103" s="5" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="3" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B104" s="4" t="s">
         <v>278</v>
       </c>
       <c r="C104" s="5">
-        <v>38013</v>
+        <v>44192</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="5">
         <v>40</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="5" t="s">
-        <v>102</v>
+        <v>279</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="3" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B105" s="4" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C105" s="5">
-        <v>38014</v>
+        <v>38013</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="5">
         <v>40</v>
       </c>
       <c r="F105" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G105" s="5" t="s">
-        <v>280</v>
+        <v>102</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="3" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="B106" s="4" t="s">
         <v>282</v>
       </c>
       <c r="C106" s="5">
-        <v>38016</v>
+        <v>38014</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="5">
         <v>40</v>
       </c>
       <c r="F106" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G106" s="5" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="3" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="B107" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="C107" s="5">
+        <v>38016</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="5">
+        <v>40</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G107" s="5" t="s">
         <v>283</v>
-      </c>
-[...13 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="3" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="B108" s="4" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C108" s="5">
-        <v>45064</v>
+        <v>38018</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="5">
         <v>40</v>
       </c>
       <c r="F108" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G108" s="5" t="s">
-        <v>286</v>
+        <v>36</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B109" s="4" t="s">
         <v>288</v>
       </c>
       <c r="C109" s="5">
-        <v>45140</v>
+        <v>45064</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="5">
         <v>40</v>
       </c>
       <c r="F109" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G109" s="5" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B110" s="4" t="s">
         <v>291</v>
       </c>
       <c r="C110" s="5">
-        <v>46070</v>
+        <v>45140</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="5">
         <v>40</v>
       </c>
       <c r="F110" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G110" s="5" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B111" s="4" t="s">
         <v>294</v>
       </c>
       <c r="C111" s="5">
-        <v>46080</v>
+        <v>46070</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="5">
         <v>40</v>
       </c>
       <c r="F111" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G111" s="5" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="3" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B112" s="4" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C112" s="5">
-        <v>46099</v>
+        <v>46080</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="5">
         <v>40</v>
       </c>
       <c r="F112" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G112" s="5" t="s">
-        <v>235</v>
+        <v>298</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" s="3" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B113" s="4" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C113" s="5">
-        <v>46133</v>
+        <v>46099</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="5">
         <v>40</v>
       </c>
       <c r="F113" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G113" s="5" t="s">
-        <v>39</v>
+        <v>235</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" s="3" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="B114" s="4" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C114" s="5">
-        <v>46182</v>
+        <v>46133</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="5">
         <v>40</v>
       </c>
       <c r="F114" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G114" s="5" t="s">
-        <v>300</v>
+        <v>39</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B115" s="4" t="s">
         <v>302</v>
       </c>
       <c r="C115" s="5">
-        <v>46232</v>
+        <v>46182</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="5">
         <v>40</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="5" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" s="3" t="s">
-        <v>73</v>
+        <v>304</v>
       </c>
       <c r="B116" s="4" t="s">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="C116" s="5" t="s">
         <v>305</v>
+      </c>
+      <c r="C116" s="5">
+        <v>46232</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="5">
         <v>40</v>
       </c>
       <c r="F116" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G116" s="5" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" s="3" t="s">
-        <v>172</v>
+        <v>73</v>
       </c>
       <c r="B117" s="4" t="s">
         <v>307</v>
       </c>
-      <c r="C117" s="5">
-        <v>50013</v>
+      <c r="C117" s="5" t="s">
+        <v>308</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="5">
         <v>40</v>
       </c>
       <c r="F117" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G117" s="5" t="s">
-        <v>120</v>
+        <v>309</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" s="3" t="s">
-        <v>308</v>
+        <v>172</v>
       </c>
       <c r="B118" s="4" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C118" s="5">
-        <v>50137</v>
+        <v>50013</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="5">
         <v>40</v>
       </c>
       <c r="F118" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G118" s="5" t="s">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" s="3" t="s">
-        <v>172</v>
+        <v>311</v>
       </c>
       <c r="B119" s="4" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C119" s="5">
-        <v>50182</v>
+        <v>50137</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="5">
         <v>40</v>
       </c>
       <c r="F119" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G119" s="5" t="s">
-        <v>280</v>
+        <v>313</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B120" s="4" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C120" s="5">
         <v>50182</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="5">
         <v>40</v>
       </c>
       <c r="F120" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G120" s="5" t="s">
-        <v>313</v>
+        <v>283</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" s="3" t="s">
-        <v>54</v>
+        <v>172</v>
       </c>
       <c r="B121" s="4" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C121" s="5">
-        <v>50902</v>
+        <v>50182</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="5">
         <v>40</v>
       </c>
       <c r="F121" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G121" s="5" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" s="3" t="s">
-        <v>308</v>
+        <v>54</v>
       </c>
       <c r="B122" s="4" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C122" s="5">
-        <v>50246</v>
+        <v>50902</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="5">
         <v>40</v>
       </c>
       <c r="F122" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G122" s="5" t="s">
-        <v>144</v>
+        <v>318</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="3" t="s">
-        <v>172</v>
+        <v>311</v>
       </c>
       <c r="B123" s="4" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C123" s="5">
-        <v>50252</v>
+        <v>50246</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="5">
         <v>40</v>
       </c>
       <c r="F123" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G123" s="5" t="s">
-        <v>123</v>
+        <v>144</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B124" s="4" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C124" s="5">
-        <v>50274</v>
+        <v>50252</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="5">
         <v>40</v>
       </c>
       <c r="F124" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G124" s="5" t="s">
-        <v>182</v>
+        <v>123</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" s="3" t="s">
-        <v>308</v>
+        <v>172</v>
       </c>
       <c r="B125" s="4" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C125" s="5">
-        <v>50298</v>
+        <v>50274</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="5">
         <v>40</v>
       </c>
       <c r="F125" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G125" s="5" t="s">
-        <v>320</v>
+        <v>182</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" s="3" t="s">
-        <v>321</v>
+        <v>311</v>
       </c>
       <c r="B126" s="4" t="s">
         <v>322</v>
       </c>
       <c r="C126" s="5">
-        <v>49021</v>
+        <v>50298</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="5">
         <v>40</v>
       </c>
       <c r="F126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="5" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" s="3" t="s">
-        <v>246</v>
+        <v>324</v>
       </c>
       <c r="B127" s="4" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C127" s="5">
-        <v>49069</v>
+        <v>49021</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="5">
         <v>40</v>
       </c>
       <c r="F127" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G127" s="5" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" s="3" t="s">
-        <v>321</v>
+        <v>246</v>
       </c>
       <c r="B128" s="4" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C128" s="5">
-        <v>49123</v>
+        <v>49069</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="5">
         <v>40</v>
       </c>
       <c r="F128" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G128" s="5" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" s="3" t="s">
-        <v>246</v>
+        <v>324</v>
       </c>
       <c r="B129" s="4" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C129" s="5">
-        <v>49152</v>
+        <v>49123</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="5">
         <v>40</v>
       </c>
       <c r="F129" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G129" s="5" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" s="3" t="s">
-        <v>330</v>
+        <v>246</v>
       </c>
       <c r="B130" s="4" t="s">
         <v>331</v>
       </c>
       <c r="C130" s="5">
-        <v>49179</v>
+        <v>49152</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="5">
         <v>40</v>
       </c>
       <c r="F130" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G130" s="5" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="131" spans="1:7">
-      <c r="A131" s="2"/>
-[...3 lines deleted...]
-      <c r="G131" s="1"/>
+      <c r="A131" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="B131" s="4" t="s">
+        <v>334</v>
+      </c>
+      <c r="C131" s="5">
+        <v>49179</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E131" s="5">
+        <v>40</v>
+      </c>
+      <c r="F131" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G131" s="5" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7">
+      <c r="A132" s="2"/>
+      <c r="C132" s="1"/>
+      <c r="E132" s="1"/>
+      <c r="F132" s="1"/>
+      <c r="G132" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">