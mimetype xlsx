--- v1 (2025-12-14)
+++ v2 (2026-02-15)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="336">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4VK</t>
   </si>
   <si>
     <t>126 Referencias DVGE - 126 QSO encontrados - 121 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #3229 (14-12-2025 12:12)</t>
+    <t>Ranking #3229 (15-02-2026 07:27)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>