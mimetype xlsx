--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2204">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2206">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4VX</t>
   </si>
   <si>
-    <t>994 Referencias DVGE - 1.077 QSO encontrados - 836 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #942 (18-10-2025 16:01)</t>
+    <t>994 Referencias DVGE - 1.078 QSO encontrados - 836 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #942 (14-12-2025 08:53)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA4FTV/5</t>
   </si>
@@ -6048,50 +6048,56 @@
     <t>EA5HUS/P</t>
   </si>
   <si>
     <t>VGV-130</t>
   </si>
   <si>
     <t>VGV-136</t>
   </si>
   <si>
     <t>VGV-145</t>
   </si>
   <si>
     <t>VGV-148</t>
   </si>
   <si>
     <t>05/05/2019</t>
   </si>
   <si>
     <t>VGV-149</t>
   </si>
   <si>
     <t>VGV-150</t>
   </si>
   <si>
     <t>VGV-151</t>
+  </si>
+  <si>
+    <t>EB5URT</t>
+  </si>
+  <si>
+    <t>09/11/2025</t>
   </si>
   <si>
     <t>VGV-152</t>
   </si>
   <si>
     <t>VGV-159</t>
   </si>
   <si>
     <t>06/06/2020</t>
   </si>
   <si>
     <t>VGV-161</t>
   </si>
   <si>
     <t>VGV-175</t>
   </si>
   <si>
     <t>VGV-179</t>
   </si>
   <si>
     <t>04/03/2012</t>
   </si>
   <si>
     <t>VGV-185</t>
   </si>
@@ -7081,51 +7087,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1083"/>
+  <dimension ref="A1:G1084"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -29158,2814 +29164,2837 @@
     <row r="962" spans="1:7">
       <c r="A962" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B962" s="4" t="s">
         <v>2011</v>
       </c>
       <c r="C962" s="5">
         <v>46202</v>
       </c>
       <c r="D962" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E962" s="5">
         <v>40</v>
       </c>
       <c r="F962" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G962" s="5" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="963" spans="1:7">
       <c r="A963" s="3" t="s">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="B963" s="4" t="s">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="C963" s="5">
-        <v>46200</v>
+        <v>46202</v>
       </c>
       <c r="D963" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E963" s="5">
         <v>40</v>
       </c>
       <c r="F963" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G963" s="5" t="s">
-        <v>144</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="964" spans="1:7">
       <c r="A964" s="3" t="s">
-        <v>41</v>
+        <v>2003</v>
       </c>
       <c r="B964" s="4" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C964" s="5">
-        <v>46213</v>
+        <v>46200</v>
       </c>
       <c r="D964" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E964" s="5">
         <v>40</v>
       </c>
       <c r="F964" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G964" s="5" t="s">
-        <v>2014</v>
+        <v>144</v>
       </c>
     </row>
     <row r="965" spans="1:7">
       <c r="A965" s="3" t="s">
-        <v>954</v>
+        <v>41</v>
       </c>
       <c r="B965" s="4" t="s">
         <v>2015</v>
       </c>
       <c r="C965" s="5">
         <v>46213</v>
       </c>
       <c r="D965" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E965" s="5">
         <v>40</v>
       </c>
       <c r="F965" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G965" s="5" t="s">
-        <v>1433</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="966" spans="1:7">
       <c r="A966" s="3" t="s">
-        <v>41</v>
+        <v>954</v>
       </c>
       <c r="B966" s="4" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C966" s="5">
         <v>46213</v>
       </c>
       <c r="D966" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E966" s="5">
         <v>40</v>
       </c>
       <c r="F966" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G966" s="5" t="s">
-        <v>62</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="967" spans="1:7">
       <c r="A967" s="3" t="s">
-        <v>76</v>
+        <v>41</v>
       </c>
       <c r="B967" s="4" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C967" s="5">
-        <v>46214</v>
+        <v>46213</v>
       </c>
       <c r="D967" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E967" s="5">
         <v>40</v>
       </c>
       <c r="F967" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G967" s="5" t="s">
-        <v>2018</v>
+        <v>62</v>
       </c>
     </row>
     <row r="968" spans="1:7">
       <c r="A968" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B968" s="4" t="s">
         <v>2019</v>
       </c>
       <c r="C968" s="5">
-        <v>46228</v>
+        <v>46214</v>
       </c>
       <c r="D968" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E968" s="5">
         <v>40</v>
       </c>
       <c r="F968" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G968" s="5" t="s">
         <v>2020</v>
       </c>
     </row>
     <row r="969" spans="1:7">
       <c r="A969" s="3" t="s">
-        <v>954</v>
+        <v>76</v>
       </c>
       <c r="B969" s="4" t="s">
         <v>2021</v>
       </c>
       <c r="C969" s="5">
-        <v>46247</v>
+        <v>46228</v>
       </c>
       <c r="D969" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E969" s="5">
         <v>40</v>
       </c>
       <c r="F969" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G969" s="5" t="s">
         <v>2022</v>
       </c>
     </row>
     <row r="970" spans="1:7">
       <c r="A970" s="3" t="s">
-        <v>1950</v>
+        <v>954</v>
       </c>
       <c r="B970" s="4" t="s">
         <v>2023</v>
       </c>
       <c r="C970" s="5">
-        <v>46250</v>
+        <v>46247</v>
       </c>
       <c r="D970" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E970" s="5">
         <v>40</v>
       </c>
       <c r="F970" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G970" s="5" t="s">
         <v>2024</v>
       </c>
     </row>
     <row r="971" spans="1:7">
       <c r="A971" s="3" t="s">
-        <v>954</v>
+        <v>1950</v>
       </c>
       <c r="B971" s="4" t="s">
         <v>2025</v>
       </c>
       <c r="C971" s="5">
-        <v>46256</v>
+        <v>46250</v>
       </c>
       <c r="D971" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E971" s="5">
         <v>40</v>
       </c>
       <c r="F971" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G971" s="5" t="s">
-        <v>848</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="972" spans="1:7">
       <c r="A972" s="3" t="s">
-        <v>2026</v>
+        <v>954</v>
       </c>
       <c r="B972" s="4" t="s">
         <v>2027</v>
       </c>
       <c r="C972" s="5">
-        <v>47010</v>
+        <v>46256</v>
       </c>
       <c r="D972" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E972" s="5">
         <v>40</v>
       </c>
       <c r="F972" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G972" s="5" t="s">
-        <v>2028</v>
+        <v>848</v>
       </c>
     </row>
     <row r="973" spans="1:7">
       <c r="A973" s="3" t="s">
-        <v>674</v>
+        <v>2028</v>
       </c>
       <c r="B973" s="4" t="s">
         <v>2029</v>
       </c>
       <c r="C973" s="5">
-        <v>47017</v>
+        <v>47010</v>
       </c>
       <c r="D973" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E973" s="5">
         <v>40</v>
       </c>
       <c r="F973" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G973" s="5" t="s">
-        <v>1310</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="974" spans="1:7">
       <c r="A974" s="3" t="s">
-        <v>573</v>
+        <v>674</v>
       </c>
       <c r="B974" s="4" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="C974" s="5">
-        <v>47030</v>
+        <v>47017</v>
       </c>
       <c r="D974" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E974" s="5">
         <v>40</v>
       </c>
       <c r="F974" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G974" s="5" t="s">
-        <v>464</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="975" spans="1:7">
       <c r="A975" s="3" t="s">
-        <v>1290</v>
+        <v>573</v>
       </c>
       <c r="B975" s="4" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="C975" s="5">
-        <v>47039</v>
+        <v>47030</v>
       </c>
       <c r="D975" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E975" s="5">
         <v>40</v>
       </c>
       <c r="F975" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G975" s="5" t="s">
-        <v>1287</v>
+        <v>464</v>
       </c>
     </row>
     <row r="976" spans="1:7">
       <c r="A976" s="3" t="s">
-        <v>1298</v>
+        <v>1290</v>
       </c>
       <c r="B976" s="4" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="C976" s="5">
-        <v>47045</v>
+        <v>47039</v>
       </c>
       <c r="D976" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E976" s="5">
         <v>40</v>
       </c>
       <c r="F976" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G976" s="5" t="s">
-        <v>1517</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="977" spans="1:7">
       <c r="A977" s="3" t="s">
-        <v>1290</v>
+        <v>1298</v>
       </c>
       <c r="B977" s="4" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="C977" s="5">
-        <v>47052</v>
+        <v>47045</v>
       </c>
       <c r="D977" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E977" s="5">
         <v>40</v>
       </c>
       <c r="F977" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G977" s="5" t="s">
-        <v>525</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="978" spans="1:7">
       <c r="A978" s="3" t="s">
-        <v>573</v>
+        <v>1290</v>
       </c>
       <c r="B978" s="4" t="s">
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="C978" s="5">
-        <v>47054</v>
+        <v>47052</v>
       </c>
       <c r="D978" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E978" s="5">
         <v>40</v>
       </c>
       <c r="F978" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G978" s="5" t="s">
-        <v>2035</v>
+        <v>525</v>
       </c>
     </row>
     <row r="979" spans="1:7">
       <c r="A979" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="B979" s="4" t="s">
         <v>2036</v>
       </c>
-      <c r="B979" s="4" t="s">
+      <c r="C979" s="5">
+        <v>47054</v>
+      </c>
+      <c r="D979" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E979" s="5">
+        <v>40</v>
+      </c>
+      <c r="F979" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G979" s="5" t="s">
         <v>2037</v>
-      </c>
-[...13 lines deleted...]
-        <v>973</v>
       </c>
     </row>
     <row r="980" spans="1:7">
       <c r="A980" s="3" t="s">
-        <v>674</v>
+        <v>2038</v>
       </c>
       <c r="B980" s="4" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="C980" s="5">
-        <v>47091</v>
+        <v>47085</v>
       </c>
       <c r="D980" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E980" s="5">
         <v>40</v>
       </c>
       <c r="F980" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G980" s="5" t="s">
-        <v>2039</v>
+        <v>973</v>
       </c>
     </row>
     <row r="981" spans="1:7">
       <c r="A981" s="3" t="s">
         <v>674</v>
       </c>
       <c r="B981" s="4" t="s">
         <v>2040</v>
       </c>
       <c r="C981" s="5">
-        <v>47101</v>
+        <v>47091</v>
       </c>
       <c r="D981" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E981" s="5">
         <v>40</v>
       </c>
       <c r="F981" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G981" s="5" t="s">
-        <v>190</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="982" spans="1:7">
       <c r="A982" s="3" t="s">
-        <v>1290</v>
+        <v>674</v>
       </c>
       <c r="B982" s="4" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="C982" s="5">
-        <v>47110</v>
+        <v>47101</v>
       </c>
       <c r="D982" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E982" s="5">
         <v>40</v>
       </c>
       <c r="F982" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G982" s="5" t="s">
-        <v>1243</v>
+        <v>190</v>
       </c>
     </row>
     <row r="983" spans="1:7">
       <c r="A983" s="3" t="s">
         <v>1290</v>
       </c>
       <c r="B983" s="4" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="C983" s="5">
-        <v>47144</v>
+        <v>47110</v>
       </c>
       <c r="D983" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E983" s="5">
         <v>40</v>
       </c>
       <c r="F983" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G983" s="5" t="s">
-        <v>1211</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="984" spans="1:7">
       <c r="A984" s="3" t="s">
-        <v>573</v>
+        <v>1290</v>
       </c>
       <c r="B984" s="4" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="C984" s="5">
-        <v>47172</v>
+        <v>47144</v>
       </c>
       <c r="D984" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E984" s="5">
         <v>40</v>
       </c>
       <c r="F984" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G984" s="5" t="s">
-        <v>2044</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="985" spans="1:7">
       <c r="A985" s="3" t="s">
-        <v>1290</v>
+        <v>573</v>
       </c>
       <c r="B985" s="4" t="s">
         <v>2045</v>
       </c>
       <c r="C985" s="5">
-        <v>47205</v>
+        <v>47172</v>
       </c>
       <c r="D985" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E985" s="5">
         <v>40</v>
       </c>
       <c r="F985" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G985" s="5" t="s">
-        <v>152</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="986" spans="1:7">
       <c r="A986" s="3" t="s">
-        <v>1584</v>
+        <v>1290</v>
       </c>
       <c r="B986" s="4" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
       <c r="C986" s="5">
-        <v>47220</v>
+        <v>47205</v>
       </c>
       <c r="D986" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E986" s="5">
         <v>40</v>
       </c>
       <c r="F986" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G986" s="5" t="s">
-        <v>2047</v>
+        <v>152</v>
       </c>
     </row>
     <row r="987" spans="1:7">
       <c r="A987" s="3" t="s">
-        <v>1290</v>
+        <v>1584</v>
       </c>
       <c r="B987" s="4" t="s">
         <v>2048</v>
       </c>
       <c r="C987" s="5">
         <v>47220</v>
       </c>
       <c r="D987" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E987" s="5">
         <v>40</v>
       </c>
       <c r="F987" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G987" s="5" t="s">
-        <v>1399</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="988" spans="1:7">
       <c r="A988" s="3" t="s">
         <v>1290</v>
       </c>
       <c r="B988" s="4" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="C988" s="5">
-        <v>47226</v>
+        <v>47220</v>
       </c>
       <c r="D988" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E988" s="5">
         <v>40</v>
       </c>
       <c r="F988" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G988" s="5" t="s">
-        <v>122</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="989" spans="1:7">
       <c r="A989" s="3" t="s">
-        <v>573</v>
+        <v>1290</v>
       </c>
       <c r="B989" s="4" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="C989" s="5">
-        <v>47194</v>
+        <v>47226</v>
       </c>
       <c r="D989" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E989" s="5">
         <v>40</v>
       </c>
       <c r="F989" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G989" s="5" t="s">
-        <v>2051</v>
+        <v>122</v>
       </c>
     </row>
     <row r="990" spans="1:7">
       <c r="A990" s="3" t="s">
-        <v>492</v>
+        <v>573</v>
       </c>
       <c r="B990" s="4" t="s">
         <v>2052</v>
       </c>
-      <c r="C990" s="5" t="s">
+      <c r="C990" s="5">
+        <v>47194</v>
+      </c>
+      <c r="D990" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E990" s="5">
+        <v>40</v>
+      </c>
+      <c r="F990" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G990" s="5" t="s">
         <v>2053</v>
-      </c>
-[...10 lines deleted...]
-        <v>2054</v>
       </c>
     </row>
     <row r="991" spans="1:7">
       <c r="A991" s="3" t="s">
         <v>492</v>
       </c>
       <c r="B991" s="4" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C991" s="5" t="s">
         <v>2055</v>
       </c>
-      <c r="C991" s="5" t="s">
+      <c r="D991" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E991" s="5">
+        <v>40</v>
+      </c>
+      <c r="F991" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G991" s="5" t="s">
         <v>2056</v>
-      </c>
-[...10 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="992" spans="1:7">
       <c r="A992" s="3" t="s">
         <v>492</v>
       </c>
       <c r="B992" s="4" t="s">
         <v>2057</v>
       </c>
       <c r="C992" s="5" t="s">
         <v>2058</v>
       </c>
       <c r="D992" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E992" s="5">
         <v>40</v>
       </c>
       <c r="F992" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G992" s="5" t="s">
-        <v>2059</v>
+        <v>448</v>
       </c>
     </row>
     <row r="993" spans="1:7">
       <c r="A993" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="B993" s="4" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C993" s="5" t="s">
         <v>2060</v>
       </c>
-      <c r="B993" s="4" t="s">
+      <c r="D993" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E993" s="5">
+        <v>40</v>
+      </c>
+      <c r="F993" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G993" s="5" t="s">
         <v>2061</v>
-      </c>
-[...13 lines deleted...]
-        <v>868</v>
       </c>
     </row>
     <row r="994" spans="1:7">
       <c r="A994" s="3" t="s">
+        <v>2062</v>
+      </c>
+      <c r="B994" s="4" t="s">
         <v>2063</v>
       </c>
-      <c r="B994" s="4" t="s">
+      <c r="C994" s="5" t="s">
         <v>2064</v>
       </c>
-      <c r="C994" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D994" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E994" s="5">
         <v>40</v>
       </c>
       <c r="F994" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G994" s="5" t="s">
-        <v>2066</v>
+        <v>868</v>
       </c>
     </row>
     <row r="995" spans="1:7">
       <c r="A995" s="3" t="s">
+        <v>2065</v>
+      </c>
+      <c r="B995" s="4" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C995" s="5" t="s">
         <v>2067</v>
       </c>
-      <c r="B995" s="4" t="s">
+      <c r="D995" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E995" s="5">
+        <v>40</v>
+      </c>
+      <c r="F995" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G995" s="5" t="s">
         <v>2068</v>
-      </c>
-[...13 lines deleted...]
-        <v>1930</v>
       </c>
     </row>
     <row r="996" spans="1:7">
       <c r="A996" s="3" t="s">
-        <v>492</v>
+        <v>2069</v>
       </c>
       <c r="B996" s="4" t="s">
         <v>2070</v>
       </c>
       <c r="C996" s="5" t="s">
         <v>2071</v>
       </c>
       <c r="D996" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E996" s="5">
         <v>40</v>
       </c>
       <c r="F996" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G996" s="5" t="s">
-        <v>166</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="997" spans="1:7">
       <c r="A997" s="3" t="s">
         <v>492</v>
       </c>
       <c r="B997" s="4" t="s">
         <v>2072</v>
       </c>
       <c r="C997" s="5" t="s">
-        <v>2058</v>
+        <v>2073</v>
       </c>
       <c r="D997" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E997" s="5">
         <v>40</v>
       </c>
       <c r="F997" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G997" s="5" t="s">
-        <v>2073</v>
+        <v>166</v>
       </c>
     </row>
     <row r="998" spans="1:7">
       <c r="A998" s="3" t="s">
         <v>492</v>
       </c>
       <c r="B998" s="4" t="s">
         <v>2074</v>
       </c>
       <c r="C998" s="5" t="s">
-        <v>2058</v>
+        <v>2060</v>
       </c>
       <c r="D998" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E998" s="5">
         <v>40</v>
       </c>
       <c r="F998" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G998" s="5" t="s">
-        <v>623</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="999" spans="1:7">
       <c r="A999" s="3" t="s">
         <v>492</v>
       </c>
       <c r="B999" s="4" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="C999" s="5" t="s">
-        <v>2058</v>
+        <v>2060</v>
       </c>
       <c r="D999" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E999" s="5">
         <v>40</v>
       </c>
       <c r="F999" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G999" s="5" t="s">
-        <v>2076</v>
+        <v>623</v>
       </c>
     </row>
     <row r="1000" spans="1:7">
       <c r="A1000" s="3" t="s">
-        <v>1773</v>
+        <v>492</v>
       </c>
       <c r="B1000" s="4" t="s">
         <v>2077</v>
       </c>
       <c r="C1000" s="5" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D1000" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1000" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1000" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1000" s="5" t="s">
         <v>2078</v>
-      </c>
-[...10 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="1001" spans="1:7">
       <c r="A1001" s="3" t="s">
         <v>1773</v>
       </c>
       <c r="B1001" s="4" t="s">
         <v>2079</v>
       </c>
       <c r="C1001" s="5" t="s">
         <v>2080</v>
       </c>
       <c r="D1001" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1001" s="5">
         <v>40</v>
       </c>
       <c r="F1001" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1001" s="5" t="s">
-        <v>2081</v>
+        <v>386</v>
       </c>
     </row>
     <row r="1002" spans="1:7">
       <c r="A1002" s="3" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B1002" s="4" t="s">
+        <v>2081</v>
+      </c>
+      <c r="C1002" s="5" t="s">
         <v>2082</v>
       </c>
-      <c r="B1002" s="4" t="s">
+      <c r="D1002" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1002" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1002" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1002" s="5" t="s">
         <v>2083</v>
-      </c>
-[...13 lines deleted...]
-        <v>2085</v>
       </c>
     </row>
     <row r="1003" spans="1:7">
       <c r="A1003" s="3" t="s">
+        <v>2084</v>
+      </c>
+      <c r="B1003" s="4" t="s">
+        <v>2085</v>
+      </c>
+      <c r="C1003" s="5" t="s">
         <v>2086</v>
       </c>
-      <c r="B1003" s="4" t="s">
+      <c r="D1003" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1003" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1003" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1003" s="5" t="s">
         <v>2087</v>
-      </c>
-[...13 lines deleted...]
-        <v>2089</v>
       </c>
     </row>
     <row r="1004" spans="1:7">
       <c r="A1004" s="3" t="s">
-        <v>530</v>
+        <v>2088</v>
       </c>
       <c r="B1004" s="4" t="s">
+        <v>2089</v>
+      </c>
+      <c r="C1004" s="5" t="s">
         <v>2090</v>
       </c>
-      <c r="C1004" s="5" t="s">
+      <c r="D1004" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1004" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1004" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1004" s="5" t="s">
         <v>2091</v>
-      </c>
-[...10 lines deleted...]
-        <v>2092</v>
       </c>
     </row>
     <row r="1005" spans="1:7">
       <c r="A1005" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="B1005" s="4" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C1005" s="5" t="s">
         <v>2093</v>
       </c>
-      <c r="B1005" s="4" t="s">
+      <c r="D1005" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1005" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1005" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1005" s="5" t="s">
         <v>2094</v>
-      </c>
-[...13 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="1006" spans="1:7">
       <c r="A1006" s="3" t="s">
-        <v>1584</v>
+        <v>2095</v>
       </c>
       <c r="B1006" s="4" t="s">
         <v>2096</v>
       </c>
       <c r="C1006" s="5" t="s">
-        <v>2065</v>
+        <v>2097</v>
       </c>
       <c r="D1006" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1006" s="5">
         <v>40</v>
       </c>
       <c r="F1006" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1006" s="5" t="s">
-        <v>2097</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1007" spans="1:7">
       <c r="A1007" s="3" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B1007" s="4" t="s">
         <v>2098</v>
       </c>
-      <c r="B1007" s="4" t="s">
+      <c r="C1007" s="5" t="s">
+        <v>2067</v>
+      </c>
+      <c r="D1007" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1007" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1007" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1007" s="5" t="s">
         <v>2099</v>
-      </c>
-[...13 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="1008" spans="1:7">
       <c r="A1008" s="3" t="s">
-        <v>125</v>
+        <v>2100</v>
       </c>
       <c r="B1008" s="4" t="s">
         <v>2101</v>
       </c>
-      <c r="C1008" s="5">
-        <v>50005</v>
+      <c r="C1008" s="5" t="s">
+        <v>2102</v>
       </c>
       <c r="D1008" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1008" s="5">
         <v>40</v>
       </c>
       <c r="F1008" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1008" s="5" t="s">
-        <v>2102</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1009" spans="1:7">
       <c r="A1009" s="3" t="s">
-        <v>1101</v>
+        <v>125</v>
       </c>
       <c r="B1009" s="4" t="s">
         <v>2103</v>
       </c>
       <c r="C1009" s="5">
-        <v>50008</v>
+        <v>50005</v>
       </c>
       <c r="D1009" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1009" s="5">
         <v>40</v>
       </c>
       <c r="F1009" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1009" s="5" t="s">
         <v>2104</v>
       </c>
     </row>
     <row r="1010" spans="1:7">
       <c r="A1010" s="3" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B1010" s="4" t="s">
         <v>2105</v>
       </c>
-      <c r="B1010" s="4" t="s">
+      <c r="C1010" s="5">
+        <v>50008</v>
+      </c>
+      <c r="D1010" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1010" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1010" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1010" s="5" t="s">
         <v>2106</v>
-      </c>
-[...13 lines deleted...]
-        <v>1822</v>
       </c>
     </row>
     <row r="1011" spans="1:7">
       <c r="A1011" s="3" t="s">
-        <v>1495</v>
+        <v>2107</v>
       </c>
       <c r="B1011" s="4" t="s">
-        <v>2107</v>
+        <v>2108</v>
       </c>
       <c r="C1011" s="5">
-        <v>50025</v>
+        <v>50023</v>
       </c>
       <c r="D1011" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1011" s="5">
         <v>40</v>
       </c>
       <c r="F1011" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1011" s="5" t="s">
-        <v>2108</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="1012" spans="1:7">
       <c r="A1012" s="3" t="s">
-        <v>694</v>
+        <v>1495</v>
       </c>
       <c r="B1012" s="4" t="s">
         <v>2109</v>
       </c>
       <c r="C1012" s="5">
-        <v>50028</v>
+        <v>50025</v>
       </c>
       <c r="D1012" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1012" s="5">
         <v>40</v>
       </c>
       <c r="F1012" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1012" s="5" t="s">
         <v>2110</v>
       </c>
     </row>
     <row r="1013" spans="1:7">
       <c r="A1013" s="3" t="s">
-        <v>1495</v>
+        <v>694</v>
       </c>
       <c r="B1013" s="4" t="s">
         <v>2111</v>
       </c>
       <c r="C1013" s="5">
-        <v>50055</v>
+        <v>50028</v>
       </c>
       <c r="D1013" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1013" s="5">
         <v>40</v>
       </c>
       <c r="F1013" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1013" s="5" t="s">
-        <v>721</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="1014" spans="1:7">
       <c r="A1014" s="3" t="s">
         <v>1495</v>
       </c>
       <c r="B1014" s="4" t="s">
-        <v>2112</v>
+        <v>2113</v>
       </c>
       <c r="C1014" s="5">
-        <v>50073</v>
+        <v>50055</v>
       </c>
       <c r="D1014" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1014" s="5">
         <v>40</v>
       </c>
       <c r="F1014" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1014" s="5" t="s">
-        <v>488</v>
+        <v>721</v>
       </c>
     </row>
     <row r="1015" spans="1:7">
       <c r="A1015" s="3" t="s">
         <v>1495</v>
       </c>
       <c r="B1015" s="4" t="s">
-        <v>2113</v>
+        <v>2114</v>
       </c>
       <c r="C1015" s="5">
-        <v>50099</v>
+        <v>50073</v>
       </c>
       <c r="D1015" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1015" s="5">
         <v>40</v>
       </c>
       <c r="F1015" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1015" s="5" t="s">
-        <v>953</v>
+        <v>488</v>
       </c>
     </row>
     <row r="1016" spans="1:7">
       <c r="A1016" s="3" t="s">
-        <v>694</v>
+        <v>1495</v>
       </c>
       <c r="B1016" s="4" t="s">
-        <v>2114</v>
+        <v>2115</v>
       </c>
       <c r="C1016" s="5">
-        <v>50102</v>
+        <v>50099</v>
       </c>
       <c r="D1016" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1016" s="5">
         <v>40</v>
       </c>
       <c r="F1016" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1016" s="5" t="s">
-        <v>2076</v>
+        <v>953</v>
       </c>
     </row>
     <row r="1017" spans="1:7">
       <c r="A1017" s="3" t="s">
-        <v>1495</v>
+        <v>694</v>
       </c>
       <c r="B1017" s="4" t="s">
-        <v>2115</v>
+        <v>2116</v>
       </c>
       <c r="C1017" s="5">
-        <v>50124</v>
+        <v>50102</v>
       </c>
       <c r="D1017" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1017" s="5">
         <v>40</v>
       </c>
       <c r="F1017" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1017" s="5" t="s">
-        <v>1295</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="1018" spans="1:7">
       <c r="A1018" s="3" t="s">
-        <v>125</v>
+        <v>1495</v>
       </c>
       <c r="B1018" s="4" t="s">
-        <v>2116</v>
+        <v>2117</v>
       </c>
       <c r="C1018" s="5">
-        <v>50136</v>
+        <v>50124</v>
       </c>
       <c r="D1018" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1018" s="5">
         <v>40</v>
       </c>
       <c r="F1018" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1018" s="5" t="s">
-        <v>2117</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="1019" spans="1:7">
       <c r="A1019" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B1019" s="4" t="s">
         <v>2118</v>
       </c>
       <c r="C1019" s="5">
-        <v>50139</v>
+        <v>50136</v>
       </c>
       <c r="D1019" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1019" s="5">
         <v>40</v>
       </c>
       <c r="F1019" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1019" s="5" t="s">
-        <v>1123</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="1020" spans="1:7">
       <c r="A1020" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B1020" s="4" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="C1020" s="5">
-        <v>50144</v>
+        <v>50139</v>
       </c>
       <c r="D1020" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1020" s="5">
         <v>40</v>
       </c>
       <c r="F1020" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1020" s="5" t="s">
-        <v>934</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="1021" spans="1:7">
       <c r="A1021" s="3" t="s">
-        <v>1495</v>
+        <v>125</v>
       </c>
       <c r="B1021" s="4" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="C1021" s="5">
-        <v>50147</v>
+        <v>50144</v>
       </c>
       <c r="D1021" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1021" s="5">
         <v>40</v>
       </c>
       <c r="F1021" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1021" s="5" t="s">
-        <v>2121</v>
+        <v>934</v>
       </c>
     </row>
     <row r="1022" spans="1:7">
       <c r="A1022" s="3" t="s">
-        <v>1101</v>
+        <v>1495</v>
       </c>
       <c r="B1022" s="4" t="s">
         <v>2122</v>
       </c>
       <c r="C1022" s="5">
-        <v>50163</v>
+        <v>50147</v>
       </c>
       <c r="D1022" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1022" s="5">
         <v>40</v>
       </c>
       <c r="F1022" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1022" s="5" t="s">
         <v>2123</v>
       </c>
     </row>
     <row r="1023" spans="1:7">
       <c r="A1023" s="3" t="s">
-        <v>694</v>
+        <v>1101</v>
       </c>
       <c r="B1023" s="4" t="s">
         <v>2124</v>
       </c>
       <c r="C1023" s="5">
-        <v>50165</v>
+        <v>50163</v>
       </c>
       <c r="D1023" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1023" s="5">
         <v>40</v>
       </c>
       <c r="F1023" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1023" s="5" t="s">
         <v>2125</v>
       </c>
     </row>
     <row r="1024" spans="1:7">
       <c r="A1024" s="3" t="s">
-        <v>125</v>
+        <v>694</v>
       </c>
       <c r="B1024" s="4" t="s">
         <v>2126</v>
       </c>
       <c r="C1024" s="5">
-        <v>50169</v>
+        <v>50165</v>
       </c>
       <c r="D1024" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1024" s="5">
         <v>40</v>
       </c>
       <c r="F1024" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1024" s="5" t="s">
         <v>2127</v>
       </c>
     </row>
     <row r="1025" spans="1:7">
       <c r="A1025" s="3" t="s">
-        <v>1495</v>
+        <v>125</v>
       </c>
       <c r="B1025" s="4" t="s">
         <v>2128</v>
       </c>
       <c r="C1025" s="5">
-        <v>50182</v>
+        <v>50169</v>
       </c>
       <c r="D1025" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1025" s="5">
         <v>40</v>
       </c>
       <c r="F1025" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1025" s="5" t="s">
-        <v>1046</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="1026" spans="1:7">
       <c r="A1026" s="3" t="s">
-        <v>2129</v>
+        <v>1495</v>
       </c>
       <c r="B1026" s="4" t="s">
         <v>2130</v>
       </c>
       <c r="C1026" s="5">
-        <v>50208</v>
+        <v>50182</v>
       </c>
       <c r="D1026" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1026" s="5">
         <v>40</v>
       </c>
       <c r="F1026" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1026" s="5" t="s">
-        <v>2131</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="1027" spans="1:7">
       <c r="A1027" s="3" t="s">
-        <v>125</v>
+        <v>2131</v>
       </c>
       <c r="B1027" s="4" t="s">
         <v>2132</v>
       </c>
       <c r="C1027" s="5">
-        <v>50218</v>
+        <v>50208</v>
       </c>
       <c r="D1027" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1027" s="5">
         <v>40</v>
       </c>
       <c r="F1027" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1027" s="5" t="s">
-        <v>180</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="1028" spans="1:7">
       <c r="A1028" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B1028" s="4" t="s">
-        <v>2133</v>
+        <v>2134</v>
       </c>
       <c r="C1028" s="5">
-        <v>50222</v>
+        <v>50218</v>
       </c>
       <c r="D1028" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1028" s="5">
         <v>40</v>
       </c>
       <c r="F1028" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1028" s="5" t="s">
-        <v>237</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1029" spans="1:7">
       <c r="A1029" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B1029" s="4" t="s">
-        <v>2134</v>
+        <v>2135</v>
       </c>
       <c r="C1029" s="5">
-        <v>50224</v>
+        <v>50222</v>
       </c>
       <c r="D1029" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1029" s="5">
         <v>40</v>
       </c>
       <c r="F1029" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1029" s="5" t="s">
-        <v>2127</v>
+        <v>237</v>
       </c>
     </row>
     <row r="1030" spans="1:7">
       <c r="A1030" s="3" t="s">
-        <v>1101</v>
+        <v>125</v>
       </c>
       <c r="B1030" s="4" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
       <c r="C1030" s="5">
-        <v>50230</v>
+        <v>50224</v>
       </c>
       <c r="D1030" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1030" s="5">
         <v>40</v>
       </c>
       <c r="F1030" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1030" s="5" t="s">
-        <v>2136</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="1031" spans="1:7">
       <c r="A1031" s="3" t="s">
-        <v>694</v>
+        <v>1101</v>
       </c>
       <c r="B1031" s="4" t="s">
         <v>2137</v>
       </c>
       <c r="C1031" s="5">
-        <v>50244</v>
+        <v>50230</v>
       </c>
       <c r="D1031" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1031" s="5">
         <v>40</v>
       </c>
       <c r="F1031" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1031" s="5" t="s">
         <v>2138</v>
       </c>
     </row>
     <row r="1032" spans="1:7">
       <c r="A1032" s="3" t="s">
-        <v>1495</v>
+        <v>694</v>
       </c>
       <c r="B1032" s="4" t="s">
         <v>2139</v>
       </c>
       <c r="C1032" s="5">
-        <v>50252</v>
+        <v>50244</v>
       </c>
       <c r="D1032" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1032" s="5">
         <v>40</v>
       </c>
       <c r="F1032" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1032" s="5" t="s">
-        <v>282</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="1033" spans="1:7">
       <c r="A1033" s="3" t="s">
-        <v>2140</v>
+        <v>1495</v>
       </c>
       <c r="B1033" s="4" t="s">
         <v>2141</v>
       </c>
       <c r="C1033" s="5">
-        <v>50293</v>
+        <v>50252</v>
       </c>
       <c r="D1033" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1033" s="5">
         <v>40</v>
       </c>
       <c r="F1033" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1033" s="5" t="s">
-        <v>130</v>
+        <v>282</v>
       </c>
     </row>
     <row r="1034" spans="1:7">
       <c r="A1034" s="3" t="s">
-        <v>1101</v>
+        <v>2142</v>
       </c>
       <c r="B1034" s="4" t="s">
-        <v>2142</v>
+        <v>2143</v>
       </c>
       <c r="C1034" s="5">
-        <v>50297</v>
+        <v>50293</v>
       </c>
       <c r="D1034" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1034" s="5">
         <v>40</v>
       </c>
       <c r="F1034" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1034" s="5" t="s">
-        <v>520</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1035" spans="1:7">
       <c r="A1035" s="3" t="s">
         <v>1101</v>
       </c>
       <c r="B1035" s="4" t="s">
-        <v>2143</v>
+        <v>2144</v>
       </c>
       <c r="C1035" s="5">
         <v>50297</v>
       </c>
       <c r="D1035" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1035" s="5">
         <v>40</v>
       </c>
       <c r="F1035" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1035" s="5" t="s">
-        <v>2144</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1036" spans="1:7">
       <c r="A1036" s="3" t="s">
         <v>1101</v>
       </c>
       <c r="B1036" s="4" t="s">
         <v>2145</v>
       </c>
       <c r="C1036" s="5">
-        <v>50903</v>
+        <v>50297</v>
       </c>
       <c r="D1036" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1036" s="5">
         <v>40</v>
       </c>
       <c r="F1036" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1036" s="5" t="s">
-        <v>623</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="1037" spans="1:7">
       <c r="A1037" s="3" t="s">
-        <v>125</v>
+        <v>1101</v>
       </c>
       <c r="B1037" s="4" t="s">
-        <v>2146</v>
+        <v>2147</v>
       </c>
       <c r="C1037" s="5">
-        <v>50297</v>
+        <v>50903</v>
       </c>
       <c r="D1037" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1037" s="5">
         <v>40</v>
       </c>
       <c r="F1037" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1037" s="5" t="s">
-        <v>339</v>
+        <v>623</v>
       </c>
     </row>
     <row r="1038" spans="1:7">
       <c r="A1038" s="3" t="s">
-        <v>1584</v>
+        <v>125</v>
       </c>
       <c r="B1038" s="4" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="C1038" s="5">
         <v>50297</v>
       </c>
       <c r="D1038" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1038" s="5">
         <v>40</v>
       </c>
       <c r="F1038" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1038" s="5" t="s">
-        <v>2147</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1039" spans="1:7">
       <c r="A1039" s="3" t="s">
-        <v>1101</v>
+        <v>1584</v>
       </c>
       <c r="B1039" s="4" t="s">
         <v>2148</v>
       </c>
       <c r="C1039" s="5">
-        <v>50298</v>
+        <v>50297</v>
       </c>
       <c r="D1039" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1039" s="5">
         <v>40</v>
       </c>
       <c r="F1039" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1039" s="5" t="s">
-        <v>546</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="1040" spans="1:7">
       <c r="A1040" s="3" t="s">
-        <v>125</v>
+        <v>1101</v>
       </c>
       <c r="B1040" s="4" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
       <c r="C1040" s="5">
-        <v>50297</v>
+        <v>50298</v>
       </c>
       <c r="D1040" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1040" s="5">
         <v>40</v>
       </c>
       <c r="F1040" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1040" s="5" t="s">
-        <v>2150</v>
+        <v>546</v>
       </c>
     </row>
     <row r="1041" spans="1:7">
       <c r="A1041" s="3" t="s">
-        <v>674</v>
+        <v>125</v>
       </c>
       <c r="B1041" s="4" t="s">
         <v>2151</v>
       </c>
       <c r="C1041" s="5">
-        <v>49013</v>
+        <v>50297</v>
       </c>
       <c r="D1041" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1041" s="5">
         <v>40</v>
       </c>
       <c r="F1041" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1041" s="5" t="s">
-        <v>109</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="1042" spans="1:7">
       <c r="A1042" s="3" t="s">
-        <v>1282</v>
+        <v>674</v>
       </c>
       <c r="B1042" s="4" t="s">
-        <v>2152</v>
+        <v>2153</v>
       </c>
       <c r="C1042" s="5">
-        <v>49018</v>
+        <v>49013</v>
       </c>
       <c r="D1042" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1042" s="5">
         <v>40</v>
       </c>
       <c r="F1042" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1042" s="5" t="s">
-        <v>1026</v>
+        <v>109</v>
       </c>
     </row>
     <row r="1043" spans="1:7">
       <c r="A1043" s="3" t="s">
-        <v>1290</v>
+        <v>1282</v>
       </c>
       <c r="B1043" s="4" t="s">
-        <v>2153</v>
+        <v>2154</v>
       </c>
       <c r="C1043" s="5">
-        <v>49021</v>
+        <v>49018</v>
       </c>
       <c r="D1043" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1043" s="5">
         <v>40</v>
       </c>
       <c r="F1043" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1043" s="5" t="s">
-        <v>481</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="1044" spans="1:7">
       <c r="A1044" s="3" t="s">
-        <v>674</v>
+        <v>1290</v>
       </c>
       <c r="B1044" s="4" t="s">
-        <v>2154</v>
+        <v>2155</v>
       </c>
       <c r="C1044" s="5">
-        <v>49030</v>
+        <v>49021</v>
       </c>
       <c r="D1044" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1044" s="5">
         <v>40</v>
       </c>
       <c r="F1044" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1044" s="5" t="s">
-        <v>1906</v>
+        <v>481</v>
       </c>
     </row>
     <row r="1045" spans="1:7">
       <c r="A1045" s="3" t="s">
         <v>674</v>
       </c>
       <c r="B1045" s="4" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
       <c r="C1045" s="5">
-        <v>49041</v>
+        <v>49030</v>
       </c>
       <c r="D1045" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1045" s="5">
         <v>40</v>
       </c>
       <c r="F1045" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1045" s="5" t="s">
-        <v>499</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="1046" spans="1:7">
       <c r="A1046" s="3" t="s">
-        <v>745</v>
+        <v>674</v>
       </c>
       <c r="B1046" s="4" t="s">
-        <v>2155</v>
+        <v>2157</v>
       </c>
       <c r="C1046" s="5">
         <v>49041</v>
       </c>
       <c r="D1046" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1046" s="5">
         <v>40</v>
       </c>
       <c r="F1046" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1046" s="5" t="s">
-        <v>2156</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1047" spans="1:7">
       <c r="A1047" s="3" t="s">
+        <v>745</v>
+      </c>
+      <c r="B1047" s="4" t="s">
         <v>2157</v>
       </c>
-      <c r="B1047" s="4" t="s">
+      <c r="C1047" s="5">
+        <v>49041</v>
+      </c>
+      <c r="D1047" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1047" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1047" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1047" s="5" t="s">
         <v>2158</v>
-      </c>
-[...13 lines deleted...]
-        <v>2159</v>
       </c>
     </row>
     <row r="1048" spans="1:7">
       <c r="A1048" s="3" t="s">
-        <v>1290</v>
+        <v>2159</v>
       </c>
       <c r="B1048" s="4" t="s">
         <v>2160</v>
       </c>
       <c r="C1048" s="5">
         <v>49042</v>
       </c>
       <c r="D1048" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1048" s="5">
         <v>40</v>
       </c>
       <c r="F1048" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1048" s="5" t="s">
-        <v>758</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="1049" spans="1:7">
       <c r="A1049" s="3" t="s">
-        <v>1298</v>
+        <v>1290</v>
       </c>
       <c r="B1049" s="4" t="s">
-        <v>2161</v>
+        <v>2162</v>
       </c>
       <c r="C1049" s="5">
-        <v>49055</v>
+        <v>49042</v>
       </c>
       <c r="D1049" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1049" s="5">
         <v>40</v>
       </c>
       <c r="F1049" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1049" s="5" t="s">
-        <v>1399</v>
+        <v>758</v>
       </c>
     </row>
     <row r="1050" spans="1:7">
       <c r="A1050" s="3" t="s">
-        <v>2157</v>
+        <v>1298</v>
       </c>
       <c r="B1050" s="4" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
       <c r="C1050" s="5">
         <v>49055</v>
       </c>
       <c r="D1050" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1050" s="5">
         <v>40</v>
       </c>
       <c r="F1050" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1050" s="5" t="s">
-        <v>2162</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="1051" spans="1:7">
       <c r="A1051" s="3" t="s">
-        <v>2157</v>
+        <v>2159</v>
       </c>
       <c r="B1051" s="4" t="s">
         <v>2163</v>
       </c>
       <c r="C1051" s="5">
-        <v>49056</v>
+        <v>49055</v>
       </c>
       <c r="D1051" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1051" s="5">
         <v>40</v>
       </c>
       <c r="F1051" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1051" s="5" t="s">
         <v>2164</v>
       </c>
     </row>
     <row r="1052" spans="1:7">
       <c r="A1052" s="3" t="s">
-        <v>1282</v>
+        <v>2159</v>
       </c>
       <c r="B1052" s="4" t="s">
         <v>2165</v>
       </c>
       <c r="C1052" s="5">
-        <v>49066</v>
+        <v>49056</v>
       </c>
       <c r="D1052" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1052" s="5">
         <v>40</v>
       </c>
       <c r="F1052" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1052" s="5" t="s">
         <v>2166</v>
       </c>
     </row>
     <row r="1053" spans="1:7">
       <c r="A1053" s="3" t="s">
-        <v>1308</v>
+        <v>1282</v>
       </c>
       <c r="B1053" s="4" t="s">
         <v>2167</v>
       </c>
       <c r="C1053" s="5">
-        <v>49067</v>
+        <v>49066</v>
       </c>
       <c r="D1053" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1053" s="5">
         <v>40</v>
       </c>
       <c r="F1053" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1053" s="5" t="s">
         <v>2168</v>
       </c>
     </row>
     <row r="1054" spans="1:7">
       <c r="A1054" s="3" t="s">
-        <v>1076</v>
+        <v>1308</v>
       </c>
       <c r="B1054" s="4" t="s">
         <v>2169</v>
       </c>
       <c r="C1054" s="5">
-        <v>49071</v>
+        <v>49067</v>
       </c>
       <c r="D1054" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1054" s="5">
         <v>40</v>
       </c>
       <c r="F1054" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1054" s="5" t="s">
-        <v>1072</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="1055" spans="1:7">
       <c r="A1055" s="3" t="s">
-        <v>674</v>
+        <v>1076</v>
       </c>
       <c r="B1055" s="4" t="s">
-        <v>2170</v>
+        <v>2171</v>
       </c>
       <c r="C1055" s="5">
-        <v>49077</v>
+        <v>49071</v>
       </c>
       <c r="D1055" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1055" s="5">
         <v>40</v>
       </c>
       <c r="F1055" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1055" s="5" t="s">
-        <v>973</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="1056" spans="1:7">
       <c r="A1056" s="3" t="s">
-        <v>2171</v>
+        <v>674</v>
       </c>
       <c r="B1056" s="4" t="s">
         <v>2172</v>
       </c>
       <c r="C1056" s="5">
-        <v>49095</v>
+        <v>49077</v>
       </c>
       <c r="D1056" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1056" s="5">
         <v>40</v>
       </c>
       <c r="F1056" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1056" s="5" t="s">
-        <v>1552</v>
+        <v>973</v>
       </c>
     </row>
     <row r="1057" spans="1:7">
       <c r="A1057" s="3" t="s">
-        <v>1282</v>
+        <v>2173</v>
       </c>
       <c r="B1057" s="4" t="s">
-        <v>2173</v>
+        <v>2174</v>
       </c>
       <c r="C1057" s="5">
-        <v>49110</v>
+        <v>49095</v>
       </c>
       <c r="D1057" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1057" s="5">
         <v>40</v>
       </c>
       <c r="F1057" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1057" s="5" t="s">
-        <v>542</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="1058" spans="1:7">
       <c r="A1058" s="3" t="s">
-        <v>2174</v>
+        <v>1282</v>
       </c>
       <c r="B1058" s="4" t="s">
         <v>2175</v>
       </c>
       <c r="C1058" s="5">
-        <v>49131</v>
+        <v>49110</v>
       </c>
       <c r="D1058" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1058" s="5">
         <v>40</v>
       </c>
       <c r="F1058" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1058" s="5" t="s">
-        <v>2176</v>
+        <v>542</v>
       </c>
     </row>
     <row r="1059" spans="1:7">
       <c r="A1059" s="3" t="s">
+        <v>2176</v>
+      </c>
+      <c r="B1059" s="4" t="s">
         <v>2177</v>
       </c>
-      <c r="B1059" s="4" t="s">
+      <c r="C1059" s="5">
+        <v>49131</v>
+      </c>
+      <c r="D1059" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1059" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1059" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1059" s="5" t="s">
         <v>2178</v>
-      </c>
-[...13 lines deleted...]
-        <v>1292</v>
       </c>
     </row>
     <row r="1060" spans="1:7">
       <c r="A1060" s="3" t="s">
-        <v>674</v>
+        <v>2179</v>
       </c>
       <c r="B1060" s="4" t="s">
-        <v>2179</v>
+        <v>2180</v>
       </c>
       <c r="C1060" s="5">
-        <v>49153</v>
+        <v>49152</v>
       </c>
       <c r="D1060" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1060" s="5">
         <v>40</v>
       </c>
       <c r="F1060" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1060" s="5" t="s">
-        <v>817</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="1061" spans="1:7">
       <c r="A1061" s="3" t="s">
-        <v>2157</v>
+        <v>674</v>
       </c>
       <c r="B1061" s="4" t="s">
-        <v>2180</v>
+        <v>2181</v>
       </c>
       <c r="C1061" s="5">
-        <v>49155</v>
+        <v>49153</v>
       </c>
       <c r="D1061" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1061" s="5">
         <v>40</v>
       </c>
       <c r="F1061" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1061" s="5" t="s">
-        <v>1048</v>
+        <v>817</v>
       </c>
     </row>
     <row r="1062" spans="1:7">
       <c r="A1062" s="3" t="s">
-        <v>674</v>
+        <v>2159</v>
       </c>
       <c r="B1062" s="4" t="s">
-        <v>2181</v>
+        <v>2182</v>
       </c>
       <c r="C1062" s="5">
-        <v>49160</v>
+        <v>49155</v>
       </c>
       <c r="D1062" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1062" s="5">
         <v>40</v>
       </c>
       <c r="F1062" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1062" s="5" t="s">
-        <v>1930</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="1063" spans="1:7">
       <c r="A1063" s="3" t="s">
         <v>674</v>
       </c>
       <c r="B1063" s="4" t="s">
-        <v>2182</v>
+        <v>2183</v>
       </c>
       <c r="C1063" s="5">
-        <v>49163</v>
+        <v>49160</v>
       </c>
       <c r="D1063" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1063" s="5">
         <v>40</v>
       </c>
       <c r="F1063" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1063" s="5" t="s">
-        <v>2183</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="1064" spans="1:7">
       <c r="A1064" s="3" t="s">
-        <v>1290</v>
+        <v>674</v>
       </c>
       <c r="B1064" s="4" t="s">
         <v>2184</v>
       </c>
       <c r="C1064" s="5">
-        <v>49171</v>
+        <v>49163</v>
       </c>
       <c r="D1064" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1064" s="5">
         <v>40</v>
       </c>
       <c r="F1064" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1064" s="5" t="s">
-        <v>1021</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="1065" spans="1:7">
       <c r="A1065" s="3" t="s">
-        <v>1298</v>
+        <v>1290</v>
       </c>
       <c r="B1065" s="4" t="s">
-        <v>2185</v>
+        <v>2186</v>
       </c>
       <c r="C1065" s="5">
-        <v>49175</v>
+        <v>49171</v>
       </c>
       <c r="D1065" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1065" s="5">
         <v>40</v>
       </c>
       <c r="F1065" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1065" s="5" t="s">
-        <v>1050</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="1066" spans="1:7">
       <c r="A1066" s="3" t="s">
-        <v>2157</v>
+        <v>1298</v>
       </c>
       <c r="B1066" s="4" t="s">
-        <v>2186</v>
+        <v>2187</v>
       </c>
       <c r="C1066" s="5">
-        <v>49186</v>
+        <v>49175</v>
       </c>
       <c r="D1066" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1066" s="5">
         <v>40</v>
       </c>
       <c r="F1066" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1066" s="5" t="s">
-        <v>1039</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="1067" spans="1:7">
       <c r="A1067" s="3" t="s">
-        <v>674</v>
+        <v>2159</v>
       </c>
       <c r="B1067" s="4" t="s">
-        <v>2187</v>
+        <v>2188</v>
       </c>
       <c r="C1067" s="5">
-        <v>49202</v>
+        <v>49186</v>
       </c>
       <c r="D1067" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1067" s="5">
         <v>40</v>
       </c>
       <c r="F1067" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1067" s="5" t="s">
-        <v>2028</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="1068" spans="1:7">
       <c r="A1068" s="3" t="s">
-        <v>1651</v>
+        <v>674</v>
       </c>
       <c r="B1068" s="4" t="s">
-        <v>2188</v>
+        <v>2189</v>
       </c>
       <c r="C1068" s="5">
-        <v>49219</v>
+        <v>49202</v>
       </c>
       <c r="D1068" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1068" s="5">
         <v>40</v>
       </c>
       <c r="F1068" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1068" s="5" t="s">
-        <v>655</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="1069" spans="1:7">
       <c r="A1069" s="3" t="s">
-        <v>2157</v>
+        <v>1651</v>
       </c>
       <c r="B1069" s="4" t="s">
-        <v>2189</v>
+        <v>2190</v>
       </c>
       <c r="C1069" s="5">
         <v>49219</v>
       </c>
       <c r="D1069" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1069" s="5">
         <v>40</v>
       </c>
       <c r="F1069" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1069" s="5" t="s">
-        <v>961</v>
+        <v>655</v>
       </c>
     </row>
     <row r="1070" spans="1:7">
       <c r="A1070" s="3" t="s">
-        <v>674</v>
+        <v>2159</v>
       </c>
       <c r="B1070" s="4" t="s">
-        <v>2190</v>
+        <v>2191</v>
       </c>
       <c r="C1070" s="5">
         <v>49219</v>
       </c>
       <c r="D1070" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1070" s="5">
         <v>40</v>
       </c>
       <c r="F1070" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1070" s="5" t="s">
-        <v>144</v>
+        <v>961</v>
       </c>
     </row>
     <row r="1071" spans="1:7">
       <c r="A1071" s="3" t="s">
-        <v>1290</v>
+        <v>674</v>
       </c>
       <c r="B1071" s="4" t="s">
-        <v>2191</v>
+        <v>2192</v>
       </c>
       <c r="C1071" s="5">
-        <v>49242</v>
+        <v>49219</v>
       </c>
       <c r="D1071" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1071" s="5">
         <v>40</v>
       </c>
       <c r="F1071" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1071" s="5" t="s">
-        <v>308</v>
+        <v>144</v>
       </c>
     </row>
     <row r="1072" spans="1:7">
       <c r="A1072" s="3" t="s">
-        <v>2157</v>
+        <v>1290</v>
       </c>
       <c r="B1072" s="4" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="C1072" s="5">
         <v>49242</v>
       </c>
       <c r="D1072" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1072" s="5">
         <v>40</v>
       </c>
       <c r="F1072" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1072" s="5" t="s">
-        <v>2192</v>
+        <v>308</v>
       </c>
     </row>
     <row r="1073" spans="1:7">
       <c r="A1073" s="3" t="s">
-        <v>1651</v>
+        <v>2159</v>
       </c>
       <c r="B1073" s="4" t="s">
         <v>2193</v>
       </c>
       <c r="C1073" s="5">
-        <v>49249</v>
+        <v>49242</v>
       </c>
       <c r="D1073" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1073" s="5">
         <v>40</v>
       </c>
       <c r="F1073" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1073" s="5" t="s">
         <v>2194</v>
       </c>
     </row>
     <row r="1074" spans="1:7">
       <c r="A1074" s="3" t="s">
-        <v>674</v>
+        <v>1651</v>
       </c>
       <c r="B1074" s="4" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="C1074" s="5">
         <v>49249</v>
       </c>
       <c r="D1074" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1074" s="5">
         <v>40</v>
       </c>
       <c r="F1074" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1074" s="5" t="s">
-        <v>1234</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="1075" spans="1:7">
       <c r="A1075" s="3" t="s">
         <v>674</v>
       </c>
       <c r="B1075" s="4" t="s">
         <v>2195</v>
       </c>
       <c r="C1075" s="5">
-        <v>49251</v>
+        <v>49249</v>
       </c>
       <c r="D1075" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1075" s="5">
         <v>40</v>
       </c>
       <c r="F1075" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1075" s="5" t="s">
-        <v>1906</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="1076" spans="1:7">
       <c r="A1076" s="3" t="s">
         <v>674</v>
       </c>
       <c r="B1076" s="4" t="s">
-        <v>2196</v>
+        <v>2197</v>
       </c>
       <c r="C1076" s="5">
-        <v>49252</v>
+        <v>49251</v>
       </c>
       <c r="D1076" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1076" s="5">
         <v>40</v>
       </c>
       <c r="F1076" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1076" s="5" t="s">
-        <v>1399</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="1077" spans="1:7">
       <c r="A1077" s="3" t="s">
-        <v>1290</v>
+        <v>674</v>
       </c>
       <c r="B1077" s="4" t="s">
-        <v>2197</v>
+        <v>2198</v>
       </c>
       <c r="C1077" s="5">
-        <v>49263</v>
+        <v>49252</v>
       </c>
       <c r="D1077" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1077" s="5">
         <v>40</v>
       </c>
       <c r="F1077" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1077" s="5" t="s">
-        <v>1297</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="1078" spans="1:7">
       <c r="A1078" s="3" t="s">
         <v>1290</v>
       </c>
       <c r="B1078" s="4" t="s">
-        <v>2198</v>
+        <v>2199</v>
       </c>
       <c r="C1078" s="5">
-        <v>49268</v>
+        <v>49263</v>
       </c>
       <c r="D1078" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1078" s="5">
         <v>40</v>
       </c>
       <c r="F1078" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1078" s="5" t="s">
-        <v>754</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="1079" spans="1:7">
       <c r="A1079" s="3" t="s">
-        <v>1589</v>
+        <v>1290</v>
       </c>
       <c r="B1079" s="4" t="s">
-        <v>2199</v>
+        <v>2200</v>
       </c>
       <c r="C1079" s="5">
-        <v>49275</v>
+        <v>49268</v>
       </c>
       <c r="D1079" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1079" s="5">
         <v>40</v>
       </c>
       <c r="F1079" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1079" s="5" t="s">
-        <v>2200</v>
+        <v>754</v>
       </c>
     </row>
     <row r="1080" spans="1:7">
       <c r="A1080" s="3" t="s">
-        <v>2157</v>
+        <v>1589</v>
       </c>
       <c r="B1080" s="4" t="s">
         <v>2201</v>
       </c>
       <c r="C1080" s="5">
         <v>49275</v>
       </c>
       <c r="D1080" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1080" s="5">
         <v>40</v>
       </c>
       <c r="F1080" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1080" s="5" t="s">
-        <v>1512</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="1081" spans="1:7">
       <c r="A1081" s="3" t="s">
-        <v>1290</v>
+        <v>2159</v>
       </c>
       <c r="B1081" s="4" t="s">
-        <v>2202</v>
+        <v>2203</v>
       </c>
       <c r="C1081" s="5">
-        <v>49168</v>
+        <v>49275</v>
       </c>
       <c r="D1081" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1081" s="5">
         <v>40</v>
       </c>
       <c r="F1081" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1081" s="5" t="s">
-        <v>1418</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="1082" spans="1:7">
       <c r="A1082" s="3" t="s">
-        <v>1282</v>
+        <v>1290</v>
       </c>
       <c r="B1082" s="4" t="s">
-        <v>2202</v>
+        <v>2204</v>
       </c>
       <c r="C1082" s="5">
         <v>49168</v>
       </c>
       <c r="D1082" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1082" s="5">
         <v>40</v>
       </c>
       <c r="F1082" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1082" s="5" t="s">
-        <v>2203</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="1083" spans="1:7">
-      <c r="A1083" s="2"/>
-[...3 lines deleted...]
-      <c r="G1083" s="1"/>
+      <c r="A1083" s="3" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B1083" s="4" t="s">
+        <v>2204</v>
+      </c>
+      <c r="C1083" s="5">
+        <v>49168</v>
+      </c>
+      <c r="D1083" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1083" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1083" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1083" s="5" t="s">
+        <v>2205</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:7">
+      <c r="A1084" s="2"/>
+      <c r="C1084" s="1"/>
+      <c r="E1084" s="1"/>
+      <c r="F1084" s="1"/>
+      <c r="G1084" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">