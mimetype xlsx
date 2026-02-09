--- v1 (2025-12-14)
+++ v2 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2206">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA4VX</t>
   </si>
   <si>
     <t>994 Referencias DVGE - 1.078 QSO encontrados - 836 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #942 (14-12-2025 08:53)</t>
+    <t>Ranking #942 (09-02-2026 06:26)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA4FTV/5</t>
   </si>