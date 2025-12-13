--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -12,100 +12,112 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5CPR</t>
   </si>
   <si>
-    <t>18 Referencias DVGE - 19 QSO encontrados - 17 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #10252 (15-10-2025 17:32)</t>
+    <t>22 Referencias DVGE - 23 QSO encontrados - 21 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #10252 (13-12-2025 22:41)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
+    <t>EA5HOP</t>
+  </si>
+  <si>
+    <t>VGA-033</t>
+  </si>
+  <si>
+    <t>03051</t>
+  </si>
+  <si>
+    <t>EA5CPR</t>
+  </si>
+  <si>
+    <t>SSB</t>
+  </si>
+  <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
     <t>EA4FCO/P</t>
   </si>
   <si>
     <t>VGBA-106</t>
   </si>
   <si>
     <t>06028</t>
   </si>
   <si>
-    <t>EA5CPR</t>
-[...4 lines deleted...]
-  <si>
     <t>25/05/2008</t>
   </si>
   <si>
     <t>EA1FOX</t>
   </si>
   <si>
     <t>VGC-008</t>
   </si>
   <si>
     <t>10/06/2025</t>
   </si>
   <si>
     <t>EG8VGL</t>
   </si>
   <si>
     <t>VGGC-128</t>
   </si>
   <si>
     <t>30/11/2008</t>
   </si>
   <si>
     <t>ED3EDS</t>
   </si>
   <si>
     <t>VGGI-122</t>
@@ -140,114 +152,141 @@
   <si>
     <t>VGJ-227</t>
   </si>
   <si>
     <t>27/09/2025</t>
   </si>
   <si>
     <t>EB1BE/P</t>
   </si>
   <si>
     <t>VGLE-039</t>
   </si>
   <si>
     <t>13/08/2008</t>
   </si>
   <si>
     <t>EA1EV/P</t>
   </si>
   <si>
     <t>VGLE-196</t>
   </si>
   <si>
     <t>18/02/2014</t>
   </si>
   <si>
+    <t>EA3FNZ</t>
+  </si>
+  <si>
+    <t>VGLO-011</t>
+  </si>
+  <si>
+    <t>29/11/2025</t>
+  </si>
+  <si>
     <t>EA2EEK/1</t>
   </si>
   <si>
     <t>VGLO-063</t>
   </si>
   <si>
     <t>28/09/2013</t>
   </si>
   <si>
     <t>EA4HLP</t>
   </si>
   <si>
     <t>VGM-188</t>
   </si>
   <si>
     <t>17/06/2024</t>
   </si>
   <si>
     <t>EA5IPM</t>
   </si>
   <si>
     <t>VGMU-262</t>
   </si>
   <si>
     <t>28/08/2022</t>
   </si>
   <si>
     <t>EC7AHC/P</t>
   </si>
   <si>
     <t>VGSE-093</t>
   </si>
   <si>
     <t>31/10/2009</t>
   </si>
   <si>
+    <t>EA7RKS/P</t>
+  </si>
+  <si>
+    <t>VGSE-175</t>
+  </si>
+  <si>
+    <t>02/11/2025</t>
+  </si>
+  <si>
     <t>EA5DF</t>
   </si>
   <si>
     <t>VGTE-169</t>
   </si>
   <si>
     <t>10/07/2025</t>
   </si>
   <si>
     <t>VGTE-170</t>
   </si>
   <si>
     <t>06/07/2025</t>
   </si>
   <si>
     <t>VGTE-260</t>
   </si>
   <si>
     <t>13/07/2025</t>
   </si>
   <si>
     <t>EA8/EA7TV</t>
   </si>
   <si>
     <t>VGTF-015</t>
   </si>
   <si>
     <t>25/01/2025</t>
+  </si>
+  <si>
+    <t>EB5URT</t>
+  </si>
+  <si>
+    <t>VGV-151</t>
+  </si>
+  <si>
+    <t>09/11/2025</t>
   </si>
   <si>
     <t>EA2CVO/P</t>
   </si>
   <si>
     <t>VGZ-359</t>
   </si>
   <si>
     <t>03/08/2013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -670,51 +709,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G25"/>
+  <dimension ref="A1:G29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -764,463 +803,555 @@
         <v>12</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="5">
         <v>40</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="C7" s="5">
-        <v>15005</v>
+      <c r="C7" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="5">
+        <v>40</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" s="5" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="5">
+        <v>15005</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="5">
         <v>20</v>
       </c>
-      <c r="B8" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G8" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="5">
-        <v>17215</v>
+        <v>35034</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="5">
         <v>40</v>
       </c>
       <c r="F9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="5">
-        <v>18017</v>
+        <v>17215</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="5">
         <v>40</v>
       </c>
       <c r="F10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G10" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C11" s="5" t="s">
         <v>31</v>
+      </c>
+      <c r="C11" s="5">
+        <v>18017</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="5">
         <v>40</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="C12" s="5">
-        <v>23081</v>
+      <c r="C12" s="5" t="s">
+        <v>35</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="5">
         <v>40</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C13" s="5">
-        <v>24030</v>
+        <v>23081</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="5">
         <v>40</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G13" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C14" s="5">
-        <v>24160</v>
+        <v>24030</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="5">
         <v>40</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G14" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C15" s="5">
-        <v>26108</v>
+        <v>24160</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="5">
         <v>40</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G15" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C16" s="5">
-        <v>28124</v>
+        <v>26020</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="5">
         <v>40</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C17" s="5">
-        <v>30041</v>
+        <v>26108</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="5">
         <v>40</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G17" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C18" s="5">
-        <v>41039</v>
+        <v>28124</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="5">
         <v>40</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G18" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C19" s="5">
-        <v>44159</v>
+        <v>30041</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="5">
         <v>40</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G19" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="3" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C20" s="5">
-        <v>44159</v>
+        <v>41039</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="5">
         <v>40</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G20" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="3" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C21" s="5">
-        <v>44249</v>
+        <v>41065</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="5">
         <v>40</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G21" s="5" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="3" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="C22" s="5">
-        <v>44249</v>
+        <v>44159</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="5">
         <v>40</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G22" s="5" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="3" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C23" s="5">
-        <v>38005</v>
+        <v>44159</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="5">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G23" s="5" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="C24" s="5">
+        <v>44249</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="5">
+        <v>40</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" s="5" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B25" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C25" s="5">
+        <v>44249</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="5">
+        <v>40</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" s="5" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7">
+      <c r="A26" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B26" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C26" s="5">
+        <v>38005</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="5">
+        <v>15</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" s="5" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7">
+      <c r="A27" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C27" s="5">
+        <v>46202</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="5">
+        <v>40</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7">
+      <c r="A28" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C28" s="5">
         <v>50297</v>
       </c>
-      <c r="D24" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G25" s="1"/>
+      <c r="D28" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="5">
+        <v>40</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29" s="2"/>
+      <c r="C29" s="1"/>
+      <c r="E29" s="1"/>
+      <c r="F29" s="1"/>
+      <c r="G29" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">