--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5CPR</t>
   </si>
   <si>
     <t>22 Referencias DVGE - 23 QSO encontrados - 21 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #10252 (13-12-2025 22:41)</t>
+    <t>Ranking #10252 (14-12-2025 07:53)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>