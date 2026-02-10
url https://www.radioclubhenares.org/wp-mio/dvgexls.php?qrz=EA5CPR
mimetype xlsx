--- v2 (2025-12-14)
+++ v3 (2026-02-10)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5CPR</t>
   </si>
   <si>
-    <t>22 Referencias DVGE - 23 QSO encontrados - 21 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #10252 (14-12-2025 07:53)</t>
+    <t>23 Referencias DVGE - 25 QSO encontrados - 22 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #10252 (10-02-2026 02:31)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>
@@ -234,50 +234,59 @@
     <t>VGTE-169</t>
   </si>
   <si>
     <t>10/07/2025</t>
   </si>
   <si>
     <t>VGTE-170</t>
   </si>
   <si>
     <t>06/07/2025</t>
   </si>
   <si>
     <t>VGTE-260</t>
   </si>
   <si>
     <t>13/07/2025</t>
   </si>
   <si>
     <t>EA8/EA7TV</t>
   </si>
   <si>
     <t>VGTF-015</t>
   </si>
   <si>
     <t>25/01/2025</t>
+  </si>
+  <si>
+    <t>EA8AA</t>
+  </si>
+  <si>
+    <t>VGTF-017</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
   </si>
   <si>
     <t>EB5URT</t>
   </si>
   <si>
     <t>VGV-151</t>
   </si>
   <si>
     <t>09/11/2025</t>
   </si>
   <si>
     <t>EA2CVO/P</t>
   </si>
   <si>
     <t>VGZ-359</t>
   </si>
   <si>
     <t>03/08/2013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -709,51 +718,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G29"/>
+  <dimension ref="A1:G31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -1264,94 +1273,140 @@
       </c>
       <c r="C26" s="5">
         <v>38005</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="5">
         <v>15</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C27" s="5">
-        <v>46202</v>
+        <v>38006</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="5" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C28" s="5">
+        <v>38006</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="5">
+        <v>20</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B28" s="4" t="s">
+      <c r="B29" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="C28" s="5">
+      <c r="C29" s="5">
+        <v>46202</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="5">
+        <v>40</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G29" s="5" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B30" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C30" s="5">
         <v>50297</v>
       </c>
-      <c r="D28" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G29" s="1"/>
+      <c r="D30" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="5">
+        <v>40</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" s="5" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7">
+      <c r="A31" s="2"/>
+      <c r="C31" s="1"/>
+      <c r="E31" s="1"/>
+      <c r="F31" s="1"/>
+      <c r="G31" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">