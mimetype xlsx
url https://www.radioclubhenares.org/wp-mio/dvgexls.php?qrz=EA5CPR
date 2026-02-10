--- v3 (2026-02-10)
+++ v4 (2026-02-10)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5CPR</t>
   </si>
   <si>
     <t>23 Referencias DVGE - 25 QSO encontrados - 22 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #10252 (10-02-2026 02:31)</t>
+    <t>Ranking #10252 (10-02-2026 10:06)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>