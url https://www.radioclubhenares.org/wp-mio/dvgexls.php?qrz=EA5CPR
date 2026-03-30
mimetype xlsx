--- v4 (2026-02-10)
+++ v5 (2026-03-30)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5CPR</t>
   </si>
   <si>
-    <t>23 Referencias DVGE - 25 QSO encontrados - 22 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #10252 (10-02-2026 10:06)</t>
+    <t>24 Referencias DVGE - 26 QSO encontrados - 23 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #10252 (30-03-2026 13:31)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>
@@ -252,50 +252,56 @@
     <t>EA8/EA7TV</t>
   </si>
   <si>
     <t>VGTF-015</t>
   </si>
   <si>
     <t>25/01/2025</t>
   </si>
   <si>
     <t>EA8AA</t>
   </si>
   <si>
     <t>VGTF-017</t>
   </si>
   <si>
     <t>17/01/2026</t>
   </si>
   <si>
     <t>EB5URT</t>
   </si>
   <si>
     <t>VGV-151</t>
   </si>
   <si>
     <t>09/11/2025</t>
+  </si>
+  <si>
+    <t>VGVA-082</t>
+  </si>
+  <si>
+    <t>17/03/2026</t>
   </si>
   <si>
     <t>EA2CVO/P</t>
   </si>
   <si>
     <t>VGZ-359</t>
   </si>
   <si>
     <t>03/08/2013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -718,51 +724,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G31"/>
+  <dimension ref="A1:G32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -1336,77 +1342,100 @@
     <row r="29" spans="1:7">
       <c r="A29" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>78</v>
       </c>
       <c r="C29" s="5">
         <v>46202</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="5">
         <v>40</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G29" s="5" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B30" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="B30" s="4" t="s">
+      <c r="C30" s="5">
+        <v>47114</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="5">
+        <v>40</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="C30" s="5">
+    </row>
+    <row r="31" spans="1:7">
+      <c r="A31" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B31" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C31" s="5">
         <v>50297</v>
       </c>
-      <c r="D30" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G31" s="1"/>
+      <c r="D31" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="5">
+        <v>40</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G31" s="5" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7">
+      <c r="A32" s="2"/>
+      <c r="C32" s="1"/>
+      <c r="E32" s="1"/>
+      <c r="F32" s="1"/>
+      <c r="G32" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">