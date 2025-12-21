--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1328">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1334">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5DE</t>
   </si>
   <si>
-    <t>720 Referencias DVGE - 748 QSO encontrados - 561 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1188 (05-11-2025 19:07)</t>
+    <t>721 Referencias DVGE - 751 QSO encontrados - 562 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1188 (21-12-2025 16:40)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA1AST/5</t>
   </si>
@@ -3566,50 +3566,56 @@
   <si>
     <t>VGV-058</t>
   </si>
   <si>
     <t>VGV-066</t>
   </si>
   <si>
     <t>VGV-068</t>
   </si>
   <si>
     <t>VGV-069</t>
   </si>
   <si>
     <t>21/03/2008</t>
   </si>
   <si>
     <t>VGV-071</t>
   </si>
   <si>
     <t>22/03/2008</t>
   </si>
   <si>
     <t>VGV-074</t>
   </si>
   <si>
+    <t>EA5URY/P</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
+  </si>
+  <si>
     <t>VGV-075</t>
   </si>
   <si>
     <t>VGV-077</t>
   </si>
   <si>
     <t>VGV-083</t>
   </si>
   <si>
     <t>EA5RCG/P</t>
   </si>
   <si>
     <t>VGV-089</t>
   </si>
   <si>
     <t>VGV-094</t>
   </si>
   <si>
     <t>VGV-104</t>
   </si>
   <si>
     <t>VGV-109</t>
   </si>
   <si>
     <t>24/03/2008</t>
@@ -3630,50 +3636,62 @@
     <t>23/03/2008</t>
   </si>
   <si>
     <t>VGV-132</t>
   </si>
   <si>
     <t>EA5IIG/M</t>
   </si>
   <si>
     <t>VGV-140</t>
   </si>
   <si>
     <t>EA5BX/P</t>
   </si>
   <si>
     <t>VGV-143</t>
   </si>
   <si>
     <t>VGV-144</t>
   </si>
   <si>
     <t>VGV-154</t>
   </si>
   <si>
     <t>VGV-156</t>
+  </si>
+  <si>
+    <t>EA5QG</t>
+  </si>
+  <si>
+    <t>VGV-179</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>MFSK</t>
   </si>
   <si>
     <t>VGV-185</t>
   </si>
   <si>
     <t>VGV-188</t>
   </si>
   <si>
     <t>VGV-192</t>
   </si>
   <si>
     <t>VGV-194</t>
   </si>
   <si>
     <t>EA5KGD/M</t>
   </si>
   <si>
     <t>VGV-196</t>
   </si>
   <si>
     <t>VGV-201</t>
   </si>
   <si>
     <t>VGV-202</t>
   </si>
@@ -4453,51 +4471,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G754"/>
+  <dimension ref="A1:G757"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -19584,2193 +19602,2262 @@
     <row r="660" spans="1:7">
       <c r="A660" s="3" t="s">
         <v>528</v>
       </c>
       <c r="B660" s="4" t="s">
         <v>1183</v>
       </c>
       <c r="C660" s="5">
         <v>46111</v>
       </c>
       <c r="D660" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E660" s="5">
         <v>40</v>
       </c>
       <c r="F660" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G660" s="5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" s="3" t="s">
-        <v>528</v>
+        <v>1184</v>
       </c>
       <c r="B661" s="4" t="s">
-        <v>1184</v>
+        <v>1183</v>
       </c>
       <c r="C661" s="5">
         <v>46111</v>
       </c>
       <c r="D661" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E661" s="5">
         <v>40</v>
       </c>
       <c r="F661" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G661" s="5" t="s">
-        <v>240</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" s="3" t="s">
         <v>528</v>
       </c>
       <c r="B662" s="4" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="C662" s="5">
         <v>46111</v>
       </c>
       <c r="D662" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E662" s="5">
         <v>40</v>
       </c>
       <c r="F662" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G662" s="5" t="s">
-        <v>1104</v>
+        <v>240</v>
       </c>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" s="3" t="s">
         <v>528</v>
       </c>
       <c r="B663" s="4" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="C663" s="5">
         <v>46111</v>
       </c>
       <c r="D663" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E663" s="5">
         <v>40</v>
       </c>
       <c r="F663" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G663" s="5" t="s">
-        <v>644</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" s="3" t="s">
-        <v>1159</v>
+        <v>528</v>
       </c>
       <c r="B664" s="4" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="C664" s="5">
-        <v>46098</v>
+        <v>46111</v>
       </c>
       <c r="D664" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E664" s="5">
         <v>40</v>
       </c>
       <c r="F664" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G664" s="5" t="s">
-        <v>131</v>
+        <v>644</v>
       </c>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" s="3" t="s">
-        <v>1187</v>
+        <v>1159</v>
       </c>
       <c r="B665" s="4" t="s">
         <v>1188</v>
       </c>
       <c r="C665" s="5">
-        <v>46105</v>
+        <v>46098</v>
       </c>
       <c r="D665" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E665" s="5">
         <v>40</v>
       </c>
       <c r="F665" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G665" s="5" t="s">
-        <v>641</v>
+        <v>131</v>
       </c>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" s="3" t="s">
-        <v>528</v>
+        <v>1189</v>
       </c>
       <c r="B666" s="4" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="C666" s="5">
-        <v>46116</v>
+        <v>46105</v>
       </c>
       <c r="D666" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E666" s="5">
         <v>40</v>
       </c>
       <c r="F666" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G666" s="5" t="s">
-        <v>79</v>
+        <v>641</v>
       </c>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" s="3" t="s">
-        <v>1187</v>
+        <v>528</v>
       </c>
       <c r="B667" s="4" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="C667" s="5">
-        <v>46131</v>
+        <v>46116</v>
       </c>
       <c r="D667" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E667" s="5">
         <v>40</v>
       </c>
       <c r="F667" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G667" s="5" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" s="3" t="s">
-        <v>528</v>
+        <v>1189</v>
       </c>
       <c r="B668" s="4" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="C668" s="5">
-        <v>46133</v>
+        <v>46131</v>
       </c>
       <c r="D668" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E668" s="5">
         <v>40</v>
       </c>
       <c r="F668" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G668" s="5" t="s">
-        <v>1192</v>
+        <v>58</v>
       </c>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" s="3" t="s">
         <v>528</v>
       </c>
       <c r="B669" s="4" t="s">
         <v>1193</v>
       </c>
       <c r="C669" s="5">
-        <v>46136</v>
+        <v>46133</v>
       </c>
       <c r="D669" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E669" s="5">
         <v>40</v>
       </c>
       <c r="F669" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G669" s="5" t="s">
-        <v>86</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" s="3" t="s">
         <v>528</v>
       </c>
       <c r="B670" s="4" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="C670" s="5">
-        <v>46147</v>
+        <v>46136</v>
       </c>
       <c r="D670" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E670" s="5">
         <v>40</v>
       </c>
       <c r="F670" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G670" s="5" t="s">
-        <v>214</v>
+        <v>86</v>
       </c>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" s="3" t="s">
         <v>528</v>
       </c>
       <c r="B671" s="4" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="C671" s="5">
         <v>46147</v>
       </c>
       <c r="D671" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E671" s="5">
         <v>40</v>
       </c>
       <c r="F671" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G671" s="5" t="s">
-        <v>1195</v>
+        <v>214</v>
       </c>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" s="3" t="s">
         <v>528</v>
       </c>
       <c r="B672" s="4" t="s">
         <v>1196</v>
       </c>
       <c r="C672" s="5">
-        <v>46148</v>
+        <v>46147</v>
       </c>
       <c r="D672" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E672" s="5">
         <v>40</v>
       </c>
       <c r="F672" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G672" s="5" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" s="3" t="s">
-        <v>1159</v>
+        <v>528</v>
       </c>
       <c r="B673" s="4" t="s">
         <v>1198</v>
       </c>
       <c r="C673" s="5">
-        <v>46172</v>
+        <v>46148</v>
       </c>
       <c r="D673" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E673" s="5">
         <v>40</v>
       </c>
       <c r="F673" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G673" s="5" t="s">
-        <v>788</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" s="3" t="s">
-        <v>1199</v>
+        <v>1159</v>
       </c>
       <c r="B674" s="4" t="s">
         <v>1200</v>
       </c>
       <c r="C674" s="5">
-        <v>46184</v>
+        <v>46172</v>
       </c>
       <c r="D674" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E674" s="5">
         <v>40</v>
       </c>
       <c r="F674" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G674" s="5" t="s">
-        <v>126</v>
+        <v>788</v>
       </c>
     </row>
     <row r="675" spans="1:7">
       <c r="A675" s="3" t="s">
         <v>1201</v>
       </c>
       <c r="B675" s="4" t="s">
         <v>1202</v>
       </c>
       <c r="C675" s="5">
         <v>46184</v>
       </c>
       <c r="D675" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E675" s="5">
         <v>40</v>
       </c>
       <c r="F675" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G675" s="5" t="s">
-        <v>781</v>
+        <v>126</v>
       </c>
     </row>
     <row r="676" spans="1:7">
       <c r="A676" s="3" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="B676" s="4" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="C676" s="5">
         <v>46184</v>
       </c>
       <c r="D676" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E676" s="5">
         <v>40</v>
       </c>
       <c r="F676" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G676" s="5" t="s">
-        <v>297</v>
+        <v>781</v>
       </c>
     </row>
     <row r="677" spans="1:7">
       <c r="A677" s="3" t="s">
-        <v>1159</v>
+        <v>1203</v>
       </c>
       <c r="B677" s="4" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="C677" s="5">
-        <v>46197</v>
+        <v>46184</v>
       </c>
       <c r="D677" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E677" s="5">
         <v>40</v>
       </c>
       <c r="F677" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G677" s="5" t="s">
-        <v>436</v>
+        <v>297</v>
       </c>
     </row>
     <row r="678" spans="1:7">
       <c r="A678" s="3" t="s">
-        <v>862</v>
+        <v>1159</v>
       </c>
       <c r="B678" s="4" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="C678" s="5">
-        <v>46204</v>
+        <v>46197</v>
       </c>
       <c r="D678" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E678" s="5">
         <v>40</v>
       </c>
       <c r="F678" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G678" s="5" t="s">
-        <v>546</v>
+        <v>436</v>
       </c>
     </row>
     <row r="679" spans="1:7">
       <c r="A679" s="3" t="s">
-        <v>528</v>
+        <v>862</v>
       </c>
       <c r="B679" s="4" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="C679" s="5">
-        <v>46228</v>
+        <v>46204</v>
       </c>
       <c r="D679" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E679" s="5">
         <v>40</v>
       </c>
       <c r="F679" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G679" s="5" t="s">
-        <v>386</v>
+        <v>546</v>
       </c>
     </row>
     <row r="680" spans="1:7">
       <c r="A680" s="3" t="s">
-        <v>528</v>
+        <v>1208</v>
       </c>
       <c r="B680" s="4" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="C680" s="5">
-        <v>46229</v>
+        <v>46214</v>
       </c>
       <c r="D680" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E680" s="5">
         <v>40</v>
       </c>
       <c r="F680" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G680" s="5" t="s">
-        <v>788</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="681" spans="1:7">
       <c r="A681" s="3" t="s">
-        <v>865</v>
+        <v>1208</v>
       </c>
       <c r="B681" s="4" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="C681" s="5">
-        <v>46233</v>
+        <v>46214</v>
       </c>
       <c r="D681" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E681" s="5">
         <v>40</v>
       </c>
       <c r="F681" s="5" t="s">
-        <v>15</v>
+        <v>1211</v>
       </c>
       <c r="G681" s="5" t="s">
-        <v>411</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="682" spans="1:7">
       <c r="A682" s="3" t="s">
-        <v>1159</v>
+        <v>528</v>
       </c>
       <c r="B682" s="4" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="C682" s="5">
-        <v>46235</v>
+        <v>46228</v>
       </c>
       <c r="D682" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E682" s="5">
         <v>40</v>
       </c>
       <c r="F682" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G682" s="5" t="s">
-        <v>631</v>
+        <v>386</v>
       </c>
     </row>
     <row r="683" spans="1:7">
       <c r="A683" s="3" t="s">
-        <v>1210</v>
+        <v>528</v>
       </c>
       <c r="B683" s="4" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="C683" s="5">
-        <v>46235</v>
+        <v>46229</v>
       </c>
       <c r="D683" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E683" s="5">
         <v>40</v>
       </c>
       <c r="F683" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G683" s="5" t="s">
-        <v>165</v>
+        <v>788</v>
       </c>
     </row>
     <row r="684" spans="1:7">
       <c r="A684" s="3" t="s">
-        <v>528</v>
+        <v>865</v>
       </c>
       <c r="B684" s="4" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="C684" s="5">
-        <v>46241</v>
+        <v>46233</v>
       </c>
       <c r="D684" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E684" s="5">
         <v>40</v>
       </c>
       <c r="F684" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G684" s="5" t="s">
-        <v>46</v>
+        <v>411</v>
       </c>
     </row>
     <row r="685" spans="1:7">
       <c r="A685" s="3" t="s">
-        <v>865</v>
+        <v>1159</v>
       </c>
       <c r="B685" s="4" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="C685" s="5">
-        <v>46244</v>
+        <v>46235</v>
       </c>
       <c r="D685" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E685" s="5">
         <v>40</v>
       </c>
       <c r="F685" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G685" s="5" t="s">
-        <v>1214</v>
+        <v>631</v>
       </c>
     </row>
     <row r="686" spans="1:7">
       <c r="A686" s="3" t="s">
-        <v>528</v>
+        <v>1216</v>
       </c>
       <c r="B686" s="4" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="C686" s="5">
-        <v>46247</v>
+        <v>46235</v>
       </c>
       <c r="D686" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E686" s="5">
         <v>40</v>
       </c>
       <c r="F686" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G686" s="5" t="s">
-        <v>436</v>
+        <v>165</v>
       </c>
     </row>
     <row r="687" spans="1:7">
       <c r="A687" s="3" t="s">
-        <v>1216</v>
+        <v>528</v>
       </c>
       <c r="B687" s="4" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="C687" s="5">
-        <v>46250</v>
+        <v>46241</v>
       </c>
       <c r="D687" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E687" s="5">
         <v>40</v>
       </c>
       <c r="F687" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G687" s="5" t="s">
-        <v>1218</v>
+        <v>46</v>
       </c>
     </row>
     <row r="688" spans="1:7">
       <c r="A688" s="3" t="s">
-        <v>528</v>
+        <v>865</v>
       </c>
       <c r="B688" s="4" t="s">
         <v>1219</v>
       </c>
       <c r="C688" s="5">
-        <v>46252</v>
+        <v>46244</v>
       </c>
       <c r="D688" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E688" s="5">
         <v>40</v>
       </c>
       <c r="F688" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G688" s="5" t="s">
-        <v>131</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="689" spans="1:7">
       <c r="A689" s="3" t="s">
         <v>528</v>
       </c>
       <c r="B689" s="4" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="C689" s="5">
-        <v>46256</v>
+        <v>46247</v>
       </c>
       <c r="D689" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E689" s="5">
         <v>40</v>
       </c>
       <c r="F689" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G689" s="5" t="s">
-        <v>38</v>
+        <v>436</v>
       </c>
     </row>
     <row r="690" spans="1:7">
       <c r="A690" s="3" t="s">
-        <v>528</v>
+        <v>1222</v>
       </c>
       <c r="B690" s="4" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="C690" s="5">
-        <v>46256</v>
+        <v>46250</v>
       </c>
       <c r="D690" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E690" s="5">
         <v>40</v>
       </c>
       <c r="F690" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G690" s="5" t="s">
-        <v>740</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="691" spans="1:7">
       <c r="A691" s="3" t="s">
         <v>528</v>
       </c>
       <c r="B691" s="4" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="C691" s="5">
-        <v>46262</v>
+        <v>46252</v>
       </c>
       <c r="D691" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E691" s="5">
         <v>40</v>
       </c>
       <c r="F691" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G691" s="5" t="s">
-        <v>744</v>
+        <v>131</v>
       </c>
     </row>
     <row r="692" spans="1:7">
       <c r="A692" s="3" t="s">
-        <v>1223</v>
+        <v>528</v>
       </c>
       <c r="B692" s="4" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="C692" s="5">
-        <v>47010</v>
+        <v>46256</v>
       </c>
       <c r="D692" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E692" s="5">
         <v>40</v>
       </c>
       <c r="F692" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G692" s="5" t="s">
-        <v>501</v>
+        <v>38</v>
       </c>
     </row>
     <row r="693" spans="1:7">
       <c r="A693" s="3" t="s">
-        <v>1007</v>
+        <v>528</v>
       </c>
       <c r="B693" s="4" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="C693" s="5">
-        <v>47014</v>
+        <v>46256</v>
       </c>
       <c r="D693" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E693" s="5">
         <v>40</v>
       </c>
       <c r="F693" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G693" s="5" t="s">
-        <v>1182</v>
+        <v>740</v>
       </c>
     </row>
     <row r="694" spans="1:7">
       <c r="A694" s="3" t="s">
-        <v>1223</v>
+        <v>528</v>
       </c>
       <c r="B694" s="4" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="C694" s="5">
-        <v>47015</v>
+        <v>46262</v>
       </c>
       <c r="D694" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E694" s="5">
         <v>40</v>
       </c>
       <c r="F694" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G694" s="5" t="s">
-        <v>320</v>
+        <v>744</v>
       </c>
     </row>
     <row r="695" spans="1:7">
       <c r="A695" s="3" t="s">
-        <v>1007</v>
+        <v>1229</v>
       </c>
       <c r="B695" s="4" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="C695" s="5">
-        <v>47043</v>
+        <v>47010</v>
       </c>
       <c r="D695" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E695" s="5">
         <v>40</v>
       </c>
       <c r="F695" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G695" s="5" t="s">
-        <v>1192</v>
+        <v>501</v>
       </c>
     </row>
     <row r="696" spans="1:7">
       <c r="A696" s="3" t="s">
-        <v>1112</v>
+        <v>1007</v>
       </c>
       <c r="B696" s="4" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="C696" s="5">
-        <v>47051</v>
+        <v>47014</v>
       </c>
       <c r="D696" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E696" s="5">
         <v>40</v>
       </c>
       <c r="F696" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G696" s="5" t="s">
-        <v>42</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="697" spans="1:7">
       <c r="A697" s="3" t="s">
         <v>1229</v>
       </c>
       <c r="B697" s="4" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="C697" s="5">
-        <v>47052</v>
+        <v>47015</v>
       </c>
       <c r="D697" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E697" s="5">
         <v>40</v>
       </c>
       <c r="F697" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G697" s="5" t="s">
-        <v>655</v>
+        <v>320</v>
       </c>
     </row>
     <row r="698" spans="1:7">
       <c r="A698" s="3" t="s">
-        <v>321</v>
+        <v>1007</v>
       </c>
       <c r="B698" s="4" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="C698" s="5">
-        <v>47073</v>
+        <v>47043</v>
       </c>
       <c r="D698" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E698" s="5">
         <v>40</v>
       </c>
       <c r="F698" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G698" s="5" t="s">
-        <v>103</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="699" spans="1:7">
       <c r="A699" s="3" t="s">
-        <v>1007</v>
+        <v>1112</v>
       </c>
       <c r="B699" s="4" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="C699" s="5">
-        <v>47097</v>
+        <v>47051</v>
       </c>
       <c r="D699" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E699" s="5">
         <v>40</v>
       </c>
       <c r="F699" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G699" s="5" t="s">
-        <v>1233</v>
+        <v>42</v>
       </c>
     </row>
     <row r="700" spans="1:7">
       <c r="A700" s="3" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="B700" s="4" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="C700" s="5">
-        <v>47110</v>
+        <v>47052</v>
       </c>
       <c r="D700" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E700" s="5">
         <v>40</v>
       </c>
       <c r="F700" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G700" s="5" t="s">
-        <v>1092</v>
+        <v>655</v>
       </c>
     </row>
     <row r="701" spans="1:7">
       <c r="A701" s="3" t="s">
-        <v>1236</v>
+        <v>321</v>
       </c>
       <c r="B701" s="4" t="s">
         <v>1237</v>
       </c>
       <c r="C701" s="5">
-        <v>47112</v>
+        <v>47073</v>
       </c>
       <c r="D701" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E701" s="5">
         <v>40</v>
       </c>
       <c r="F701" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G701" s="5" t="s">
-        <v>78</v>
+        <v>103</v>
       </c>
     </row>
     <row r="702" spans="1:7">
       <c r="A702" s="3" t="s">
         <v>1007</v>
       </c>
       <c r="B702" s="4" t="s">
         <v>1238</v>
       </c>
       <c r="C702" s="5">
-        <v>47113</v>
+        <v>47097</v>
       </c>
       <c r="D702" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E702" s="5">
         <v>40</v>
       </c>
       <c r="F702" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G702" s="5" t="s">
-        <v>378</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="703" spans="1:7">
       <c r="A703" s="3" t="s">
-        <v>1234</v>
+        <v>1240</v>
       </c>
       <c r="B703" s="4" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="C703" s="5">
-        <v>47114</v>
+        <v>47110</v>
       </c>
       <c r="D703" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E703" s="5">
         <v>40</v>
       </c>
       <c r="F703" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G703" s="5" t="s">
-        <v>42</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="704" spans="1:7">
       <c r="A704" s="3" t="s">
-        <v>1007</v>
+        <v>1242</v>
       </c>
       <c r="B704" s="4" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C704" s="5">
-        <v>47149</v>
+        <v>47112</v>
       </c>
       <c r="D704" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E704" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F704" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G704" s="5" t="s">
-        <v>1030</v>
+        <v>78</v>
       </c>
     </row>
     <row r="705" spans="1:7">
       <c r="A705" s="3" t="s">
         <v>1007</v>
       </c>
       <c r="B705" s="4" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="C705" s="5">
-        <v>47151</v>
+        <v>47113</v>
       </c>
       <c r="D705" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E705" s="5">
         <v>40</v>
       </c>
       <c r="F705" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G705" s="5" t="s">
-        <v>1195</v>
+        <v>378</v>
       </c>
     </row>
     <row r="706" spans="1:7">
       <c r="A706" s="3" t="s">
-        <v>314</v>
+        <v>1240</v>
       </c>
       <c r="B706" s="4" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="C706" s="5">
-        <v>47154</v>
+        <v>47114</v>
       </c>
       <c r="D706" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E706" s="5">
         <v>40</v>
       </c>
       <c r="F706" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G706" s="5" t="s">
-        <v>1243</v>
+        <v>42</v>
       </c>
     </row>
     <row r="707" spans="1:7">
       <c r="A707" s="3" t="s">
         <v>1007</v>
       </c>
       <c r="B707" s="4" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="C707" s="5">
-        <v>47163</v>
+        <v>47149</v>
       </c>
       <c r="D707" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E707" s="5">
         <v>80</v>
       </c>
       <c r="F707" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G707" s="5" t="s">
-        <v>1245</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="708" spans="1:7">
       <c r="A708" s="3" t="s">
-        <v>1246</v>
+        <v>1007</v>
       </c>
       <c r="B708" s="4" t="s">
         <v>1247</v>
       </c>
       <c r="C708" s="5">
-        <v>47178</v>
+        <v>47151</v>
       </c>
       <c r="D708" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E708" s="5">
         <v>40</v>
       </c>
       <c r="F708" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G708" s="5" t="s">
-        <v>94</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="709" spans="1:7">
       <c r="A709" s="3" t="s">
-        <v>1112</v>
+        <v>314</v>
       </c>
       <c r="B709" s="4" t="s">
         <v>1248</v>
       </c>
       <c r="C709" s="5">
-        <v>47186</v>
+        <v>47154</v>
       </c>
       <c r="D709" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E709" s="5">
         <v>40</v>
       </c>
       <c r="F709" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G709" s="5" t="s">
-        <v>16</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="710" spans="1:7">
       <c r="A710" s="3" t="s">
-        <v>1249</v>
+        <v>1007</v>
       </c>
       <c r="B710" s="4" t="s">
         <v>1250</v>
       </c>
       <c r="C710" s="5">
-        <v>47191</v>
+        <v>47163</v>
       </c>
       <c r="D710" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E710" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F710" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G710" s="5" t="s">
-        <v>169</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="711" spans="1:7">
       <c r="A711" s="3" t="s">
-        <v>1246</v>
+        <v>1252</v>
       </c>
       <c r="B711" s="4" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="C711" s="5">
-        <v>47212</v>
+        <v>47178</v>
       </c>
       <c r="D711" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E711" s="5">
         <v>40</v>
       </c>
       <c r="F711" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G711" s="5" t="s">
-        <v>249</v>
+        <v>94</v>
       </c>
     </row>
     <row r="712" spans="1:7">
       <c r="A712" s="3" t="s">
-        <v>321</v>
+        <v>1112</v>
       </c>
       <c r="B712" s="4" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="C712" s="5">
-        <v>47212</v>
+        <v>47186</v>
       </c>
       <c r="D712" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E712" s="5">
         <v>40</v>
       </c>
       <c r="F712" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G712" s="5" t="s">
-        <v>644</v>
+        <v>16</v>
       </c>
     </row>
     <row r="713" spans="1:7">
       <c r="A713" s="3" t="s">
-        <v>321</v>
+        <v>1255</v>
       </c>
       <c r="B713" s="4" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="C713" s="5">
-        <v>47214</v>
+        <v>47191</v>
       </c>
       <c r="D713" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E713" s="5">
         <v>40</v>
       </c>
       <c r="F713" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G713" s="5" t="s">
-        <v>1254</v>
+        <v>169</v>
       </c>
     </row>
     <row r="714" spans="1:7">
       <c r="A714" s="3" t="s">
-        <v>1112</v>
+        <v>1252</v>
       </c>
       <c r="B714" s="4" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="C714" s="5">
-        <v>47230</v>
+        <v>47212</v>
       </c>
       <c r="D714" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E714" s="5">
         <v>40</v>
       </c>
       <c r="F714" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G714" s="5" t="s">
-        <v>94</v>
+        <v>249</v>
       </c>
     </row>
     <row r="715" spans="1:7">
       <c r="A715" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B715" s="4" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="C715" s="5">
-        <v>47130</v>
+        <v>47212</v>
       </c>
       <c r="D715" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E715" s="5">
         <v>40</v>
       </c>
       <c r="F715" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G715" s="5" t="s">
-        <v>1164</v>
+        <v>644</v>
       </c>
     </row>
     <row r="716" spans="1:7">
       <c r="A716" s="3" t="s">
-        <v>212</v>
+        <v>321</v>
       </c>
       <c r="B716" s="4" t="s">
-        <v>1257</v>
-[...2 lines deleted...]
-        <v>1258</v>
+        <v>1259</v>
+      </c>
+      <c r="C716" s="5">
+        <v>47214</v>
       </c>
       <c r="D716" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E716" s="5">
         <v>40</v>
       </c>
       <c r="F716" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G716" s="5" t="s">
-        <v>584</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="717" spans="1:7">
       <c r="A717" s="3" t="s">
-        <v>212</v>
+        <v>1112</v>
       </c>
       <c r="B717" s="4" t="s">
-        <v>1259</v>
-[...2 lines deleted...]
-        <v>1258</v>
+        <v>1261</v>
+      </c>
+      <c r="C717" s="5">
+        <v>47230</v>
       </c>
       <c r="D717" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E717" s="5">
         <v>40</v>
       </c>
       <c r="F717" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G717" s="5" t="s">
-        <v>572</v>
+        <v>94</v>
       </c>
     </row>
     <row r="718" spans="1:7">
       <c r="A718" s="3" t="s">
-        <v>212</v>
+        <v>321</v>
       </c>
       <c r="B718" s="4" t="s">
-        <v>1260</v>
-[...2 lines deleted...]
-        <v>1261</v>
+        <v>1262</v>
+      </c>
+      <c r="C718" s="5">
+        <v>47130</v>
       </c>
       <c r="D718" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E718" s="5">
         <v>40</v>
       </c>
       <c r="F718" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G718" s="5" t="s">
-        <v>72</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="719" spans="1:7">
       <c r="A719" s="3" t="s">
-        <v>1262</v>
+        <v>212</v>
       </c>
       <c r="B719" s="4" t="s">
         <v>1263</v>
       </c>
       <c r="C719" s="5" t="s">
         <v>1264</v>
       </c>
       <c r="D719" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E719" s="5">
         <v>40</v>
       </c>
       <c r="F719" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G719" s="5" t="s">
-        <v>126</v>
+        <v>584</v>
       </c>
     </row>
     <row r="720" spans="1:7">
       <c r="A720" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B720" s="4" t="s">
         <v>1265</v>
       </c>
-      <c r="B720" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C720" s="5" t="s">
-        <v>1267</v>
+        <v>1264</v>
       </c>
       <c r="D720" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E720" s="5">
         <v>40</v>
       </c>
       <c r="F720" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G720" s="5" t="s">
-        <v>333</v>
+        <v>572</v>
       </c>
     </row>
     <row r="721" spans="1:7">
       <c r="A721" s="3" t="s">
-        <v>1268</v>
+        <v>212</v>
       </c>
       <c r="B721" s="4" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="C721" s="5" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
       <c r="D721" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E721" s="5">
         <v>40</v>
       </c>
       <c r="F721" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G721" s="5" t="s">
-        <v>1271</v>
+        <v>72</v>
       </c>
     </row>
     <row r="722" spans="1:7">
       <c r="A722" s="3" t="s">
-        <v>1272</v>
+        <v>1268</v>
       </c>
       <c r="B722" s="4" t="s">
-        <v>1273</v>
+        <v>1269</v>
       </c>
       <c r="C722" s="5" t="s">
-        <v>1274</v>
+        <v>1270</v>
       </c>
       <c r="D722" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E722" s="5">
         <v>40</v>
       </c>
       <c r="F722" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G722" s="5" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
     </row>
     <row r="723" spans="1:7">
       <c r="A723" s="3" t="s">
-        <v>212</v>
+        <v>1271</v>
       </c>
       <c r="B723" s="4" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="C723" s="5" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
       <c r="D723" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E723" s="5">
         <v>40</v>
       </c>
       <c r="F723" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G723" s="5" t="s">
-        <v>390</v>
+        <v>333</v>
       </c>
     </row>
     <row r="724" spans="1:7">
       <c r="A724" s="3" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B724" s="4" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C724" s="5" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D724" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E724" s="5">
+        <v>40</v>
+      </c>
+      <c r="F724" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G724" s="5" t="s">
         <v>1277</v>
-      </c>
-[...16 lines deleted...]
-        <v>614</v>
       </c>
     </row>
     <row r="725" spans="1:7">
       <c r="A725" s="3" t="s">
-        <v>1265</v>
+        <v>1278</v>
       </c>
       <c r="B725" s="4" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C725" s="5" t="s">
         <v>1280</v>
       </c>
-      <c r="C725" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D725" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E725" s="5">
         <v>40</v>
       </c>
       <c r="F725" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G725" s="5" t="s">
-        <v>232</v>
+        <v>131</v>
       </c>
     </row>
     <row r="726" spans="1:7">
       <c r="A726" s="3" t="s">
-        <v>1265</v>
+        <v>212</v>
       </c>
       <c r="B726" s="4" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C726" s="5" t="s">
         <v>1282</v>
       </c>
-      <c r="C726" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D726" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E726" s="5">
         <v>40</v>
       </c>
       <c r="F726" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G726" s="5" t="s">
-        <v>234</v>
+        <v>390</v>
       </c>
     </row>
     <row r="727" spans="1:7">
       <c r="A727" s="3" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B727" s="4" t="s">
         <v>1284</v>
       </c>
-      <c r="B727" s="4" t="s">
+      <c r="C727" s="5" t="s">
         <v>1285</v>
       </c>
-      <c r="C727" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D727" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E727" s="5">
         <v>40</v>
       </c>
       <c r="F727" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G727" s="5" t="s">
-        <v>313</v>
+        <v>614</v>
       </c>
     </row>
     <row r="728" spans="1:7">
       <c r="A728" s="3" t="s">
-        <v>1265</v>
+        <v>1271</v>
       </c>
       <c r="B728" s="4" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C728" s="5" t="s">
         <v>1287</v>
       </c>
-      <c r="C728" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D728" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E728" s="5">
         <v>40</v>
       </c>
       <c r="F728" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G728" s="5" t="s">
-        <v>306</v>
+        <v>232</v>
       </c>
     </row>
     <row r="729" spans="1:7">
       <c r="A729" s="3" t="s">
-        <v>1272</v>
+        <v>1271</v>
       </c>
       <c r="B729" s="4" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C729" s="5" t="s">
         <v>1289</v>
       </c>
-      <c r="C729" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D729" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E729" s="5">
         <v>40</v>
       </c>
       <c r="F729" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G729" s="5" t="s">
-        <v>454</v>
+        <v>234</v>
       </c>
     </row>
     <row r="730" spans="1:7">
       <c r="A730" s="3" t="s">
-        <v>216</v>
+        <v>1290</v>
       </c>
       <c r="B730" s="4" t="s">
         <v>1291</v>
       </c>
       <c r="C730" s="5" t="s">
         <v>1292</v>
       </c>
       <c r="D730" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E730" s="5">
         <v>40</v>
       </c>
       <c r="F730" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G730" s="5" t="s">
-        <v>1293</v>
+        <v>313</v>
       </c>
     </row>
     <row r="731" spans="1:7">
       <c r="A731" s="3" t="s">
-        <v>216</v>
+        <v>1271</v>
       </c>
       <c r="B731" s="4" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C731" s="5" t="s">
         <v>1294</v>
       </c>
-      <c r="C731" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D731" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E731" s="5">
         <v>40</v>
       </c>
       <c r="F731" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G731" s="5" t="s">
-        <v>279</v>
+        <v>306</v>
       </c>
     </row>
     <row r="732" spans="1:7">
       <c r="A732" s="3" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B732" s="4" t="s">
         <v>1295</v>
       </c>
-      <c r="B732" s="4" t="s">
+      <c r="C732" s="5" t="s">
         <v>1296</v>
       </c>
-      <c r="C732" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D732" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E732" s="5">
         <v>40</v>
       </c>
       <c r="F732" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G732" s="5" t="s">
-        <v>98</v>
+        <v>454</v>
       </c>
     </row>
     <row r="733" spans="1:7">
       <c r="A733" s="3" t="s">
-        <v>1265</v>
+        <v>216</v>
       </c>
       <c r="B733" s="4" t="s">
         <v>1297</v>
       </c>
       <c r="C733" s="5" t="s">
         <v>1298</v>
       </c>
       <c r="D733" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E733" s="5">
         <v>40</v>
       </c>
       <c r="F733" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G733" s="5" t="s">
-        <v>473</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="734" spans="1:7">
       <c r="A734" s="3" t="s">
-        <v>1265</v>
+        <v>216</v>
       </c>
       <c r="B734" s="4" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="C734" s="5" t="s">
-        <v>1274</v>
+        <v>1298</v>
       </c>
       <c r="D734" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E734" s="5">
         <v>40</v>
       </c>
       <c r="F734" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G734" s="5" t="s">
-        <v>32</v>
+        <v>279</v>
       </c>
     </row>
     <row r="735" spans="1:7">
       <c r="A735" s="3" t="s">
-        <v>1265</v>
+        <v>1301</v>
       </c>
       <c r="B735" s="4" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="C735" s="5" t="s">
-        <v>1274</v>
+        <v>1298</v>
       </c>
       <c r="D735" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E735" s="5">
         <v>40</v>
       </c>
       <c r="F735" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G735" s="5" t="s">
-        <v>115</v>
+        <v>98</v>
       </c>
     </row>
     <row r="736" spans="1:7">
       <c r="A736" s="3" t="s">
-        <v>1301</v>
+        <v>1271</v>
       </c>
       <c r="B736" s="4" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C736" s="5" t="s">
-        <v>1264</v>
+        <v>1304</v>
       </c>
       <c r="D736" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E736" s="5">
         <v>40</v>
       </c>
       <c r="F736" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G736" s="5" t="s">
-        <v>32</v>
+        <v>473</v>
       </c>
     </row>
     <row r="737" spans="1:7">
       <c r="A737" s="3" t="s">
-        <v>1303</v>
+        <v>1271</v>
       </c>
       <c r="B737" s="4" t="s">
-        <v>1304</v>
-[...2 lines deleted...]
-        <v>50095</v>
+        <v>1305</v>
+      </c>
+      <c r="C737" s="5" t="s">
+        <v>1280</v>
       </c>
       <c r="D737" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E737" s="5">
         <v>40</v>
       </c>
       <c r="F737" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G737" s="5" t="s">
-        <v>272</v>
+        <v>32</v>
       </c>
     </row>
     <row r="738" spans="1:7">
       <c r="A738" s="3" t="s">
-        <v>1305</v>
+        <v>1271</v>
       </c>
       <c r="B738" s="4" t="s">
         <v>1306</v>
       </c>
-      <c r="C738" s="5">
-        <v>20297</v>
+      <c r="C738" s="5" t="s">
+        <v>1280</v>
       </c>
       <c r="D738" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E738" s="5">
         <v>40</v>
       </c>
       <c r="F738" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G738" s="5" t="s">
-        <v>256</v>
+        <v>115</v>
       </c>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" s="3" t="s">
         <v>1307</v>
       </c>
       <c r="B739" s="4" t="s">
         <v>1308</v>
       </c>
-      <c r="C739" s="5">
-        <v>50903</v>
+      <c r="C739" s="5" t="s">
+        <v>1270</v>
       </c>
       <c r="D739" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E739" s="5">
         <v>40</v>
       </c>
       <c r="F739" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G739" s="5" t="s">
-        <v>527</v>
+        <v>32</v>
       </c>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" s="3" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="B740" s="4" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="C740" s="5">
-        <v>50297</v>
+        <v>50095</v>
       </c>
       <c r="D740" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E740" s="5">
         <v>40</v>
       </c>
       <c r="F740" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G740" s="5" t="s">
-        <v>34</v>
+        <v>272</v>
       </c>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" s="3" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="B741" s="4" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="C741" s="5">
-        <v>50297</v>
+        <v>20297</v>
       </c>
       <c r="D741" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E741" s="5">
         <v>40</v>
       </c>
       <c r="F741" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G741" s="5" t="s">
-        <v>108</v>
+        <v>256</v>
       </c>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" s="3" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="B742" s="4" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="C742" s="5">
-        <v>50297</v>
+        <v>50903</v>
       </c>
       <c r="D742" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E742" s="5">
         <v>40</v>
       </c>
       <c r="F742" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G742" s="5" t="s">
-        <v>106</v>
+        <v>527</v>
       </c>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" s="3" t="s">
-        <v>146</v>
+        <v>1311</v>
       </c>
       <c r="B743" s="4" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C743" s="5">
-        <v>49013</v>
+        <v>50297</v>
       </c>
       <c r="D743" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E743" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F743" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G743" s="5" t="s">
-        <v>1315</v>
+        <v>34</v>
       </c>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" s="3" t="s">
-        <v>146</v>
+        <v>1316</v>
       </c>
       <c r="B744" s="4" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="C744" s="5">
-        <v>49093</v>
+        <v>50297</v>
       </c>
       <c r="D744" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E744" s="5">
         <v>40</v>
       </c>
       <c r="F744" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G744" s="5" t="s">
-        <v>564</v>
+        <v>108</v>
       </c>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" s="3" t="s">
-        <v>146</v>
+        <v>1318</v>
       </c>
       <c r="B745" s="4" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C745" s="5">
-        <v>49096</v>
+        <v>50297</v>
       </c>
       <c r="D745" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E745" s="5">
         <v>40</v>
       </c>
       <c r="F745" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G745" s="5" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B746" s="4" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="C746" s="5">
-        <v>49102</v>
+        <v>49013</v>
       </c>
       <c r="D746" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E746" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F746" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G746" s="5" t="s">
-        <v>238</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B747" s="4" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
       <c r="C747" s="5">
-        <v>49115</v>
+        <v>49093</v>
       </c>
       <c r="D747" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E747" s="5">
         <v>40</v>
       </c>
       <c r="F747" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G747" s="5" t="s">
-        <v>345</v>
+        <v>564</v>
       </c>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B748" s="4" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
       <c r="C748" s="5">
-        <v>49149</v>
+        <v>49096</v>
       </c>
       <c r="D748" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E748" s="5">
         <v>40</v>
       </c>
       <c r="F748" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G748" s="5" t="s">
-        <v>354</v>
+        <v>50</v>
       </c>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" s="3" t="s">
-        <v>755</v>
+        <v>146</v>
       </c>
       <c r="B749" s="4" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="C749" s="5">
-        <v>49188</v>
+        <v>49102</v>
       </c>
       <c r="D749" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E749" s="5">
         <v>40</v>
       </c>
       <c r="F749" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G749" s="5" t="s">
-        <v>1322</v>
+        <v>238</v>
       </c>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B750" s="4" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="C750" s="5">
-        <v>49228</v>
+        <v>49115</v>
       </c>
       <c r="D750" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E750" s="5">
         <v>40</v>
       </c>
       <c r="F750" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G750" s="5" t="s">
-        <v>781</v>
+        <v>345</v>
       </c>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B751" s="4" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="C751" s="5">
-        <v>49255</v>
+        <v>49149</v>
       </c>
       <c r="D751" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E751" s="5">
         <v>40</v>
       </c>
       <c r="F751" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G751" s="5" t="s">
-        <v>1325</v>
+        <v>354</v>
       </c>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" s="3" t="s">
-        <v>146</v>
+        <v>755</v>
       </c>
       <c r="B752" s="4" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="C752" s="5">
-        <v>49275</v>
+        <v>49188</v>
       </c>
       <c r="D752" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E752" s="5">
         <v>40</v>
       </c>
       <c r="F752" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G752" s="5" t="s">
-        <v>79</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B753" s="4" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="C753" s="5">
+        <v>49228</v>
+      </c>
+      <c r="D753" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E753" s="5">
+        <v>40</v>
+      </c>
+      <c r="F753" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G753" s="5" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="754" spans="1:7">
+      <c r="A754" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B754" s="4" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C754" s="5">
+        <v>49255</v>
+      </c>
+      <c r="D754" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E754" s="5">
+        <v>40</v>
+      </c>
+      <c r="F754" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G754" s="5" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="755" spans="1:7">
+      <c r="A755" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B755" s="4" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C755" s="5">
         <v>49275</v>
       </c>
-      <c r="D753" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G753" s="5" t="s">
+      <c r="D755" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E755" s="5">
+        <v>40</v>
+      </c>
+      <c r="F755" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G755" s="5" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="756" spans="1:7">
+      <c r="A756" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B756" s="4" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C756" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D756" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E756" s="5">
+        <v>40</v>
+      </c>
+      <c r="F756" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G756" s="5" t="s">
         <v>982</v>
       </c>
     </row>
-    <row r="754" spans="1:7">
-[...4 lines deleted...]
-      <c r="G754" s="1"/>
+    <row r="757" spans="1:7">
+      <c r="A757" s="2"/>
+      <c r="C757" s="1"/>
+      <c r="E757" s="1"/>
+      <c r="F757" s="1"/>
+      <c r="G757" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">