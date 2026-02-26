--- v1 (2025-12-21)
+++ v2 (2026-02-26)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1334">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5DE</t>
   </si>
   <si>
     <t>721 Referencias DVGE - 751 QSO encontrados - 562 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1188 (21-12-2025 16:40)</t>
+    <t>Ranking #1188 (26-02-2026 20:22)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA1AST/5</t>
   </si>