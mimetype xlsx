--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2610">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2611">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5EUV</t>
   </si>
   <si>
-    <t>1.297 Referencias DVGE - 1.347 QSO encontrados - 1.033 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #746 (04-11-2025 09:31)</t>
+    <t>1.297 Referencias DVGE - 1.348 QSO encontrados - 1.033 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #746 (25-12-2025 15:50)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>
@@ -7023,50 +7023,53 @@
     <t>14/04/2015</t>
   </si>
   <si>
     <t>VGV-066</t>
   </si>
   <si>
     <t>24/08/2019</t>
   </si>
   <si>
     <t>VGV-067</t>
   </si>
   <si>
     <t>VGV-070</t>
   </si>
   <si>
     <t>VGV-073</t>
   </si>
   <si>
     <t>VGV-074</t>
   </si>
   <si>
     <t>23/06/2019</t>
   </si>
   <si>
     <t>19/08/2021</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
   </si>
   <si>
     <t>EA5RKL/P</t>
   </si>
   <si>
     <t>VGV-075</t>
   </si>
   <si>
     <t>27/09/2014</t>
   </si>
   <si>
     <t>12/09/2020</t>
   </si>
   <si>
     <t>VGV-076</t>
   </si>
   <si>
     <t>VGV-077</t>
   </si>
   <si>
     <t>11/06/2016</t>
   </si>
   <si>
     <t>19/10/2019</t>
   </si>
@@ -8299,51 +8302,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1353"/>
+  <dimension ref="A1:G1354"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -35321,4079 +35324,4102 @@
     <row r="1177" spans="1:7">
       <c r="A1177" s="3" t="s">
         <v>2281</v>
       </c>
       <c r="B1177" s="4" t="s">
         <v>2334</v>
       </c>
       <c r="C1177" s="5">
         <v>46111</v>
       </c>
       <c r="D1177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1177" s="5">
         <v>40</v>
       </c>
       <c r="F1177" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1177" s="5" t="s">
         <v>2336</v>
       </c>
     </row>
     <row r="1178" spans="1:7">
       <c r="A1178" s="3" t="s">
-        <v>2337</v>
+        <v>2281</v>
       </c>
       <c r="B1178" s="4" t="s">
-        <v>2338</v>
+        <v>2334</v>
       </c>
       <c r="C1178" s="5">
         <v>46111</v>
       </c>
       <c r="D1178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1178" s="5">
         <v>40</v>
       </c>
       <c r="F1178" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1178" s="5" t="s">
-        <v>2339</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="1179" spans="1:7">
       <c r="A1179" s="3" t="s">
-        <v>2281</v>
+        <v>2338</v>
       </c>
       <c r="B1179" s="4" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
       <c r="C1179" s="5">
         <v>46111</v>
       </c>
       <c r="D1179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1179" s="5">
         <v>40</v>
       </c>
       <c r="F1179" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1179" s="5" t="s">
         <v>2340</v>
       </c>
     </row>
     <row r="1180" spans="1:7">
       <c r="A1180" s="3" t="s">
         <v>2281</v>
       </c>
       <c r="B1180" s="4" t="s">
-        <v>2341</v>
+        <v>2339</v>
       </c>
       <c r="C1180" s="5">
         <v>46111</v>
       </c>
       <c r="D1180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1180" s="5">
         <v>40</v>
       </c>
       <c r="F1180" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1180" s="5" t="s">
-        <v>49</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="1181" spans="1:7">
       <c r="A1181" s="3" t="s">
-        <v>888</v>
+        <v>2281</v>
       </c>
       <c r="B1181" s="4" t="s">
         <v>2342</v>
       </c>
       <c r="C1181" s="5">
         <v>46111</v>
       </c>
       <c r="D1181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1181" s="5">
         <v>40</v>
       </c>
       <c r="F1181" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1181" s="5" t="s">
-        <v>2343</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1182" spans="1:7">
       <c r="A1182" s="3" t="s">
-        <v>2281</v>
+        <v>888</v>
       </c>
       <c r="B1182" s="4" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="C1182" s="5">
         <v>46111</v>
       </c>
       <c r="D1182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1182" s="5">
         <v>40</v>
       </c>
       <c r="F1182" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1182" s="5" t="s">
         <v>2344</v>
       </c>
     </row>
     <row r="1183" spans="1:7">
       <c r="A1183" s="3" t="s">
         <v>2281</v>
       </c>
       <c r="B1183" s="4" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="C1183" s="5">
         <v>46111</v>
       </c>
       <c r="D1183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1183" s="5">
         <v>40</v>
       </c>
       <c r="F1183" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1183" s="5" t="s">
         <v>2345</v>
       </c>
     </row>
     <row r="1184" spans="1:7">
       <c r="A1184" s="3" t="s">
-        <v>229</v>
+        <v>2281</v>
       </c>
       <c r="B1184" s="4" t="s">
+        <v>2343</v>
+      </c>
+      <c r="C1184" s="5">
+        <v>46111</v>
+      </c>
+      <c r="D1184" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1184" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1184" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1184" s="5" t="s">
         <v>2346</v>
-      </c>
-[...13 lines deleted...]
-        <v>1227</v>
       </c>
     </row>
     <row r="1185" spans="1:7">
       <c r="A1185" s="3" t="s">
-        <v>163</v>
+        <v>229</v>
       </c>
       <c r="B1185" s="4" t="s">
         <v>2347</v>
       </c>
       <c r="C1185" s="5">
         <v>46098</v>
       </c>
       <c r="D1185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1185" s="5">
         <v>40</v>
       </c>
       <c r="F1185" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1185" s="5" t="s">
-        <v>1027</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="1186" spans="1:7">
       <c r="A1186" s="3" t="s">
-        <v>84</v>
+        <v>163</v>
       </c>
       <c r="B1186" s="4" t="s">
         <v>2348</v>
       </c>
       <c r="C1186" s="5">
-        <v>46099</v>
+        <v>46098</v>
       </c>
       <c r="D1186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1186" s="5">
         <v>40</v>
       </c>
       <c r="F1186" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1186" s="5" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="1187" spans="1:7">
       <c r="A1187" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B1187" s="4" t="s">
         <v>2349</v>
       </c>
       <c r="C1187" s="5">
         <v>46099</v>
       </c>
       <c r="D1187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1187" s="5">
         <v>40</v>
       </c>
       <c r="F1187" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1187" s="5" t="s">
-        <v>400</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="1188" spans="1:7">
       <c r="A1188" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B1188" s="4" t="s">
         <v>2350</v>
       </c>
       <c r="C1188" s="5">
         <v>46099</v>
       </c>
       <c r="D1188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1188" s="5">
         <v>40</v>
       </c>
       <c r="F1188" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1188" s="5" t="s">
-        <v>1697</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1189" spans="1:7">
       <c r="A1189" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B1189" s="4" t="s">
         <v>2351</v>
       </c>
       <c r="C1189" s="5">
         <v>46099</v>
       </c>
       <c r="D1189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1189" s="5">
         <v>40</v>
       </c>
       <c r="F1189" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1189" s="5" t="s">
-        <v>1946</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="1190" spans="1:7">
       <c r="A1190" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B1190" s="4" t="s">
         <v>2352</v>
       </c>
-      <c r="B1190" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1190" s="5">
-        <v>46105</v>
+        <v>46099</v>
       </c>
       <c r="D1190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1190" s="5">
         <v>40</v>
       </c>
       <c r="F1190" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1190" s="5" t="s">
-        <v>639</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="1191" spans="1:7">
       <c r="A1191" s="3" t="s">
-        <v>84</v>
+        <v>2353</v>
       </c>
       <c r="B1191" s="4" t="s">
         <v>2354</v>
       </c>
       <c r="C1191" s="5">
-        <v>46118</v>
+        <v>46105</v>
       </c>
       <c r="D1191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1191" s="5">
         <v>40</v>
       </c>
       <c r="F1191" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1191" s="5" t="s">
-        <v>1099</v>
+        <v>639</v>
       </c>
     </row>
     <row r="1192" spans="1:7">
       <c r="A1192" s="3" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="B1192" s="4" t="s">
         <v>2355</v>
       </c>
       <c r="C1192" s="5">
-        <v>46124</v>
+        <v>46118</v>
       </c>
       <c r="D1192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1192" s="5">
         <v>40</v>
       </c>
       <c r="F1192" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1192" s="5" t="s">
-        <v>2356</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="1193" spans="1:7">
       <c r="A1193" s="3" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="B1193" s="4" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C1193" s="5">
+        <v>46124</v>
+      </c>
+      <c r="D1193" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1193" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1193" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1193" s="5" t="s">
         <v>2357</v>
-      </c>
-[...13 lines deleted...]
-        <v>1011</v>
       </c>
     </row>
     <row r="1194" spans="1:7">
       <c r="A1194" s="3" t="s">
-        <v>2281</v>
+        <v>17</v>
       </c>
       <c r="B1194" s="4" t="s">
         <v>2358</v>
       </c>
       <c r="C1194" s="5">
-        <v>46129</v>
+        <v>46128</v>
       </c>
       <c r="D1194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1194" s="5">
         <v>40</v>
       </c>
       <c r="F1194" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1194" s="5" t="s">
-        <v>2167</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="1195" spans="1:7">
       <c r="A1195" s="3" t="s">
-        <v>1070</v>
+        <v>2281</v>
       </c>
       <c r="B1195" s="4" t="s">
         <v>2359</v>
       </c>
       <c r="C1195" s="5">
         <v>46129</v>
       </c>
       <c r="D1195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1195" s="5">
         <v>40</v>
       </c>
       <c r="F1195" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1195" s="5" t="s">
-        <v>2360</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="1196" spans="1:7">
       <c r="A1196" s="3" t="s">
-        <v>2281</v>
+        <v>1070</v>
       </c>
       <c r="B1196" s="4" t="s">
+        <v>2360</v>
+      </c>
+      <c r="C1196" s="5">
+        <v>46129</v>
+      </c>
+      <c r="D1196" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1196" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1196" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1196" s="5" t="s">
         <v>2361</v>
-      </c>
-[...13 lines deleted...]
-        <v>2362</v>
       </c>
     </row>
     <row r="1197" spans="1:7">
       <c r="A1197" s="3" t="s">
         <v>2281</v>
       </c>
       <c r="B1197" s="4" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="C1197" s="5">
         <v>46136</v>
       </c>
       <c r="D1197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1197" s="5">
         <v>40</v>
       </c>
       <c r="F1197" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1197" s="5" t="s">
         <v>2363</v>
       </c>
     </row>
     <row r="1198" spans="1:7">
       <c r="A1198" s="3" t="s">
-        <v>1070</v>
+        <v>2281</v>
       </c>
       <c r="B1198" s="4" t="s">
+        <v>2362</v>
+      </c>
+      <c r="C1198" s="5">
+        <v>46136</v>
+      </c>
+      <c r="D1198" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1198" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1198" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1198" s="5" t="s">
         <v>2364</v>
-      </c>
-[...13 lines deleted...]
-        <v>2303</v>
       </c>
     </row>
     <row r="1199" spans="1:7">
       <c r="A1199" s="3" t="s">
-        <v>84</v>
+        <v>1070</v>
       </c>
       <c r="B1199" s="4" t="s">
         <v>2365</v>
       </c>
       <c r="C1199" s="5">
         <v>46142</v>
       </c>
       <c r="D1199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1199" s="5">
         <v>40</v>
       </c>
       <c r="F1199" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1199" s="5" t="s">
-        <v>140</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="1200" spans="1:7">
       <c r="A1200" s="3" t="s">
-        <v>2281</v>
+        <v>84</v>
       </c>
       <c r="B1200" s="4" t="s">
         <v>2366</v>
       </c>
       <c r="C1200" s="5">
-        <v>46147</v>
+        <v>46142</v>
       </c>
       <c r="D1200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1200" s="5">
         <v>40</v>
       </c>
       <c r="F1200" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1200" s="5" t="s">
-        <v>2013</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1201" spans="1:7">
       <c r="A1201" s="3" t="s">
         <v>2281</v>
       </c>
       <c r="B1201" s="4" t="s">
         <v>2367</v>
       </c>
       <c r="C1201" s="5">
         <v>46147</v>
       </c>
       <c r="D1201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1201" s="5">
         <v>40</v>
       </c>
       <c r="F1201" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1201" s="5" t="s">
-        <v>1633</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="1202" spans="1:7">
       <c r="A1202" s="3" t="s">
-        <v>1070</v>
+        <v>2281</v>
       </c>
       <c r="B1202" s="4" t="s">
         <v>2368</v>
       </c>
       <c r="C1202" s="5">
-        <v>46156</v>
+        <v>46147</v>
       </c>
       <c r="D1202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1202" s="5">
         <v>40</v>
       </c>
       <c r="F1202" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1202" s="5" t="s">
-        <v>2369</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="1203" spans="1:7">
       <c r="A1203" s="3" t="s">
-        <v>163</v>
+        <v>1070</v>
       </c>
       <c r="B1203" s="4" t="s">
-        <v>2370</v>
+        <v>2369</v>
       </c>
       <c r="C1203" s="5">
         <v>46156</v>
       </c>
       <c r="D1203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1203" s="5">
         <v>40</v>
       </c>
       <c r="F1203" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1203" s="5" t="s">
-        <v>566</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="1204" spans="1:7">
       <c r="A1204" s="3" t="s">
-        <v>2281</v>
+        <v>163</v>
       </c>
       <c r="B1204" s="4" t="s">
         <v>2371</v>
       </c>
       <c r="C1204" s="5">
-        <v>46167</v>
+        <v>46156</v>
       </c>
       <c r="D1204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1204" s="5">
         <v>40</v>
       </c>
       <c r="F1204" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1204" s="5" t="s">
-        <v>2091</v>
+        <v>566</v>
       </c>
     </row>
     <row r="1205" spans="1:7">
       <c r="A1205" s="3" t="s">
-        <v>84</v>
+        <v>2281</v>
       </c>
       <c r="B1205" s="4" t="s">
         <v>2372</v>
       </c>
       <c r="C1205" s="5">
-        <v>46170</v>
+        <v>46167</v>
       </c>
       <c r="D1205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1205" s="5">
         <v>40</v>
       </c>
       <c r="F1205" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1205" s="5" t="s">
-        <v>341</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="1206" spans="1:7">
       <c r="A1206" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B1206" s="4" t="s">
         <v>2373</v>
       </c>
       <c r="C1206" s="5">
         <v>46170</v>
       </c>
       <c r="D1206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1206" s="5">
         <v>40</v>
       </c>
       <c r="F1206" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1206" s="5" t="s">
-        <v>2104</v>
+        <v>341</v>
       </c>
     </row>
     <row r="1207" spans="1:7">
       <c r="A1207" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B1207" s="4" t="s">
         <v>2374</v>
       </c>
-      <c r="B1207" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1207" s="5">
-        <v>46172</v>
+        <v>46170</v>
       </c>
       <c r="D1207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1207" s="5">
         <v>40</v>
       </c>
       <c r="F1207" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1207" s="5" t="s">
-        <v>317</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="1208" spans="1:7">
       <c r="A1208" s="3" t="s">
-        <v>70</v>
+        <v>2375</v>
       </c>
       <c r="B1208" s="4" t="s">
         <v>2376</v>
       </c>
       <c r="C1208" s="5">
-        <v>46184</v>
+        <v>46172</v>
       </c>
       <c r="D1208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1208" s="5">
         <v>40</v>
       </c>
       <c r="F1208" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1208" s="5" t="s">
-        <v>2179</v>
+        <v>317</v>
       </c>
     </row>
     <row r="1209" spans="1:7">
       <c r="A1209" s="3" t="s">
-        <v>229</v>
+        <v>70</v>
       </c>
       <c r="B1209" s="4" t="s">
         <v>2377</v>
       </c>
       <c r="C1209" s="5">
         <v>46184</v>
       </c>
       <c r="D1209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1209" s="5">
         <v>40</v>
       </c>
       <c r="F1209" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1209" s="5" t="s">
-        <v>2378</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="1210" spans="1:7">
       <c r="A1210" s="3" t="s">
-        <v>2283</v>
+        <v>229</v>
       </c>
       <c r="B1210" s="4" t="s">
+        <v>2378</v>
+      </c>
+      <c r="C1210" s="5">
+        <v>46184</v>
+      </c>
+      <c r="D1210" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1210" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1210" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1210" s="5" t="s">
         <v>2379</v>
-      </c>
-[...13 lines deleted...]
-        <v>2380</v>
       </c>
     </row>
     <row r="1211" spans="1:7">
       <c r="A1211" s="3" t="s">
-        <v>2281</v>
+        <v>2283</v>
       </c>
       <c r="B1211" s="4" t="s">
+        <v>2380</v>
+      </c>
+      <c r="C1211" s="5">
+        <v>46189</v>
+      </c>
+      <c r="D1211" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1211" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1211" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1211" s="5" t="s">
         <v>2381</v>
-      </c>
-[...13 lines deleted...]
-        <v>2382</v>
       </c>
     </row>
     <row r="1212" spans="1:7">
       <c r="A1212" s="3" t="s">
         <v>2281</v>
       </c>
       <c r="B1212" s="4" t="s">
+        <v>2382</v>
+      </c>
+      <c r="C1212" s="5">
+        <v>46195</v>
+      </c>
+      <c r="D1212" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1212" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1212" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1212" s="5" t="s">
         <v>2383</v>
-      </c>
-[...13 lines deleted...]
-        <v>812</v>
       </c>
     </row>
     <row r="1213" spans="1:7">
       <c r="A1213" s="3" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B1213" s="4" t="s">
         <v>2384</v>
       </c>
-      <c r="B1213" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1213" s="5">
-        <v>46200</v>
+        <v>46202</v>
       </c>
       <c r="D1213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1213" s="5">
         <v>40</v>
       </c>
       <c r="F1213" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1213" s="5" t="s">
-        <v>2380</v>
+        <v>812</v>
       </c>
     </row>
     <row r="1214" spans="1:7">
       <c r="A1214" s="3" t="s">
-        <v>2279</v>
+        <v>2385</v>
       </c>
       <c r="B1214" s="4" t="s">
         <v>2386</v>
       </c>
       <c r="C1214" s="5">
-        <v>46213</v>
+        <v>46200</v>
       </c>
       <c r="D1214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1214" s="5">
         <v>40</v>
       </c>
       <c r="F1214" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1214" s="5" t="s">
-        <v>143</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="1215" spans="1:7">
       <c r="A1215" s="3" t="s">
-        <v>2281</v>
+        <v>2279</v>
       </c>
       <c r="B1215" s="4" t="s">
         <v>2387</v>
       </c>
       <c r="C1215" s="5">
         <v>46213</v>
       </c>
       <c r="D1215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1215" s="5">
         <v>40</v>
       </c>
       <c r="F1215" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1215" s="5" t="s">
-        <v>2388</v>
+        <v>143</v>
       </c>
     </row>
     <row r="1216" spans="1:7">
       <c r="A1216" s="3" t="s">
-        <v>1070</v>
+        <v>2281</v>
       </c>
       <c r="B1216" s="4" t="s">
-        <v>2389</v>
+        <v>2388</v>
       </c>
       <c r="C1216" s="5">
         <v>46213</v>
       </c>
       <c r="D1216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1216" s="5">
         <v>40</v>
       </c>
       <c r="F1216" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1216" s="5" t="s">
-        <v>494</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="1217" spans="1:7">
       <c r="A1217" s="3" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B1217" s="4" t="s">
         <v>2390</v>
-      </c>
-[...1 lines deleted...]
-        <v>2391</v>
       </c>
       <c r="C1217" s="5">
         <v>46213</v>
       </c>
       <c r="D1217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1217" s="5">
         <v>40</v>
       </c>
       <c r="F1217" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1217" s="5" t="s">
-        <v>2225</v>
+        <v>494</v>
       </c>
     </row>
     <row r="1218" spans="1:7">
       <c r="A1218" s="3" t="s">
-        <v>84</v>
+        <v>2391</v>
       </c>
       <c r="B1218" s="4" t="s">
         <v>2392</v>
       </c>
       <c r="C1218" s="5">
         <v>46213</v>
       </c>
       <c r="D1218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1218" s="5">
         <v>40</v>
       </c>
       <c r="F1218" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1218" s="5" t="s">
-        <v>1202</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="1219" spans="1:7">
       <c r="A1219" s="3" t="s">
-        <v>2316</v>
+        <v>84</v>
       </c>
       <c r="B1219" s="4" t="s">
         <v>2393</v>
       </c>
       <c r="C1219" s="5">
         <v>46213</v>
       </c>
       <c r="D1219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1219" s="5">
         <v>40</v>
       </c>
       <c r="F1219" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1219" s="5" t="s">
-        <v>2394</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="1220" spans="1:7">
       <c r="A1220" s="3" t="s">
-        <v>2281</v>
+        <v>2316</v>
       </c>
       <c r="B1220" s="4" t="s">
-        <v>2395</v>
+        <v>2394</v>
       </c>
       <c r="C1220" s="5">
         <v>46213</v>
       </c>
       <c r="D1220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1220" s="5">
         <v>40</v>
       </c>
       <c r="F1220" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1220" s="5" t="s">
-        <v>2396</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="1221" spans="1:7">
       <c r="A1221" s="3" t="s">
-        <v>2390</v>
+        <v>2281</v>
       </c>
       <c r="B1221" s="4" t="s">
+        <v>2396</v>
+      </c>
+      <c r="C1221" s="5">
+        <v>46213</v>
+      </c>
+      <c r="D1221" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1221" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1221" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1221" s="5" t="s">
         <v>2397</v>
-      </c>
-[...13 lines deleted...]
-        <v>2388</v>
       </c>
     </row>
     <row r="1222" spans="1:7">
       <c r="A1222" s="3" t="s">
-        <v>2281</v>
+        <v>2391</v>
       </c>
       <c r="B1222" s="4" t="s">
         <v>2398</v>
       </c>
       <c r="C1222" s="5">
-        <v>46228</v>
+        <v>46214</v>
       </c>
       <c r="D1222" s="4" t="s">
-        <v>14</v>
+        <v>2314</v>
       </c>
       <c r="E1222" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F1222" s="5" t="s">
-        <v>15</v>
+        <v>1060</v>
       </c>
       <c r="G1222" s="5" t="s">
-        <v>2399</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="1223" spans="1:7">
       <c r="A1223" s="3" t="s">
-        <v>2316</v>
+        <v>2281</v>
       </c>
       <c r="B1223" s="4" t="s">
+        <v>2399</v>
+      </c>
+      <c r="C1223" s="5">
+        <v>46228</v>
+      </c>
+      <c r="D1223" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1223" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1223" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1223" s="5" t="s">
         <v>2400</v>
-      </c>
-[...13 lines deleted...]
-        <v>1144</v>
       </c>
     </row>
     <row r="1224" spans="1:7">
       <c r="A1224" s="3" t="s">
-        <v>2281</v>
+        <v>2316</v>
       </c>
       <c r="B1224" s="4" t="s">
-        <v>2400</v>
+        <v>2401</v>
       </c>
       <c r="C1224" s="5">
         <v>46229</v>
       </c>
       <c r="D1224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1224" s="5">
         <v>40</v>
       </c>
       <c r="F1224" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1224" s="5" t="s">
-        <v>2401</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="1225" spans="1:7">
       <c r="A1225" s="3" t="s">
         <v>2281</v>
       </c>
       <c r="B1225" s="4" t="s">
-        <v>2400</v>
+        <v>2401</v>
       </c>
       <c r="C1225" s="5">
         <v>46229</v>
       </c>
       <c r="D1225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1225" s="5">
         <v>40</v>
       </c>
       <c r="F1225" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1225" s="5" t="s">
         <v>2402</v>
       </c>
     </row>
     <row r="1226" spans="1:7">
       <c r="A1226" s="3" t="s">
         <v>2281</v>
       </c>
       <c r="B1226" s="4" t="s">
-        <v>2400</v>
+        <v>2401</v>
       </c>
       <c r="C1226" s="5">
         <v>46229</v>
       </c>
       <c r="D1226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1226" s="5">
         <v>40</v>
       </c>
       <c r="F1226" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1226" s="5" t="s">
         <v>2403</v>
       </c>
     </row>
     <row r="1227" spans="1:7">
       <c r="A1227" s="3" t="s">
         <v>2281</v>
       </c>
       <c r="B1227" s="4" t="s">
-        <v>2400</v>
+        <v>2401</v>
       </c>
       <c r="C1227" s="5">
         <v>46229</v>
       </c>
       <c r="D1227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1227" s="5">
         <v>40</v>
       </c>
       <c r="F1227" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1227" s="5" t="s">
-        <v>2031</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="1228" spans="1:7">
       <c r="A1228" s="3" t="s">
         <v>2281</v>
       </c>
       <c r="B1228" s="4" t="s">
-        <v>2404</v>
+        <v>2401</v>
       </c>
       <c r="C1228" s="5">
-        <v>46230</v>
+        <v>46229</v>
       </c>
       <c r="D1228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1228" s="5">
         <v>40</v>
       </c>
       <c r="F1228" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1228" s="5" t="s">
-        <v>2405</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="1229" spans="1:7">
       <c r="A1229" s="3" t="s">
-        <v>2279</v>
+        <v>2281</v>
       </c>
       <c r="B1229" s="4" t="s">
+        <v>2405</v>
+      </c>
+      <c r="C1229" s="5">
+        <v>46230</v>
+      </c>
+      <c r="D1229" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1229" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1229" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1229" s="5" t="s">
         <v>2406</v>
-      </c>
-[...13 lines deleted...]
-        <v>1733</v>
       </c>
     </row>
     <row r="1230" spans="1:7">
       <c r="A1230" s="3" t="s">
-        <v>163</v>
+        <v>2279</v>
       </c>
       <c r="B1230" s="4" t="s">
         <v>2407</v>
       </c>
       <c r="C1230" s="5">
-        <v>46235</v>
+        <v>46232</v>
       </c>
       <c r="D1230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1230" s="5">
         <v>40</v>
       </c>
       <c r="F1230" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1230" s="5" t="s">
-        <v>1897</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="1231" spans="1:7">
       <c r="A1231" s="3" t="s">
-        <v>1070</v>
+        <v>163</v>
       </c>
       <c r="B1231" s="4" t="s">
         <v>2408</v>
       </c>
       <c r="C1231" s="5">
         <v>46235</v>
       </c>
       <c r="D1231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1231" s="5">
         <v>40</v>
       </c>
       <c r="F1231" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1231" s="5" t="s">
-        <v>2027</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="1232" spans="1:7">
       <c r="A1232" s="3" t="s">
-        <v>196</v>
+        <v>1070</v>
       </c>
       <c r="B1232" s="4" t="s">
         <v>2409</v>
       </c>
       <c r="C1232" s="5">
-        <v>46238</v>
+        <v>46235</v>
       </c>
       <c r="D1232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1232" s="5">
         <v>40</v>
       </c>
       <c r="F1232" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1232" s="5" t="s">
-        <v>156</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="1233" spans="1:7">
       <c r="A1233" s="3" t="s">
-        <v>84</v>
+        <v>196</v>
       </c>
       <c r="B1233" s="4" t="s">
         <v>2410</v>
       </c>
       <c r="C1233" s="5">
-        <v>46239</v>
+        <v>46238</v>
       </c>
       <c r="D1233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1233" s="5">
         <v>40</v>
       </c>
       <c r="F1233" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1233" s="5" t="s">
-        <v>1204</v>
+        <v>156</v>
       </c>
     </row>
     <row r="1234" spans="1:7">
       <c r="A1234" s="3" t="s">
-        <v>2316</v>
+        <v>84</v>
       </c>
       <c r="B1234" s="4" t="s">
         <v>2411</v>
       </c>
       <c r="C1234" s="5">
-        <v>46244</v>
+        <v>46239</v>
       </c>
       <c r="D1234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1234" s="5">
         <v>40</v>
       </c>
       <c r="F1234" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1234" s="5" t="s">
-        <v>2412</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="1235" spans="1:7">
       <c r="A1235" s="3" t="s">
-        <v>2281</v>
+        <v>2316</v>
       </c>
       <c r="B1235" s="4" t="s">
-        <v>2411</v>
+        <v>2412</v>
       </c>
       <c r="C1235" s="5">
         <v>46244</v>
       </c>
       <c r="D1235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1235" s="5">
         <v>40</v>
       </c>
       <c r="F1235" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1235" s="5" t="s">
-        <v>1555</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="1236" spans="1:7">
       <c r="A1236" s="3" t="s">
-        <v>1070</v>
+        <v>2281</v>
       </c>
       <c r="B1236" s="4" t="s">
-        <v>2413</v>
+        <v>2412</v>
       </c>
       <c r="C1236" s="5">
-        <v>46248</v>
+        <v>46244</v>
       </c>
       <c r="D1236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1236" s="5">
         <v>40</v>
       </c>
       <c r="F1236" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1236" s="5" t="s">
-        <v>2414</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="1237" spans="1:7">
       <c r="A1237" s="3" t="s">
-        <v>2281</v>
+        <v>1070</v>
       </c>
       <c r="B1237" s="4" t="s">
+        <v>2414</v>
+      </c>
+      <c r="C1237" s="5">
+        <v>46248</v>
+      </c>
+      <c r="D1237" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1237" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1237" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1237" s="5" t="s">
         <v>2415</v>
-      </c>
-[...13 lines deleted...]
-        <v>1089</v>
       </c>
     </row>
     <row r="1238" spans="1:7">
       <c r="A1238" s="3" t="s">
-        <v>1070</v>
+        <v>2281</v>
       </c>
       <c r="B1238" s="4" t="s">
         <v>2416</v>
       </c>
       <c r="C1238" s="5">
         <v>46249</v>
       </c>
       <c r="D1238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1238" s="5">
         <v>40</v>
       </c>
       <c r="F1238" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1238" s="5" t="s">
-        <v>2417</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="1239" spans="1:7">
       <c r="A1239" s="3" t="s">
-        <v>2316</v>
+        <v>1070</v>
       </c>
       <c r="B1239" s="4" t="s">
-        <v>2418</v>
+        <v>2417</v>
       </c>
       <c r="C1239" s="5">
         <v>46249</v>
       </c>
       <c r="D1239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1239" s="5">
         <v>40</v>
       </c>
       <c r="F1239" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1239" s="5" t="s">
-        <v>2419</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="1240" spans="1:7">
       <c r="A1240" s="3" t="s">
-        <v>2281</v>
+        <v>2316</v>
       </c>
       <c r="B1240" s="4" t="s">
-        <v>2420</v>
+        <v>2419</v>
       </c>
       <c r="C1240" s="5">
         <v>46249</v>
       </c>
       <c r="D1240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1240" s="5">
         <v>40</v>
       </c>
       <c r="F1240" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1240" s="5" t="s">
-        <v>2421</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="1241" spans="1:7">
       <c r="A1241" s="3" t="s">
-        <v>163</v>
+        <v>2281</v>
       </c>
       <c r="B1241" s="4" t="s">
+        <v>2421</v>
+      </c>
+      <c r="C1241" s="5">
+        <v>46249</v>
+      </c>
+      <c r="D1241" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1241" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1241" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1241" s="5" t="s">
         <v>2422</v>
-      </c>
-[...13 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="1242" spans="1:7">
       <c r="A1242" s="3" t="s">
-        <v>2281</v>
+        <v>163</v>
       </c>
       <c r="B1242" s="4" t="s">
         <v>2423</v>
       </c>
       <c r="C1242" s="5">
         <v>46250</v>
       </c>
       <c r="D1242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1242" s="5">
         <v>40</v>
       </c>
       <c r="F1242" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1242" s="5" t="s">
-        <v>2424</v>
+        <v>494</v>
       </c>
     </row>
     <row r="1243" spans="1:7">
       <c r="A1243" s="3" t="s">
         <v>2281</v>
       </c>
       <c r="B1243" s="4" t="s">
+        <v>2424</v>
+      </c>
+      <c r="C1243" s="5">
+        <v>46250</v>
+      </c>
+      <c r="D1243" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1243" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1243" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1243" s="5" t="s">
         <v>2425</v>
-      </c>
-[...13 lines deleted...]
-        <v>2426</v>
       </c>
     </row>
     <row r="1244" spans="1:7">
       <c r="A1244" s="3" t="s">
-        <v>1070</v>
+        <v>2281</v>
       </c>
       <c r="B1244" s="4" t="s">
+        <v>2426</v>
+      </c>
+      <c r="C1244" s="5">
+        <v>46252</v>
+      </c>
+      <c r="D1244" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1244" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1244" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1244" s="5" t="s">
         <v>2427</v>
-      </c>
-[...13 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="1245" spans="1:7">
       <c r="A1245" s="3" t="s">
-        <v>2281</v>
+        <v>1070</v>
       </c>
       <c r="B1245" s="4" t="s">
         <v>2428</v>
       </c>
       <c r="C1245" s="5">
         <v>46254</v>
       </c>
       <c r="D1245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1245" s="5">
         <v>40</v>
       </c>
       <c r="F1245" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1245" s="5" t="s">
-        <v>676</v>
+        <v>912</v>
       </c>
     </row>
     <row r="1246" spans="1:7">
       <c r="A1246" s="3" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B1246" s="4" t="s">
         <v>2429</v>
       </c>
-      <c r="B1246" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1246" s="5">
-        <v>46146</v>
+        <v>46254</v>
       </c>
       <c r="D1246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1246" s="5">
         <v>40</v>
       </c>
       <c r="F1246" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1246" s="5" t="s">
-        <v>2431</v>
+        <v>676</v>
       </c>
     </row>
     <row r="1247" spans="1:7">
       <c r="A1247" s="3" t="s">
-        <v>2281</v>
+        <v>2430</v>
       </c>
       <c r="B1247" s="4" t="s">
+        <v>2431</v>
+      </c>
+      <c r="C1247" s="5">
+        <v>46146</v>
+      </c>
+      <c r="D1247" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1247" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1247" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1247" s="5" t="s">
         <v>2432</v>
-      </c>
-[...13 lines deleted...]
-        <v>2433</v>
       </c>
     </row>
     <row r="1248" spans="1:7">
       <c r="A1248" s="3" t="s">
-        <v>888</v>
+        <v>2281</v>
       </c>
       <c r="B1248" s="4" t="s">
-        <v>2434</v>
+        <v>2433</v>
       </c>
       <c r="C1248" s="5">
         <v>46261</v>
       </c>
       <c r="D1248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1248" s="5">
         <v>40</v>
       </c>
       <c r="F1248" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1248" s="5" t="s">
-        <v>2360</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="1249" spans="1:7">
       <c r="A1249" s="3" t="s">
-        <v>2281</v>
+        <v>888</v>
       </c>
       <c r="B1249" s="4" t="s">
         <v>2435</v>
       </c>
       <c r="C1249" s="5">
-        <v>46262</v>
+        <v>46261</v>
       </c>
       <c r="D1249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1249" s="5">
         <v>40</v>
       </c>
       <c r="F1249" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1249" s="5" t="s">
-        <v>2436</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="1250" spans="1:7">
       <c r="A1250" s="3" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B1250" s="4" t="s">
+        <v>2436</v>
+      </c>
+      <c r="C1250" s="5">
+        <v>46262</v>
+      </c>
+      <c r="D1250" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1250" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1250" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1250" s="5" t="s">
         <v>2437</v>
-      </c>
-[...16 lines deleted...]
-        <v>1930</v>
       </c>
     </row>
     <row r="1251" spans="1:7">
       <c r="A1251" s="3" t="s">
-        <v>2390</v>
+        <v>2438</v>
       </c>
       <c r="B1251" s="4" t="s">
         <v>2439</v>
       </c>
       <c r="C1251" s="5">
-        <v>46902</v>
+        <v>46263</v>
       </c>
       <c r="D1251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1251" s="5">
         <v>40</v>
       </c>
       <c r="F1251" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1251" s="5" t="s">
-        <v>1452</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="1252" spans="1:7">
       <c r="A1252" s="3" t="s">
-        <v>687</v>
+        <v>2391</v>
       </c>
       <c r="B1252" s="4" t="s">
         <v>2440</v>
       </c>
       <c r="C1252" s="5">
-        <v>47030</v>
+        <v>46902</v>
       </c>
       <c r="D1252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1252" s="5">
         <v>40</v>
       </c>
       <c r="F1252" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1252" s="5" t="s">
-        <v>1202</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="1253" spans="1:7">
       <c r="A1253" s="3" t="s">
-        <v>299</v>
+        <v>687</v>
       </c>
       <c r="B1253" s="4" t="s">
         <v>2441</v>
       </c>
       <c r="C1253" s="5">
-        <v>47035</v>
+        <v>47030</v>
       </c>
       <c r="D1253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1253" s="5">
         <v>40</v>
       </c>
       <c r="F1253" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1253" s="5" t="s">
-        <v>16</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="1254" spans="1:7">
       <c r="A1254" s="3" t="s">
-        <v>687</v>
+        <v>299</v>
       </c>
       <c r="B1254" s="4" t="s">
         <v>2442</v>
       </c>
       <c r="C1254" s="5">
-        <v>47038</v>
+        <v>47035</v>
       </c>
       <c r="D1254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1254" s="5">
         <v>40</v>
       </c>
       <c r="F1254" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1254" s="5" t="s">
-        <v>1204</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1255" spans="1:7">
       <c r="A1255" s="3" t="s">
         <v>687</v>
       </c>
       <c r="B1255" s="4" t="s">
         <v>2443</v>
       </c>
       <c r="C1255" s="5">
-        <v>47047</v>
+        <v>47038</v>
       </c>
       <c r="D1255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1255" s="5">
         <v>40</v>
       </c>
       <c r="F1255" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1255" s="5" t="s">
-        <v>455</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="1256" spans="1:7">
       <c r="A1256" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="B1256" s="4" t="s">
         <v>2444</v>
       </c>
-      <c r="B1256" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1256" s="5">
-        <v>47052</v>
+        <v>47047</v>
       </c>
       <c r="D1256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1256" s="5">
         <v>40</v>
       </c>
       <c r="F1256" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1256" s="5" t="s">
-        <v>2446</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1257" spans="1:7">
       <c r="A1257" s="3" t="s">
-        <v>885</v>
+        <v>2445</v>
       </c>
       <c r="B1257" s="4" t="s">
+        <v>2446</v>
+      </c>
+      <c r="C1257" s="5">
+        <v>47052</v>
+      </c>
+      <c r="D1257" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1257" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1257" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1257" s="5" t="s">
         <v>2447</v>
-      </c>
-[...13 lines deleted...]
-        <v>1726</v>
       </c>
     </row>
     <row r="1258" spans="1:7">
       <c r="A1258" s="3" t="s">
-        <v>299</v>
+        <v>885</v>
       </c>
       <c r="B1258" s="4" t="s">
         <v>2448</v>
       </c>
       <c r="C1258" s="5">
-        <v>47113</v>
+        <v>47101</v>
       </c>
       <c r="D1258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1258" s="5">
         <v>40</v>
       </c>
       <c r="F1258" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1258" s="5" t="s">
-        <v>2449</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="1259" spans="1:7">
       <c r="A1259" s="3" t="s">
-        <v>687</v>
+        <v>299</v>
       </c>
       <c r="B1259" s="4" t="s">
+        <v>2449</v>
+      </c>
+      <c r="C1259" s="5">
+        <v>47113</v>
+      </c>
+      <c r="D1259" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1259" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1259" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1259" s="5" t="s">
         <v>2450</v>
-      </c>
-[...13 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="1260" spans="1:7">
       <c r="A1260" s="3" t="s">
         <v>687</v>
       </c>
       <c r="B1260" s="4" t="s">
         <v>2451</v>
       </c>
       <c r="C1260" s="5">
-        <v>47143</v>
+        <v>47116</v>
       </c>
       <c r="D1260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1260" s="5">
         <v>40</v>
       </c>
       <c r="F1260" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1260" s="5" t="s">
-        <v>979</v>
+        <v>151</v>
       </c>
     </row>
     <row r="1261" spans="1:7">
       <c r="A1261" s="3" t="s">
-        <v>885</v>
+        <v>687</v>
       </c>
       <c r="B1261" s="4" t="s">
         <v>2452</v>
       </c>
       <c r="C1261" s="5">
-        <v>47163</v>
+        <v>47143</v>
       </c>
       <c r="D1261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1261" s="5">
         <v>40</v>
       </c>
       <c r="F1261" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1261" s="5" t="s">
-        <v>2453</v>
+        <v>979</v>
       </c>
     </row>
     <row r="1262" spans="1:7">
       <c r="A1262" s="3" t="s">
-        <v>687</v>
+        <v>885</v>
       </c>
       <c r="B1262" s="4" t="s">
+        <v>2453</v>
+      </c>
+      <c r="C1262" s="5">
+        <v>47163</v>
+      </c>
+      <c r="D1262" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1262" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1262" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1262" s="5" t="s">
         <v>2454</v>
-      </c>
-[...13 lines deleted...]
-        <v>2455</v>
       </c>
     </row>
     <row r="1263" spans="1:7">
       <c r="A1263" s="3" t="s">
         <v>687</v>
       </c>
       <c r="B1263" s="4" t="s">
+        <v>2455</v>
+      </c>
+      <c r="C1263" s="5">
+        <v>47172</v>
+      </c>
+      <c r="D1263" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1263" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1263" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1263" s="5" t="s">
         <v>2456</v>
-      </c>
-[...13 lines deleted...]
-        <v>1177</v>
       </c>
     </row>
     <row r="1264" spans="1:7">
       <c r="A1264" s="3" t="s">
         <v>687</v>
       </c>
       <c r="B1264" s="4" t="s">
         <v>2457</v>
       </c>
       <c r="C1264" s="5">
-        <v>47206</v>
+        <v>47179</v>
       </c>
       <c r="D1264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1264" s="5">
         <v>40</v>
       </c>
       <c r="F1264" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1264" s="5" t="s">
-        <v>2458</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="1265" spans="1:7">
       <c r="A1265" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="B1265" s="4" t="s">
+        <v>2458</v>
+      </c>
+      <c r="C1265" s="5">
+        <v>47206</v>
+      </c>
+      <c r="D1265" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1265" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1265" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1265" s="5" t="s">
         <v>2459</v>
-      </c>
-[...16 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="1266" spans="1:7">
       <c r="A1266" s="3" t="s">
-        <v>687</v>
+        <v>2460</v>
       </c>
       <c r="B1266" s="4" t="s">
         <v>2461</v>
       </c>
       <c r="C1266" s="5">
-        <v>47194</v>
+        <v>47226</v>
       </c>
       <c r="D1266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1266" s="5">
         <v>40</v>
       </c>
       <c r="F1266" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1266" s="5" t="s">
-        <v>2462</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1267" spans="1:7">
       <c r="A1267" s="3" t="s">
-        <v>578</v>
+        <v>687</v>
       </c>
       <c r="B1267" s="4" t="s">
+        <v>2462</v>
+      </c>
+      <c r="C1267" s="5">
+        <v>47194</v>
+      </c>
+      <c r="D1267" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1267" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1267" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1267" s="5" t="s">
         <v>2463</v>
-      </c>
-[...13 lines deleted...]
-        <v>809</v>
       </c>
     </row>
     <row r="1268" spans="1:7">
       <c r="A1268" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B1268" s="4" t="s">
+        <v>2464</v>
+      </c>
+      <c r="C1268" s="5" t="s">
         <v>2465</v>
       </c>
-      <c r="C1268" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1268" s="5">
         <v>40</v>
       </c>
       <c r="F1268" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1268" s="5" t="s">
-        <v>2467</v>
+        <v>809</v>
       </c>
     </row>
     <row r="1269" spans="1:7">
       <c r="A1269" s="3" t="s">
-        <v>645</v>
+        <v>578</v>
       </c>
       <c r="B1269" s="4" t="s">
+        <v>2466</v>
+      </c>
+      <c r="C1269" s="5" t="s">
+        <v>2467</v>
+      </c>
+      <c r="D1269" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1269" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1269" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1269" s="5" t="s">
         <v>2468</v>
-      </c>
-[...13 lines deleted...]
-        <v>2470</v>
       </c>
     </row>
     <row r="1270" spans="1:7">
       <c r="A1270" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="B1270" s="4" t="s">
+        <v>2469</v>
+      </c>
+      <c r="C1270" s="5" t="s">
+        <v>2470</v>
+      </c>
+      <c r="D1270" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1270" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1270" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1270" s="5" t="s">
         <v>2471</v>
-      </c>
-[...16 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="1271" spans="1:7">
       <c r="A1271" s="3" t="s">
-        <v>2471</v>
+        <v>2472</v>
       </c>
       <c r="B1271" s="4" t="s">
-        <v>2472</v>
+        <v>2473</v>
       </c>
       <c r="C1271" s="5" t="s">
-        <v>2473</v>
+        <v>2474</v>
       </c>
       <c r="D1271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1271" s="5">
         <v>40</v>
       </c>
       <c r="F1271" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1271" s="5" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="1272" spans="1:7">
       <c r="A1272" s="3" t="s">
-        <v>609</v>
+        <v>2472</v>
       </c>
       <c r="B1272" s="4" t="s">
+        <v>2473</v>
+      </c>
+      <c r="C1272" s="5" t="s">
         <v>2474</v>
       </c>
-      <c r="C1272" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1272" s="5">
         <v>40</v>
       </c>
       <c r="F1272" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1272" s="5" t="s">
-        <v>1285</v>
+        <v>491</v>
       </c>
     </row>
     <row r="1273" spans="1:7">
       <c r="A1273" s="3" t="s">
-        <v>578</v>
+        <v>609</v>
       </c>
       <c r="B1273" s="4" t="s">
+        <v>2475</v>
+      </c>
+      <c r="C1273" s="5" t="s">
         <v>2476</v>
       </c>
-      <c r="C1273" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1273" s="5">
         <v>40</v>
       </c>
       <c r="F1273" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1273" s="5" t="s">
-        <v>926</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="1274" spans="1:7">
       <c r="A1274" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B1274" s="4" t="s">
         <v>2477</v>
       </c>
       <c r="C1274" s="5" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="D1274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1274" s="5">
         <v>40</v>
       </c>
       <c r="F1274" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1274" s="5" t="s">
         <v>926</v>
       </c>
     </row>
     <row r="1275" spans="1:7">
       <c r="A1275" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B1275" s="4" t="s">
         <v>2478</v>
       </c>
       <c r="C1275" s="5" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="D1275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1275" s="5">
         <v>40</v>
       </c>
       <c r="F1275" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1275" s="5" t="s">
-        <v>1312</v>
+        <v>926</v>
       </c>
     </row>
     <row r="1276" spans="1:7">
       <c r="A1276" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B1276" s="4" t="s">
         <v>2479</v>
       </c>
       <c r="C1276" s="5" t="s">
-        <v>2480</v>
+        <v>2465</v>
       </c>
       <c r="D1276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1276" s="5">
         <v>40</v>
       </c>
       <c r="F1276" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1276" s="5" t="s">
-        <v>43</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="1277" spans="1:7">
       <c r="A1277" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B1277" s="4" t="s">
+        <v>2480</v>
+      </c>
+      <c r="C1277" s="5" t="s">
         <v>2481</v>
       </c>
-      <c r="C1277" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1277" s="5">
         <v>40</v>
       </c>
       <c r="F1277" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1277" s="5" t="s">
-        <v>2482</v>
+        <v>43</v>
       </c>
     </row>
     <row r="1278" spans="1:7">
       <c r="A1278" s="3" t="s">
-        <v>609</v>
+        <v>578</v>
       </c>
       <c r="B1278" s="4" t="s">
+        <v>2482</v>
+      </c>
+      <c r="C1278" s="5" t="s">
+        <v>2481</v>
+      </c>
+      <c r="D1278" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1278" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1278" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1278" s="5" t="s">
         <v>2483</v>
-      </c>
-[...13 lines deleted...]
-        <v>1623</v>
       </c>
     </row>
     <row r="1279" spans="1:7">
       <c r="A1279" s="3" t="s">
-        <v>1266</v>
+        <v>609</v>
       </c>
       <c r="B1279" s="4" t="s">
+        <v>2484</v>
+      </c>
+      <c r="C1279" s="5" t="s">
         <v>2485</v>
       </c>
-      <c r="C1279" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1279" s="5">
         <v>40</v>
       </c>
       <c r="F1279" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1279" s="5" t="s">
-        <v>2487</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="1280" spans="1:7">
       <c r="A1280" s="3" t="s">
-        <v>2471</v>
+        <v>1266</v>
       </c>
       <c r="B1280" s="4" t="s">
+        <v>2486</v>
+      </c>
+      <c r="C1280" s="5" t="s">
+        <v>2487</v>
+      </c>
+      <c r="D1280" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1280" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1280" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1280" s="5" t="s">
         <v>2488</v>
-      </c>
-[...13 lines deleted...]
-        <v>762</v>
       </c>
     </row>
     <row r="1281" spans="1:7">
       <c r="A1281" s="3" t="s">
-        <v>578</v>
+        <v>2472</v>
       </c>
       <c r="B1281" s="4" t="s">
+        <v>2489</v>
+      </c>
+      <c r="C1281" s="5" t="s">
         <v>2490</v>
       </c>
-      <c r="C1281" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1281" s="5">
         <v>40</v>
       </c>
       <c r="F1281" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1281" s="5" t="s">
-        <v>2492</v>
+        <v>762</v>
       </c>
     </row>
     <row r="1282" spans="1:7">
       <c r="A1282" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B1282" s="4" t="s">
+        <v>2491</v>
+      </c>
+      <c r="C1282" s="5" t="s">
+        <v>2492</v>
+      </c>
+      <c r="D1282" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1282" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1282" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1282" s="5" t="s">
         <v>2493</v>
-      </c>
-[...13 lines deleted...]
-        <v>2495</v>
       </c>
     </row>
     <row r="1283" spans="1:7">
       <c r="A1283" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B1283" s="4" t="s">
-        <v>2493</v>
+        <v>2494</v>
       </c>
       <c r="C1283" s="5" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
       <c r="D1283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1283" s="5">
         <v>40</v>
       </c>
       <c r="F1283" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1283" s="5" t="s">
         <v>2496</v>
       </c>
     </row>
     <row r="1284" spans="1:7">
       <c r="A1284" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B1284" s="4" t="s">
+        <v>2494</v>
+      </c>
+      <c r="C1284" s="5" t="s">
+        <v>2495</v>
+      </c>
+      <c r="D1284" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1284" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1284" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1284" s="5" t="s">
         <v>2497</v>
-      </c>
-[...13 lines deleted...]
-        <v>1946</v>
       </c>
     </row>
     <row r="1285" spans="1:7">
       <c r="A1285" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B1285" s="4" t="s">
         <v>2498</v>
       </c>
       <c r="C1285" s="5" t="s">
-        <v>2499</v>
+        <v>2495</v>
       </c>
       <c r="D1285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1285" s="5">
         <v>40</v>
       </c>
       <c r="F1285" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1285" s="5" t="s">
-        <v>2500</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="1286" spans="1:7">
       <c r="A1286" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B1286" s="4" t="s">
+        <v>2499</v>
+      </c>
+      <c r="C1286" s="5" t="s">
+        <v>2500</v>
+      </c>
+      <c r="D1286" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1286" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1286" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1286" s="5" t="s">
         <v>2501</v>
-      </c>
-[...13 lines deleted...]
-        <v>2503</v>
       </c>
     </row>
     <row r="1287" spans="1:7">
       <c r="A1287" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B1287" s="4" t="s">
+        <v>2502</v>
+      </c>
+      <c r="C1287" s="5" t="s">
+        <v>2503</v>
+      </c>
+      <c r="D1287" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1287" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1287" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1287" s="5" t="s">
         <v>2504</v>
-      </c>
-[...13 lines deleted...]
-        <v>1550</v>
       </c>
     </row>
     <row r="1288" spans="1:7">
       <c r="A1288" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B1288" s="4" t="s">
+        <v>2505</v>
+      </c>
+      <c r="C1288" s="5" t="s">
         <v>2506</v>
       </c>
-      <c r="C1288" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1288" s="5">
         <v>40</v>
       </c>
       <c r="F1288" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1288" s="5" t="s">
-        <v>134</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="1289" spans="1:7">
       <c r="A1289" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B1289" s="4" t="s">
         <v>2507</v>
       </c>
       <c r="C1289" s="5" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
       <c r="D1289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1289" s="5">
         <v>40</v>
       </c>
       <c r="F1289" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1289" s="5" t="s">
-        <v>695</v>
+        <v>134</v>
       </c>
     </row>
     <row r="1290" spans="1:7">
       <c r="A1290" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B1290" s="4" t="s">
         <v>2508</v>
       </c>
       <c r="C1290" s="5" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
       <c r="D1290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1290" s="5">
         <v>40</v>
       </c>
       <c r="F1290" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1290" s="5" t="s">
-        <v>1664</v>
+        <v>695</v>
       </c>
     </row>
     <row r="1291" spans="1:7">
       <c r="A1291" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B1291" s="4" t="s">
         <v>2509</v>
       </c>
       <c r="C1291" s="5" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
       <c r="D1291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1291" s="5">
         <v>40</v>
       </c>
       <c r="F1291" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1291" s="5" t="s">
-        <v>2510</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="1292" spans="1:7">
       <c r="A1292" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="B1292" s="4" t="s">
+        <v>2510</v>
+      </c>
+      <c r="C1292" s="5" t="s">
+        <v>2506</v>
+      </c>
+      <c r="D1292" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1292" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1292" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1292" s="5" t="s">
         <v>2511</v>
-      </c>
-[...16 lines deleted...]
-        <v>2513</v>
       </c>
     </row>
     <row r="1293" spans="1:7">
       <c r="A1293" s="3" t="s">
+        <v>2512</v>
+      </c>
+      <c r="B1293" s="4" t="s">
+        <v>2513</v>
+      </c>
+      <c r="C1293" s="5">
+        <v>50005</v>
+      </c>
+      <c r="D1293" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1293" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1293" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1293" s="5" t="s">
         <v>2514</v>
-      </c>
-[...16 lines deleted...]
-        <v>2262</v>
       </c>
     </row>
     <row r="1294" spans="1:7">
       <c r="A1294" s="3" t="s">
-        <v>1782</v>
+        <v>2515</v>
       </c>
       <c r="B1294" s="4" t="s">
         <v>2516</v>
       </c>
       <c r="C1294" s="5">
-        <v>50025</v>
+        <v>50022</v>
       </c>
       <c r="D1294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1294" s="5">
         <v>40</v>
       </c>
       <c r="F1294" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1294" s="5" t="s">
-        <v>327</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="1295" spans="1:7">
       <c r="A1295" s="3" t="s">
-        <v>338</v>
+        <v>1782</v>
       </c>
       <c r="B1295" s="4" t="s">
         <v>2517</v>
       </c>
       <c r="C1295" s="5">
-        <v>50039</v>
+        <v>50025</v>
       </c>
       <c r="D1295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1295" s="5">
         <v>40</v>
       </c>
       <c r="F1295" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1295" s="5" t="s">
-        <v>2513</v>
+        <v>327</v>
       </c>
     </row>
     <row r="1296" spans="1:7">
       <c r="A1296" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B1296" s="4" t="s">
         <v>2518</v>
       </c>
       <c r="C1296" s="5">
-        <v>50045</v>
+        <v>50039</v>
       </c>
       <c r="D1296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1296" s="5">
         <v>40</v>
       </c>
       <c r="F1296" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1296" s="5" t="s">
-        <v>2519</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="1297" spans="1:7">
       <c r="A1297" s="3" t="s">
-        <v>1990</v>
+        <v>338</v>
       </c>
       <c r="B1297" s="4" t="s">
-        <v>2520</v>
+        <v>2519</v>
       </c>
       <c r="C1297" s="5">
         <v>50045</v>
       </c>
       <c r="D1297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1297" s="5">
         <v>40</v>
       </c>
       <c r="F1297" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1297" s="5" t="s">
-        <v>2412</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="1298" spans="1:7">
       <c r="A1298" s="3" t="s">
-        <v>338</v>
+        <v>1990</v>
       </c>
       <c r="B1298" s="4" t="s">
         <v>2521</v>
       </c>
       <c r="C1298" s="5">
         <v>50045</v>
       </c>
       <c r="D1298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1298" s="5">
         <v>40</v>
       </c>
       <c r="F1298" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1298" s="5" t="s">
-        <v>427</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="1299" spans="1:7">
       <c r="A1299" s="3" t="s">
-        <v>1782</v>
+        <v>338</v>
       </c>
       <c r="B1299" s="4" t="s">
         <v>2522</v>
       </c>
       <c r="C1299" s="5">
-        <v>50068</v>
+        <v>50045</v>
       </c>
       <c r="D1299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1299" s="5">
         <v>40</v>
       </c>
       <c r="F1299" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1299" s="5" t="s">
-        <v>250</v>
+        <v>427</v>
       </c>
     </row>
     <row r="1300" spans="1:7">
       <c r="A1300" s="3" t="s">
         <v>1782</v>
       </c>
       <c r="B1300" s="4" t="s">
         <v>2523</v>
       </c>
       <c r="C1300" s="5">
-        <v>50073</v>
+        <v>50068</v>
       </c>
       <c r="D1300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1300" s="5">
         <v>40</v>
       </c>
       <c r="F1300" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1300" s="5" t="s">
-        <v>1430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1301" spans="1:7">
       <c r="A1301" s="3" t="s">
-        <v>338</v>
+        <v>1782</v>
       </c>
       <c r="B1301" s="4" t="s">
         <v>2524</v>
       </c>
       <c r="C1301" s="5">
-        <v>50074</v>
+        <v>50073</v>
       </c>
       <c r="D1301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1301" s="5">
         <v>40</v>
       </c>
       <c r="F1301" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1301" s="5" t="s">
-        <v>2525</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="1302" spans="1:7">
       <c r="A1302" s="3" t="s">
-        <v>1782</v>
+        <v>338</v>
       </c>
       <c r="B1302" s="4" t="s">
+        <v>2525</v>
+      </c>
+      <c r="C1302" s="5">
+        <v>50074</v>
+      </c>
+      <c r="D1302" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1302" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1302" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1302" s="5" t="s">
         <v>2526</v>
-      </c>
-[...13 lines deleted...]
-        <v>2527</v>
       </c>
     </row>
     <row r="1303" spans="1:7">
       <c r="A1303" s="3" t="s">
-        <v>338</v>
+        <v>1782</v>
       </c>
       <c r="B1303" s="4" t="s">
+        <v>2527</v>
+      </c>
+      <c r="C1303" s="5">
+        <v>50113</v>
+      </c>
+      <c r="D1303" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1303" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1303" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1303" s="5" t="s">
         <v>2528</v>
-      </c>
-[...13 lines deleted...]
-        <v>1189</v>
       </c>
     </row>
     <row r="1304" spans="1:7">
       <c r="A1304" s="3" t="s">
-        <v>2189</v>
+        <v>338</v>
       </c>
       <c r="B1304" s="4" t="s">
         <v>2529</v>
       </c>
       <c r="C1304" s="5">
-        <v>50124</v>
+        <v>50119</v>
       </c>
       <c r="D1304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1304" s="5">
         <v>40</v>
       </c>
       <c r="F1304" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1304" s="5" t="s">
-        <v>2530</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="1305" spans="1:7">
       <c r="A1305" s="3" t="s">
         <v>2189</v>
       </c>
       <c r="B1305" s="4" t="s">
+        <v>2530</v>
+      </c>
+      <c r="C1305" s="5">
+        <v>50124</v>
+      </c>
+      <c r="D1305" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1305" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1305" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1305" s="5" t="s">
         <v>2531</v>
-      </c>
-[...13 lines deleted...]
-        <v>1298</v>
       </c>
     </row>
     <row r="1306" spans="1:7">
       <c r="A1306" s="3" t="s">
         <v>2189</v>
       </c>
       <c r="B1306" s="4" t="s">
         <v>2532</v>
       </c>
       <c r="C1306" s="5">
-        <v>50169</v>
+        <v>50139</v>
       </c>
       <c r="D1306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1306" s="5">
         <v>40</v>
       </c>
       <c r="F1306" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1306" s="5" t="s">
-        <v>2533</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="1307" spans="1:7">
       <c r="A1307" s="3" t="s">
-        <v>338</v>
+        <v>2189</v>
       </c>
       <c r="B1307" s="4" t="s">
+        <v>2533</v>
+      </c>
+      <c r="C1307" s="5">
+        <v>50169</v>
+      </c>
+      <c r="D1307" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1307" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1307" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1307" s="5" t="s">
         <v>2534</v>
-      </c>
-[...13 lines deleted...]
-        <v>2535</v>
       </c>
     </row>
     <row r="1308" spans="1:7">
       <c r="A1308" s="3" t="s">
-        <v>2514</v>
+        <v>338</v>
       </c>
       <c r="B1308" s="4" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C1308" s="5">
+        <v>50902</v>
+      </c>
+      <c r="D1308" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1308" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1308" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1308" s="5" t="s">
         <v>2536</v>
-      </c>
-[...13 lines deleted...]
-        <v>2537</v>
       </c>
     </row>
     <row r="1309" spans="1:7">
       <c r="A1309" s="3" t="s">
-        <v>2187</v>
+        <v>2515</v>
       </c>
       <c r="B1309" s="4" t="s">
+        <v>2537</v>
+      </c>
+      <c r="C1309" s="5">
+        <v>50208</v>
+      </c>
+      <c r="D1309" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1309" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1309" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1309" s="5" t="s">
         <v>2538</v>
-      </c>
-[...13 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="1310" spans="1:7">
       <c r="A1310" s="3" t="s">
-        <v>338</v>
+        <v>2187</v>
       </c>
       <c r="B1310" s="4" t="s">
         <v>2539</v>
       </c>
       <c r="C1310" s="5">
         <v>50222</v>
       </c>
       <c r="D1310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1310" s="5">
         <v>40</v>
       </c>
       <c r="F1310" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1310" s="5" t="s">
-        <v>2540</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1311" spans="1:7">
       <c r="A1311" s="3" t="s">
-        <v>2189</v>
+        <v>338</v>
       </c>
       <c r="B1311" s="4" t="s">
+        <v>2540</v>
+      </c>
+      <c r="C1311" s="5">
+        <v>50222</v>
+      </c>
+      <c r="D1311" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1311" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1311" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1311" s="5" t="s">
         <v>2541</v>
-      </c>
-[...13 lines deleted...]
-        <v>2533</v>
       </c>
     </row>
     <row r="1312" spans="1:7">
       <c r="A1312" s="3" t="s">
-        <v>1782</v>
+        <v>2189</v>
       </c>
       <c r="B1312" s="4" t="s">
         <v>2542</v>
       </c>
       <c r="C1312" s="5">
-        <v>50225</v>
+        <v>50224</v>
       </c>
       <c r="D1312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1312" s="5">
         <v>40</v>
       </c>
       <c r="F1312" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1312" s="5" t="s">
-        <v>162</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="1313" spans="1:7">
       <c r="A1313" s="3" t="s">
-        <v>2187</v>
+        <v>1782</v>
       </c>
       <c r="B1313" s="4" t="s">
         <v>2543</v>
       </c>
       <c r="C1313" s="5">
-        <v>50232</v>
+        <v>50225</v>
       </c>
       <c r="D1313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1313" s="5">
         <v>40</v>
       </c>
       <c r="F1313" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1313" s="5" t="s">
-        <v>802</v>
+        <v>162</v>
       </c>
     </row>
     <row r="1314" spans="1:7">
       <c r="A1314" s="3" t="s">
-        <v>338</v>
+        <v>2187</v>
       </c>
       <c r="B1314" s="4" t="s">
         <v>2544</v>
       </c>
       <c r="C1314" s="5">
-        <v>50244</v>
+        <v>50232</v>
       </c>
       <c r="D1314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1314" s="5">
         <v>40</v>
       </c>
       <c r="F1314" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1314" s="5" t="s">
-        <v>2545</v>
+        <v>802</v>
       </c>
     </row>
     <row r="1315" spans="1:7">
       <c r="A1315" s="3" t="s">
-        <v>2120</v>
+        <v>338</v>
       </c>
       <c r="B1315" s="4" t="s">
+        <v>2545</v>
+      </c>
+      <c r="C1315" s="5">
+        <v>50244</v>
+      </c>
+      <c r="D1315" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1315" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1315" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1315" s="5" t="s">
         <v>2546</v>
-      </c>
-[...13 lines deleted...]
-        <v>1360</v>
       </c>
     </row>
     <row r="1316" spans="1:7">
       <c r="A1316" s="3" t="s">
-        <v>1258</v>
+        <v>2120</v>
       </c>
       <c r="B1316" s="4" t="s">
         <v>2547</v>
       </c>
       <c r="C1316" s="5">
-        <v>50267</v>
+        <v>50266</v>
       </c>
       <c r="D1316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1316" s="5">
         <v>40</v>
       </c>
       <c r="F1316" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1316" s="5" t="s">
-        <v>2548</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="1317" spans="1:7">
       <c r="A1317" s="3" t="s">
-        <v>2187</v>
+        <v>1258</v>
       </c>
       <c r="B1317" s="4" t="s">
+        <v>2548</v>
+      </c>
+      <c r="C1317" s="5">
+        <v>50267</v>
+      </c>
+      <c r="D1317" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1317" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1317" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1317" s="5" t="s">
         <v>2549</v>
-      </c>
-[...13 lines deleted...]
-        <v>1750</v>
       </c>
     </row>
     <row r="1318" spans="1:7">
       <c r="A1318" s="3" t="s">
-        <v>2189</v>
+        <v>2187</v>
       </c>
       <c r="B1318" s="4" t="s">
         <v>2550</v>
       </c>
       <c r="C1318" s="5">
-        <v>50297</v>
+        <v>50294</v>
       </c>
       <c r="D1318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1318" s="5">
         <v>40</v>
       </c>
       <c r="F1318" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1318" s="5" t="s">
-        <v>2551</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="1319" spans="1:7">
       <c r="A1319" s="3" t="s">
-        <v>338</v>
+        <v>2189</v>
       </c>
       <c r="B1319" s="4" t="s">
+        <v>2551</v>
+      </c>
+      <c r="C1319" s="5">
+        <v>50297</v>
+      </c>
+      <c r="D1319" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1319" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1319" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1319" s="5" t="s">
         <v>2552</v>
-      </c>
-[...13 lines deleted...]
-        <v>1571</v>
       </c>
     </row>
     <row r="1320" spans="1:7">
       <c r="A1320" s="3" t="s">
-        <v>1258</v>
+        <v>338</v>
       </c>
       <c r="B1320" s="4" t="s">
         <v>2553</v>
       </c>
       <c r="C1320" s="5">
-        <v>50297</v>
+        <v>50903</v>
       </c>
       <c r="D1320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1320" s="5">
         <v>40</v>
       </c>
       <c r="F1320" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1320" s="5" t="s">
-        <v>2554</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="1321" spans="1:7">
       <c r="A1321" s="3" t="s">
-        <v>2189</v>
+        <v>1258</v>
       </c>
       <c r="B1321" s="4" t="s">
-        <v>2555</v>
+        <v>2554</v>
       </c>
       <c r="C1321" s="5">
         <v>50297</v>
       </c>
       <c r="D1321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1321" s="5">
         <v>40</v>
       </c>
       <c r="F1321" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1321" s="5" t="s">
-        <v>2315</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="1322" spans="1:7">
       <c r="A1322" s="3" t="s">
-        <v>1990</v>
+        <v>2189</v>
       </c>
       <c r="B1322" s="4" t="s">
         <v>2556</v>
       </c>
       <c r="C1322" s="5">
         <v>50297</v>
       </c>
       <c r="D1322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1322" s="5">
         <v>40</v>
       </c>
       <c r="F1322" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1322" s="5" t="s">
-        <v>2276</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="1323" spans="1:7">
       <c r="A1323" s="3" t="s">
-        <v>1918</v>
+        <v>1990</v>
       </c>
       <c r="B1323" s="4" t="s">
         <v>2557</v>
       </c>
       <c r="C1323" s="5">
-        <v>49034</v>
+        <v>50297</v>
       </c>
       <c r="D1323" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1323" s="5">
         <v>40</v>
       </c>
       <c r="F1323" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1323" s="5" t="s">
-        <v>1202</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="1324" spans="1:7">
       <c r="A1324" s="3" t="s">
-        <v>268</v>
+        <v>1918</v>
       </c>
       <c r="B1324" s="4" t="s">
         <v>2558</v>
       </c>
       <c r="C1324" s="5">
-        <v>49041</v>
+        <v>49034</v>
       </c>
       <c r="D1324" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1324" s="5">
         <v>40</v>
       </c>
       <c r="F1324" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1324" s="5" t="s">
-        <v>1816</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="1325" spans="1:7">
       <c r="A1325" s="3" t="s">
-        <v>885</v>
+        <v>268</v>
       </c>
       <c r="B1325" s="4" t="s">
         <v>2559</v>
       </c>
       <c r="C1325" s="5">
-        <v>49053</v>
+        <v>49041</v>
       </c>
       <c r="D1325" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1325" s="5">
         <v>40</v>
       </c>
       <c r="F1325" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1325" s="5" t="s">
-        <v>2560</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="1326" spans="1:7">
       <c r="A1326" s="3" t="s">
+        <v>885</v>
+      </c>
+      <c r="B1326" s="4" t="s">
+        <v>2560</v>
+      </c>
+      <c r="C1326" s="5">
+        <v>49053</v>
+      </c>
+      <c r="D1326" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1326" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1326" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1326" s="5" t="s">
         <v>2561</v>
-      </c>
-[...16 lines deleted...]
-        <v>2563</v>
       </c>
     </row>
     <row r="1327" spans="1:7">
       <c r="A1327" s="3" t="s">
-        <v>885</v>
+        <v>2562</v>
       </c>
       <c r="B1327" s="4" t="s">
-        <v>2564</v>
+        <v>2563</v>
       </c>
       <c r="C1327" s="5">
         <v>49064</v>
       </c>
       <c r="D1327" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1327" s="5">
         <v>40</v>
       </c>
       <c r="F1327" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1327" s="5" t="s">
-        <v>1167</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="1328" spans="1:7">
       <c r="A1328" s="3" t="s">
-        <v>2561</v>
+        <v>885</v>
       </c>
       <c r="B1328" s="4" t="s">
         <v>2565</v>
       </c>
       <c r="C1328" s="5">
-        <v>49065</v>
+        <v>49064</v>
       </c>
       <c r="D1328" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1328" s="5">
         <v>40</v>
       </c>
       <c r="F1328" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1328" s="5" t="s">
-        <v>754</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="1329" spans="1:7">
       <c r="A1329" s="3" t="s">
-        <v>2561</v>
+        <v>2562</v>
       </c>
       <c r="B1329" s="4" t="s">
         <v>2566</v>
       </c>
       <c r="C1329" s="5">
-        <v>49069</v>
+        <v>49065</v>
       </c>
       <c r="D1329" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1329" s="5">
         <v>40</v>
       </c>
       <c r="F1329" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1329" s="5" t="s">
-        <v>2567</v>
+        <v>754</v>
       </c>
     </row>
     <row r="1330" spans="1:7">
       <c r="A1330" s="3" t="s">
-        <v>1990</v>
+        <v>2562</v>
       </c>
       <c r="B1330" s="4" t="s">
+        <v>2567</v>
+      </c>
+      <c r="C1330" s="5">
+        <v>49069</v>
+      </c>
+      <c r="D1330" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1330" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1330" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1330" s="5" t="s">
         <v>2568</v>
-      </c>
-[...13 lines deleted...]
-        <v>1231</v>
       </c>
     </row>
     <row r="1331" spans="1:7">
       <c r="A1331" s="3" t="s">
         <v>1990</v>
       </c>
       <c r="B1331" s="4" t="s">
         <v>2569</v>
       </c>
       <c r="C1331" s="5">
-        <v>49087</v>
+        <v>49071</v>
       </c>
       <c r="D1331" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1331" s="5">
         <v>40</v>
       </c>
       <c r="F1331" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1331" s="5" t="s">
-        <v>2570</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="1332" spans="1:7">
       <c r="A1332" s="3" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B1332" s="4" t="s">
+        <v>2570</v>
+      </c>
+      <c r="C1332" s="5">
+        <v>49087</v>
+      </c>
+      <c r="D1332" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1332" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1332" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1332" s="5" t="s">
         <v>2571</v>
-      </c>
-[...16 lines deleted...]
-        <v>2262</v>
       </c>
     </row>
     <row r="1333" spans="1:7">
       <c r="A1333" s="3" t="s">
+        <v>2572</v>
+      </c>
+      <c r="B1333" s="4" t="s">
         <v>2573</v>
       </c>
-      <c r="B1333" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1333" s="5">
-        <v>49096</v>
+        <v>49095</v>
       </c>
       <c r="D1333" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1333" s="5">
         <v>40</v>
       </c>
       <c r="F1333" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1333" s="5" t="s">
-        <v>2575</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="1334" spans="1:7">
       <c r="A1334" s="3" t="s">
-        <v>2561</v>
+        <v>2574</v>
       </c>
       <c r="B1334" s="4" t="s">
+        <v>2575</v>
+      </c>
+      <c r="C1334" s="5">
+        <v>49096</v>
+      </c>
+      <c r="D1334" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1334" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1334" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1334" s="5" t="s">
         <v>2576</v>
-      </c>
-[...13 lines deleted...]
-        <v>2577</v>
       </c>
     </row>
     <row r="1335" spans="1:7">
       <c r="A1335" s="3" t="s">
-        <v>2573</v>
+        <v>2562</v>
       </c>
       <c r="B1335" s="4" t="s">
+        <v>2577</v>
+      </c>
+      <c r="C1335" s="5">
+        <v>49098</v>
+      </c>
+      <c r="D1335" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1335" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1335" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1335" s="5" t="s">
         <v>2578</v>
-      </c>
-[...13 lines deleted...]
-        <v>2579</v>
       </c>
     </row>
     <row r="1336" spans="1:7">
       <c r="A1336" s="3" t="s">
-        <v>2573</v>
+        <v>2574</v>
       </c>
       <c r="B1336" s="4" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C1336" s="5">
+        <v>49120</v>
+      </c>
+      <c r="D1336" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1336" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1336" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1336" s="5" t="s">
         <v>2580</v>
-      </c>
-[...13 lines deleted...]
-        <v>2581</v>
       </c>
     </row>
     <row r="1337" spans="1:7">
       <c r="A1337" s="3" t="s">
-        <v>2561</v>
+        <v>2574</v>
       </c>
       <c r="B1337" s="4" t="s">
+        <v>2581</v>
+      </c>
+      <c r="C1337" s="5">
+        <v>49123</v>
+      </c>
+      <c r="D1337" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1337" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1337" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1337" s="5" t="s">
         <v>2582</v>
-      </c>
-[...13 lines deleted...]
-        <v>1640</v>
       </c>
     </row>
     <row r="1338" spans="1:7">
       <c r="A1338" s="3" t="s">
-        <v>1566</v>
+        <v>2562</v>
       </c>
       <c r="B1338" s="4" t="s">
         <v>2583</v>
       </c>
       <c r="C1338" s="5">
-        <v>49145</v>
+        <v>49124</v>
       </c>
       <c r="D1338" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1338" s="5">
         <v>40</v>
       </c>
       <c r="F1338" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1338" s="5" t="s">
-        <v>327</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="1339" spans="1:7">
       <c r="A1339" s="3" t="s">
-        <v>2561</v>
+        <v>1566</v>
       </c>
       <c r="B1339" s="4" t="s">
         <v>2584</v>
       </c>
       <c r="C1339" s="5">
         <v>49145</v>
       </c>
       <c r="D1339" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1339" s="5">
         <v>40</v>
       </c>
       <c r="F1339" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1339" s="5" t="s">
-        <v>2585</v>
+        <v>327</v>
       </c>
     </row>
     <row r="1340" spans="1:7">
       <c r="A1340" s="3" t="s">
+        <v>2562</v>
+      </c>
+      <c r="B1340" s="4" t="s">
+        <v>2585</v>
+      </c>
+      <c r="C1340" s="5">
+        <v>49145</v>
+      </c>
+      <c r="D1340" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1340" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1340" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1340" s="5" t="s">
         <v>2586</v>
-      </c>
-[...16 lines deleted...]
-        <v>2588</v>
       </c>
     </row>
     <row r="1341" spans="1:7">
       <c r="A1341" s="3" t="s">
-        <v>284</v>
+        <v>2587</v>
       </c>
       <c r="B1341" s="4" t="s">
+        <v>2588</v>
+      </c>
+      <c r="C1341" s="5">
+        <v>49146</v>
+      </c>
+      <c r="D1341" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1341" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1341" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1341" s="5" t="s">
         <v>2589</v>
-      </c>
-[...13 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="1342" spans="1:7">
       <c r="A1342" s="3" t="s">
-        <v>2561</v>
+        <v>284</v>
       </c>
       <c r="B1342" s="4" t="s">
         <v>2590</v>
       </c>
       <c r="C1342" s="5">
-        <v>49176</v>
+        <v>49165</v>
       </c>
       <c r="D1342" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1342" s="5">
         <v>40</v>
       </c>
       <c r="F1342" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1342" s="5" t="s">
-        <v>2591</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1343" spans="1:7">
       <c r="A1343" s="3" t="s">
-        <v>284</v>
+        <v>2562</v>
       </c>
       <c r="B1343" s="4" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C1343" s="5">
+        <v>49176</v>
+      </c>
+      <c r="D1343" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1343" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1343" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1343" s="5" t="s">
         <v>2592</v>
-      </c>
-[...13 lines deleted...]
-        <v>2593</v>
       </c>
     </row>
     <row r="1344" spans="1:7">
       <c r="A1344" s="3" t="s">
-        <v>2561</v>
+        <v>284</v>
       </c>
       <c r="B1344" s="4" t="s">
+        <v>2593</v>
+      </c>
+      <c r="C1344" s="5">
+        <v>49184</v>
+      </c>
+      <c r="D1344" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1344" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1344" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1344" s="5" t="s">
         <v>2594</v>
-      </c>
-[...13 lines deleted...]
-        <v>2595</v>
       </c>
     </row>
     <row r="1345" spans="1:7">
       <c r="A1345" s="3" t="s">
-        <v>885</v>
+        <v>2562</v>
       </c>
       <c r="B1345" s="4" t="s">
+        <v>2595</v>
+      </c>
+      <c r="C1345" s="5">
+        <v>49214</v>
+      </c>
+      <c r="D1345" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1345" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1345" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1345" s="5" t="s">
         <v>2596</v>
-      </c>
-[...13 lines deleted...]
-        <v>2453</v>
       </c>
     </row>
     <row r="1346" spans="1:7">
       <c r="A1346" s="3" t="s">
-        <v>2561</v>
+        <v>885</v>
       </c>
       <c r="B1346" s="4" t="s">
         <v>2597</v>
       </c>
       <c r="C1346" s="5">
-        <v>49223</v>
+        <v>49219</v>
       </c>
       <c r="D1346" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1346" s="5">
         <v>40</v>
       </c>
       <c r="F1346" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1346" s="5" t="s">
-        <v>2598</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="1347" spans="1:7">
       <c r="A1347" s="3" t="s">
-        <v>885</v>
+        <v>2562</v>
       </c>
       <c r="B1347" s="4" t="s">
+        <v>2598</v>
+      </c>
+      <c r="C1347" s="5">
+        <v>49223</v>
+      </c>
+      <c r="D1347" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1347" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1347" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1347" s="5" t="s">
         <v>2599</v>
-      </c>
-[...13 lines deleted...]
-        <v>2600</v>
       </c>
     </row>
     <row r="1348" spans="1:7">
       <c r="A1348" s="3" t="s">
-        <v>2573</v>
+        <v>885</v>
       </c>
       <c r="B1348" s="4" t="s">
+        <v>2600</v>
+      </c>
+      <c r="C1348" s="5">
+        <v>49226</v>
+      </c>
+      <c r="D1348" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1348" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1348" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1348" s="5" t="s">
         <v>2601</v>
-      </c>
-[...13 lines deleted...]
-        <v>2602</v>
       </c>
     </row>
     <row r="1349" spans="1:7">
       <c r="A1349" s="3" t="s">
+        <v>2574</v>
+      </c>
+      <c r="B1349" s="4" t="s">
+        <v>2602</v>
+      </c>
+      <c r="C1349" s="5">
+        <v>49251</v>
+      </c>
+      <c r="D1349" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1349" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1349" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1349" s="5" t="s">
         <v>2603</v>
-      </c>
-[...16 lines deleted...]
-        <v>864</v>
       </c>
     </row>
     <row r="1350" spans="1:7">
       <c r="A1350" s="3" t="s">
-        <v>1906</v>
+        <v>2604</v>
       </c>
       <c r="B1350" s="4" t="s">
         <v>2605</v>
       </c>
       <c r="C1350" s="5">
-        <v>49275</v>
+        <v>49269</v>
       </c>
       <c r="D1350" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1350" s="5">
         <v>40</v>
       </c>
       <c r="F1350" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1350" s="5" t="s">
-        <v>2270</v>
+        <v>864</v>
       </c>
     </row>
     <row r="1351" spans="1:7">
       <c r="A1351" s="3" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B1351" s="4" t="s">
         <v>2606</v>
-      </c>
-[...1 lines deleted...]
-        <v>2607</v>
       </c>
       <c r="C1351" s="5">
         <v>49275</v>
       </c>
       <c r="D1351" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1351" s="5">
         <v>40</v>
       </c>
       <c r="F1351" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1351" s="5" t="s">
-        <v>1563</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="1352" spans="1:7">
       <c r="A1352" s="3" t="s">
-        <v>299</v>
+        <v>2607</v>
       </c>
       <c r="B1352" s="4" t="s">
         <v>2608</v>
       </c>
       <c r="C1352" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D1352" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1352" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1352" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1352" s="5" t="s">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:7">
+      <c r="A1353" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="B1353" s="4" t="s">
+        <v>2609</v>
+      </c>
+      <c r="C1353" s="5">
         <v>49168</v>
       </c>
-      <c r="D1352" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G1353" s="1"/>
+      <c r="D1353" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1353" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1353" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1353" s="5" t="s">
+        <v>2610</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:7">
+      <c r="A1354" s="2"/>
+      <c r="C1354" s="1"/>
+      <c r="E1354" s="1"/>
+      <c r="F1354" s="1"/>
+      <c r="G1354" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">