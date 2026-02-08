--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2611">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5EUV</t>
   </si>
   <si>
     <t>1.297 Referencias DVGE - 1.348 QSO encontrados - 1.033 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #746 (25-12-2025 15:50)</t>
+    <t>Ranking #746 (09-02-2026 00:30)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>