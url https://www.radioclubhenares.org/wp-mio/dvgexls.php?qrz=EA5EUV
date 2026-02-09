--- v2 (2026-02-08)
+++ v3 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2611">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5EUV</t>
   </si>
   <si>
     <t>1.297 Referencias DVGE - 1.348 QSO encontrados - 1.033 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #746 (09-02-2026 00:30)</t>
+    <t>Ranking #746 (09-02-2026 03:39)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>