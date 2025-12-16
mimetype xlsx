--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="719">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="722">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5GKL</t>
   </si>
   <si>
-    <t>298 Referencias DVGE - 309 QSO encontrados - 271 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #2038 (31-10-2025 14:28)</t>
+    <t>299 Referencias DVGE - 310 QSO encontrados - 272 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #2038 (16-12-2025 17:34)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW</t>
   </si>
@@ -1710,50 +1710,59 @@
     <t>EA7KAN</t>
   </si>
   <si>
     <t>VGSE-068</t>
   </si>
   <si>
     <t>EC7HC</t>
   </si>
   <si>
     <t>VGSE-095</t>
   </si>
   <si>
     <t>EA7DA/P</t>
   </si>
   <si>
     <t>VGSE-129</t>
   </si>
   <si>
     <t>15/07/2018</t>
   </si>
   <si>
     <t>VGSE-143</t>
   </si>
   <si>
     <t>17/10/2021</t>
+  </si>
+  <si>
+    <t>EA7RKS/P</t>
+  </si>
+  <si>
+    <t>VGSE-175</t>
+  </si>
+  <si>
+    <t>02/11/2025</t>
   </si>
   <si>
     <t>VGSE-219</t>
   </si>
   <si>
     <t>04/11/2018</t>
   </si>
   <si>
     <t>VGSE-229</t>
   </si>
   <si>
     <t>20/10/2019</t>
   </si>
   <si>
     <t>VGSE-238</t>
   </si>
   <si>
     <t>VGSE-255</t>
   </si>
   <si>
     <t>EA1IPH</t>
   </si>
   <si>
     <t>VGSG-084</t>
   </si>
@@ -2626,51 +2635,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G315"/>
+  <dimension ref="A1:G316"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -7913,1150 +7922,1150 @@
     <row r="232" spans="1:7">
       <c r="A232" s="3" t="s">
         <v>547</v>
       </c>
       <c r="B232" s="4" t="s">
         <v>564</v>
       </c>
       <c r="C232" s="5">
         <v>41052</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="5">
         <v>40</v>
       </c>
       <c r="F232" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G232" s="5" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" s="3" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="B233" s="4" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C233" s="5">
-        <v>41079</v>
+        <v>41065</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="5">
         <v>40</v>
       </c>
       <c r="F233" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G233" s="5" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" s="3" t="s">
         <v>561</v>
       </c>
       <c r="B234" s="4" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C234" s="5">
-        <v>41087</v>
+        <v>41079</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="5">
         <v>40</v>
       </c>
       <c r="F234" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G234" s="5" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" s="3" t="s">
-        <v>282</v>
+        <v>561</v>
       </c>
       <c r="B235" s="4" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C235" s="5">
-        <v>41904</v>
+        <v>41087</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="5">
         <v>40</v>
       </c>
       <c r="F235" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G235" s="5" t="s">
-        <v>504</v>
+        <v>572</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" s="3" t="s">
-        <v>561</v>
+        <v>282</v>
       </c>
       <c r="B236" s="4" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="C236" s="5">
-        <v>41102</v>
+        <v>41904</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="5">
         <v>40</v>
       </c>
       <c r="F236" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G236" s="5" t="s">
-        <v>86</v>
+        <v>504</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" s="3" t="s">
-        <v>572</v>
+        <v>561</v>
       </c>
       <c r="B237" s="4" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C237" s="5">
-        <v>40115</v>
+        <v>41102</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="5">
         <v>40</v>
       </c>
       <c r="F237" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G237" s="5" t="s">
-        <v>574</v>
+        <v>86</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" s="3" t="s">
         <v>575</v>
       </c>
       <c r="B238" s="4" t="s">
         <v>576</v>
       </c>
       <c r="C238" s="5">
-        <v>42018</v>
+        <v>40115</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="5">
         <v>40</v>
       </c>
       <c r="F238" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G238" s="5" t="s">
-        <v>156</v>
+        <v>577</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" s="3" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="C239" s="5">
-        <v>42130</v>
+        <v>42018</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="5">
         <v>40</v>
       </c>
       <c r="F239" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G239" s="5" t="s">
-        <v>231</v>
+        <v>156</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" s="3" t="s">
-        <v>512</v>
+        <v>578</v>
       </c>
       <c r="B240" s="4" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C240" s="5">
-        <v>42158</v>
+        <v>42130</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="5">
         <v>40</v>
       </c>
       <c r="F240" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G240" s="5" t="s">
-        <v>409</v>
+        <v>231</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" s="3" t="s">
-        <v>575</v>
+        <v>512</v>
       </c>
       <c r="B241" s="4" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C241" s="5">
-        <v>42183</v>
+        <v>42158</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="5">
         <v>40</v>
       </c>
       <c r="F241" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G241" s="5" t="s">
-        <v>16</v>
+        <v>409</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" s="3" t="s">
-        <v>221</v>
+        <v>578</v>
       </c>
       <c r="B242" s="4" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C242" s="5">
-        <v>20069</v>
+        <v>42183</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="5">
         <v>40</v>
       </c>
       <c r="F242" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G242" s="5" t="s">
-        <v>469</v>
+        <v>16</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" s="3" t="s">
-        <v>581</v>
+        <v>221</v>
       </c>
       <c r="B243" s="4" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C243" s="5">
-        <v>43004</v>
+        <v>20069</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="5">
         <v>40</v>
       </c>
       <c r="F243" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G243" s="5" t="s">
-        <v>518</v>
+        <v>469</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" s="3" t="s">
-        <v>404</v>
+        <v>584</v>
       </c>
       <c r="B244" s="4" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C244" s="5">
-        <v>43059</v>
+        <v>43004</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="5">
         <v>40</v>
       </c>
       <c r="F244" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G244" s="5" t="s">
-        <v>584</v>
+        <v>518</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" s="3" t="s">
-        <v>127</v>
+        <v>404</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C245" s="5">
-        <v>43148</v>
+        <v>43059</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="5">
         <v>40</v>
       </c>
       <c r="F245" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G245" s="5" t="s">
-        <v>193</v>
+        <v>587</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" s="3" t="s">
-        <v>404</v>
+        <v>127</v>
       </c>
       <c r="B246" s="4" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C246" s="5">
-        <v>43161</v>
+        <v>43148</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="5">
         <v>40</v>
       </c>
       <c r="F246" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G246" s="5" t="s">
-        <v>587</v>
+        <v>193</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" s="3" t="s">
-        <v>353</v>
+        <v>404</v>
       </c>
       <c r="B247" s="4" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C247" s="5">
-        <v>44050</v>
+        <v>43161</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="5">
         <v>40</v>
       </c>
       <c r="F247" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G247" s="5" t="s">
-        <v>345</v>
+        <v>590</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B248" s="4" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C248" s="5">
         <v>44050</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="5">
         <v>40</v>
       </c>
       <c r="F248" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G248" s="5" t="s">
-        <v>590</v>
+        <v>345</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" s="3" t="s">
-        <v>127</v>
+        <v>353</v>
       </c>
       <c r="B249" s="4" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C249" s="5">
-        <v>44051</v>
+        <v>44050</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="5">
         <v>40</v>
       </c>
       <c r="F249" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G249" s="5" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" s="3" t="s">
-        <v>353</v>
+        <v>127</v>
       </c>
       <c r="B250" s="4" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C250" s="5">
-        <v>44056</v>
+        <v>44051</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="5">
         <v>40</v>
       </c>
       <c r="F250" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G250" s="5" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" s="3" t="s">
-        <v>595</v>
+        <v>353</v>
       </c>
       <c r="B251" s="4" t="s">
         <v>596</v>
       </c>
       <c r="C251" s="5">
-        <v>44109</v>
+        <v>44056</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="5">
         <v>40</v>
       </c>
       <c r="F251" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G251" s="5" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" s="3" t="s">
-        <v>127</v>
+        <v>598</v>
       </c>
       <c r="B252" s="4" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C252" s="5">
-        <v>44169</v>
+        <v>44109</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="5">
         <v>40</v>
       </c>
       <c r="F252" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G252" s="5" t="s">
-        <v>377</v>
+        <v>600</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" s="3" t="s">
-        <v>599</v>
+        <v>127</v>
       </c>
       <c r="B253" s="4" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C253" s="5">
-        <v>44249</v>
+        <v>44169</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="5">
         <v>40</v>
       </c>
       <c r="F253" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G253" s="5" t="s">
-        <v>601</v>
+        <v>377</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" s="3" t="s">
-        <v>353</v>
+        <v>602</v>
       </c>
       <c r="B254" s="4" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C254" s="5">
-        <v>44265</v>
+        <v>44249</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="5">
         <v>40</v>
       </c>
       <c r="F254" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G254" s="5" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B255" s="4" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C255" s="5">
-        <v>44093</v>
+        <v>44265</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="5">
         <v>40</v>
       </c>
       <c r="F255" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G255" s="5" t="s">
-        <v>173</v>
+        <v>606</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" s="3" t="s">
-        <v>605</v>
+        <v>353</v>
       </c>
       <c r="B256" s="4" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C256" s="5">
-        <v>38039</v>
+        <v>44093</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="5">
         <v>40</v>
       </c>
       <c r="F256" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G256" s="5" t="s">
-        <v>607</v>
+        <v>173</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" s="3" t="s">
-        <v>450</v>
+        <v>608</v>
       </c>
       <c r="B257" s="4" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C257" s="5">
-        <v>45041</v>
+        <v>38039</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="5">
         <v>40</v>
       </c>
       <c r="F257" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G257" s="5" t="s">
-        <v>38</v>
+        <v>610</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" s="3" t="s">
         <v>450</v>
       </c>
       <c r="B258" s="4" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C258" s="5">
-        <v>45054</v>
+        <v>45041</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="5">
         <v>40</v>
       </c>
       <c r="F258" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G258" s="5" t="s">
-        <v>610</v>
+        <v>38</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" s="3" t="s">
-        <v>611</v>
+        <v>450</v>
       </c>
       <c r="B259" s="4" t="s">
         <v>612</v>
       </c>
       <c r="C259" s="5">
-        <v>45122</v>
+        <v>45054</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="5">
         <v>40</v>
       </c>
       <c r="F259" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G259" s="5" t="s">
-        <v>244</v>
+        <v>613</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" s="3" t="s">
-        <v>450</v>
+        <v>614</v>
       </c>
       <c r="B260" s="4" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C260" s="5">
-        <v>45167</v>
+        <v>45122</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="5">
         <v>40</v>
       </c>
       <c r="F260" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G260" s="5" t="s">
-        <v>614</v>
+        <v>244</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" s="3" t="s">
-        <v>302</v>
+        <v>450</v>
       </c>
       <c r="B261" s="4" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C261" s="5">
-        <v>46038</v>
+        <v>45167</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="5">
         <v>40</v>
       </c>
       <c r="F261" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G261" s="5" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" s="3" t="s">
-        <v>617</v>
+        <v>302</v>
       </c>
       <c r="B262" s="4" t="s">
         <v>618</v>
       </c>
       <c r="C262" s="5">
-        <v>46070</v>
+        <v>46038</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="5">
         <v>40</v>
       </c>
       <c r="F262" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G262" s="5" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B263" s="4" t="s">
         <v>621</v>
       </c>
       <c r="C263" s="5">
-        <v>46072</v>
+        <v>46070</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="5">
         <v>40</v>
       </c>
       <c r="F263" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G263" s="5" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" s="3" t="s">
         <v>623</v>
       </c>
       <c r="B264" s="4" t="s">
         <v>624</v>
       </c>
       <c r="C264" s="5">
-        <v>46073</v>
+        <v>46072</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="5">
         <v>40</v>
       </c>
       <c r="F264" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G264" s="5" t="s">
-        <v>518</v>
+        <v>625</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" s="3" t="s">
-        <v>302</v>
+        <v>626</v>
       </c>
       <c r="B265" s="4" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="C265" s="5">
-        <v>46080</v>
+        <v>46073</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="5">
         <v>40</v>
       </c>
       <c r="F265" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G265" s="5" t="s">
-        <v>626</v>
+        <v>518</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" s="3" t="s">
-        <v>627</v>
+        <v>302</v>
       </c>
       <c r="B266" s="4" t="s">
         <v>628</v>
       </c>
       <c r="C266" s="5">
-        <v>46097</v>
+        <v>46080</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="5">
         <v>40</v>
       </c>
       <c r="F266" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G266" s="5" t="s">
-        <v>169</v>
+        <v>629</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" s="3" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="B267" s="4" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="C267" s="5">
-        <v>46098</v>
+        <v>46097</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="5">
         <v>40</v>
       </c>
       <c r="F267" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G267" s="5" t="s">
-        <v>455</v>
+        <v>169</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" s="3" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="B268" s="4" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C268" s="5">
-        <v>46136</v>
+        <v>46098</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="5">
         <v>40</v>
       </c>
       <c r="F268" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G268" s="5" t="s">
-        <v>632</v>
+        <v>455</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" s="3" t="s">
         <v>633</v>
       </c>
       <c r="B269" s="4" t="s">
         <v>634</v>
       </c>
       <c r="C269" s="5">
-        <v>46147</v>
+        <v>46136</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="5">
         <v>40</v>
       </c>
       <c r="F269" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G269" s="5" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" s="3" t="s">
-        <v>620</v>
+        <v>636</v>
       </c>
       <c r="B270" s="4" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C270" s="5">
-        <v>46170</v>
+        <v>46147</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="5">
         <v>40</v>
       </c>
       <c r="F270" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G270" s="5" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" s="3" t="s">
-        <v>302</v>
+        <v>623</v>
       </c>
       <c r="B271" s="4" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C271" s="5">
-        <v>46213</v>
+        <v>46170</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="5">
         <v>40</v>
       </c>
       <c r="F271" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G271" s="5" t="s">
-        <v>251</v>
+        <v>640</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" s="3" t="s">
-        <v>639</v>
+        <v>302</v>
       </c>
       <c r="B272" s="4" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C272" s="5">
-        <v>46225</v>
+        <v>46213</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="5">
         <v>40</v>
       </c>
       <c r="F272" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G272" s="5" t="s">
-        <v>641</v>
+        <v>251</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" s="3" t="s">
-        <v>302</v>
+        <v>642</v>
       </c>
       <c r="B273" s="4" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C273" s="5">
-        <v>46246</v>
+        <v>46225</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="5">
         <v>40</v>
       </c>
       <c r="F273" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G273" s="5" t="s">
-        <v>255</v>
+        <v>644</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B274" s="4" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="C274" s="5">
-        <v>46249</v>
+        <v>46246</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="5">
         <v>40</v>
       </c>
       <c r="F274" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G274" s="5" t="s">
-        <v>644</v>
+        <v>255</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" s="3" t="s">
-        <v>645</v>
+        <v>302</v>
       </c>
       <c r="B275" s="4" t="s">
         <v>646</v>
       </c>
       <c r="C275" s="5">
-        <v>46250</v>
+        <v>46249</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="5">
         <v>40</v>
       </c>
       <c r="F275" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G275" s="5" t="s">
-        <v>543</v>
+        <v>647</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" s="3" t="s">
-        <v>245</v>
+        <v>648</v>
       </c>
       <c r="B276" s="4" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="C276" s="5">
-        <v>47113</v>
+        <v>46250</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="5">
         <v>40</v>
       </c>
       <c r="F276" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G276" s="5" t="s">
-        <v>648</v>
+        <v>543</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" s="3" t="s">
-        <v>649</v>
+        <v>245</v>
       </c>
       <c r="B277" s="4" t="s">
         <v>650</v>
       </c>
       <c r="C277" s="5">
-        <v>47144</v>
+        <v>47113</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="5">
         <v>40</v>
       </c>
       <c r="F277" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G277" s="5" t="s">
-        <v>350</v>
+        <v>651</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" s="3" t="s">
-        <v>194</v>
+        <v>652</v>
       </c>
       <c r="B278" s="4" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-        <v>652</v>
+        <v>653</v>
+      </c>
+      <c r="C278" s="5">
+        <v>47144</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="5">
         <v>40</v>
       </c>
       <c r="F278" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G278" s="5" t="s">
-        <v>653</v>
+        <v>350</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B279" s="4" t="s">
         <v>654</v>
       </c>
-      <c r="B279" s="4" t="s">
+      <c r="C279" s="5" t="s">
         <v>655</v>
       </c>
-      <c r="C279" s="5" t="s">
+      <c r="D279" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E279" s="5">
+        <v>40</v>
+      </c>
+      <c r="F279" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G279" s="5" t="s">
         <v>656</v>
-      </c>
-[...10 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" s="3" t="s">
-        <v>194</v>
+        <v>657</v>
       </c>
       <c r="B280" s="4" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C280" s="5" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="5">
         <v>40</v>
       </c>
       <c r="F280" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G280" s="5" t="s">
-        <v>659</v>
+        <v>490</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B281" s="4" t="s">
         <v>660</v>
       </c>
       <c r="C281" s="5" t="s">
         <v>661</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="5">
         <v>40</v>
       </c>
       <c r="F281" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G281" s="5" t="s">
         <v>662</v>
       </c>
     </row>
@@ -9081,772 +9090,795 @@
       </c>
       <c r="G282" s="5" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B283" s="4" t="s">
         <v>666</v>
       </c>
       <c r="C283" s="5" t="s">
         <v>667</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="5">
         <v>40</v>
       </c>
       <c r="F283" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G283" s="5" t="s">
-        <v>133</v>
+        <v>668</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" s="3" t="s">
-        <v>218</v>
+        <v>194</v>
       </c>
       <c r="B284" s="4" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F284" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G284" s="5" t="s">
-        <v>327</v>
+        <v>133</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" s="3" t="s">
-        <v>127</v>
+        <v>218</v>
       </c>
       <c r="B285" s="4" t="s">
-        <v>669</v>
-[...2 lines deleted...]
-        <v>50008</v>
+        <v>671</v>
+      </c>
+      <c r="C285" s="5" t="s">
+        <v>670</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F285" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G285" s="5" t="s">
-        <v>670</v>
+        <v>327</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B286" s="4" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C286" s="5">
-        <v>50022</v>
+        <v>50008</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="5">
         <v>40</v>
       </c>
       <c r="F286" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G286" s="5" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B287" s="4" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C287" s="5">
-        <v>50074</v>
+        <v>50022</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="5">
         <v>40</v>
       </c>
       <c r="F287" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G287" s="5" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" s="3" t="s">
-        <v>404</v>
+        <v>127</v>
       </c>
       <c r="B288" s="4" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="C288" s="5">
-        <v>50105</v>
+        <v>50074</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="5">
         <v>40</v>
       </c>
       <c r="F288" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G288" s="5" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" s="3" t="s">
-        <v>353</v>
+        <v>404</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C289" s="5">
-        <v>50124</v>
+        <v>50105</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="5">
         <v>40</v>
       </c>
       <c r="F289" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G289" s="5" t="s">
-        <v>260</v>
+        <v>679</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" s="3" t="s">
-        <v>127</v>
+        <v>353</v>
       </c>
       <c r="B290" s="4" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="C290" s="5">
-        <v>50131</v>
+        <v>50124</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="5">
         <v>40</v>
       </c>
       <c r="F290" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G290" s="5" t="s">
-        <v>162</v>
+        <v>260</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" s="3" t="s">
-        <v>679</v>
+        <v>127</v>
       </c>
       <c r="B291" s="4" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C291" s="5">
-        <v>50165</v>
+        <v>50131</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="5">
         <v>40</v>
       </c>
       <c r="F291" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G291" s="5" t="s">
-        <v>681</v>
+        <v>162</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" s="3" t="s">
-        <v>127</v>
+        <v>682</v>
       </c>
       <c r="B292" s="4" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C292" s="5">
-        <v>50240</v>
+        <v>50165</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="5">
         <v>40</v>
       </c>
       <c r="F292" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G292" s="5" t="s">
-        <v>169</v>
+        <v>684</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="C293" s="5">
-        <v>50244</v>
+        <v>50240</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="5">
         <v>40</v>
       </c>
       <c r="F293" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G293" s="5" t="s">
-        <v>684</v>
+        <v>169</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" s="3" t="s">
-        <v>362</v>
+        <v>127</v>
       </c>
       <c r="B294" s="4" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C294" s="5">
-        <v>50297</v>
+        <v>50244</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="5">
         <v>40</v>
       </c>
       <c r="F294" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G294" s="5" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" s="3" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="B295" s="4" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C295" s="5">
         <v>50297</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="5">
         <v>40</v>
       </c>
       <c r="F295" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G295" s="5" t="s">
-        <v>335</v>
+        <v>689</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" s="3" t="s">
-        <v>211</v>
+        <v>353</v>
       </c>
       <c r="B296" s="4" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="C296" s="5">
         <v>50297</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="5">
         <v>40</v>
       </c>
       <c r="F296" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G296" s="5" t="s">
-        <v>115</v>
+        <v>335</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" s="3" t="s">
-        <v>362</v>
+        <v>211</v>
       </c>
       <c r="B297" s="4" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="C297" s="5">
-        <v>50298</v>
+        <v>50297</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="5">
         <v>40</v>
       </c>
       <c r="F297" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G297" s="5" t="s">
-        <v>684</v>
+        <v>115</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B298" s="4" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="C298" s="5">
         <v>50298</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="5">
         <v>40</v>
       </c>
       <c r="F298" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G298" s="5" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" s="3" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="B299" s="4" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C299" s="5">
-        <v>50297</v>
+        <v>50298</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="5">
         <v>40</v>
       </c>
       <c r="F299" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G299" s="5" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" s="3" t="s">
-        <v>694</v>
+        <v>353</v>
       </c>
       <c r="B300" s="4" t="s">
         <v>695</v>
       </c>
       <c r="C300" s="5">
-        <v>49013</v>
+        <v>50297</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="5">
         <v>40</v>
       </c>
       <c r="F300" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G300" s="5" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" s="3" t="s">
         <v>697</v>
       </c>
       <c r="B301" s="4" t="s">
         <v>698</v>
       </c>
       <c r="C301" s="5">
-        <v>49030</v>
+        <v>49013</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="5">
         <v>40</v>
       </c>
       <c r="F301" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G301" s="5" t="s">
-        <v>284</v>
+        <v>699</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" s="3" t="s">
-        <v>412</v>
+        <v>700</v>
       </c>
       <c r="B302" s="4" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C302" s="5">
-        <v>49067</v>
+        <v>49030</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="5">
         <v>40</v>
       </c>
       <c r="F302" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G302" s="5" t="s">
-        <v>700</v>
+        <v>284</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" s="3" t="s">
-        <v>697</v>
+        <v>412</v>
       </c>
       <c r="B303" s="4" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C303" s="5">
-        <v>49083</v>
+        <v>49067</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="5">
         <v>40</v>
       </c>
       <c r="F303" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G303" s="5" t="s">
-        <v>24</v>
+        <v>703</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" s="3" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="B304" s="4" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="C304" s="5">
-        <v>49095</v>
+        <v>49083</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="5">
         <v>40</v>
       </c>
       <c r="F304" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G304" s="5" t="s">
-        <v>463</v>
+        <v>24</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" s="3" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="B305" s="4" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="C305" s="5">
-        <v>49120</v>
+        <v>49095</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="5">
         <v>40</v>
       </c>
       <c r="F305" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G305" s="5" t="s">
-        <v>704</v>
+        <v>463</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" s="3" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="B306" s="4" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C306" s="5">
-        <v>49129</v>
+        <v>49120</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="5">
         <v>40</v>
       </c>
       <c r="F306" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G306" s="5" t="s">
-        <v>358</v>
+        <v>707</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" s="3" t="s">
-        <v>127</v>
+        <v>700</v>
       </c>
       <c r="B307" s="4" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="C307" s="5">
-        <v>49156</v>
+        <v>49129</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="5">
         <v>40</v>
       </c>
       <c r="F307" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G307" s="5" t="s">
-        <v>707</v>
+        <v>358</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" s="3" t="s">
-        <v>708</v>
+        <v>127</v>
       </c>
       <c r="B308" s="4" t="s">
         <v>709</v>
       </c>
       <c r="C308" s="5">
-        <v>49178</v>
+        <v>49156</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="5">
         <v>40</v>
       </c>
       <c r="F308" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G308" s="5" t="s">
         <v>710</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" s="3" t="s">
-        <v>412</v>
+        <v>711</v>
       </c>
       <c r="B309" s="4" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C309" s="5">
-        <v>49181</v>
+        <v>49178</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="5">
         <v>40</v>
       </c>
       <c r="F309" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G309" s="5" t="s">
-        <v>567</v>
+        <v>713</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" s="3" t="s">
-        <v>245</v>
+        <v>412</v>
       </c>
       <c r="B310" s="4" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="C310" s="5">
-        <v>49208</v>
+        <v>49181</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="5">
         <v>40</v>
       </c>
       <c r="F310" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G310" s="5" t="s">
-        <v>713</v>
+        <v>570</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" s="3" t="s">
-        <v>708</v>
+        <v>245</v>
       </c>
       <c r="B311" s="4" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C311" s="5">
-        <v>49269</v>
+        <v>49208</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="5">
         <v>40</v>
       </c>
       <c r="F311" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G311" s="5" t="s">
-        <v>524</v>
+        <v>716</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" s="3" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="B312" s="4" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="C312" s="5">
-        <v>49275</v>
+        <v>49269</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="5">
         <v>40</v>
       </c>
       <c r="F312" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G312" s="5" t="s">
-        <v>619</v>
+        <v>524</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" s="3" t="s">
-        <v>716</v>
+        <v>711</v>
       </c>
       <c r="B313" s="4" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C313" s="5">
         <v>49275</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="5">
         <v>40</v>
       </c>
       <c r="F313" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G313" s="5" t="s">
-        <v>569</v>
+        <v>622</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" s="3" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="B314" s="4" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="C314" s="5">
         <v>49275</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="5">
         <v>40</v>
       </c>
       <c r="F314" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G314" s="5" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="315" spans="1:7">
+      <c r="A315" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="B315" s="4" t="s">
+        <v>721</v>
+      </c>
+      <c r="C315" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D315" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E315" s="5">
+        <v>40</v>
+      </c>
+      <c r="F315" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G315" s="5" t="s">
         <v>455</v>
       </c>
     </row>
-    <row r="315" spans="1:7">
-[...4 lines deleted...]
-      <c r="G315" s="1"/>
+    <row r="316" spans="1:7">
+      <c r="A316" s="2"/>
+      <c r="C316" s="1"/>
+      <c r="E316" s="1"/>
+      <c r="F316" s="1"/>
+      <c r="G316" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">