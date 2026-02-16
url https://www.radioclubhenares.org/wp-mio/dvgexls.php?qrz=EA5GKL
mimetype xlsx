--- v1 (2025-12-16)
+++ v2 (2026-02-16)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="722">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="724">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5GKL</t>
   </si>
   <si>
-    <t>299 Referencias DVGE - 310 QSO encontrados - 272 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #2038 (16-12-2025 17:34)</t>
+    <t>300 Referencias DVGE - 311 QSO encontrados - 273 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #2038 (16-02-2026 04:37)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW</t>
   </si>
@@ -2163,50 +2163,56 @@
     <t>VGZA-110</t>
   </si>
   <si>
     <t>VGZA-137</t>
   </si>
   <si>
     <t>18/02/2022</t>
   </si>
   <si>
     <t>EA1HL/P</t>
   </si>
   <si>
     <t>VGZA-158</t>
   </si>
   <si>
     <t>13/12/2020</t>
   </si>
   <si>
     <t>VGZA-161</t>
   </si>
   <si>
     <t>VGZA-169</t>
   </si>
   <si>
     <t>05/10/2017</t>
+  </si>
+  <si>
+    <t>VGZA-205</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
   </si>
   <si>
     <t>VGZA-218</t>
   </si>
   <si>
     <t>VGZA-221</t>
   </si>
   <si>
     <t>EA1FDO/P</t>
   </si>
   <si>
     <t>VGZA-222</t>
   </si>
   <si>
     <t>VGZA-223</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -2635,51 +2641,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G316"/>
+  <dimension ref="A1:G317"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -9739,146 +9745,169 @@
     <row r="311" spans="1:7">
       <c r="A311" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B311" s="4" t="s">
         <v>715</v>
       </c>
       <c r="C311" s="5">
         <v>49208</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="5">
         <v>40</v>
       </c>
       <c r="F311" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G311" s="5" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" s="3" t="s">
-        <v>711</v>
+        <v>700</v>
       </c>
       <c r="B312" s="4" t="s">
         <v>717</v>
       </c>
       <c r="C312" s="5">
-        <v>49269</v>
+        <v>49250</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="5">
         <v>40</v>
       </c>
       <c r="F312" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G312" s="5" t="s">
-        <v>524</v>
+        <v>718</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" s="3" t="s">
         <v>711</v>
       </c>
       <c r="B313" s="4" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C313" s="5">
-        <v>49275</v>
+        <v>49269</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="5">
         <v>40</v>
       </c>
       <c r="F313" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G313" s="5" t="s">
-        <v>622</v>
+        <v>524</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" s="3" t="s">
-        <v>719</v>
+        <v>711</v>
       </c>
       <c r="B314" s="4" t="s">
         <v>720</v>
       </c>
       <c r="C314" s="5">
         <v>49275</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="5">
         <v>40</v>
       </c>
       <c r="F314" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G314" s="5" t="s">
-        <v>572</v>
+        <v>622</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" s="3" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
       <c r="B315" s="4" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="C315" s="5">
         <v>49275</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="5">
         <v>40</v>
       </c>
       <c r="F315" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G315" s="5" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="316" spans="1:7">
+      <c r="A316" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="B316" s="4" t="s">
+        <v>723</v>
+      </c>
+      <c r="C316" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D316" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E316" s="5">
+        <v>40</v>
+      </c>
+      <c r="F316" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G316" s="5" t="s">
         <v>455</v>
       </c>
     </row>
-    <row r="316" spans="1:7">
-[...4 lines deleted...]
-      <c r="G316" s="1"/>
+    <row r="317" spans="1:7">
+      <c r="A317" s="2"/>
+      <c r="C317" s="1"/>
+      <c r="E317" s="1"/>
+      <c r="F317" s="1"/>
+      <c r="G317" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">