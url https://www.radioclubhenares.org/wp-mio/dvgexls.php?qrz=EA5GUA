--- v0 (2025-10-24)
+++ v1 (2025-12-13)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1419">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5GUA</t>
   </si>
   <si>
     <t>640 Referencias DVGE - 669 QSO encontrados - 578 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1361 (24-10-2025 04:23)</t>
+    <t>Ranking #1361 (13-12-2025 23:46)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EB5AQ</t>
   </si>