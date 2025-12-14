--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1419">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5GUA</t>
   </si>
   <si>
     <t>640 Referencias DVGE - 669 QSO encontrados - 578 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1361 (13-12-2025 23:46)</t>
+    <t>Ranking #1361 (14-12-2025 19:35)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EB5AQ</t>
   </si>