--- v2 (2025-12-14)
+++ v3 (2026-02-08)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1419">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1422">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5GUA</t>
   </si>
   <si>
-    <t>640 Referencias DVGE - 669 QSO encontrados - 578 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1361 (14-12-2025 19:35)</t>
+    <t>641 Referencias DVGE - 670 QSO encontrados - 579 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1361 (08-02-2026 20:12)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EB5AQ</t>
   </si>
@@ -1806,50 +1806,59 @@
     <t>EA7FFU/P</t>
   </si>
   <si>
     <t>VGGR-221</t>
   </si>
   <si>
     <t>10/04/2010</t>
   </si>
   <si>
     <t>EA7TS</t>
   </si>
   <si>
     <t>VGGR-256</t>
   </si>
   <si>
     <t>16/11/2024</t>
   </si>
   <si>
     <t>EA7HMH/P</t>
   </si>
   <si>
     <t>VGGR-271</t>
   </si>
   <si>
     <t>25/04/2010</t>
+  </si>
+  <si>
+    <t>EA7KAN</t>
+  </si>
+  <si>
+    <t>VGGR-293</t>
+  </si>
+  <si>
+    <t>02/11/2025</t>
   </si>
   <si>
     <t>EA1BQR</t>
   </si>
   <si>
     <t>VGGU-020</t>
   </si>
   <si>
     <t>EA1BJE</t>
   </si>
   <si>
     <t>VGGU-025</t>
   </si>
   <si>
     <t>24/09/2023</t>
   </si>
   <si>
     <t>EA4LO/P</t>
   </si>
   <si>
     <t>VGGU-044</t>
   </si>
   <si>
     <t>07/07/2024</t>
   </si>
@@ -4726,51 +4735,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G675"/>
+  <dimension ref="A1:G676"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -9927,10306 +9936,10329 @@
       </c>
       <c r="C228" s="5">
         <v>18171</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="5">
         <v>40</v>
       </c>
       <c r="F228" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G228" s="5" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B229" s="4" t="s">
         <v>599</v>
       </c>
       <c r="C229" s="5">
-        <v>19020</v>
+        <v>18192</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="5">
         <v>40</v>
       </c>
       <c r="F229" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G229" s="5" t="s">
-        <v>512</v>
+        <v>600</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" s="3" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B230" s="4" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C230" s="5">
-        <v>19021</v>
+        <v>19020</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="5">
         <v>40</v>
       </c>
       <c r="F230" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G230" s="5" t="s">
-        <v>602</v>
+        <v>512</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" s="3" t="s">
         <v>603</v>
       </c>
       <c r="B231" s="4" t="s">
         <v>604</v>
       </c>
       <c r="C231" s="5">
-        <v>19044</v>
+        <v>19021</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="5">
         <v>40</v>
       </c>
       <c r="F231" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G231" s="5" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" s="3" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="B232" s="4" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C232" s="5">
-        <v>19143</v>
+        <v>19044</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="5">
         <v>40</v>
       </c>
       <c r="F232" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G232" s="5" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" s="3" t="s">
-        <v>608</v>
+        <v>603</v>
       </c>
       <c r="B233" s="4" t="s">
         <v>609</v>
       </c>
       <c r="C233" s="5">
-        <v>19175</v>
+        <v>19143</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="5">
         <v>40</v>
       </c>
       <c r="F233" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G233" s="5" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" s="3" t="s">
         <v>611</v>
       </c>
       <c r="B234" s="4" t="s">
         <v>612</v>
       </c>
       <c r="C234" s="5">
-        <v>19200</v>
+        <v>19175</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="5">
         <v>40</v>
       </c>
       <c r="F234" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G234" s="5" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" s="3" t="s">
         <v>614</v>
       </c>
       <c r="B235" s="4" t="s">
         <v>615</v>
       </c>
       <c r="C235" s="5">
-        <v>19214</v>
+        <v>19200</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="5">
         <v>40</v>
       </c>
       <c r="F235" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G235" s="5" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" s="3" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="B236" s="4" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="C236" s="5">
         <v>19214</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="5">
         <v>40</v>
       </c>
       <c r="F236" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G236" s="5" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" s="3" t="s">
-        <v>600</v>
+        <v>617</v>
       </c>
       <c r="B237" s="4" t="s">
         <v>618</v>
       </c>
       <c r="C237" s="5">
-        <v>19230</v>
+        <v>19214</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="5">
         <v>40</v>
       </c>
       <c r="F237" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G237" s="5" t="s">
-        <v>531</v>
+        <v>620</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" s="3" t="s">
-        <v>175</v>
+        <v>603</v>
       </c>
       <c r="B238" s="4" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="C238" s="5">
-        <v>19251</v>
+        <v>19230</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="5">
         <v>40</v>
       </c>
       <c r="F238" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G238" s="5" t="s">
-        <v>210</v>
+        <v>531</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" s="3" t="s">
-        <v>600</v>
+        <v>175</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="C239" s="5">
-        <v>19331</v>
+        <v>19251</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="5">
         <v>40</v>
       </c>
       <c r="F239" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G239" s="5" t="s">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" s="3" t="s">
-        <v>621</v>
+        <v>603</v>
       </c>
       <c r="B240" s="4" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C240" s="5">
-        <v>22053</v>
+        <v>19331</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="5">
         <v>40</v>
       </c>
       <c r="F240" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G240" s="5" t="s">
-        <v>623</v>
+        <v>180</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" s="3" t="s">
-        <v>382</v>
+        <v>624</v>
       </c>
       <c r="B241" s="4" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C241" s="5">
-        <v>22075</v>
+        <v>22053</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="5">
         <v>40</v>
       </c>
       <c r="F241" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G241" s="5" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" s="3" t="s">
         <v>382</v>
       </c>
       <c r="B242" s="4" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C242" s="5">
-        <v>22090</v>
+        <v>22075</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="5">
         <v>40</v>
       </c>
       <c r="F242" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G242" s="5" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" s="3" t="s">
-        <v>628</v>
+        <v>382</v>
       </c>
       <c r="B243" s="4" t="s">
         <v>629</v>
       </c>
       <c r="C243" s="5">
-        <v>22909</v>
+        <v>22090</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="5">
         <v>40</v>
       </c>
       <c r="F243" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G243" s="5" t="s">
-        <v>515</v>
+        <v>630</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" s="3" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B244" s="4" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C244" s="5">
-        <v>22109</v>
+        <v>22909</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="5">
         <v>40</v>
       </c>
       <c r="F244" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G244" s="5" t="s">
-        <v>632</v>
+        <v>515</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" s="3" t="s">
-        <v>382</v>
+        <v>633</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C245" s="5">
-        <v>22167</v>
+        <v>22109</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="5">
         <v>40</v>
       </c>
       <c r="F245" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G245" s="5" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" s="3" t="s">
-        <v>630</v>
+        <v>382</v>
       </c>
       <c r="B246" s="4" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C246" s="5">
-        <v>22212</v>
+        <v>22167</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="5">
         <v>40</v>
       </c>
       <c r="F246" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G246" s="5" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" s="3" t="s">
-        <v>621</v>
+        <v>633</v>
       </c>
       <c r="B247" s="4" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C247" s="5">
-        <v>22904</v>
+        <v>22212</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="5">
         <v>40</v>
       </c>
       <c r="F247" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G247" s="5" t="s">
-        <v>480</v>
+        <v>639</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" s="3" t="s">
-        <v>382</v>
+        <v>624</v>
       </c>
       <c r="B248" s="4" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="C248" s="5">
-        <v>22225</v>
+        <v>22904</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="5">
         <v>40</v>
       </c>
       <c r="F248" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G248" s="5" t="s">
-        <v>639</v>
+        <v>480</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" s="3" t="s">
-        <v>640</v>
+        <v>382</v>
       </c>
       <c r="B249" s="4" t="s">
         <v>641</v>
       </c>
-      <c r="C249" s="5" t="s">
+      <c r="C249" s="5">
+        <v>22225</v>
+      </c>
+      <c r="D249" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E249" s="5">
+        <v>40</v>
+      </c>
+      <c r="F249" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G249" s="5" t="s">
         <v>642</v>
-      </c>
-[...10 lines deleted...]
-        <v>643</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="B250" s="4" t="s">
         <v>644</v>
       </c>
-      <c r="B250" s="4" t="s">
+      <c r="C250" s="5" t="s">
         <v>645</v>
       </c>
-      <c r="C250" s="5" t="s">
+      <c r="D250" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E250" s="5">
+        <v>40</v>
+      </c>
+      <c r="F250" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G250" s="5" t="s">
         <v>646</v>
-      </c>
-[...10 lines deleted...]
-        <v>647</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="B251" s="4" t="s">
         <v>648</v>
       </c>
-      <c r="B251" s="4" t="s">
+      <c r="C251" s="5" t="s">
         <v>649</v>
       </c>
-      <c r="C251" s="5" t="s">
+      <c r="D251" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E251" s="5">
+        <v>40</v>
+      </c>
+      <c r="F251" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G251" s="5" t="s">
         <v>650</v>
-      </c>
-[...10 lines deleted...]
-        <v>651</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="B252" s="4" t="s">
         <v>652</v>
       </c>
-      <c r="B252" s="4" t="s">
+      <c r="C252" s="5" t="s">
         <v>653</v>
       </c>
-      <c r="C252" s="5" t="s">
+      <c r="D252" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E252" s="5">
+        <v>40</v>
+      </c>
+      <c r="F252" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G252" s="5" t="s">
         <v>654</v>
-      </c>
-[...10 lines deleted...]
-        <v>655</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" s="3" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="B253" s="4" t="s">
         <v>656</v>
       </c>
       <c r="C253" s="5" t="s">
         <v>657</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="5">
         <v>40</v>
       </c>
       <c r="F253" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G253" s="5" t="s">
-        <v>543</v>
+        <v>658</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" s="3" t="s">
-        <v>640</v>
+        <v>651</v>
       </c>
       <c r="B254" s="4" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C254" s="5" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="5">
         <v>40</v>
       </c>
       <c r="F254" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G254" s="5" t="s">
-        <v>512</v>
+        <v>543</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" s="3" t="s">
-        <v>660</v>
+        <v>643</v>
       </c>
       <c r="B255" s="4" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="5">
         <v>40</v>
       </c>
       <c r="F255" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G255" s="5" t="s">
-        <v>24</v>
+        <v>512</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" s="3" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="B256" s="4" t="s">
         <v>661</v>
       </c>
       <c r="C256" s="5" t="s">
         <v>662</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="5">
-        <v>7000</v>
+        <v>40</v>
       </c>
       <c r="F256" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G256" s="5" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" s="3" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="B257" s="4" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="5">
-        <v>40</v>
+        <v>7000</v>
       </c>
       <c r="F257" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G257" s="5" t="s">
-        <v>663</v>
+        <v>32</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" s="3" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="B258" s="4" t="s">
         <v>664</v>
       </c>
       <c r="C258" s="5" t="s">
         <v>665</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="5">
         <v>40</v>
       </c>
       <c r="F258" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G258" s="5" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" s="3" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="B259" s="4" t="s">
         <v>667</v>
       </c>
       <c r="C259" s="5" t="s">
         <v>668</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="5">
         <v>40</v>
       </c>
       <c r="F259" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G259" s="5" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" s="3" t="s">
+        <v>663</v>
+      </c>
+      <c r="B260" s="4" t="s">
         <v>670</v>
       </c>
-      <c r="B260" s="4" t="s">
+      <c r="C260" s="5" t="s">
         <v>671</v>
       </c>
-      <c r="C260" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="5">
-        <v>7000</v>
+        <v>40</v>
       </c>
       <c r="F260" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G260" s="5" t="s">
-        <v>32</v>
+        <v>672</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" s="3" t="s">
-        <v>644</v>
+        <v>673</v>
       </c>
       <c r="B261" s="4" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C261" s="5" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="5">
-        <v>40</v>
+        <v>7000</v>
       </c>
       <c r="F261" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G261" s="5" t="s">
-        <v>674</v>
+        <v>32</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" s="3" t="s">
-        <v>660</v>
+        <v>647</v>
       </c>
       <c r="B262" s="4" t="s">
         <v>675</v>
       </c>
       <c r="C262" s="5" t="s">
         <v>676</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="5">
         <v>40</v>
       </c>
       <c r="F262" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G262" s="5" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" s="3" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="B263" s="4" t="s">
         <v>678</v>
       </c>
       <c r="C263" s="5" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="5">
         <v>40</v>
       </c>
       <c r="F263" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G263" s="5" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" s="3" t="s">
-        <v>680</v>
+        <v>663</v>
       </c>
       <c r="B264" s="4" t="s">
         <v>681</v>
       </c>
-      <c r="C264" s="5">
-        <v>23005</v>
+      <c r="C264" s="5" t="s">
+        <v>679</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="5">
         <v>40</v>
       </c>
       <c r="F264" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G264" s="5" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" s="3" t="s">
         <v>683</v>
       </c>
       <c r="B265" s="4" t="s">
         <v>684</v>
       </c>
       <c r="C265" s="5">
-        <v>23009</v>
+        <v>23005</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="5">
         <v>40</v>
       </c>
       <c r="F265" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G265" s="5" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" s="3" t="s">
         <v>686</v>
       </c>
       <c r="B266" s="4" t="s">
         <v>687</v>
       </c>
       <c r="C266" s="5">
         <v>23009</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="5">
         <v>40</v>
       </c>
       <c r="F266" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G266" s="5" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" s="3" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="B267" s="4" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C267" s="5">
         <v>23009</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="5">
         <v>40</v>
       </c>
       <c r="F267" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G267" s="5" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" s="3" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="B268" s="4" t="s">
         <v>692</v>
       </c>
       <c r="C268" s="5">
-        <v>23010</v>
+        <v>23009</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="5">
         <v>40</v>
       </c>
       <c r="F268" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G268" s="5" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" s="3" t="s">
-        <v>69</v>
+        <v>694</v>
       </c>
       <c r="B269" s="4" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="C269" s="5">
-        <v>23028</v>
+        <v>23010</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="5">
         <v>40</v>
       </c>
       <c r="F269" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G269" s="5" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" s="3" t="s">
-        <v>696</v>
+        <v>69</v>
       </c>
       <c r="B270" s="4" t="s">
         <v>697</v>
       </c>
       <c r="C270" s="5">
-        <v>23029</v>
+        <v>23028</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="5">
         <v>40</v>
       </c>
       <c r="F270" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G270" s="5" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" s="3" t="s">
-        <v>74</v>
+        <v>699</v>
       </c>
       <c r="B271" s="4" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="C271" s="5">
         <v>23029</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="5">
         <v>40</v>
       </c>
       <c r="F271" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G271" s="5" t="s">
-        <v>643</v>
+        <v>701</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" s="3" t="s">
-        <v>699</v>
+        <v>74</v>
       </c>
       <c r="B272" s="4" t="s">
         <v>700</v>
       </c>
       <c r="C272" s="5">
         <v>23029</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="5">
         <v>40</v>
       </c>
       <c r="F272" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G272" s="5" t="s">
-        <v>698</v>
+        <v>646</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" s="3" t="s">
-        <v>686</v>
+        <v>702</v>
       </c>
       <c r="B273" s="4" t="s">
+        <v>703</v>
+      </c>
+      <c r="C273" s="5">
+        <v>23029</v>
+      </c>
+      <c r="D273" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E273" s="5">
+        <v>40</v>
+      </c>
+      <c r="F273" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G273" s="5" t="s">
         <v>701</v>
-      </c>
-[...13 lines deleted...]
-        <v>702</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" s="3" t="s">
-        <v>703</v>
+        <v>689</v>
       </c>
       <c r="B274" s="4" t="s">
         <v>704</v>
       </c>
       <c r="C274" s="5">
-        <v>23050</v>
+        <v>23045</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="5">
         <v>40</v>
       </c>
       <c r="F274" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G274" s="5" t="s">
-        <v>188</v>
+        <v>705</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" s="3" t="s">
-        <v>686</v>
+        <v>706</v>
       </c>
       <c r="B275" s="4" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="C275" s="5">
-        <v>23053</v>
+        <v>23050</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="5">
         <v>40</v>
       </c>
       <c r="F275" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G275" s="5" t="s">
-        <v>706</v>
+        <v>188</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" s="3" t="s">
-        <v>707</v>
+        <v>689</v>
       </c>
       <c r="B276" s="4" t="s">
         <v>708</v>
       </c>
       <c r="C276" s="5">
-        <v>23058</v>
+        <v>23053</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="5">
         <v>40</v>
       </c>
       <c r="F276" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G276" s="5" t="s">
-        <v>390</v>
+        <v>709</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" s="3" t="s">
-        <v>686</v>
+        <v>710</v>
       </c>
       <c r="B277" s="4" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="C277" s="5">
-        <v>23073</v>
+        <v>23058</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="5">
         <v>40</v>
       </c>
       <c r="F277" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G277" s="5" t="s">
-        <v>710</v>
+        <v>390</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" s="3" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="B278" s="4" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C278" s="5">
         <v>23073</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="5">
         <v>40</v>
       </c>
       <c r="F278" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G278" s="5" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" s="3" t="s">
-        <v>69</v>
+        <v>689</v>
       </c>
       <c r="B279" s="4" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C279" s="5">
-        <v>23904</v>
+        <v>23073</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="5">
         <v>40</v>
       </c>
       <c r="F279" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G279" s="5" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" s="3" t="s">
-        <v>715</v>
+        <v>69</v>
       </c>
       <c r="B280" s="4" t="s">
         <v>716</v>
       </c>
       <c r="C280" s="5">
-        <v>23087</v>
+        <v>23904</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="5">
         <v>40</v>
       </c>
       <c r="F280" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G280" s="5" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" s="3" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="B281" s="4" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C281" s="5">
         <v>23087</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="5">
         <v>40</v>
       </c>
       <c r="F281" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G281" s="5" t="s">
-        <v>243</v>
+        <v>720</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" s="3" t="s">
-        <v>686</v>
+        <v>718</v>
       </c>
       <c r="B282" s="4" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="C282" s="5">
-        <v>23088</v>
+        <v>23087</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="5">
         <v>40</v>
       </c>
       <c r="F282" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G282" s="5" t="s">
-        <v>679</v>
+        <v>243</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" s="3" t="s">
-        <v>74</v>
+        <v>689</v>
       </c>
       <c r="B283" s="4" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="C283" s="5">
-        <v>23095</v>
+        <v>23088</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="5">
         <v>40</v>
       </c>
       <c r="F283" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G283" s="5" t="s">
-        <v>721</v>
+        <v>682</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" s="3" t="s">
-        <v>722</v>
+        <v>74</v>
       </c>
       <c r="B284" s="4" t="s">
         <v>723</v>
       </c>
       <c r="C284" s="5">
-        <v>25016</v>
+        <v>23095</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="5">
         <v>40</v>
       </c>
       <c r="F284" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G284" s="5" t="s">
-        <v>390</v>
+        <v>724</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" s="3" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="B285" s="4" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="C285" s="5">
         <v>25016</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="5">
         <v>40</v>
       </c>
       <c r="F285" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G285" s="5" t="s">
-        <v>81</v>
+        <v>390</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" s="3" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="B286" s="4" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="C286" s="5">
-        <v>25020</v>
+        <v>25016</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="5">
         <v>40</v>
       </c>
       <c r="F286" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G286" s="5" t="s">
-        <v>726</v>
+        <v>81</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" s="3" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="B287" s="4" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C287" s="5">
-        <v>25040</v>
+        <v>25020</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="5">
         <v>40</v>
       </c>
       <c r="F287" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G287" s="5" t="s">
-        <v>546</v>
+        <v>729</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" s="3" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="B288" s="4" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C288" s="5">
-        <v>25042</v>
+        <v>25040</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="5">
         <v>40</v>
       </c>
       <c r="F288" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G288" s="5" t="s">
-        <v>200</v>
+        <v>546</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" s="3" t="s">
-        <v>165</v>
+        <v>731</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="C289" s="5">
-        <v>25050</v>
+        <v>25042</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="5">
         <v>40</v>
       </c>
       <c r="F289" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G289" s="5" t="s">
-        <v>731</v>
+        <v>200</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" s="3" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="B290" s="4" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C290" s="5">
-        <v>25077</v>
+        <v>25050</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="5">
         <v>40</v>
       </c>
       <c r="F290" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G290" s="5" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" s="3" t="s">
-        <v>722</v>
+        <v>169</v>
       </c>
       <c r="B291" s="4" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C291" s="5">
-        <v>25079</v>
+        <v>25077</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="5">
         <v>40</v>
       </c>
       <c r="F291" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G291" s="5" t="s">
-        <v>314</v>
+        <v>736</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" s="3" t="s">
-        <v>169</v>
+        <v>725</v>
       </c>
       <c r="B292" s="4" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="C292" s="5">
-        <v>25088</v>
+        <v>25079</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="5">
         <v>40</v>
       </c>
       <c r="F292" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G292" s="5" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" s="3" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="C293" s="5">
-        <v>25101</v>
+        <v>25088</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="5">
         <v>40</v>
       </c>
       <c r="F293" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G293" s="5" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" s="3" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="B294" s="4" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="C294" s="5">
-        <v>25111</v>
+        <v>25101</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="5">
         <v>40</v>
       </c>
       <c r="F294" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G294" s="5" t="s">
-        <v>233</v>
+        <v>316</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" s="3" t="s">
-        <v>382</v>
+        <v>169</v>
       </c>
       <c r="B295" s="4" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="C295" s="5">
-        <v>25148</v>
+        <v>25111</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="5">
         <v>40</v>
       </c>
       <c r="F295" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G295" s="5" t="s">
-        <v>739</v>
+        <v>233</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" s="3" t="s">
-        <v>169</v>
+        <v>382</v>
       </c>
       <c r="B296" s="4" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C296" s="5">
         <v>25148</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="5">
         <v>40</v>
       </c>
       <c r="F296" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G296" s="5" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" s="3" t="s">
-        <v>722</v>
+        <v>169</v>
       </c>
       <c r="B297" s="4" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C297" s="5">
-        <v>25186</v>
+        <v>25148</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="5">
         <v>40</v>
       </c>
       <c r="F297" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G297" s="5" t="s">
-        <v>485</v>
+        <v>744</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" s="3" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="B298" s="4" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="C298" s="5">
-        <v>25204</v>
+        <v>25186</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="5">
         <v>40</v>
       </c>
       <c r="F298" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G298" s="5" t="s">
-        <v>87</v>
+        <v>485</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" s="3" t="s">
-        <v>69</v>
+        <v>725</v>
       </c>
       <c r="B299" s="4" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="C299" s="5">
-        <v>25209</v>
+        <v>25204</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="5">
         <v>40</v>
       </c>
       <c r="F299" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G299" s="5" t="s">
-        <v>745</v>
+        <v>87</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B300" s="4" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C300" s="5">
-        <v>25227</v>
+        <v>25209</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="5">
         <v>40</v>
       </c>
       <c r="F300" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G300" s="5" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" s="3" t="s">
-        <v>722</v>
+        <v>69</v>
       </c>
       <c r="B301" s="4" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="C301" s="5">
-        <v>25907</v>
+        <v>25227</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="5">
         <v>40</v>
       </c>
       <c r="F301" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G301" s="5" t="s">
-        <v>64</v>
+        <v>748</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" s="3" t="s">
-        <v>748</v>
+        <v>725</v>
       </c>
       <c r="B302" s="4" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C302" s="5">
-        <v>25232</v>
+        <v>25907</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="5">
         <v>40</v>
       </c>
       <c r="F302" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G302" s="5" t="s">
-        <v>750</v>
+        <v>64</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" s="3" t="s">
         <v>751</v>
       </c>
       <c r="B303" s="4" t="s">
         <v>752</v>
       </c>
       <c r="C303" s="5">
-        <v>25022</v>
+        <v>25232</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="5">
         <v>40</v>
       </c>
       <c r="F303" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G303" s="5" t="s">
-        <v>647</v>
+        <v>753</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" s="3" t="s">
-        <v>722</v>
+        <v>754</v>
       </c>
       <c r="B304" s="4" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="C304" s="5">
-        <v>25253</v>
+        <v>25022</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="5">
         <v>40</v>
       </c>
       <c r="F304" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G304" s="5" t="s">
-        <v>137</v>
+        <v>650</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" s="3" t="s">
-        <v>754</v>
+        <v>725</v>
       </c>
       <c r="B305" s="4" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C305" s="5">
-        <v>24071</v>
+        <v>25253</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="5">
         <v>40</v>
       </c>
       <c r="F305" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G305" s="5" t="s">
-        <v>756</v>
+        <v>137</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" s="3" t="s">
         <v>757</v>
       </c>
       <c r="B306" s="4" t="s">
         <v>758</v>
       </c>
       <c r="C306" s="5">
-        <v>24137</v>
+        <v>24071</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="5">
         <v>40</v>
       </c>
       <c r="F306" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G306" s="5" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" s="3" t="s">
-        <v>404</v>
+        <v>760</v>
       </c>
       <c r="B307" s="4" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C307" s="5">
-        <v>24165</v>
+        <v>24137</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="5">
         <v>40</v>
       </c>
       <c r="F307" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G307" s="5" t="s">
-        <v>403</v>
+        <v>762</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" s="3" t="s">
-        <v>142</v>
+        <v>404</v>
       </c>
       <c r="B308" s="4" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="C308" s="5">
-        <v>26007</v>
+        <v>24165</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="5">
         <v>40</v>
       </c>
       <c r="F308" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G308" s="5" t="s">
-        <v>762</v>
+        <v>403</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B309" s="4" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C309" s="5">
         <v>26007</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="5">
         <v>40</v>
       </c>
       <c r="F309" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G309" s="5" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B310" s="4" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C310" s="5">
-        <v>26011</v>
+        <v>26007</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="5">
         <v>40</v>
       </c>
       <c r="F310" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G310" s="5" t="s">
-        <v>408</v>
+        <v>767</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" s="3" t="s">
-        <v>766</v>
+        <v>142</v>
       </c>
       <c r="B311" s="4" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C311" s="5">
-        <v>26021</v>
+        <v>26011</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="5">
         <v>40</v>
       </c>
       <c r="F311" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G311" s="5" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" s="3" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B312" s="4" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C312" s="5">
-        <v>26124</v>
+        <v>26021</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="5">
         <v>40</v>
       </c>
       <c r="F312" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G312" s="5" t="s">
-        <v>381</v>
+        <v>403</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" s="3" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="B313" s="4" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="C313" s="5">
         <v>26124</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="5">
         <v>40</v>
       </c>
       <c r="F313" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G313" s="5" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" s="3" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="B314" s="4" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C314" s="5">
-        <v>27015</v>
+        <v>26124</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="5">
         <v>40</v>
       </c>
       <c r="F314" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G314" s="5" t="s">
-        <v>772</v>
+        <v>381</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" s="3" t="s">
         <v>773</v>
       </c>
       <c r="B315" s="4" t="s">
         <v>774</v>
       </c>
       <c r="C315" s="5">
-        <v>27018</v>
+        <v>27015</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="5">
         <v>40</v>
       </c>
       <c r="F315" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G315" s="5" t="s">
-        <v>353</v>
+        <v>775</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" s="3" t="s">
-        <v>382</v>
+        <v>776</v>
       </c>
       <c r="B316" s="4" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="C316" s="5">
-        <v>27021</v>
+        <v>27018</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="5">
         <v>40</v>
       </c>
       <c r="F316" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G316" s="5" t="s">
-        <v>776</v>
+        <v>353</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" s="3" t="s">
-        <v>770</v>
+        <v>382</v>
       </c>
       <c r="B317" s="4" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C317" s="5">
-        <v>27022</v>
+        <v>27021</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E317" s="5">
         <v>40</v>
       </c>
       <c r="F317" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G317" s="5" t="s">
-        <v>39</v>
+        <v>779</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" s="3" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="B318" s="4" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C318" s="5">
-        <v>27028</v>
+        <v>27022</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="5">
         <v>40</v>
       </c>
       <c r="F318" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G318" s="5" t="s">
-        <v>448</v>
+        <v>39</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" s="3" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="B319" s="4" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C319" s="5">
-        <v>27029</v>
+        <v>27028</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="5">
         <v>40</v>
       </c>
       <c r="F319" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G319" s="5" t="s">
-        <v>782</v>
+        <v>448</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" s="3" t="s">
-        <v>754</v>
+        <v>783</v>
       </c>
       <c r="B320" s="4" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C320" s="5">
-        <v>27031</v>
+        <v>27029</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E320" s="5">
         <v>40</v>
       </c>
       <c r="F320" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G320" s="5" t="s">
-        <v>374</v>
+        <v>785</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" s="3" t="s">
-        <v>770</v>
+        <v>757</v>
       </c>
       <c r="B321" s="4" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="C321" s="5">
-        <v>27046</v>
+        <v>27031</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="5">
         <v>40</v>
       </c>
       <c r="F321" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G321" s="5" t="s">
-        <v>785</v>
+        <v>374</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" s="3" t="s">
-        <v>114</v>
+        <v>773</v>
       </c>
       <c r="B322" s="4" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C322" s="5">
-        <v>28004</v>
+        <v>27046</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E322" s="5">
         <v>40</v>
       </c>
       <c r="F322" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G322" s="5" t="s">
-        <v>690</v>
+        <v>788</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" s="3" t="s">
-        <v>544</v>
+        <v>114</v>
       </c>
       <c r="B323" s="4" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="C323" s="5">
-        <v>28007</v>
+        <v>28004</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E323" s="5">
         <v>40</v>
       </c>
       <c r="F323" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G323" s="5" t="s">
-        <v>788</v>
+        <v>693</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" s="3" t="s">
-        <v>789</v>
+        <v>544</v>
       </c>
       <c r="B324" s="4" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="C324" s="5">
         <v>28007</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E324" s="5">
         <v>40</v>
       </c>
       <c r="F324" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G324" s="5" t="s">
-        <v>374</v>
+        <v>791</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="B325" s="4" t="s">
         <v>790</v>
-      </c>
-[...1 lines deleted...]
-        <v>787</v>
       </c>
       <c r="C325" s="5">
         <v>28007</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E325" s="5">
-        <v>7000</v>
+        <v>40</v>
       </c>
       <c r="F325" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G325" s="5" t="s">
-        <v>32</v>
+        <v>374</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" s="3" t="s">
-        <v>544</v>
+        <v>793</v>
       </c>
       <c r="B326" s="4" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="C326" s="5">
-        <v>28017</v>
+        <v>28007</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E326" s="5">
-        <v>40</v>
+        <v>7000</v>
       </c>
       <c r="F326" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G326" s="5" t="s">
-        <v>792</v>
+        <v>32</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" s="3" t="s">
-        <v>793</v>
+        <v>544</v>
       </c>
       <c r="B327" s="4" t="s">
         <v>794</v>
       </c>
       <c r="C327" s="5">
         <v>28017</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E327" s="5">
         <v>40</v>
       </c>
       <c r="F327" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G327" s="5" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" s="3" t="s">
         <v>796</v>
       </c>
       <c r="B328" s="4" t="s">
         <v>797</v>
       </c>
       <c r="C328" s="5">
-        <v>28018</v>
+        <v>28017</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E328" s="5">
         <v>40</v>
       </c>
       <c r="F328" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G328" s="5" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" s="3" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="B329" s="4" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C329" s="5">
-        <v>28026</v>
+        <v>28018</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E329" s="5">
         <v>40</v>
       </c>
       <c r="F329" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G329" s="5" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" s="3" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="B330" s="4" t="s">
         <v>802</v>
       </c>
       <c r="C330" s="5">
-        <v>28046</v>
+        <v>28026</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="5">
         <v>40</v>
       </c>
       <c r="F330" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G330" s="5" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" s="3" t="s">
         <v>804</v>
       </c>
       <c r="B331" s="4" t="s">
         <v>805</v>
       </c>
       <c r="C331" s="5">
-        <v>28044</v>
+        <v>28046</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E331" s="5">
         <v>40</v>
       </c>
       <c r="F331" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G331" s="5" t="s">
-        <v>466</v>
+        <v>806</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" s="3" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B332" s="4" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C332" s="5">
-        <v>28048</v>
+        <v>28044</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E332" s="5">
         <v>40</v>
       </c>
       <c r="F332" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G332" s="5" t="s">
-        <v>506</v>
+        <v>466</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" s="3" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="B333" s="4" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="C333" s="5">
-        <v>28054</v>
+        <v>28048</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E333" s="5">
         <v>40</v>
       </c>
       <c r="F333" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G333" s="5" t="s">
-        <v>810</v>
+        <v>506</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" s="3" t="s">
-        <v>544</v>
+        <v>811</v>
       </c>
       <c r="B334" s="4" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="C334" s="5">
-        <v>28065</v>
+        <v>28054</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E334" s="5">
         <v>40</v>
       </c>
       <c r="F334" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G334" s="5" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" s="3" t="s">
-        <v>152</v>
+        <v>544</v>
       </c>
       <c r="B335" s="4" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C335" s="5">
-        <v>28068</v>
+        <v>28065</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E335" s="5">
         <v>40</v>
       </c>
       <c r="F335" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G335" s="5" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" s="3" t="s">
-        <v>815</v>
+        <v>152</v>
       </c>
       <c r="B336" s="4" t="s">
         <v>816</v>
       </c>
       <c r="C336" s="5">
         <v>28068</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E336" s="5">
         <v>40</v>
       </c>
       <c r="F336" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G336" s="5" t="s">
-        <v>137</v>
+        <v>817</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" s="3" t="s">
-        <v>796</v>
+        <v>818</v>
       </c>
       <c r="B337" s="4" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="C337" s="5">
-        <v>28086</v>
+        <v>28068</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E337" s="5">
         <v>40</v>
       </c>
       <c r="F337" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G337" s="5" t="s">
-        <v>27</v>
+        <v>137</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" s="3" t="s">
-        <v>818</v>
+        <v>799</v>
       </c>
       <c r="B338" s="4" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C338" s="5">
-        <v>28091</v>
+        <v>28086</v>
       </c>
       <c r="D338" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E338" s="5">
         <v>40</v>
       </c>
       <c r="F338" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G338" s="5" t="s">
-        <v>820</v>
+        <v>27</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" s="3" t="s">
-        <v>544</v>
+        <v>821</v>
       </c>
       <c r="B339" s="4" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="C339" s="5">
-        <v>28096</v>
+        <v>28091</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E339" s="5">
         <v>40</v>
       </c>
       <c r="F339" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G339" s="5" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" s="3" t="s">
-        <v>808</v>
+        <v>544</v>
       </c>
       <c r="B340" s="4" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C340" s="5">
         <v>28096</v>
       </c>
       <c r="D340" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E340" s="5">
         <v>40</v>
       </c>
       <c r="F340" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G340" s="5" t="s">
-        <v>68</v>
+        <v>825</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" s="3" t="s">
-        <v>823</v>
+        <v>811</v>
       </c>
       <c r="B341" s="4" t="s">
         <v>824</v>
       </c>
       <c r="C341" s="5">
-        <v>28116</v>
+        <v>28096</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E341" s="5">
         <v>40</v>
       </c>
       <c r="F341" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G341" s="5" t="s">
-        <v>81</v>
+        <v>68</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" s="3" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B342" s="4" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="C342" s="5">
-        <v>28123</v>
+        <v>28116</v>
       </c>
       <c r="D342" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E342" s="5">
         <v>40</v>
       </c>
       <c r="F342" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G342" s="5" t="s">
-        <v>827</v>
+        <v>81</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" s="3" t="s">
-        <v>804</v>
+        <v>828</v>
       </c>
       <c r="B343" s="4" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C343" s="5">
-        <v>28127</v>
+        <v>28123</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E343" s="5">
-        <v>7000</v>
+        <v>40</v>
       </c>
       <c r="F343" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G343" s="5" t="s">
-        <v>32</v>
+        <v>830</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" s="3" t="s">
-        <v>796</v>
+        <v>807</v>
       </c>
       <c r="B344" s="4" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="C344" s="5">
-        <v>28141</v>
+        <v>28127</v>
       </c>
       <c r="D344" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E344" s="5">
-        <v>40</v>
+        <v>7000</v>
       </c>
       <c r="F344" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G344" s="5" t="s">
-        <v>830</v>
+        <v>32</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" s="3" t="s">
-        <v>114</v>
+        <v>799</v>
       </c>
       <c r="B345" s="4" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C345" s="5">
-        <v>28145</v>
+        <v>28141</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E345" s="5">
         <v>40</v>
       </c>
       <c r="F345" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G345" s="5" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" s="3" t="s">
-        <v>833</v>
+        <v>114</v>
       </c>
       <c r="B346" s="4" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="C346" s="5">
         <v>28145</v>
       </c>
       <c r="D346" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E346" s="5">
-        <v>7000</v>
+        <v>40</v>
       </c>
       <c r="F346" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G346" s="5" t="s">
-        <v>32</v>
+        <v>835</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="B347" s="4" t="s">
         <v>834</v>
       </c>
-      <c r="B347" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C347" s="5">
-        <v>28161</v>
+        <v>28145</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E347" s="5">
-        <v>40</v>
+        <v>7000</v>
       </c>
       <c r="F347" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G347" s="5" t="s">
-        <v>526</v>
+        <v>32</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" s="3" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B348" s="4" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C348" s="5">
-        <v>28164</v>
+        <v>28161</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E348" s="5">
         <v>40</v>
       </c>
       <c r="F348" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G348" s="5" t="s">
-        <v>838</v>
+        <v>526</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" s="3" t="s">
-        <v>806</v>
+        <v>839</v>
       </c>
       <c r="B349" s="4" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C349" s="5">
-        <v>28165</v>
+        <v>28164</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E349" s="5">
         <v>40</v>
       </c>
       <c r="F349" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G349" s="5" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" s="3" t="s">
-        <v>841</v>
+        <v>809</v>
       </c>
       <c r="B350" s="4" t="s">
         <v>842</v>
       </c>
       <c r="C350" s="5">
-        <v>28180</v>
+        <v>28165</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E350" s="5">
         <v>40</v>
       </c>
       <c r="F350" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G350" s="5" t="s">
-        <v>488</v>
+        <v>843</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" s="3" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B351" s="4" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C351" s="5">
-        <v>29011</v>
+        <v>28180</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E351" s="5">
-        <v>7000</v>
+        <v>40</v>
       </c>
       <c r="F351" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G351" s="5" t="s">
-        <v>32</v>
+        <v>488</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" s="3" t="s">
-        <v>585</v>
+        <v>846</v>
       </c>
       <c r="B352" s="4" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="C352" s="5">
-        <v>29012</v>
+        <v>29011</v>
       </c>
       <c r="D352" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E352" s="5">
-        <v>40</v>
+        <v>7000</v>
       </c>
       <c r="F352" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G352" s="5" t="s">
-        <v>137</v>
+        <v>32</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" s="3" t="s">
         <v>585</v>
       </c>
       <c r="B353" s="4" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="C353" s="5">
-        <v>29015</v>
+        <v>29012</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E353" s="5">
         <v>40</v>
       </c>
       <c r="F353" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G353" s="5" t="s">
-        <v>515</v>
+        <v>137</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" s="3" t="s">
         <v>585</v>
       </c>
       <c r="B354" s="4" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="C354" s="5">
-        <v>29038</v>
+        <v>29015</v>
       </c>
       <c r="D354" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E354" s="5">
         <v>40</v>
       </c>
       <c r="F354" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G354" s="5" t="s">
-        <v>485</v>
+        <v>515</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" s="3" t="s">
-        <v>595</v>
+        <v>585</v>
       </c>
       <c r="B355" s="4" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="C355" s="5">
-        <v>29042</v>
+        <v>29038</v>
       </c>
       <c r="D355" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E355" s="5">
         <v>40</v>
       </c>
       <c r="F355" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G355" s="5" t="s">
-        <v>820</v>
+        <v>485</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" s="3" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="B356" s="4" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C356" s="5">
-        <v>29055</v>
+        <v>29042</v>
       </c>
       <c r="D356" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E356" s="5">
         <v>40</v>
       </c>
       <c r="F356" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G356" s="5" t="s">
-        <v>850</v>
+        <v>823</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" s="3" t="s">
         <v>585</v>
       </c>
       <c r="B357" s="4" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C357" s="5">
-        <v>29062</v>
+        <v>29055</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E357" s="5">
         <v>40</v>
       </c>
       <c r="F357" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G357" s="5" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" s="3" t="s">
-        <v>595</v>
+        <v>585</v>
       </c>
       <c r="B358" s="4" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="C358" s="5">
         <v>29062</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E358" s="5">
         <v>40</v>
       </c>
       <c r="F358" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G358" s="5" t="s">
-        <v>438</v>
+        <v>855</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" s="3" t="s">
-        <v>854</v>
+        <v>595</v>
       </c>
       <c r="B359" s="4" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="C359" s="5">
-        <v>29065</v>
+        <v>29062</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E359" s="5">
         <v>40</v>
       </c>
       <c r="F359" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G359" s="5" t="s">
-        <v>856</v>
+        <v>438</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" s="3" t="s">
         <v>857</v>
       </c>
       <c r="B360" s="4" t="s">
         <v>858</v>
       </c>
       <c r="C360" s="5">
-        <v>29067</v>
+        <v>29065</v>
       </c>
       <c r="D360" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E360" s="5">
         <v>40</v>
       </c>
       <c r="F360" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G360" s="5" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" s="3" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="B361" s="4" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="C361" s="5">
         <v>29067</v>
       </c>
       <c r="D361" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E361" s="5">
         <v>40</v>
       </c>
       <c r="F361" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G361" s="5" t="s">
-        <v>39</v>
+        <v>853</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" s="3" t="s">
-        <v>595</v>
+        <v>860</v>
       </c>
       <c r="B362" s="4" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="C362" s="5">
-        <v>29069</v>
+        <v>29067</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E362" s="5">
         <v>40</v>
       </c>
       <c r="F362" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G362" s="5" t="s">
-        <v>861</v>
+        <v>39</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" s="3" t="s">
         <v>595</v>
       </c>
       <c r="B363" s="4" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C363" s="5">
         <v>29069</v>
       </c>
       <c r="D363" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E363" s="5">
         <v>40</v>
       </c>
       <c r="F363" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G363" s="5" t="s">
-        <v>450</v>
+        <v>864</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" s="3" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="B364" s="4" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="C364" s="5">
-        <v>29071</v>
+        <v>29069</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E364" s="5">
         <v>40</v>
       </c>
       <c r="F364" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G364" s="5" t="s">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" s="3" t="s">
         <v>585</v>
       </c>
       <c r="B365" s="4" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="C365" s="5">
-        <v>29072</v>
+        <v>29071</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E365" s="5">
         <v>40</v>
       </c>
       <c r="F365" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G365" s="5" t="s">
-        <v>865</v>
+        <v>60</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" s="3" t="s">
         <v>585</v>
       </c>
       <c r="B366" s="4" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C366" s="5">
-        <v>29091</v>
+        <v>29072</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E366" s="5">
         <v>40</v>
       </c>
       <c r="F366" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G366" s="5" t="s">
-        <v>188</v>
+        <v>868</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" s="3" t="s">
-        <v>867</v>
+        <v>585</v>
       </c>
       <c r="B367" s="4" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C367" s="5">
-        <v>30002</v>
+        <v>29091</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E367" s="5">
         <v>40</v>
       </c>
       <c r="F367" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G367" s="5" t="s">
-        <v>869</v>
+        <v>188</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" s="3" t="s">
         <v>870</v>
       </c>
       <c r="B368" s="4" t="s">
         <v>871</v>
       </c>
       <c r="C368" s="5">
-        <v>30008</v>
+        <v>30002</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E368" s="5">
         <v>40</v>
       </c>
       <c r="F368" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G368" s="5" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" s="3" t="s">
         <v>873</v>
       </c>
       <c r="B369" s="4" t="s">
         <v>874</v>
       </c>
       <c r="C369" s="5">
         <v>30008</v>
       </c>
       <c r="D369" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E369" s="5">
         <v>40</v>
       </c>
       <c r="F369" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G369" s="5" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" s="3" t="s">
         <v>876</v>
       </c>
       <c r="B370" s="4" t="s">
         <v>877</v>
       </c>
       <c r="C370" s="5">
-        <v>30013</v>
+        <v>30008</v>
       </c>
       <c r="D370" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E370" s="5">
         <v>40</v>
       </c>
       <c r="F370" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G370" s="5" t="s">
-        <v>788</v>
+        <v>878</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" s="3" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="B371" s="4" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="C371" s="5">
-        <v>30015</v>
+        <v>30013</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E371" s="5">
         <v>40</v>
       </c>
       <c r="F371" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G371" s="5" t="s">
-        <v>438</v>
+        <v>791</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" s="3" t="s">
-        <v>518</v>
+        <v>879</v>
       </c>
       <c r="B372" s="4" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="C372" s="5">
         <v>30015</v>
       </c>
       <c r="D372" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E372" s="5">
         <v>40</v>
       </c>
       <c r="F372" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G372" s="5" t="s">
-        <v>880</v>
+        <v>438</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" s="3" t="s">
-        <v>881</v>
+        <v>518</v>
       </c>
       <c r="B373" s="4" t="s">
         <v>882</v>
       </c>
       <c r="C373" s="5">
-        <v>30017</v>
+        <v>30015</v>
       </c>
       <c r="D373" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E373" s="5">
         <v>40</v>
       </c>
       <c r="F373" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G373" s="5" t="s">
-        <v>190</v>
+        <v>883</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" s="3" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="B374" s="4" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="C374" s="5">
         <v>30017</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E374" s="5">
         <v>40</v>
       </c>
       <c r="F374" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G374" s="5" t="s">
-        <v>276</v>
+        <v>190</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" s="3" t="s">
-        <v>867</v>
+        <v>884</v>
       </c>
       <c r="B375" s="4" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="C375" s="5">
-        <v>30020</v>
+        <v>30017</v>
       </c>
       <c r="D375" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E375" s="5">
         <v>40</v>
       </c>
       <c r="F375" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G375" s="5" t="s">
-        <v>885</v>
+        <v>276</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" s="3" t="s">
-        <v>28</v>
+        <v>870</v>
       </c>
       <c r="B376" s="4" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="C376" s="5">
-        <v>30022</v>
+        <v>30020</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E376" s="5">
         <v>40</v>
       </c>
       <c r="F376" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G376" s="5" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" s="3" t="s">
-        <v>888</v>
+        <v>28</v>
       </c>
       <c r="B377" s="4" t="s">
         <v>889</v>
       </c>
       <c r="C377" s="5">
-        <v>30024</v>
+        <v>30022</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E377" s="5">
         <v>40</v>
       </c>
       <c r="F377" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G377" s="5" t="s">
         <v>890</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" s="3" t="s">
         <v>891</v>
       </c>
       <c r="B378" s="4" t="s">
         <v>892</v>
       </c>
       <c r="C378" s="5">
-        <v>30026</v>
+        <v>30024</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E378" s="5">
         <v>40</v>
       </c>
       <c r="F378" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G378" s="5" t="s">
         <v>893</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" s="3" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="B379" s="4" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="C379" s="5">
         <v>30026</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E379" s="5">
         <v>40</v>
       </c>
       <c r="F379" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G379" s="5" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" s="3" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
       <c r="B380" s="4" t="s">
         <v>897</v>
       </c>
       <c r="C380" s="5">
-        <v>30029</v>
+        <v>30026</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E380" s="5">
         <v>40</v>
       </c>
       <c r="F380" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G380" s="5" t="s">
         <v>898</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" s="3" t="s">
         <v>899</v>
       </c>
       <c r="B381" s="4" t="s">
         <v>900</v>
       </c>
       <c r="C381" s="5">
-        <v>30030</v>
+        <v>30029</v>
       </c>
       <c r="D381" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E381" s="5">
         <v>40</v>
       </c>
       <c r="F381" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G381" s="5" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" s="3" t="s">
         <v>902</v>
       </c>
       <c r="B382" s="4" t="s">
         <v>903</v>
       </c>
       <c r="C382" s="5">
-        <v>30037</v>
+        <v>30030</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E382" s="5">
         <v>40</v>
       </c>
       <c r="F382" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G382" s="5" t="s">
-        <v>466</v>
+        <v>904</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" s="3" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="B383" s="4" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C383" s="5">
-        <v>31016</v>
+        <v>30037</v>
       </c>
       <c r="D383" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E383" s="5">
         <v>40</v>
       </c>
       <c r="F383" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G383" s="5" t="s">
-        <v>39</v>
+        <v>466</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" s="3" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="B384" s="4" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="C384" s="5">
         <v>31016</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E384" s="5">
         <v>40</v>
       </c>
       <c r="F384" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G384" s="5" t="s">
-        <v>907</v>
+        <v>39</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" s="3" t="s">
-        <v>317</v>
+        <v>907</v>
       </c>
       <c r="B385" s="4" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="C385" s="5">
-        <v>31018</v>
+        <v>31016</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E385" s="5">
         <v>40</v>
       </c>
       <c r="F385" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G385" s="5" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B386" s="4" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C386" s="5">
-        <v>31051</v>
+        <v>31018</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E386" s="5">
         <v>40</v>
       </c>
       <c r="F386" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G386" s="5" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" s="3" t="s">
-        <v>114</v>
+        <v>317</v>
       </c>
       <c r="B387" s="4" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C387" s="5">
-        <v>31066</v>
+        <v>31051</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E387" s="5">
         <v>40</v>
       </c>
       <c r="F387" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G387" s="5" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" s="3" t="s">
-        <v>904</v>
+        <v>114</v>
       </c>
       <c r="B388" s="4" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="C388" s="5">
-        <v>31086</v>
+        <v>31066</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E388" s="5">
         <v>40</v>
       </c>
       <c r="F388" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G388" s="5" t="s">
-        <v>333</v>
+        <v>916</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" s="3" t="s">
-        <v>114</v>
+        <v>907</v>
       </c>
       <c r="B389" s="4" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="C389" s="5">
-        <v>31109</v>
+        <v>31086</v>
       </c>
       <c r="D389" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E389" s="5">
         <v>40</v>
       </c>
       <c r="F389" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G389" s="5" t="s">
-        <v>913</v>
+        <v>333</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" s="3" t="s">
-        <v>904</v>
+        <v>114</v>
       </c>
       <c r="B390" s="4" t="s">
+        <v>918</v>
+      </c>
+      <c r="C390" s="5">
+        <v>31109</v>
+      </c>
+      <c r="D390" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E390" s="5">
+        <v>40</v>
+      </c>
+      <c r="F390" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G390" s="5" t="s">
         <v>916</v>
-      </c>
-[...13 lines deleted...]
-        <v>917</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" s="3" t="s">
-        <v>317</v>
+        <v>907</v>
       </c>
       <c r="B391" s="4" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C391" s="5">
-        <v>31157</v>
+        <v>31118</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E391" s="5">
         <v>40</v>
       </c>
       <c r="F391" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G391" s="5" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" s="3" t="s">
-        <v>904</v>
+        <v>317</v>
       </c>
       <c r="B392" s="4" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C392" s="5">
-        <v>31172</v>
+        <v>31157</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E392" s="5">
         <v>40</v>
       </c>
       <c r="F392" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G392" s="5" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" s="3" t="s">
-        <v>922</v>
+        <v>907</v>
       </c>
       <c r="B393" s="4" t="s">
         <v>923</v>
       </c>
       <c r="C393" s="5">
-        <v>31178</v>
+        <v>31172</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E393" s="5">
         <v>40</v>
       </c>
       <c r="F393" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G393" s="5" t="s">
-        <v>509</v>
+        <v>924</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" s="3" t="s">
-        <v>904</v>
+        <v>925</v>
       </c>
       <c r="B394" s="4" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="C394" s="5">
-        <v>31224</v>
+        <v>31178</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E394" s="5">
         <v>40</v>
       </c>
       <c r="F394" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G394" s="5" t="s">
-        <v>925</v>
+        <v>509</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" s="3" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="B395" s="4" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C395" s="5">
         <v>31224</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E395" s="5">
         <v>40</v>
       </c>
       <c r="F395" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G395" s="5" t="s">
-        <v>485</v>
+        <v>928</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" s="3" t="s">
-        <v>553</v>
+        <v>907</v>
       </c>
       <c r="B396" s="4" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="C396" s="5">
-        <v>31232</v>
+        <v>31224</v>
       </c>
       <c r="D396" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E396" s="5">
         <v>40</v>
       </c>
       <c r="F396" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G396" s="5" t="s">
-        <v>928</v>
+        <v>485</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" s="3" t="s">
-        <v>922</v>
+        <v>553</v>
       </c>
       <c r="B397" s="4" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="C397" s="5">
-        <v>31251</v>
+        <v>31232</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E397" s="5">
         <v>40</v>
       </c>
       <c r="F397" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G397" s="5" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" s="3" t="s">
-        <v>931</v>
+        <v>925</v>
       </c>
       <c r="B398" s="4" t="s">
         <v>932</v>
       </c>
       <c r="C398" s="5">
-        <v>33002</v>
+        <v>31251</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E398" s="5">
         <v>40</v>
       </c>
       <c r="F398" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G398" s="5" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" s="3" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="B399" s="4" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C399" s="5">
-        <v>33007</v>
+        <v>33002</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E399" s="5">
         <v>40</v>
       </c>
       <c r="F399" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G399" s="5" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" s="3" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="B400" s="4" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C400" s="5">
-        <v>33008</v>
+        <v>33007</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E400" s="5">
         <v>40</v>
       </c>
       <c r="F400" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G400" s="5" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" s="3" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="B401" s="4" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C401" s="5">
-        <v>33015</v>
+        <v>33008</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E401" s="5">
         <v>40</v>
       </c>
       <c r="F401" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G401" s="5" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" s="3" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="B402" s="4" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="C402" s="5">
         <v>33015</v>
       </c>
       <c r="D402" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E402" s="5">
         <v>40</v>
       </c>
       <c r="F402" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G402" s="5" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" s="3" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="B403" s="4" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="C403" s="5">
-        <v>33017</v>
+        <v>33015</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E403" s="5">
         <v>40</v>
       </c>
       <c r="F403" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G403" s="5" t="s">
-        <v>27</v>
+        <v>944</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" s="3" t="s">
-        <v>943</v>
+        <v>934</v>
       </c>
       <c r="B404" s="4" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C404" s="5">
-        <v>33019</v>
+        <v>33017</v>
       </c>
       <c r="D404" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E404" s="5">
         <v>40</v>
       </c>
       <c r="F404" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G404" s="5" t="s">
-        <v>455</v>
+        <v>27</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" s="3" t="s">
-        <v>382</v>
+        <v>946</v>
       </c>
       <c r="B405" s="4" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="C405" s="5">
         <v>33019</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E405" s="5">
         <v>40</v>
       </c>
       <c r="F405" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G405" s="5" t="s">
-        <v>945</v>
+        <v>455</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" s="3" t="s">
-        <v>931</v>
+        <v>382</v>
       </c>
       <c r="B406" s="4" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C406" s="5">
-        <v>33037</v>
+        <v>33019</v>
       </c>
       <c r="D406" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E406" s="5">
         <v>40</v>
       </c>
       <c r="F406" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G406" s="5" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" s="3" t="s">
-        <v>362</v>
+        <v>934</v>
       </c>
       <c r="B407" s="4" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C407" s="5">
-        <v>33042</v>
+        <v>33037</v>
       </c>
       <c r="D407" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E407" s="5">
         <v>40</v>
       </c>
       <c r="F407" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G407" s="5" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" s="3" t="s">
-        <v>796</v>
+        <v>362</v>
       </c>
       <c r="B408" s="4" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C408" s="5">
-        <v>33056</v>
+        <v>33042</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E408" s="5">
         <v>40</v>
       </c>
       <c r="F408" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G408" s="5" t="s">
-        <v>570</v>
+        <v>952</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" s="3" t="s">
-        <v>951</v>
+        <v>799</v>
       </c>
       <c r="B409" s="4" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="C409" s="5">
-        <v>33066</v>
+        <v>33056</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E409" s="5">
         <v>40</v>
       </c>
       <c r="F409" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G409" s="5" t="s">
-        <v>698</v>
+        <v>570</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" s="3" t="s">
-        <v>382</v>
+        <v>954</v>
       </c>
       <c r="B410" s="4" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="C410" s="5">
-        <v>33070</v>
+        <v>33066</v>
       </c>
       <c r="D410" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E410" s="5">
         <v>40</v>
       </c>
       <c r="F410" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G410" s="5" t="s">
-        <v>20</v>
+        <v>701</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" s="3" t="s">
-        <v>931</v>
+        <v>382</v>
       </c>
       <c r="B411" s="4" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="C411" s="5">
-        <v>33073</v>
+        <v>33070</v>
       </c>
       <c r="D411" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E411" s="5">
         <v>40</v>
       </c>
       <c r="F411" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G411" s="5" t="s">
-        <v>333</v>
+        <v>20</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" s="3" t="s">
-        <v>955</v>
+        <v>934</v>
       </c>
       <c r="B412" s="4" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="C412" s="5">
-        <v>33076</v>
+        <v>33073</v>
       </c>
       <c r="D412" s="4" t="s">
-        <v>957</v>
+        <v>14</v>
       </c>
       <c r="E412" s="5">
         <v>40</v>
       </c>
       <c r="F412" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G412" s="5" t="s">
-        <v>958</v>
+        <v>333</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" s="3" t="s">
-        <v>943</v>
+        <v>958</v>
       </c>
       <c r="B413" s="4" t="s">
         <v>959</v>
       </c>
       <c r="C413" s="5">
         <v>33076</v>
       </c>
       <c r="D413" s="4" t="s">
-        <v>14</v>
+        <v>960</v>
       </c>
       <c r="E413" s="5">
         <v>40</v>
       </c>
       <c r="F413" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G413" s="5" t="s">
-        <v>306</v>
+        <v>961</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" s="3" t="s">
-        <v>960</v>
+        <v>946</v>
       </c>
       <c r="B414" s="4" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="C414" s="5">
-        <v>32034</v>
+        <v>33076</v>
       </c>
       <c r="D414" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E414" s="5">
         <v>40</v>
       </c>
       <c r="F414" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G414" s="5" t="s">
-        <v>190</v>
+        <v>306</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" s="3" t="s">
-        <v>404</v>
+        <v>963</v>
       </c>
       <c r="B415" s="4" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="C415" s="5">
-        <v>32060</v>
+        <v>32034</v>
       </c>
       <c r="D415" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E415" s="5">
         <v>40</v>
       </c>
       <c r="F415" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G415" s="5" t="s">
-        <v>963</v>
+        <v>190</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" s="3" t="s">
-        <v>382</v>
+        <v>404</v>
       </c>
       <c r="B416" s="4" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C416" s="5">
-        <v>32071</v>
+        <v>32060</v>
       </c>
       <c r="D416" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E416" s="5">
         <v>40</v>
       </c>
       <c r="F416" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G416" s="5" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" s="3" t="s">
-        <v>966</v>
+        <v>382</v>
       </c>
       <c r="B417" s="4" t="s">
         <v>967</v>
       </c>
       <c r="C417" s="5">
-        <v>32074</v>
+        <v>32071</v>
       </c>
       <c r="D417" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E417" s="5">
         <v>40</v>
       </c>
       <c r="F417" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G417" s="5" t="s">
         <v>968</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" s="3" t="s">
-        <v>404</v>
+        <v>969</v>
       </c>
       <c r="B418" s="4" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C418" s="5">
-        <v>32083</v>
+        <v>32074</v>
       </c>
       <c r="D418" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E418" s="5">
         <v>40</v>
       </c>
       <c r="F418" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G418" s="5" t="s">
-        <v>137</v>
+        <v>971</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" s="3" t="s">
-        <v>350</v>
+        <v>404</v>
       </c>
       <c r="B419" s="4" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="C419" s="5">
-        <v>34006</v>
+        <v>32083</v>
       </c>
       <c r="D419" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E419" s="5">
         <v>40</v>
       </c>
       <c r="F419" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G419" s="5" t="s">
-        <v>971</v>
+        <v>137</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" s="3" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="B420" s="4" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C420" s="5">
-        <v>34056</v>
+        <v>34006</v>
       </c>
       <c r="D420" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E420" s="5">
         <v>40</v>
       </c>
       <c r="F420" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G420" s="5" t="s">
-        <v>788</v>
+        <v>974</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" s="3" t="s">
-        <v>973</v>
+        <v>355</v>
       </c>
       <c r="B421" s="4" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="C421" s="5">
-        <v>34074</v>
+        <v>34056</v>
       </c>
       <c r="D421" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E421" s="5">
         <v>40</v>
       </c>
       <c r="F421" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G421" s="5" t="s">
-        <v>605</v>
+        <v>791</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" s="3" t="s">
-        <v>362</v>
+        <v>976</v>
       </c>
       <c r="B422" s="4" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="C422" s="5">
-        <v>34109</v>
+        <v>34074</v>
       </c>
       <c r="D422" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E422" s="5">
         <v>40</v>
       </c>
       <c r="F422" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G422" s="5" t="s">
-        <v>976</v>
+        <v>608</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" s="3" t="s">
-        <v>977</v>
+        <v>362</v>
       </c>
       <c r="B423" s="4" t="s">
         <v>978</v>
       </c>
       <c r="C423" s="5">
-        <v>34135</v>
+        <v>34109</v>
       </c>
       <c r="D423" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E423" s="5">
         <v>40</v>
       </c>
       <c r="F423" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G423" s="5" t="s">
-        <v>466</v>
+        <v>979</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" s="3" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="B424" s="4" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C424" s="5">
-        <v>34157</v>
+        <v>34135</v>
       </c>
       <c r="D424" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E424" s="5">
         <v>40</v>
       </c>
       <c r="F424" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G424" s="5" t="s">
-        <v>981</v>
+        <v>466</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" s="3" t="s">
-        <v>362</v>
+        <v>982</v>
       </c>
       <c r="B425" s="4" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C425" s="5">
-        <v>34168</v>
+        <v>34157</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E425" s="5">
         <v>40</v>
       </c>
       <c r="F425" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G425" s="5" t="s">
-        <v>504</v>
+        <v>984</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" s="3" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="B426" s="4" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="C426" s="5">
-        <v>34171</v>
+        <v>34168</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E426" s="5">
         <v>40</v>
       </c>
       <c r="F426" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G426" s="5" t="s">
-        <v>515</v>
+        <v>504</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" s="3" t="s">
-        <v>966</v>
+        <v>355</v>
       </c>
       <c r="B427" s="4" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="C427" s="5">
-        <v>36004</v>
+        <v>34171</v>
       </c>
       <c r="D427" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E427" s="5">
         <v>40</v>
       </c>
       <c r="F427" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G427" s="5" t="s">
-        <v>985</v>
+        <v>515</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" s="3" t="s">
-        <v>986</v>
+        <v>969</v>
       </c>
       <c r="B428" s="4" t="s">
         <v>987</v>
       </c>
       <c r="C428" s="5">
-        <v>36006</v>
+        <v>36004</v>
       </c>
       <c r="D428" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E428" s="5">
-        <v>7000</v>
+        <v>40</v>
       </c>
       <c r="F428" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G428" s="5" t="s">
-        <v>32</v>
+        <v>988</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" s="3" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="B429" s="4" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="C429" s="5">
-        <v>36902</v>
+        <v>36006</v>
       </c>
       <c r="D429" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E429" s="5">
-        <v>40</v>
+        <v>7000</v>
       </c>
       <c r="F429" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G429" s="5" t="s">
-        <v>568</v>
+        <v>32</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" s="3" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="B430" s="4" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C430" s="5">
-        <v>36013</v>
+        <v>36902</v>
       </c>
       <c r="D430" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E430" s="5">
         <v>40</v>
       </c>
       <c r="F430" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G430" s="5" t="s">
-        <v>992</v>
+        <v>568</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" s="3" t="s">
-        <v>986</v>
+        <v>993</v>
       </c>
       <c r="B431" s="4" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C431" s="5">
-        <v>36017</v>
+        <v>36013</v>
       </c>
       <c r="D431" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E431" s="5">
         <v>40</v>
       </c>
       <c r="F431" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G431" s="5" t="s">
-        <v>400</v>
+        <v>995</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" s="3" t="s">
-        <v>994</v>
+        <v>989</v>
       </c>
       <c r="B432" s="4" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="C432" s="5">
-        <v>36024</v>
+        <v>36017</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E432" s="5">
         <v>40</v>
       </c>
       <c r="F432" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G432" s="5" t="s">
-        <v>996</v>
+        <v>400</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" s="3" t="s">
         <v>997</v>
       </c>
       <c r="B433" s="4" t="s">
         <v>998</v>
       </c>
       <c r="C433" s="5">
-        <v>36026</v>
+        <v>36024</v>
       </c>
       <c r="D433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E433" s="5">
         <v>40</v>
       </c>
       <c r="F433" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G433" s="5" t="s">
-        <v>264</v>
+        <v>999</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" s="3" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="B434" s="4" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C434" s="5">
-        <v>36027</v>
+        <v>36026</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E434" s="5">
         <v>40</v>
       </c>
       <c r="F434" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G434" s="5" t="s">
-        <v>937</v>
+        <v>264</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" s="3" t="s">
-        <v>986</v>
+        <v>1002</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="C435" s="5">
-        <v>36043</v>
+        <v>36027</v>
       </c>
       <c r="D435" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E435" s="5">
         <v>40</v>
       </c>
       <c r="F435" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G435" s="5" t="s">
-        <v>1002</v>
+        <v>940</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" s="3" t="s">
-        <v>997</v>
+        <v>989</v>
       </c>
       <c r="B436" s="4" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C436" s="5">
-        <v>36041</v>
+        <v>36043</v>
       </c>
       <c r="D436" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E436" s="5">
         <v>40</v>
       </c>
       <c r="F436" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G436" s="5" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" s="3" t="s">
-        <v>1005</v>
+        <v>1000</v>
       </c>
       <c r="B437" s="4" t="s">
         <v>1006</v>
       </c>
       <c r="C437" s="5">
-        <v>36901</v>
+        <v>36041</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E437" s="5">
         <v>40</v>
       </c>
       <c r="F437" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G437" s="5" t="s">
         <v>1007</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" s="3" t="s">
         <v>1008</v>
       </c>
       <c r="B438" s="4" t="s">
         <v>1009</v>
       </c>
       <c r="C438" s="5">
-        <v>36061</v>
+        <v>36901</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E438" s="5">
         <v>40</v>
       </c>
       <c r="F438" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G438" s="5" t="s">
-        <v>217</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" s="3" t="s">
-        <v>977</v>
+        <v>1011</v>
       </c>
       <c r="B439" s="4" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="C439" s="5">
-        <v>39011</v>
+        <v>36061</v>
       </c>
       <c r="D439" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E439" s="5">
         <v>40</v>
       </c>
       <c r="F439" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G439" s="5" t="s">
-        <v>381</v>
+        <v>217</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" s="3" t="s">
-        <v>973</v>
+        <v>980</v>
       </c>
       <c r="B440" s="4" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="C440" s="5">
         <v>39011</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E440" s="5">
         <v>40</v>
       </c>
       <c r="F440" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G440" s="5" t="s">
-        <v>674</v>
+        <v>381</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" s="3" t="s">
-        <v>362</v>
+        <v>976</v>
       </c>
       <c r="B441" s="4" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C441" s="5">
-        <v>39032</v>
+        <v>39011</v>
       </c>
       <c r="D441" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E441" s="5">
         <v>40</v>
       </c>
       <c r="F441" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G441" s="5" t="s">
-        <v>512</v>
+        <v>677</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" s="3" t="s">
-        <v>309</v>
+        <v>362</v>
       </c>
       <c r="B442" s="4" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="C442" s="5">
-        <v>39047</v>
+        <v>39032</v>
       </c>
       <c r="D442" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E442" s="5">
         <v>40</v>
       </c>
       <c r="F442" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G442" s="5" t="s">
-        <v>745</v>
+        <v>512</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" s="3" t="s">
-        <v>142</v>
+        <v>309</v>
       </c>
       <c r="B443" s="4" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C443" s="5">
-        <v>39052</v>
+        <v>39047</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E443" s="5">
         <v>40</v>
       </c>
       <c r="F443" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G443" s="5" t="s">
-        <v>1014</v>
+        <v>748</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" s="3" t="s">
-        <v>1015</v>
+        <v>142</v>
       </c>
       <c r="B444" s="4" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="C444" s="5">
         <v>39052</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E444" s="5">
         <v>40</v>
       </c>
       <c r="F444" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G444" s="5" t="s">
-        <v>540</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" s="3" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B445" s="4" t="s">
         <v>1016</v>
       </c>
-      <c r="B445" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C445" s="5">
-        <v>39075</v>
+        <v>39052</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E445" s="5">
         <v>40</v>
       </c>
       <c r="F445" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G445" s="5" t="s">
-        <v>16</v>
+        <v>540</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" s="3" t="s">
-        <v>955</v>
+        <v>1019</v>
       </c>
       <c r="B446" s="4" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="C446" s="5">
-        <v>39076</v>
+        <v>39075</v>
       </c>
       <c r="D446" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E446" s="5">
         <v>40</v>
       </c>
       <c r="F446" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G446" s="5" t="s">
-        <v>1019</v>
+        <v>16</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" s="3" t="s">
-        <v>973</v>
+        <v>958</v>
       </c>
       <c r="B447" s="4" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C447" s="5">
-        <v>39102</v>
+        <v>39076</v>
       </c>
       <c r="D447" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E447" s="5">
         <v>40</v>
       </c>
       <c r="F447" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G447" s="5" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" s="3" t="s">
-        <v>1022</v>
+        <v>976</v>
       </c>
       <c r="B448" s="4" t="s">
         <v>1023</v>
       </c>
       <c r="C448" s="5">
-        <v>39093</v>
+        <v>39102</v>
       </c>
       <c r="D448" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E448" s="5">
         <v>40</v>
       </c>
       <c r="F448" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G448" s="5" t="s">
         <v>1024</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" s="3" t="s">
         <v>1025</v>
       </c>
       <c r="B449" s="4" t="s">
         <v>1026</v>
       </c>
       <c r="C449" s="5">
-        <v>39098</v>
+        <v>39093</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E449" s="5">
         <v>40</v>
       </c>
       <c r="F449" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G449" s="5" t="s">
-        <v>113</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" s="3" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="B450" s="4" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C450" s="5">
-        <v>37115</v>
+        <v>39098</v>
       </c>
       <c r="D450" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E450" s="5">
         <v>40</v>
       </c>
       <c r="F450" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G450" s="5" t="s">
-        <v>1029</v>
+        <v>113</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" s="3" t="s">
-        <v>600</v>
+        <v>1030</v>
       </c>
       <c r="B451" s="4" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="C451" s="5">
-        <v>37168</v>
+        <v>37115</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E451" s="5">
         <v>40</v>
       </c>
       <c r="F451" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G451" s="5" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" s="3" t="s">
-        <v>382</v>
+        <v>603</v>
       </c>
       <c r="B452" s="4" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="C452" s="5">
-        <v>37174</v>
+        <v>37168</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E452" s="5">
         <v>40</v>
       </c>
       <c r="F452" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G452" s="5" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" s="3" t="s">
-        <v>420</v>
+        <v>382</v>
       </c>
       <c r="B453" s="4" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C453" s="5">
-        <v>37179</v>
+        <v>37174</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E453" s="5">
         <v>40</v>
       </c>
       <c r="F453" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G453" s="5" t="s">
-        <v>733</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" s="3" t="s">
-        <v>1035</v>
+        <v>420</v>
       </c>
       <c r="B454" s="4" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="C454" s="5">
-        <v>37207</v>
+        <v>37179</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E454" s="5">
         <v>40</v>
       </c>
       <c r="F454" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G454" s="5" t="s">
-        <v>1037</v>
+        <v>736</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" s="3" t="s">
-        <v>382</v>
+        <v>1038</v>
       </c>
       <c r="B455" s="4" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="C455" s="5">
-        <v>37236</v>
+        <v>37207</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E455" s="5">
         <v>40</v>
       </c>
       <c r="F455" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G455" s="5" t="s">
-        <v>555</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" s="3" t="s">
-        <v>600</v>
+        <v>382</v>
       </c>
       <c r="B456" s="4" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="C456" s="5">
-        <v>37242</v>
+        <v>37236</v>
       </c>
       <c r="D456" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E456" s="5">
         <v>40</v>
       </c>
       <c r="F456" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G456" s="5" t="s">
-        <v>141</v>
+        <v>555</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" s="3" t="s">
-        <v>790</v>
+        <v>603</v>
       </c>
       <c r="B457" s="4" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="C457" s="5">
-        <v>37264</v>
+        <v>37242</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E457" s="5">
         <v>40</v>
       </c>
       <c r="F457" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G457" s="5" t="s">
-        <v>1041</v>
+        <v>141</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" s="3" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="B458" s="4" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="C458" s="5">
-        <v>37285</v>
+        <v>37264</v>
       </c>
       <c r="D458" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E458" s="5">
         <v>40</v>
       </c>
       <c r="F458" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G458" s="5" t="s">
-        <v>555</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" s="3" t="s">
-        <v>1043</v>
+        <v>793</v>
       </c>
       <c r="B459" s="4" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C459" s="5">
-        <v>37301</v>
+        <v>37285</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E459" s="5">
         <v>40</v>
       </c>
       <c r="F459" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G459" s="5" t="s">
-        <v>1045</v>
+        <v>555</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" s="3" t="s">
-        <v>382</v>
+        <v>1046</v>
       </c>
       <c r="B460" s="4" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C460" s="5">
-        <v>37373</v>
+        <v>37301</v>
       </c>
       <c r="D460" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E460" s="5">
         <v>40</v>
       </c>
       <c r="F460" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G460" s="5" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" s="3" t="s">
-        <v>1048</v>
+        <v>382</v>
       </c>
       <c r="B461" s="4" t="s">
         <v>1049</v>
       </c>
       <c r="C461" s="5">
-        <v>41004</v>
+        <v>37373</v>
       </c>
       <c r="D461" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E461" s="5">
         <v>40</v>
       </c>
       <c r="F461" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G461" s="5" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" s="3" t="s">
         <v>1051</v>
       </c>
       <c r="B462" s="4" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="C462" s="5">
         <v>41004</v>
       </c>
       <c r="D462" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E462" s="5">
         <v>40</v>
       </c>
       <c r="F462" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G462" s="5" t="s">
-        <v>365</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" s="3" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B463" s="4" t="s">
         <v>1052</v>
       </c>
-      <c r="B463" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C463" s="5">
-        <v>41013</v>
+        <v>41004</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E463" s="5">
         <v>40</v>
       </c>
       <c r="F463" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G463" s="5" t="s">
-        <v>996</v>
+        <v>365</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" s="3" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="B464" s="4" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="C464" s="5">
-        <v>41022</v>
+        <v>41013</v>
       </c>
       <c r="D464" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E464" s="5">
         <v>40</v>
       </c>
       <c r="F464" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G464" s="5" t="s">
-        <v>430</v>
+        <v>999</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" s="3" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="B465" s="4" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="C465" s="5">
-        <v>41024</v>
+        <v>41022</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E465" s="5">
         <v>40</v>
       </c>
       <c r="F465" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G465" s="5" t="s">
-        <v>1057</v>
+        <v>430</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" s="3" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="B466" s="4" t="s">
         <v>1059</v>
       </c>
       <c r="C466" s="5">
-        <v>41035</v>
+        <v>41024</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E466" s="5">
         <v>40</v>
       </c>
       <c r="F466" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G466" s="5" t="s">
         <v>1060</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" s="3" t="s">
         <v>1061</v>
       </c>
       <c r="B467" s="4" t="s">
         <v>1062</v>
       </c>
       <c r="C467" s="5">
-        <v>41038</v>
+        <v>41035</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E467" s="5">
         <v>40</v>
       </c>
       <c r="F467" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G467" s="5" t="s">
-        <v>450</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" s="3" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="B468" s="4" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="C468" s="5">
-        <v>41039</v>
+        <v>41038</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E468" s="5">
         <v>40</v>
       </c>
       <c r="F468" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G468" s="5" t="s">
-        <v>323</v>
+        <v>450</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" s="3" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="B469" s="4" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="C469" s="5">
         <v>41039</v>
       </c>
       <c r="D469" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E469" s="5">
         <v>40</v>
       </c>
       <c r="F469" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G469" s="5" t="s">
-        <v>1067</v>
+        <v>323</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" s="3" t="s">
-        <v>1054</v>
+        <v>1068</v>
       </c>
       <c r="B470" s="4" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="C470" s="5">
         <v>41039</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E470" s="5">
         <v>40</v>
       </c>
       <c r="F470" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G470" s="5" t="s">
-        <v>1057</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" s="3" t="s">
-        <v>1069</v>
+        <v>1057</v>
       </c>
       <c r="B471" s="4" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C471" s="5">
-        <v>41048</v>
+        <v>41039</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E471" s="5">
         <v>40</v>
       </c>
       <c r="F471" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G471" s="5" t="s">
-        <v>919</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" s="3" t="s">
-        <v>1052</v>
+        <v>1072</v>
       </c>
       <c r="B472" s="4" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="C472" s="5">
-        <v>41051</v>
+        <v>41048</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E472" s="5">
         <v>40</v>
       </c>
       <c r="F472" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G472" s="5" t="s">
-        <v>450</v>
+        <v>922</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" s="3" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="B473" s="4" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="C473" s="5">
-        <v>41055</v>
+        <v>41051</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E473" s="5">
         <v>40</v>
       </c>
       <c r="F473" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G473" s="5" t="s">
-        <v>438</v>
+        <v>450</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" s="3" t="s">
-        <v>1073</v>
+        <v>1057</v>
       </c>
       <c r="B474" s="4" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="C474" s="5">
-        <v>41065</v>
+        <v>41055</v>
       </c>
       <c r="D474" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E474" s="5">
         <v>40</v>
       </c>
       <c r="F474" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G474" s="5" t="s">
-        <v>1057</v>
+        <v>438</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" s="3" t="s">
-        <v>1052</v>
+        <v>1076</v>
       </c>
       <c r="B475" s="4" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="C475" s="5">
-        <v>41067</v>
+        <v>41065</v>
       </c>
       <c r="D475" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E475" s="5">
         <v>40</v>
       </c>
       <c r="F475" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G475" s="5" t="s">
-        <v>1076</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" s="3" t="s">
-        <v>420</v>
+        <v>1055</v>
       </c>
       <c r="B476" s="4" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="C476" s="5">
-        <v>41069</v>
+        <v>41067</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E476" s="5">
         <v>40</v>
       </c>
       <c r="F476" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G476" s="5" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" s="3" t="s">
-        <v>1051</v>
+        <v>420</v>
       </c>
       <c r="B477" s="4" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="C477" s="5">
-        <v>41102</v>
+        <v>41069</v>
       </c>
       <c r="D477" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E477" s="5">
         <v>40</v>
       </c>
       <c r="F477" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G477" s="5" t="s">
-        <v>180</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" s="3" t="s">
-        <v>426</v>
+        <v>1054</v>
       </c>
       <c r="B478" s="4" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="C478" s="5">
-        <v>41053</v>
+        <v>41102</v>
       </c>
       <c r="D478" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E478" s="5">
         <v>40</v>
       </c>
       <c r="F478" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G478" s="5" t="s">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" s="3" t="s">
-        <v>346</v>
+        <v>426</v>
       </c>
       <c r="B479" s="4" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="C479" s="5">
-        <v>40026</v>
+        <v>41053</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E479" s="5">
         <v>40</v>
       </c>
       <c r="F479" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G479" s="5" t="s">
-        <v>706</v>
+        <v>390</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" s="3" t="s">
-        <v>808</v>
+        <v>346</v>
       </c>
       <c r="B480" s="4" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="C480" s="5">
-        <v>40076</v>
+        <v>40026</v>
       </c>
       <c r="D480" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E480" s="5">
         <v>40</v>
       </c>
       <c r="F480" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G480" s="5" t="s">
-        <v>1083</v>
+        <v>709</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" s="3" t="s">
-        <v>350</v>
+        <v>811</v>
       </c>
       <c r="B481" s="4" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="C481" s="5">
-        <v>40115</v>
+        <v>40076</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E481" s="5">
         <v>40</v>
       </c>
       <c r="F481" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G481" s="5" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B482" s="4" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="C482" s="5">
         <v>40115</v>
       </c>
       <c r="D482" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E482" s="5">
         <v>40</v>
       </c>
       <c r="F482" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G482" s="5" t="s">
-        <v>490</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B483" s="4" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="C483" s="5">
-        <v>40130</v>
+        <v>40115</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E483" s="5">
         <v>40</v>
       </c>
       <c r="F483" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G483" s="5" t="s">
-        <v>190</v>
+        <v>490</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" s="3" t="s">
-        <v>1088</v>
+        <v>350</v>
       </c>
       <c r="B484" s="4" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="C484" s="5">
-        <v>40159</v>
+        <v>40130</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E484" s="5">
         <v>40</v>
       </c>
       <c r="F484" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G484" s="5" t="s">
-        <v>485</v>
+        <v>190</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" s="3" t="s">
-        <v>350</v>
+        <v>1091</v>
       </c>
       <c r="B485" s="4" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="C485" s="5">
-        <v>40212</v>
+        <v>40159</v>
       </c>
       <c r="D485" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E485" s="5">
         <v>40</v>
       </c>
       <c r="F485" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G485" s="5" t="s">
-        <v>1091</v>
+        <v>485</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" s="3" t="s">
-        <v>598</v>
+        <v>350</v>
       </c>
       <c r="B486" s="4" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="C486" s="5">
-        <v>42015</v>
+        <v>40212</v>
       </c>
       <c r="D486" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E486" s="5">
         <v>40</v>
       </c>
       <c r="F486" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G486" s="5" t="s">
-        <v>531</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" s="3" t="s">
-        <v>1093</v>
+        <v>601</v>
       </c>
       <c r="B487" s="4" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C487" s="5">
-        <v>42020</v>
+        <v>42015</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E487" s="5">
         <v>40</v>
       </c>
       <c r="F487" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G487" s="5" t="s">
-        <v>1095</v>
+        <v>531</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" s="3" t="s">
-        <v>966</v>
+        <v>1096</v>
       </c>
       <c r="B488" s="4" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="C488" s="5">
-        <v>42029</v>
+        <v>42020</v>
       </c>
       <c r="D488" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E488" s="5">
         <v>40</v>
       </c>
       <c r="F488" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G488" s="5" t="s">
-        <v>907</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" s="3" t="s">
-        <v>1097</v>
+        <v>969</v>
       </c>
       <c r="B489" s="4" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="C489" s="5">
-        <v>42034</v>
+        <v>42029</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E489" s="5">
         <v>40</v>
       </c>
       <c r="F489" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G489" s="5" t="s">
-        <v>1099</v>
+        <v>910</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" s="3" t="s">
-        <v>350</v>
+        <v>1100</v>
       </c>
       <c r="B490" s="4" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="C490" s="5">
-        <v>42043</v>
+        <v>42034</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E490" s="5">
         <v>40</v>
       </c>
       <c r="F490" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G490" s="5" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" s="3" t="s">
-        <v>1097</v>
+        <v>350</v>
       </c>
       <c r="B491" s="4" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="C491" s="5">
-        <v>42057</v>
+        <v>42043</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E491" s="5">
         <v>40</v>
       </c>
       <c r="F491" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G491" s="5" t="s">
-        <v>546</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" s="3" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="B492" s="4" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="C492" s="5">
-        <v>42071</v>
+        <v>42057</v>
       </c>
       <c r="D492" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E492" s="5">
         <v>40</v>
       </c>
       <c r="F492" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G492" s="5" t="s">
-        <v>1104</v>
+        <v>546</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" s="3" t="s">
-        <v>598</v>
+        <v>1100</v>
       </c>
       <c r="B493" s="4" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="C493" s="5">
-        <v>42076</v>
+        <v>42071</v>
       </c>
       <c r="D493" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E493" s="5">
         <v>40</v>
       </c>
       <c r="F493" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G493" s="5" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" s="3" t="s">
-        <v>1097</v>
+        <v>601</v>
       </c>
       <c r="B494" s="4" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="C494" s="5">
-        <v>42089</v>
+        <v>42076</v>
       </c>
       <c r="D494" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E494" s="5">
         <v>40</v>
       </c>
       <c r="F494" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G494" s="5" t="s">
-        <v>731</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" s="3" t="s">
-        <v>966</v>
+        <v>1100</v>
       </c>
       <c r="B495" s="4" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="C495" s="5">
-        <v>42113</v>
+        <v>42089</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E495" s="5">
         <v>40</v>
       </c>
       <c r="F495" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G495" s="5" t="s">
-        <v>190</v>
+        <v>734</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" s="3" t="s">
-        <v>1097</v>
+        <v>969</v>
       </c>
       <c r="B496" s="4" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="C496" s="5">
-        <v>42134</v>
+        <v>42113</v>
       </c>
       <c r="D496" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E496" s="5">
         <v>40</v>
       </c>
       <c r="F496" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G496" s="5" t="s">
-        <v>1110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" s="3" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="B497" s="4" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="C497" s="5">
-        <v>42156</v>
+        <v>42134</v>
       </c>
       <c r="D497" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E497" s="5">
         <v>40</v>
       </c>
       <c r="F497" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G497" s="5" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" s="3" t="s">
-        <v>114</v>
+        <v>1100</v>
       </c>
       <c r="B498" s="4" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="C498" s="5">
-        <v>42175</v>
+        <v>42156</v>
       </c>
       <c r="D498" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E498" s="5">
         <v>40</v>
       </c>
       <c r="F498" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G498" s="5" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" s="3" t="s">
-        <v>598</v>
+        <v>114</v>
       </c>
       <c r="B499" s="4" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="C499" s="5">
-        <v>42204</v>
+        <v>42175</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E499" s="5">
         <v>40</v>
       </c>
       <c r="F499" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G499" s="5" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" s="3" t="s">
-        <v>1117</v>
+        <v>601</v>
       </c>
       <c r="B500" s="4" t="s">
         <v>1118</v>
       </c>
       <c r="C500" s="5">
-        <v>20036</v>
+        <v>42204</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E500" s="5">
         <v>40</v>
       </c>
       <c r="F500" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G500" s="5" t="s">
-        <v>933</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" s="3" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="B501" s="4" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="C501" s="5">
-        <v>20067</v>
+        <v>20036</v>
       </c>
       <c r="D501" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E501" s="5">
         <v>40</v>
       </c>
       <c r="F501" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G501" s="5" t="s">
-        <v>1067</v>
+        <v>936</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" s="3" t="s">
-        <v>362</v>
+        <v>1122</v>
       </c>
       <c r="B502" s="4" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="C502" s="5">
-        <v>20016</v>
+        <v>20067</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E502" s="5">
         <v>40</v>
       </c>
       <c r="F502" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G502" s="5" t="s">
-        <v>1122</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" s="3" t="s">
-        <v>298</v>
+        <v>362</v>
       </c>
       <c r="B503" s="4" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="C503" s="5">
-        <v>20004</v>
+        <v>20016</v>
       </c>
       <c r="D503" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E503" s="5">
         <v>40</v>
       </c>
       <c r="F503" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G503" s="5" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" s="3" t="s">
-        <v>362</v>
+        <v>298</v>
       </c>
       <c r="B504" s="4" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="C504" s="5">
-        <v>20014</v>
+        <v>20004</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E504" s="5">
         <v>40</v>
       </c>
       <c r="F504" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G504" s="5" t="s">
-        <v>419</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B505" s="4" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C505" s="5">
         <v>20014</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E505" s="5">
         <v>40</v>
       </c>
       <c r="F505" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G505" s="5" t="s">
-        <v>1127</v>
+        <v>419</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" s="3" t="s">
-        <v>1128</v>
+        <v>362</v>
       </c>
       <c r="B506" s="4" t="s">
         <v>1129</v>
       </c>
       <c r="C506" s="5">
-        <v>20019</v>
+        <v>20014</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E506" s="5">
         <v>40</v>
       </c>
       <c r="F506" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G506" s="5" t="s">
         <v>1130</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" s="3" t="s">
         <v>1131</v>
       </c>
       <c r="B507" s="4" t="s">
         <v>1132</v>
       </c>
       <c r="C507" s="5">
-        <v>43901</v>
+        <v>20019</v>
       </c>
       <c r="D507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E507" s="5">
         <v>40</v>
       </c>
       <c r="F507" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G507" s="5" t="s">
         <v>1133</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" s="3" t="s">
-        <v>382</v>
+        <v>1134</v>
       </c>
       <c r="B508" s="4" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="C508" s="5">
-        <v>43046</v>
+        <v>43901</v>
       </c>
       <c r="D508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E508" s="5">
         <v>40</v>
       </c>
       <c r="F508" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G508" s="5" t="s">
-        <v>928</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" s="3" t="s">
-        <v>194</v>
+        <v>382</v>
       </c>
       <c r="B509" s="4" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="C509" s="5">
-        <v>43047</v>
+        <v>43046</v>
       </c>
       <c r="D509" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E509" s="5">
         <v>40</v>
       </c>
       <c r="F509" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G509" s="5" t="s">
-        <v>1136</v>
+        <v>931</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" s="3" t="s">
-        <v>382</v>
+        <v>194</v>
       </c>
       <c r="B510" s="4" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="C510" s="5">
-        <v>43056</v>
+        <v>43047</v>
       </c>
       <c r="D510" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E510" s="5">
         <v>40</v>
       </c>
       <c r="F510" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G510" s="5" t="s">
-        <v>573</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" s="3" t="s">
         <v>382</v>
       </c>
       <c r="B511" s="4" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="C511" s="5">
-        <v>43075</v>
+        <v>43056</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E511" s="5">
         <v>40</v>
       </c>
       <c r="F511" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G511" s="5" t="s">
-        <v>1139</v>
+        <v>573</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" s="3" t="s">
-        <v>1140</v>
+        <v>382</v>
       </c>
       <c r="B512" s="4" t="s">
         <v>1141</v>
       </c>
       <c r="C512" s="5">
-        <v>43116</v>
+        <v>43075</v>
       </c>
       <c r="D512" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E512" s="5">
         <v>40</v>
       </c>
       <c r="F512" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G512" s="5" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" s="3" t="s">
         <v>1143</v>
       </c>
       <c r="B513" s="4" t="s">
         <v>1144</v>
       </c>
       <c r="C513" s="5">
-        <v>43125</v>
+        <v>43116</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E513" s="5">
         <v>40</v>
       </c>
       <c r="F513" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G513" s="5" t="s">
-        <v>573</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" s="3" t="s">
-        <v>1131</v>
+        <v>1146</v>
       </c>
       <c r="B514" s="4" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="C514" s="5">
-        <v>43145</v>
+        <v>43125</v>
       </c>
       <c r="D514" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E514" s="5">
         <v>40</v>
       </c>
       <c r="F514" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G514" s="5" t="s">
-        <v>1146</v>
+        <v>573</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" s="3" t="s">
-        <v>1147</v>
+        <v>1134</v>
       </c>
       <c r="B515" s="4" t="s">
         <v>1148</v>
       </c>
       <c r="C515" s="5">
-        <v>43164</v>
+        <v>43145</v>
       </c>
       <c r="D515" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E515" s="5">
         <v>40</v>
       </c>
       <c r="F515" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G515" s="5" t="s">
-        <v>526</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" s="3" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="B516" s="4" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="C516" s="5">
-        <v>44009</v>
+        <v>43164</v>
       </c>
       <c r="D516" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E516" s="5">
         <v>40</v>
       </c>
       <c r="F516" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G516" s="5" t="s">
-        <v>97</v>
+        <v>526</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" s="3" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="B517" s="4" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="C517" s="5">
-        <v>44010</v>
+        <v>44009</v>
       </c>
       <c r="D517" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E517" s="5">
         <v>40</v>
       </c>
       <c r="F517" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G517" s="5" t="s">
-        <v>1153</v>
+        <v>97</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" s="3" t="s">
         <v>1154</v>
       </c>
       <c r="B518" s="4" t="s">
         <v>1155</v>
       </c>
       <c r="C518" s="5">
-        <v>44013</v>
+        <v>44010</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="5">
         <v>40</v>
       </c>
       <c r="F518" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G518" s="5" t="s">
-        <v>39</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" s="3" t="s">
-        <v>177</v>
+        <v>1157</v>
       </c>
       <c r="B519" s="4" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C519" s="5">
-        <v>44017</v>
+        <v>44013</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E519" s="5">
         <v>40</v>
       </c>
       <c r="F519" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G519" s="5" t="s">
-        <v>579</v>
+        <v>39</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B520" s="4" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="C520" s="5">
         <v>44017</v>
       </c>
       <c r="D520" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E520" s="5">
         <v>40</v>
       </c>
       <c r="F520" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G520" s="5" t="s">
-        <v>1158</v>
+        <v>579</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B521" s="4" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="C521" s="5">
-        <v>44042</v>
+        <v>44017</v>
       </c>
       <c r="D521" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E521" s="5">
         <v>40</v>
       </c>
       <c r="F521" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G521" s="5" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" s="3" t="s">
-        <v>1161</v>
+        <v>177</v>
       </c>
       <c r="B522" s="4" t="s">
         <v>1162</v>
       </c>
       <c r="C522" s="5">
-        <v>44033</v>
+        <v>44042</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E522" s="5">
         <v>40</v>
       </c>
       <c r="F522" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G522" s="5" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" s="3" t="s">
-        <v>382</v>
+        <v>1164</v>
       </c>
       <c r="B523" s="4" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="C523" s="5">
-        <v>44052</v>
+        <v>44033</v>
       </c>
       <c r="D523" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E523" s="5">
         <v>40</v>
       </c>
       <c r="F523" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G523" s="5" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" s="3" t="s">
-        <v>1149</v>
+        <v>382</v>
       </c>
       <c r="B524" s="4" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="C524" s="5">
-        <v>44053</v>
+        <v>44052</v>
       </c>
       <c r="D524" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E524" s="5">
         <v>40</v>
       </c>
       <c r="F524" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G524" s="5" t="s">
-        <v>613</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" s="3" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="B525" s="4" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="C525" s="5">
-        <v>44054</v>
+        <v>44053</v>
       </c>
       <c r="D525" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E525" s="5">
         <v>40</v>
       </c>
       <c r="F525" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G525" s="5" t="s">
-        <v>1168</v>
+        <v>616</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" s="3" t="s">
-        <v>1143</v>
+        <v>1152</v>
       </c>
       <c r="B526" s="4" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="C526" s="5">
-        <v>44056</v>
+        <v>44054</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E526" s="5">
         <v>40</v>
       </c>
       <c r="F526" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G526" s="5" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" s="3" t="s">
-        <v>1171</v>
+        <v>1146</v>
       </c>
       <c r="B527" s="4" t="s">
         <v>1172</v>
       </c>
       <c r="C527" s="5">
-        <v>44059</v>
+        <v>44056</v>
       </c>
       <c r="D527" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E527" s="5">
         <v>40</v>
       </c>
       <c r="F527" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G527" s="5" t="s">
-        <v>168</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" s="3" t="s">
-        <v>518</v>
+        <v>1174</v>
       </c>
       <c r="B528" s="4" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="C528" s="5">
         <v>44059</v>
       </c>
       <c r="D528" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E528" s="5">
         <v>40</v>
       </c>
       <c r="F528" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G528" s="5" t="s">
-        <v>1158</v>
+        <v>168</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" s="3" t="s">
-        <v>999</v>
+        <v>518</v>
       </c>
       <c r="B529" s="4" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="C529" s="5">
         <v>44059</v>
       </c>
       <c r="D529" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E529" s="5">
         <v>40</v>
       </c>
       <c r="F529" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G529" s="5" t="s">
-        <v>190</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" s="3" t="s">
-        <v>1174</v>
+        <v>1002</v>
       </c>
       <c r="B530" s="4" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="C530" s="5">
-        <v>44097</v>
+        <v>44059</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E530" s="5">
         <v>40</v>
       </c>
       <c r="F530" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G530" s="5" t="s">
-        <v>1176</v>
+        <v>190</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" s="3" t="s">
-        <v>177</v>
+        <v>1177</v>
       </c>
       <c r="B531" s="4" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="C531" s="5">
-        <v>44099</v>
+        <v>44097</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E531" s="5">
         <v>40</v>
       </c>
       <c r="F531" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G531" s="5" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" s="3" t="s">
-        <v>1179</v>
+        <v>177</v>
       </c>
       <c r="B532" s="4" t="s">
         <v>1180</v>
       </c>
       <c r="C532" s="5">
-        <v>44119</v>
+        <v>44099</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E532" s="5">
         <v>40</v>
       </c>
       <c r="F532" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G532" s="5" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" s="3" t="s">
         <v>1182</v>
       </c>
       <c r="B533" s="4" t="s">
         <v>1183</v>
       </c>
       <c r="C533" s="5">
-        <v>44127</v>
+        <v>44119</v>
       </c>
       <c r="D533" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E533" s="5">
         <v>40</v>
       </c>
       <c r="F533" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G533" s="5" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" s="3" t="s">
         <v>1185</v>
       </c>
       <c r="B534" s="4" t="s">
         <v>1186</v>
       </c>
       <c r="C534" s="5">
-        <v>44132</v>
+        <v>44127</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E534" s="5">
         <v>40</v>
       </c>
       <c r="F534" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G534" s="5" t="s">
-        <v>39</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" s="3" t="s">
-        <v>1149</v>
+        <v>1188</v>
       </c>
       <c r="B535" s="4" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="C535" s="5">
-        <v>44135</v>
+        <v>44132</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E535" s="5">
         <v>40</v>
       </c>
       <c r="F535" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G535" s="5" t="s">
-        <v>733</v>
+        <v>39</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" s="3" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="B536" s="4" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="C536" s="5">
-        <v>44137</v>
+        <v>44135</v>
       </c>
       <c r="D536" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E536" s="5">
         <v>40</v>
       </c>
       <c r="F536" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G536" s="5" t="s">
-        <v>1189</v>
+        <v>736</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" s="3" t="s">
-        <v>69</v>
+        <v>1152</v>
       </c>
       <c r="B537" s="4" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="C537" s="5">
-        <v>44143</v>
+        <v>44137</v>
       </c>
       <c r="D537" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E537" s="5">
         <v>40</v>
       </c>
       <c r="F537" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G537" s="5" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" s="3" t="s">
-        <v>177</v>
+        <v>69</v>
       </c>
       <c r="B538" s="4" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="C538" s="5">
-        <v>44151</v>
+        <v>44143</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E538" s="5">
         <v>40</v>
       </c>
       <c r="F538" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G538" s="5" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" s="3" t="s">
-        <v>1171</v>
+        <v>177</v>
       </c>
       <c r="B539" s="4" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="C539" s="5">
-        <v>44160</v>
+        <v>44151</v>
       </c>
       <c r="D539" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E539" s="5">
         <v>40</v>
       </c>
       <c r="F539" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G539" s="5" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" s="3" t="s">
-        <v>382</v>
+        <v>1174</v>
       </c>
       <c r="B540" s="4" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="C540" s="5">
-        <v>44161</v>
+        <v>44160</v>
       </c>
       <c r="D540" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E540" s="5">
         <v>40</v>
       </c>
       <c r="F540" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G540" s="5" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" s="3" t="s">
-        <v>1149</v>
+        <v>382</v>
       </c>
       <c r="B541" s="4" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="C541" s="5">
-        <v>44192</v>
+        <v>44161</v>
       </c>
       <c r="D541" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E541" s="5">
         <v>40</v>
       </c>
       <c r="F541" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G541" s="5" t="s">
-        <v>540</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" s="3" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="B542" s="4" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="C542" s="5">
-        <v>44196</v>
+        <v>44192</v>
       </c>
       <c r="D542" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E542" s="5">
         <v>40</v>
       </c>
       <c r="F542" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G542" s="5" t="s">
-        <v>579</v>
+        <v>540</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" s="3" t="s">
-        <v>177</v>
+        <v>1152</v>
       </c>
       <c r="B543" s="4" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="C543" s="5">
-        <v>44200</v>
+        <v>44196</v>
       </c>
       <c r="D543" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E543" s="5">
         <v>40</v>
       </c>
       <c r="F543" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G543" s="5" t="s">
-        <v>570</v>
+        <v>579</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B544" s="4" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="C544" s="5">
-        <v>44238</v>
+        <v>44200</v>
       </c>
       <c r="D544" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E544" s="5">
         <v>40</v>
       </c>
       <c r="F544" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G544" s="5" t="s">
-        <v>1202</v>
+        <v>570</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" s="3" t="s">
-        <v>1185</v>
+        <v>177</v>
       </c>
       <c r="B545" s="4" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="C545" s="5">
-        <v>44228</v>
+        <v>44238</v>
       </c>
       <c r="D545" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E545" s="5">
         <v>40</v>
       </c>
       <c r="F545" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G545" s="5" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" s="3" t="s">
-        <v>527</v>
+        <v>1188</v>
       </c>
       <c r="B546" s="4" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="C546" s="5">
-        <v>44192</v>
+        <v>44228</v>
       </c>
       <c r="D546" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E546" s="5">
         <v>40</v>
       </c>
       <c r="F546" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G546" s="5" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" s="3" t="s">
-        <v>1206</v>
+        <v>527</v>
       </c>
       <c r="B547" s="4" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="C547" s="5">
-        <v>38029</v>
+        <v>44192</v>
       </c>
       <c r="D547" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E547" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F547" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G547" s="5" t="s">
-        <v>1208</v>
+        <v>936</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" s="3" t="s">
         <v>1209</v>
       </c>
       <c r="B548" s="4" t="s">
         <v>1210</v>
       </c>
       <c r="C548" s="5">
-        <v>45021</v>
+        <v>38029</v>
       </c>
       <c r="D548" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E548" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F548" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G548" s="5" t="s">
         <v>1211</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" s="3" t="s">
-        <v>114</v>
+        <v>1212</v>
       </c>
       <c r="B549" s="4" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="C549" s="5">
-        <v>45027</v>
+        <v>45021</v>
       </c>
       <c r="D549" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E549" s="5">
         <v>40</v>
       </c>
       <c r="F549" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G549" s="5" t="s">
-        <v>651</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" s="3" t="s">
-        <v>1213</v>
+        <v>114</v>
       </c>
       <c r="B550" s="4" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="C550" s="5">
-        <v>45030</v>
+        <v>45027</v>
       </c>
       <c r="D550" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E550" s="5">
         <v>40</v>
       </c>
       <c r="F550" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G550" s="5" t="s">
-        <v>1029</v>
+        <v>654</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" s="3" t="s">
-        <v>114</v>
+        <v>1216</v>
       </c>
       <c r="B551" s="4" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="C551" s="5">
-        <v>45041</v>
+        <v>45030</v>
       </c>
       <c r="D551" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E551" s="5">
         <v>40</v>
       </c>
       <c r="F551" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G551" s="5" t="s">
-        <v>1216</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" s="3" t="s">
-        <v>436</v>
+        <v>114</v>
       </c>
       <c r="B552" s="4" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="C552" s="5">
-        <v>45045</v>
+        <v>45041</v>
       </c>
       <c r="D552" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E552" s="5">
         <v>40</v>
       </c>
       <c r="F552" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G552" s="5" t="s">
-        <v>838</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" s="3" t="s">
-        <v>1218</v>
+        <v>436</v>
       </c>
       <c r="B553" s="4" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="C553" s="5">
-        <v>45053</v>
+        <v>45045</v>
       </c>
       <c r="D553" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E553" s="5">
         <v>40</v>
       </c>
       <c r="F553" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G553" s="5" t="s">
-        <v>406</v>
+        <v>841</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" s="3" t="s">
-        <v>114</v>
+        <v>1221</v>
       </c>
       <c r="B554" s="4" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="C554" s="5">
-        <v>45059</v>
+        <v>45053</v>
       </c>
       <c r="D554" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E554" s="5">
         <v>40</v>
       </c>
       <c r="F554" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G554" s="5" t="s">
-        <v>1221</v>
+        <v>406</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B555" s="4" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="C555" s="5">
-        <v>45064</v>
+        <v>45059</v>
       </c>
       <c r="D555" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E555" s="5">
         <v>40</v>
       </c>
       <c r="F555" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G555" s="5" t="s">
-        <v>419</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" s="3" t="s">
-        <v>1213</v>
+        <v>114</v>
       </c>
       <c r="B556" s="4" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="C556" s="5">
-        <v>45065</v>
+        <v>45064</v>
       </c>
       <c r="D556" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E556" s="5">
         <v>40</v>
       </c>
       <c r="F556" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G556" s="5" t="s">
-        <v>1224</v>
+        <v>419</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" s="3" t="s">
-        <v>1218</v>
+        <v>1216</v>
       </c>
       <c r="B557" s="4" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="C557" s="5">
-        <v>45106</v>
+        <v>45065</v>
       </c>
       <c r="D557" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E557" s="5">
         <v>40</v>
       </c>
       <c r="F557" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G557" s="5" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" s="3" t="s">
-        <v>382</v>
+        <v>1221</v>
       </c>
       <c r="B558" s="4" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="C558" s="5">
-        <v>45119</v>
+        <v>45106</v>
       </c>
       <c r="D558" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E558" s="5">
         <v>40</v>
       </c>
       <c r="F558" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G558" s="5" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" s="3" t="s">
         <v>382</v>
       </c>
       <c r="B559" s="4" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="C559" s="5">
-        <v>45145</v>
+        <v>45119</v>
       </c>
       <c r="D559" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E559" s="5">
         <v>40</v>
       </c>
       <c r="F559" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G559" s="5" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" s="3" t="s">
-        <v>544</v>
+        <v>382</v>
       </c>
       <c r="B560" s="4" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="C560" s="5">
-        <v>45157</v>
+        <v>45145</v>
       </c>
       <c r="D560" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E560" s="5">
         <v>40</v>
       </c>
       <c r="F560" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G560" s="5" t="s">
-        <v>1224</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" s="3" t="s">
-        <v>600</v>
+        <v>544</v>
       </c>
       <c r="B561" s="4" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="C561" s="5">
-        <v>45160</v>
+        <v>45157</v>
       </c>
       <c r="D561" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E561" s="5">
         <v>40</v>
       </c>
       <c r="F561" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G561" s="5" t="s">
-        <v>776</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" s="3" t="s">
-        <v>544</v>
+        <v>603</v>
       </c>
       <c r="B562" s="4" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="C562" s="5">
-        <v>45168</v>
+        <v>45160</v>
       </c>
       <c r="D562" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E562" s="5">
         <v>40</v>
       </c>
       <c r="F562" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G562" s="5" t="s">
-        <v>1233</v>
+        <v>779</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" s="3" t="s">
-        <v>823</v>
+        <v>544</v>
       </c>
       <c r="B563" s="4" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="C563" s="5">
         <v>45168</v>
       </c>
       <c r="D563" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E563" s="5">
         <v>40</v>
       </c>
       <c r="F563" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G563" s="5" t="s">
-        <v>726</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" s="3" t="s">
-        <v>1218</v>
+        <v>826</v>
       </c>
       <c r="B564" s="4" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="C564" s="5">
-        <v>45200</v>
+        <v>45168</v>
       </c>
       <c r="D564" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E564" s="5">
         <v>40</v>
       </c>
       <c r="F564" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G564" s="5" t="s">
-        <v>333</v>
+        <v>729</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" s="3" t="s">
-        <v>17</v>
+        <v>1221</v>
       </c>
       <c r="B565" s="4" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="C565" s="5">
-        <v>46019</v>
+        <v>45200</v>
       </c>
       <c r="D565" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E565" s="5">
         <v>40</v>
       </c>
       <c r="F565" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G565" s="5" t="s">
-        <v>1237</v>
+        <v>333</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" s="3" t="s">
-        <v>630</v>
+        <v>17</v>
       </c>
       <c r="B566" s="4" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="C566" s="5">
         <v>46019</v>
       </c>
       <c r="D566" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E566" s="5">
         <v>40</v>
       </c>
       <c r="F566" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G566" s="5" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="B567" s="4" t="s">
         <v>1239</v>
       </c>
-      <c r="B567" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C567" s="5">
-        <v>46038</v>
+        <v>46019</v>
       </c>
       <c r="D567" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E567" s="5">
         <v>40</v>
       </c>
       <c r="F567" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G567" s="5" t="s">
         <v>1241</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" s="3" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="B568" s="4" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="C568" s="5">
         <v>46038</v>
       </c>
       <c r="D568" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E568" s="5">
         <v>40</v>
       </c>
       <c r="F568" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G568" s="5" t="s">
-        <v>311</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" s="3" t="s">
-        <v>69</v>
+        <v>1242</v>
       </c>
       <c r="B569" s="4" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="C569" s="5">
-        <v>46041</v>
+        <v>46038</v>
       </c>
       <c r="D569" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E569" s="5">
         <v>40</v>
       </c>
       <c r="F569" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G569" s="5" t="s">
-        <v>1244</v>
+        <v>311</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" s="3" t="s">
-        <v>541</v>
+        <v>69</v>
       </c>
       <c r="B570" s="4" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="C570" s="5">
-        <v>46070</v>
+        <v>46041</v>
       </c>
       <c r="D570" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E570" s="5">
         <v>40</v>
       </c>
       <c r="F570" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G570" s="5" t="s">
-        <v>1224</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" s="3" t="s">
-        <v>1246</v>
+        <v>541</v>
       </c>
       <c r="B571" s="4" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C571" s="5">
         <v>46070</v>
       </c>
       <c r="D571" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E571" s="5">
         <v>40</v>
       </c>
       <c r="F571" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G571" s="5" t="s">
-        <v>1248</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" s="3" t="s">
-        <v>1239</v>
+        <v>1249</v>
       </c>
       <c r="B572" s="4" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="C572" s="5">
-        <v>46080</v>
+        <v>46070</v>
       </c>
       <c r="D572" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E572" s="5">
         <v>40</v>
       </c>
       <c r="F572" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G572" s="5" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" s="3" t="s">
-        <v>1251</v>
+        <v>1242</v>
       </c>
       <c r="B573" s="4" t="s">
         <v>1252</v>
       </c>
       <c r="C573" s="5">
-        <v>46106</v>
+        <v>46080</v>
       </c>
       <c r="D573" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E573" s="5">
         <v>40</v>
       </c>
       <c r="F573" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G573" s="5" t="s">
         <v>1253</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" s="3" t="s">
-        <v>1246</v>
+        <v>1254</v>
       </c>
       <c r="B574" s="4" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="C574" s="5">
-        <v>46111</v>
+        <v>46106</v>
       </c>
       <c r="D574" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E574" s="5">
         <v>40</v>
       </c>
       <c r="F574" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G574" s="5" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" s="3" t="s">
-        <v>1256</v>
+        <v>1249</v>
       </c>
       <c r="B575" s="4" t="s">
         <v>1257</v>
       </c>
       <c r="C575" s="5">
-        <v>46098</v>
+        <v>46111</v>
       </c>
       <c r="D575" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E575" s="5">
         <v>40</v>
       </c>
       <c r="F575" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G575" s="5" t="s">
         <v>1258</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" s="3" t="s">
-        <v>88</v>
+        <v>1259</v>
       </c>
       <c r="B576" s="4" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="C576" s="5">
-        <v>46099</v>
+        <v>46098</v>
       </c>
       <c r="D576" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E576" s="5">
         <v>40</v>
       </c>
       <c r="F576" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G576" s="5" t="s">
-        <v>552</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" s="3" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="B577" s="4" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="C577" s="5">
-        <v>46118</v>
+        <v>46099</v>
       </c>
       <c r="D577" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E577" s="5">
         <v>40</v>
       </c>
       <c r="F577" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G577" s="5" t="s">
-        <v>1261</v>
+        <v>552</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" s="3" t="s">
-        <v>1262</v>
+        <v>69</v>
       </c>
       <c r="B578" s="4" t="s">
         <v>1263</v>
       </c>
       <c r="C578" s="5">
         <v>46118</v>
       </c>
       <c r="D578" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E578" s="5">
         <v>40</v>
       </c>
       <c r="F578" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G578" s="5" t="s">
         <v>1264</v>
       </c>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" s="3" t="s">
-        <v>789</v>
+        <v>1265</v>
       </c>
       <c r="B579" s="4" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="C579" s="5">
-        <v>46131</v>
+        <v>46118</v>
       </c>
       <c r="D579" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E579" s="5">
         <v>40</v>
       </c>
       <c r="F579" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G579" s="5" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" s="3" t="s">
-        <v>1267</v>
+        <v>792</v>
       </c>
       <c r="B580" s="4" t="s">
         <v>1268</v>
       </c>
       <c r="C580" s="5">
-        <v>46144</v>
+        <v>46131</v>
       </c>
       <c r="D580" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E580" s="5">
         <v>40</v>
       </c>
       <c r="F580" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G580" s="5" t="s">
-        <v>875</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" s="3" t="s">
-        <v>1239</v>
+        <v>1270</v>
       </c>
       <c r="B581" s="4" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="C581" s="5">
-        <v>46147</v>
+        <v>46144</v>
       </c>
       <c r="D581" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E581" s="5">
         <v>40</v>
       </c>
       <c r="F581" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G581" s="5" t="s">
-        <v>1270</v>
+        <v>878</v>
       </c>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" s="3" t="s">
-        <v>1271</v>
+        <v>1242</v>
       </c>
       <c r="B582" s="4" t="s">
         <v>1272</v>
       </c>
       <c r="C582" s="5">
         <v>46147</v>
       </c>
       <c r="D582" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E582" s="5">
         <v>40</v>
       </c>
       <c r="F582" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G582" s="5" t="s">
-        <v>32</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" s="3" t="s">
-        <v>1239</v>
+        <v>1274</v>
       </c>
       <c r="B583" s="4" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="C583" s="5">
-        <v>46181</v>
+        <v>46147</v>
       </c>
       <c r="D583" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E583" s="5">
         <v>40</v>
       </c>
       <c r="F583" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G583" s="5" t="s">
-        <v>677</v>
+        <v>32</v>
       </c>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" s="3" t="s">
-        <v>1274</v>
+        <v>1242</v>
       </c>
       <c r="B584" s="4" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="C584" s="5">
-        <v>46182</v>
+        <v>46181</v>
       </c>
       <c r="D584" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E584" s="5">
         <v>40</v>
       </c>
       <c r="F584" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G584" s="5" t="s">
-        <v>1276</v>
+        <v>680</v>
       </c>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" s="3" t="s">
-        <v>17</v>
+        <v>1277</v>
       </c>
       <c r="B585" s="4" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="C585" s="5">
-        <v>46199</v>
+        <v>46182</v>
       </c>
       <c r="D585" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E585" s="5">
         <v>40</v>
       </c>
       <c r="F585" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G585" s="5" t="s">
-        <v>822</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="B586" s="4" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="C586" s="5">
-        <v>46200</v>
+        <v>46199</v>
       </c>
       <c r="D586" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E586" s="5">
         <v>40</v>
       </c>
       <c r="F586" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G586" s="5" t="s">
-        <v>1279</v>
+        <v>825</v>
       </c>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" s="3" t="s">
-        <v>1280</v>
+        <v>28</v>
       </c>
       <c r="B587" s="4" t="s">
         <v>1281</v>
       </c>
       <c r="C587" s="5">
-        <v>46213</v>
+        <v>46200</v>
       </c>
       <c r="D587" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E587" s="5">
         <v>40</v>
       </c>
       <c r="F587" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G587" s="5" t="s">
-        <v>282</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" s="3" t="s">
-        <v>1246</v>
+        <v>1283</v>
       </c>
       <c r="B588" s="4" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="C588" s="5">
-        <v>46229</v>
+        <v>46213</v>
       </c>
       <c r="D588" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E588" s="5">
         <v>40</v>
       </c>
       <c r="F588" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G588" s="5" t="s">
-        <v>1283</v>
+        <v>282</v>
       </c>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" s="3" t="s">
-        <v>541</v>
+        <v>1249</v>
       </c>
       <c r="B589" s="4" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="C589" s="5">
-        <v>46244</v>
+        <v>46229</v>
       </c>
       <c r="D589" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E589" s="5">
         <v>40</v>
       </c>
       <c r="F589" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G589" s="5" t="s">
-        <v>190</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" s="3" t="s">
-        <v>1285</v>
+        <v>541</v>
       </c>
       <c r="B590" s="4" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="C590" s="5">
         <v>46244</v>
       </c>
       <c r="D590" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E590" s="5">
         <v>40</v>
       </c>
       <c r="F590" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G590" s="5" t="s">
-        <v>1253</v>
+        <v>190</v>
       </c>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" s="3" t="s">
-        <v>541</v>
+        <v>1288</v>
       </c>
       <c r="B591" s="4" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C591" s="5">
-        <v>46246</v>
+        <v>46244</v>
       </c>
       <c r="D591" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E591" s="5">
         <v>40</v>
       </c>
       <c r="F591" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G591" s="5" t="s">
-        <v>279</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" s="3" t="s">
-        <v>1280</v>
+        <v>541</v>
       </c>
       <c r="B592" s="4" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="C592" s="5">
-        <v>46247</v>
+        <v>46246</v>
       </c>
       <c r="D592" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E592" s="5">
         <v>40</v>
       </c>
       <c r="F592" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G592" s="5" t="s">
-        <v>190</v>
+        <v>279</v>
       </c>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" s="3" t="s">
-        <v>1288</v>
+        <v>1283</v>
       </c>
       <c r="B593" s="4" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="C593" s="5">
-        <v>46249</v>
+        <v>46247</v>
       </c>
       <c r="D593" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E593" s="5">
         <v>40</v>
       </c>
       <c r="F593" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G593" s="5" t="s">
-        <v>438</v>
+        <v>190</v>
       </c>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" s="3" t="s">
-        <v>541</v>
+        <v>1291</v>
       </c>
       <c r="B594" s="4" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="C594" s="5">
-        <v>46250</v>
+        <v>46249</v>
       </c>
       <c r="D594" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E594" s="5">
         <v>40</v>
       </c>
       <c r="F594" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G594" s="5" t="s">
-        <v>282</v>
+        <v>438</v>
       </c>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" s="3" t="s">
-        <v>1239</v>
+        <v>541</v>
       </c>
       <c r="B595" s="4" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="C595" s="5">
-        <v>46259</v>
+        <v>46250</v>
       </c>
       <c r="D595" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E595" s="5">
         <v>40</v>
       </c>
       <c r="F595" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G595" s="5" t="s">
-        <v>127</v>
+        <v>282</v>
       </c>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" s="3" t="s">
-        <v>69</v>
+        <v>1242</v>
       </c>
       <c r="B596" s="4" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="C596" s="5">
-        <v>46145</v>
+        <v>46259</v>
       </c>
       <c r="D596" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E596" s="5">
         <v>40</v>
       </c>
       <c r="F596" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G596" s="5" t="s">
-        <v>1293</v>
+        <v>127</v>
       </c>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" s="3" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
       <c r="B597" s="4" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="C597" s="5">
-        <v>46146</v>
+        <v>46145</v>
       </c>
       <c r="D597" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E597" s="5">
         <v>40</v>
       </c>
       <c r="F597" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G597" s="5" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" s="3" t="s">
-        <v>1280</v>
+        <v>17</v>
       </c>
       <c r="B598" s="4" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C598" s="5">
-        <v>46262</v>
+        <v>46146</v>
       </c>
       <c r="D598" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E598" s="5">
         <v>40</v>
       </c>
       <c r="F598" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G598" s="5" t="s">
-        <v>259</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" s="3" t="s">
-        <v>114</v>
+        <v>1283</v>
       </c>
       <c r="B599" s="4" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="C599" s="5">
-        <v>47044</v>
+        <v>46262</v>
       </c>
       <c r="D599" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E599" s="5">
         <v>40</v>
       </c>
       <c r="F599" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G599" s="5" t="s">
-        <v>759</v>
+        <v>259</v>
       </c>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B600" s="4" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="C600" s="5">
-        <v>47086</v>
+        <v>47044</v>
       </c>
       <c r="D600" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E600" s="5">
         <v>40</v>
       </c>
       <c r="F600" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G600" s="5" t="s">
-        <v>1021</v>
+        <v>762</v>
       </c>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" s="3" t="s">
-        <v>553</v>
+        <v>114</v>
       </c>
       <c r="B601" s="4" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="C601" s="5">
-        <v>47113</v>
+        <v>47086</v>
       </c>
       <c r="D601" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E601" s="5">
         <v>40</v>
       </c>
       <c r="F601" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G601" s="5" t="s">
-        <v>1300</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" s="3" t="s">
-        <v>1088</v>
+        <v>553</v>
       </c>
       <c r="B602" s="4" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="C602" s="5">
-        <v>47114</v>
+        <v>47113</v>
       </c>
       <c r="D602" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E602" s="5">
         <v>40</v>
       </c>
       <c r="F602" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G602" s="5" t="s">
-        <v>81</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" s="3" t="s">
-        <v>114</v>
+        <v>1091</v>
       </c>
       <c r="B603" s="4" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="C603" s="5">
-        <v>47153</v>
+        <v>47114</v>
       </c>
       <c r="D603" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E603" s="5">
         <v>40</v>
       </c>
       <c r="F603" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G603" s="5" t="s">
-        <v>741</v>
+        <v>81</v>
       </c>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" s="3" t="s">
-        <v>1303</v>
+        <v>114</v>
       </c>
       <c r="B604" s="4" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="C604" s="5">
-        <v>47165</v>
+        <v>47153</v>
       </c>
       <c r="D604" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E604" s="5">
         <v>40</v>
       </c>
       <c r="F604" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G604" s="5" t="s">
-        <v>1305</v>
+        <v>744</v>
       </c>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" s="3" t="s">
-        <v>362</v>
+        <v>1306</v>
       </c>
       <c r="B605" s="4" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C605" s="5">
-        <v>47178</v>
+        <v>47165</v>
       </c>
       <c r="D605" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E605" s="5">
         <v>40</v>
       </c>
       <c r="F605" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G605" s="5" t="s">
-        <v>540</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" s="3" t="s">
-        <v>1088</v>
+        <v>362</v>
       </c>
       <c r="B606" s="4" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="C606" s="5">
-        <v>47181</v>
+        <v>47178</v>
       </c>
       <c r="D606" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E606" s="5">
         <v>40</v>
       </c>
       <c r="F606" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G606" s="5" t="s">
-        <v>137</v>
+        <v>540</v>
       </c>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" s="3" t="s">
-        <v>114</v>
+        <v>1091</v>
       </c>
       <c r="B607" s="4" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="C607" s="5">
-        <v>47197</v>
+        <v>47181</v>
       </c>
       <c r="D607" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E607" s="5">
         <v>40</v>
       </c>
       <c r="F607" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G607" s="5" t="s">
-        <v>1021</v>
+        <v>137</v>
       </c>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B608" s="4" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="C608" s="5">
-        <v>47212</v>
+        <v>47197</v>
       </c>
       <c r="D608" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E608" s="5">
         <v>40</v>
       </c>
       <c r="F608" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G608" s="5" t="s">
-        <v>759</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" s="3" t="s">
-        <v>1088</v>
+        <v>114</v>
       </c>
       <c r="B609" s="4" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="C609" s="5">
-        <v>47226</v>
+        <v>47212</v>
       </c>
       <c r="D609" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E609" s="5">
         <v>40</v>
       </c>
       <c r="F609" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G609" s="5" t="s">
-        <v>60</v>
+        <v>762</v>
       </c>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" s="3" t="s">
-        <v>1311</v>
+        <v>1091</v>
       </c>
       <c r="B610" s="4" t="s">
-        <v>1312</v>
-[...1 lines deleted...]
-      <c r="C610" s="5" t="s">
         <v>1313</v>
       </c>
+      <c r="C610" s="5">
+        <v>47226</v>
+      </c>
       <c r="D610" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E610" s="5">
         <v>40</v>
       </c>
       <c r="F610" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G610" s="5" t="s">
-        <v>731</v>
+        <v>60</v>
       </c>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" s="3" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="B611" s="4" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C611" s="5" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="D611" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E611" s="5">
         <v>40</v>
       </c>
       <c r="F611" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G611" s="5" t="s">
-        <v>1099</v>
+        <v>734</v>
       </c>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" s="3" t="s">
-        <v>298</v>
+        <v>1314</v>
       </c>
       <c r="B612" s="4" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="C612" s="5" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="D612" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E612" s="5">
         <v>40</v>
       </c>
       <c r="F612" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G612" s="5" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" s="3" t="s">
-        <v>1318</v>
+        <v>298</v>
       </c>
       <c r="B613" s="4" t="s">
         <v>1319</v>
       </c>
       <c r="C613" s="5" t="s">
-        <v>1313</v>
+        <v>1320</v>
       </c>
       <c r="D613" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E613" s="5">
         <v>40</v>
       </c>
       <c r="F613" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G613" s="5" t="s">
-        <v>381</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" s="3" t="s">
-        <v>298</v>
+        <v>1321</v>
       </c>
       <c r="B614" s="4" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="C614" s="5" t="s">
-        <v>1321</v>
+        <v>1316</v>
       </c>
       <c r="D614" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E614" s="5">
         <v>40</v>
       </c>
       <c r="F614" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G614" s="5" t="s">
-        <v>1322</v>
+        <v>381</v>
       </c>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="B615" s="4" t="s">
         <v>1323</v>
       </c>
-      <c r="B615" s="4" t="s">
+      <c r="C615" s="5" t="s">
         <v>1324</v>
       </c>
-      <c r="C615" s="5" t="s">
+      <c r="D615" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E615" s="5">
+        <v>40</v>
+      </c>
+      <c r="F615" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G615" s="5" t="s">
         <v>1325</v>
-      </c>
-[...10 lines deleted...]
-        <v>1326</v>
       </c>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" s="3" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B616" s="4" t="s">
         <v>1327</v>
       </c>
-      <c r="B616" s="4" t="s">
+      <c r="C616" s="5" t="s">
         <v>1328</v>
       </c>
-      <c r="C616" s="5" t="s">
+      <c r="D616" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E616" s="5">
+        <v>40</v>
+      </c>
+      <c r="F616" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G616" s="5" t="s">
         <v>1329</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" s="3" t="s">
-        <v>298</v>
+        <v>1330</v>
       </c>
       <c r="B617" s="4" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="C617" s="5" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="D617" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E617" s="5">
         <v>40</v>
       </c>
       <c r="F617" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G617" s="5" t="s">
-        <v>1332</v>
+        <v>87</v>
       </c>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="B618" s="4" t="s">
         <v>1333</v>
       </c>
-      <c r="B618" s="4" t="s">
+      <c r="C618" s="5" t="s">
         <v>1334</v>
       </c>
-      <c r="C618" s="5" t="s">
+      <c r="D618" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E618" s="5">
+        <v>40</v>
+      </c>
+      <c r="F618" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G618" s="5" t="s">
         <v>1335</v>
-      </c>
-[...10 lines deleted...]
-        <v>1336</v>
       </c>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" s="3" t="s">
-        <v>298</v>
+        <v>1336</v>
       </c>
       <c r="B619" s="4" t="s">
         <v>1337</v>
       </c>
       <c r="C619" s="5" t="s">
         <v>1338</v>
       </c>
       <c r="D619" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E619" s="5">
         <v>40</v>
       </c>
       <c r="F619" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G619" s="5" t="s">
         <v>1339</v>
       </c>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B620" s="4" t="s">
         <v>1340</v>
       </c>
       <c r="C620" s="5" t="s">
         <v>1341</v>
       </c>
       <c r="D620" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E620" s="5">
         <v>40</v>
       </c>
       <c r="F620" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G620" s="5" t="s">
         <v>1342</v>
       </c>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="B621" s="4" t="s">
         <v>1343</v>
       </c>
-      <c r="B621" s="4" t="s">
+      <c r="C621" s="5" t="s">
         <v>1344</v>
       </c>
-      <c r="C621" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D621" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E621" s="5">
         <v>40</v>
       </c>
       <c r="F621" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G621" s="5" t="s">
-        <v>314</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" s="3" t="s">
-        <v>922</v>
+        <v>1346</v>
       </c>
       <c r="B622" s="4" t="s">
-        <v>1345</v>
-[...2 lines deleted...]
-        <v>50004</v>
+        <v>1347</v>
+      </c>
+      <c r="C622" s="5" t="s">
+        <v>1318</v>
       </c>
       <c r="D622" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E622" s="5">
         <v>40</v>
       </c>
       <c r="F622" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G622" s="5" t="s">
-        <v>87</v>
+        <v>314</v>
       </c>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" s="3" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B623" s="4" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="C623" s="5">
-        <v>50008</v>
+        <v>50004</v>
       </c>
       <c r="D623" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E623" s="5">
         <v>40</v>
       </c>
       <c r="F623" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G623" s="5" t="s">
-        <v>1347</v>
+        <v>87</v>
       </c>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" s="3" t="s">
-        <v>1348</v>
+        <v>925</v>
       </c>
       <c r="B624" s="4" t="s">
         <v>1349</v>
       </c>
       <c r="C624" s="5">
-        <v>50023</v>
+        <v>50008</v>
       </c>
       <c r="D624" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E624" s="5">
         <v>40</v>
       </c>
       <c r="F624" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G624" s="5" t="s">
-        <v>579</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" s="3" t="s">
-        <v>1174</v>
+        <v>1351</v>
       </c>
       <c r="B625" s="4" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="C625" s="5">
-        <v>50044</v>
+        <v>50023</v>
       </c>
       <c r="D625" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E625" s="5">
-        <v>7000</v>
+        <v>40</v>
       </c>
       <c r="F625" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G625" s="5" t="s">
-        <v>32</v>
+        <v>579</v>
       </c>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" s="3" t="s">
-        <v>1351</v>
+        <v>1177</v>
       </c>
       <c r="B626" s="4" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="C626" s="5">
-        <v>50045</v>
+        <v>50044</v>
       </c>
       <c r="D626" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E626" s="5">
-        <v>40</v>
+        <v>7000</v>
       </c>
       <c r="F626" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G626" s="5" t="s">
-        <v>1353</v>
+        <v>32</v>
       </c>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" s="3" t="s">
         <v>1354</v>
       </c>
       <c r="B627" s="4" t="s">
         <v>1355</v>
       </c>
       <c r="C627" s="5">
-        <v>50046</v>
+        <v>50045</v>
       </c>
       <c r="D627" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E627" s="5">
         <v>40</v>
       </c>
       <c r="F627" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G627" s="5" t="s">
         <v>1356</v>
       </c>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" s="3" t="s">
-        <v>922</v>
+        <v>1357</v>
       </c>
       <c r="B628" s="4" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="C628" s="5">
-        <v>50055</v>
+        <v>50046</v>
       </c>
       <c r="D628" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E628" s="5">
         <v>40</v>
       </c>
       <c r="F628" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G628" s="5" t="s">
-        <v>226</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" s="3" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B629" s="4" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="C629" s="5">
         <v>50055</v>
       </c>
       <c r="D629" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E629" s="5">
         <v>40</v>
       </c>
       <c r="F629" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G629" s="5" t="s">
-        <v>772</v>
+        <v>226</v>
       </c>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" s="3" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B630" s="4" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="C630" s="5">
         <v>50055</v>
       </c>
       <c r="D630" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E630" s="5">
         <v>40</v>
       </c>
       <c r="F630" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G630" s="5" t="s">
-        <v>1360</v>
+        <v>775</v>
       </c>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" s="3" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B631" s="4" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="C631" s="5">
-        <v>50067</v>
+        <v>50055</v>
       </c>
       <c r="D631" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E631" s="5">
         <v>40</v>
       </c>
       <c r="F631" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G631" s="5" t="s">
-        <v>963</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" s="3" t="s">
-        <v>1362</v>
+        <v>925</v>
       </c>
       <c r="B632" s="4" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="C632" s="5">
-        <v>50095</v>
+        <v>50067</v>
       </c>
       <c r="D632" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E632" s="5">
         <v>40</v>
       </c>
       <c r="F632" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G632" s="5" t="s">
-        <v>533</v>
+        <v>966</v>
       </c>
     </row>
     <row r="633" spans="1:7">
       <c r="A633" s="3" t="s">
-        <v>621</v>
+        <v>1365</v>
       </c>
       <c r="B633" s="4" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="C633" s="5">
-        <v>50114</v>
+        <v>50095</v>
       </c>
       <c r="D633" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E633" s="5">
         <v>40</v>
       </c>
       <c r="F633" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G633" s="5" t="s">
-        <v>1365</v>
+        <v>533</v>
       </c>
     </row>
     <row r="634" spans="1:7">
       <c r="A634" s="3" t="s">
-        <v>922</v>
+        <v>624</v>
       </c>
       <c r="B634" s="4" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="C634" s="5">
-        <v>50122</v>
+        <v>50114</v>
       </c>
       <c r="D634" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E634" s="5">
         <v>40</v>
       </c>
       <c r="F634" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G634" s="5" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="635" spans="1:7">
       <c r="A635" s="3" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B635" s="4" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="C635" s="5">
-        <v>50124</v>
+        <v>50122</v>
       </c>
       <c r="D635" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E635" s="5">
         <v>40</v>
       </c>
       <c r="F635" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G635" s="5" t="s">
-        <v>408</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="636" spans="1:7">
       <c r="A636" s="3" t="s">
-        <v>1161</v>
+        <v>925</v>
       </c>
       <c r="B636" s="4" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="C636" s="5">
-        <v>50136</v>
+        <v>50124</v>
       </c>
       <c r="D636" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E636" s="5">
         <v>40</v>
       </c>
       <c r="F636" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G636" s="5" t="s">
-        <v>1370</v>
+        <v>408</v>
       </c>
     </row>
     <row r="637" spans="1:7">
       <c r="A637" s="3" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="B637" s="4" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="C637" s="5">
-        <v>50143</v>
+        <v>50136</v>
       </c>
       <c r="D637" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E637" s="5">
         <v>40</v>
       </c>
       <c r="F637" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G637" s="5" t="s">
-        <v>354</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="638" spans="1:7">
       <c r="A638" s="3" t="s">
-        <v>922</v>
+        <v>1164</v>
       </c>
       <c r="B638" s="4" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="C638" s="5">
-        <v>50153</v>
+        <v>50143</v>
       </c>
       <c r="D638" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E638" s="5">
         <v>40</v>
       </c>
       <c r="F638" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G638" s="5" t="s">
-        <v>137</v>
+        <v>354</v>
       </c>
     </row>
     <row r="639" spans="1:7">
       <c r="A639" s="3" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B639" s="4" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="C639" s="5">
-        <v>50160</v>
+        <v>50153</v>
       </c>
       <c r="D639" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E639" s="5">
         <v>40</v>
       </c>
       <c r="F639" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G639" s="5" t="s">
-        <v>1374</v>
+        <v>137</v>
       </c>
     </row>
     <row r="640" spans="1:7">
       <c r="A640" s="3" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B640" s="4" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="C640" s="5">
-        <v>50182</v>
+        <v>50160</v>
       </c>
       <c r="D640" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E640" s="5">
         <v>40</v>
       </c>
       <c r="F640" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G640" s="5" t="s">
-        <v>698</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="641" spans="1:7">
       <c r="A641" s="3" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B641" s="4" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="C641" s="5">
         <v>50182</v>
       </c>
       <c r="D641" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E641" s="5">
         <v>40</v>
       </c>
       <c r="F641" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G641" s="5" t="s">
-        <v>925</v>
+        <v>701</v>
       </c>
     </row>
     <row r="642" spans="1:7">
       <c r="A642" s="3" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B642" s="4" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="C642" s="5">
         <v>50182</v>
       </c>
       <c r="D642" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E642" s="5">
         <v>40</v>
       </c>
       <c r="F642" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G642" s="5" t="s">
-        <v>1378</v>
+        <v>928</v>
       </c>
     </row>
     <row r="643" spans="1:7">
       <c r="A643" s="3" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B643" s="4" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="C643" s="5">
         <v>50182</v>
       </c>
       <c r="D643" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E643" s="5">
         <v>40</v>
       </c>
       <c r="F643" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G643" s="5" t="s">
-        <v>827</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="644" spans="1:7">
       <c r="A644" s="3" t="s">
-        <v>1354</v>
+        <v>925</v>
       </c>
       <c r="B644" s="4" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="C644" s="5">
-        <v>50190</v>
+        <v>50182</v>
       </c>
       <c r="D644" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E644" s="5">
         <v>40</v>
       </c>
       <c r="F644" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G644" s="5" t="s">
-        <v>158</v>
+        <v>830</v>
       </c>
     </row>
     <row r="645" spans="1:7">
       <c r="A645" s="3" t="s">
-        <v>1354</v>
+        <v>1357</v>
       </c>
       <c r="B645" s="4" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="C645" s="5">
-        <v>50251</v>
+        <v>50190</v>
       </c>
       <c r="D645" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E645" s="5">
         <v>40</v>
       </c>
       <c r="F645" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G645" s="5" t="s">
-        <v>1382</v>
+        <v>158</v>
       </c>
     </row>
     <row r="646" spans="1:7">
       <c r="A646" s="3" t="s">
-        <v>922</v>
+        <v>1357</v>
       </c>
       <c r="B646" s="4" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="C646" s="5">
-        <v>50263</v>
+        <v>50251</v>
       </c>
       <c r="D646" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E646" s="5">
         <v>40</v>
       </c>
       <c r="F646" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G646" s="5" t="s">
-        <v>93</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="647" spans="1:7">
       <c r="A647" s="3" t="s">
-        <v>1185</v>
+        <v>925</v>
       </c>
       <c r="B647" s="4" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="C647" s="5">
-        <v>50275</v>
+        <v>50263</v>
       </c>
       <c r="D647" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E647" s="5">
         <v>40</v>
       </c>
       <c r="F647" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G647" s="5" t="s">
-        <v>438</v>
+        <v>93</v>
       </c>
     </row>
     <row r="648" spans="1:7">
       <c r="A648" s="3" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="B648" s="4" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="C648" s="5">
-        <v>50297</v>
+        <v>50275</v>
       </c>
       <c r="D648" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E648" s="5">
         <v>40</v>
       </c>
       <c r="F648" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G648" s="5" t="s">
-        <v>925</v>
+        <v>438</v>
       </c>
     </row>
     <row r="649" spans="1:7">
       <c r="A649" s="3" t="s">
-        <v>142</v>
+        <v>1188</v>
       </c>
       <c r="B649" s="4" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="C649" s="5">
-        <v>49003</v>
+        <v>50297</v>
       </c>
       <c r="D649" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E649" s="5">
         <v>40</v>
       </c>
       <c r="F649" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G649" s="5" t="s">
-        <v>438</v>
+        <v>928</v>
       </c>
     </row>
     <row r="650" spans="1:7">
       <c r="A650" s="3" t="s">
-        <v>553</v>
+        <v>142</v>
       </c>
       <c r="B650" s="4" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="C650" s="5">
-        <v>49018</v>
+        <v>49003</v>
       </c>
       <c r="D650" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E650" s="5">
         <v>40</v>
       </c>
       <c r="F650" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G650" s="5" t="s">
-        <v>1388</v>
+        <v>438</v>
       </c>
     </row>
     <row r="651" spans="1:7">
       <c r="A651" s="3" t="s">
-        <v>142</v>
+        <v>553</v>
       </c>
       <c r="B651" s="4" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="C651" s="5">
-        <v>49026</v>
+        <v>49018</v>
       </c>
       <c r="D651" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E651" s="5">
         <v>40</v>
       </c>
       <c r="F651" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G651" s="5" t="s">
-        <v>406</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="652" spans="1:7">
       <c r="A652" s="3" t="s">
-        <v>1390</v>
+        <v>142</v>
       </c>
       <c r="B652" s="4" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="C652" s="5">
-        <v>49030</v>
+        <v>49026</v>
       </c>
       <c r="D652" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E652" s="5">
         <v>40</v>
       </c>
       <c r="F652" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G652" s="5" t="s">
-        <v>693</v>
+        <v>406</v>
       </c>
     </row>
     <row r="653" spans="1:7">
       <c r="A653" s="3" t="s">
-        <v>382</v>
+        <v>1393</v>
       </c>
       <c r="B653" s="4" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="C653" s="5">
-        <v>49040</v>
+        <v>49030</v>
       </c>
       <c r="D653" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E653" s="5">
         <v>40</v>
       </c>
       <c r="F653" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G653" s="5" t="s">
-        <v>1393</v>
+        <v>696</v>
       </c>
     </row>
     <row r="654" spans="1:7">
       <c r="A654" s="3" t="s">
-        <v>1390</v>
+        <v>382</v>
       </c>
       <c r="B654" s="4" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="C654" s="5">
-        <v>49042</v>
+        <v>49040</v>
       </c>
       <c r="D654" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E654" s="5">
         <v>40</v>
       </c>
       <c r="F654" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G654" s="5" t="s">
-        <v>584</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="655" spans="1:7">
       <c r="A655" s="3" t="s">
-        <v>766</v>
+        <v>1393</v>
       </c>
       <c r="B655" s="4" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="C655" s="5">
-        <v>49055</v>
+        <v>49042</v>
       </c>
       <c r="D655" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E655" s="5">
         <v>40</v>
       </c>
       <c r="F655" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G655" s="5" t="s">
-        <v>822</v>
+        <v>584</v>
       </c>
     </row>
     <row r="656" spans="1:7">
       <c r="A656" s="3" t="s">
-        <v>1396</v>
+        <v>769</v>
       </c>
       <c r="B656" s="4" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="C656" s="5">
-        <v>49065</v>
+        <v>49055</v>
       </c>
       <c r="D656" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E656" s="5">
         <v>40</v>
       </c>
       <c r="F656" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G656" s="5" t="s">
-        <v>1116</v>
+        <v>825</v>
       </c>
     </row>
     <row r="657" spans="1:7">
       <c r="A657" s="3" t="s">
-        <v>553</v>
+        <v>1399</v>
       </c>
       <c r="B657" s="4" t="s">
-        <v>1397</v>
+        <v>1400</v>
       </c>
       <c r="C657" s="5">
         <v>49065</v>
       </c>
       <c r="D657" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E657" s="5">
         <v>40</v>
       </c>
       <c r="F657" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G657" s="5" t="s">
-        <v>1398</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="658" spans="1:7">
       <c r="A658" s="3" t="s">
-        <v>142</v>
+        <v>553</v>
       </c>
       <c r="B658" s="4" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="C658" s="5">
-        <v>49068</v>
+        <v>49065</v>
       </c>
       <c r="D658" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E658" s="5">
         <v>40</v>
       </c>
       <c r="F658" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G658" s="5" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="659" spans="1:7">
       <c r="A659" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B659" s="4" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="C659" s="5">
         <v>49068</v>
       </c>
       <c r="D659" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E659" s="5">
         <v>40</v>
       </c>
       <c r="F659" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G659" s="5" t="s">
-        <v>1237</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="660" spans="1:7">
       <c r="A660" s="3" t="s">
-        <v>1396</v>
+        <v>142</v>
       </c>
       <c r="B660" s="4" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="C660" s="5">
-        <v>49071</v>
+        <v>49068</v>
       </c>
       <c r="D660" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E660" s="5">
         <v>40</v>
       </c>
       <c r="F660" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G660" s="5" t="s">
-        <v>113</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" s="3" t="s">
-        <v>362</v>
+        <v>1399</v>
       </c>
       <c r="B661" s="4" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="C661" s="5">
-        <v>49087</v>
+        <v>49071</v>
       </c>
       <c r="D661" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E661" s="5">
         <v>40</v>
       </c>
       <c r="F661" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G661" s="5" t="s">
-        <v>1404</v>
+        <v>113</v>
       </c>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" s="3" t="s">
-        <v>1390</v>
+        <v>362</v>
       </c>
       <c r="B662" s="4" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="C662" s="5">
-        <v>49129</v>
+        <v>49087</v>
       </c>
       <c r="D662" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E662" s="5">
         <v>40</v>
       </c>
       <c r="F662" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G662" s="5" t="s">
-        <v>632</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" s="3" t="s">
-        <v>1396</v>
+        <v>1393</v>
       </c>
       <c r="B663" s="4" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="C663" s="5">
-        <v>49162</v>
+        <v>49129</v>
       </c>
       <c r="D663" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E663" s="5">
         <v>40</v>
       </c>
       <c r="F663" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G663" s="5" t="s">
-        <v>613</v>
+        <v>635</v>
       </c>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" s="3" t="s">
-        <v>1390</v>
+        <v>1399</v>
       </c>
       <c r="B664" s="4" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="C664" s="5">
-        <v>49163</v>
+        <v>49162</v>
       </c>
       <c r="D664" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E664" s="5">
         <v>40</v>
       </c>
       <c r="F664" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G664" s="5" t="s">
-        <v>425</v>
+        <v>616</v>
       </c>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" s="3" t="s">
-        <v>1088</v>
+        <v>1393</v>
       </c>
       <c r="B665" s="4" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="C665" s="5">
-        <v>49171</v>
+        <v>49163</v>
       </c>
       <c r="D665" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E665" s="5">
         <v>40</v>
       </c>
       <c r="F665" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G665" s="5" t="s">
-        <v>698</v>
+        <v>425</v>
       </c>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" s="3" t="s">
-        <v>362</v>
+        <v>1091</v>
       </c>
       <c r="B666" s="4" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="C666" s="5">
-        <v>49180</v>
+        <v>49171</v>
       </c>
       <c r="D666" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E666" s="5">
         <v>40</v>
       </c>
       <c r="F666" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G666" s="5" t="s">
-        <v>573</v>
+        <v>701</v>
       </c>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" s="3" t="s">
-        <v>142</v>
+        <v>362</v>
       </c>
       <c r="B667" s="4" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="C667" s="5">
-        <v>49219</v>
+        <v>49180</v>
       </c>
       <c r="D667" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E667" s="5">
         <v>40</v>
       </c>
       <c r="F667" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G667" s="5" t="s">
-        <v>381</v>
+        <v>573</v>
       </c>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" s="3" t="s">
-        <v>1390</v>
+        <v>142</v>
       </c>
       <c r="B668" s="4" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="C668" s="5">
-        <v>49242</v>
+        <v>49219</v>
       </c>
       <c r="D668" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E668" s="5">
         <v>40</v>
       </c>
       <c r="F668" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G668" s="5" t="s">
-        <v>610</v>
+        <v>381</v>
       </c>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" s="3" t="s">
-        <v>142</v>
+        <v>1393</v>
       </c>
       <c r="B669" s="4" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="C669" s="5">
-        <v>49250</v>
+        <v>49242</v>
       </c>
       <c r="D669" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E669" s="5">
         <v>40</v>
       </c>
       <c r="F669" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G669" s="5" t="s">
-        <v>286</v>
+        <v>613</v>
       </c>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" s="3" t="s">
-        <v>382</v>
+        <v>142</v>
       </c>
       <c r="B670" s="4" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="C670" s="5">
-        <v>49255</v>
+        <v>49250</v>
       </c>
       <c r="D670" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E670" s="5">
         <v>40</v>
       </c>
       <c r="F670" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G670" s="5" t="s">
-        <v>1414</v>
+        <v>286</v>
       </c>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" s="3" t="s">
-        <v>1088</v>
+        <v>382</v>
       </c>
       <c r="B671" s="4" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="C671" s="5">
-        <v>49268</v>
+        <v>49255</v>
       </c>
       <c r="D671" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E671" s="5">
         <v>40</v>
       </c>
       <c r="F671" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G671" s="5" t="s">
-        <v>515</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" s="3" t="s">
-        <v>1390</v>
+        <v>1091</v>
       </c>
       <c r="B672" s="4" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="C672" s="5">
-        <v>49275</v>
+        <v>49268</v>
       </c>
       <c r="D672" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E672" s="5">
         <v>40</v>
       </c>
       <c r="F672" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G672" s="5" t="s">
-        <v>1293</v>
+        <v>515</v>
       </c>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" s="3" t="s">
-        <v>1390</v>
+        <v>1393</v>
       </c>
       <c r="B673" s="4" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="C673" s="5">
         <v>49275</v>
       </c>
       <c r="D673" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E673" s="5">
         <v>40</v>
       </c>
       <c r="F673" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G673" s="5" t="s">
-        <v>935</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" s="3" t="s">
-        <v>1088</v>
+        <v>1393</v>
       </c>
       <c r="B674" s="4" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="C674" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D674" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E674" s="5">
+        <v>40</v>
+      </c>
+      <c r="F674" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G674" s="5" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="675" spans="1:7">
+      <c r="A675" s="3" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B675" s="4" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C675" s="5">
         <v>49168</v>
       </c>
-      <c r="D674" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G674" s="5" t="s">
+      <c r="D675" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E675" s="5">
+        <v>40</v>
+      </c>
+      <c r="F675" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G675" s="5" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="675" spans="1:7">
-[...4 lines deleted...]
-      <c r="G675" s="1"/>
+    <row r="676" spans="1:7">
+      <c r="A676" s="2"/>
+      <c r="C676" s="1"/>
+      <c r="E676" s="1"/>
+      <c r="F676" s="1"/>
+      <c r="G676" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">