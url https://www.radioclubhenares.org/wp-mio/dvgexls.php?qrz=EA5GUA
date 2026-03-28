--- v3 (2026-02-08)
+++ v4 (2026-03-28)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1422">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5GUA</t>
   </si>
   <si>
     <t>641 Referencias DVGE - 670 QSO encontrados - 579 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1361 (08-02-2026 20:12)</t>
+    <t>Ranking #1361 (28-03-2026 12:51)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EB5AQ</t>
   </si>