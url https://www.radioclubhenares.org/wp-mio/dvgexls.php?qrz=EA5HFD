--- v0 (2025-10-20)
+++ v1 (2025-12-15)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1359">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1361">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5HFD</t>
   </si>
   <si>
-    <t>553 Referencias DVGE - 582 QSO encontrados - 486 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1425 (20-10-2025 17:41)</t>
+    <t>553 Referencias DVGE - 583 QSO encontrados - 486 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1425 (15-12-2025 17:23)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA1DX/5</t>
   </si>
@@ -3627,50 +3627,56 @@
     <t>21/06/2015</t>
   </si>
   <si>
     <t>VGV-143</t>
   </si>
   <si>
     <t>VGV-165</t>
   </si>
   <si>
     <t>14/08/2017</t>
   </si>
   <si>
     <t>VGV-169</t>
   </si>
   <si>
     <t>VGV-174</t>
   </si>
   <si>
     <t>23/04/2017</t>
   </si>
   <si>
     <t>VGV-179</t>
   </si>
   <si>
     <t>01/05/2015</t>
+  </si>
+  <si>
+    <t>EA5QG</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
   </si>
   <si>
     <t>VGV-180</t>
   </si>
   <si>
     <t>28/04/2014</t>
   </si>
   <si>
     <t>VGV-181</t>
   </si>
   <si>
     <t>23/04/2014</t>
   </si>
   <si>
     <t>VGV-183</t>
   </si>
   <si>
     <t>25/04/2014</t>
   </si>
   <si>
     <t>EB5HRX/P</t>
   </si>
   <si>
     <t>VGV-185</t>
   </si>
@@ -4546,51 +4552,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G588"/>
+  <dimension ref="A1:G589"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -16158,1894 +16164,1917 @@
     <row r="507" spans="1:7">
       <c r="A507" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B507" s="4" t="s">
         <v>1203</v>
       </c>
       <c r="C507" s="5">
         <v>46214</v>
       </c>
       <c r="D507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E507" s="5">
         <v>40</v>
       </c>
       <c r="F507" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G507" s="5" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" s="3" t="s">
-        <v>459</v>
+        <v>1205</v>
       </c>
       <c r="B508" s="4" t="s">
-        <v>1205</v>
+        <v>1203</v>
       </c>
       <c r="C508" s="5">
-        <v>46220</v>
+        <v>46214</v>
       </c>
       <c r="D508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E508" s="5">
         <v>40</v>
       </c>
       <c r="F508" s="5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G508" s="5" t="s">
         <v>1206</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B509" s="4" t="s">
         <v>1207</v>
       </c>
       <c r="C509" s="5">
         <v>46220</v>
       </c>
       <c r="D509" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E509" s="5">
         <v>40</v>
       </c>
       <c r="F509" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G509" s="5" t="s">
         <v>1208</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B510" s="4" t="s">
         <v>1209</v>
       </c>
       <c r="C510" s="5">
-        <v>46224</v>
+        <v>46220</v>
       </c>
       <c r="D510" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E510" s="5">
         <v>40</v>
       </c>
       <c r="F510" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G510" s="5" t="s">
         <v>1210</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="B511" s="4" t="s">
         <v>1211</v>
       </c>
-      <c r="B511" s="4" t="s">
+      <c r="C511" s="5">
+        <v>46224</v>
+      </c>
+      <c r="D511" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E511" s="5">
+        <v>40</v>
+      </c>
+      <c r="F511" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G511" s="5" t="s">
         <v>1212</v>
-      </c>
-[...13 lines deleted...]
-        <v>1213</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" s="3" t="s">
-        <v>459</v>
+        <v>1213</v>
       </c>
       <c r="B512" s="4" t="s">
         <v>1214</v>
       </c>
       <c r="C512" s="5">
         <v>46228</v>
       </c>
       <c r="D512" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E512" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F512" s="5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G512" s="5" t="s">
-        <v>808</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" s="3" t="s">
-        <v>91</v>
+        <v>459</v>
       </c>
       <c r="B513" s="4" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="C513" s="5">
-        <v>46233</v>
+        <v>46228</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E513" s="5">
         <v>40</v>
       </c>
       <c r="F513" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G513" s="5" t="s">
-        <v>212</v>
+        <v>808</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" s="3" t="s">
-        <v>459</v>
+        <v>91</v>
       </c>
       <c r="B514" s="4" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="C514" s="5">
-        <v>46256</v>
+        <v>46233</v>
       </c>
       <c r="D514" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E514" s="5">
         <v>40</v>
       </c>
       <c r="F514" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G514" s="5" t="s">
-        <v>1217</v>
+        <v>212</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B515" s="4" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="C515" s="5">
         <v>46256</v>
       </c>
       <c r="D515" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E515" s="5">
         <v>40</v>
       </c>
       <c r="F515" s="5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G515" s="5" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B516" s="4" t="s">
         <v>1218</v>
       </c>
       <c r="C516" s="5">
-        <v>46258</v>
+        <v>46256</v>
       </c>
       <c r="D516" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E516" s="5">
         <v>40</v>
       </c>
       <c r="F516" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G516" s="5" t="s">
         <v>1219</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B517" s="4" t="s">
         <v>1220</v>
       </c>
       <c r="C517" s="5">
-        <v>46902</v>
+        <v>46258</v>
       </c>
       <c r="D517" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E517" s="5">
         <v>40</v>
       </c>
       <c r="F517" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G517" s="5" t="s">
         <v>1221</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B518" s="4" t="s">
         <v>1222</v>
       </c>
       <c r="C518" s="5">
         <v>46902</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="5">
         <v>40</v>
       </c>
       <c r="F518" s="5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G518" s="5" t="s">
         <v>1223</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" s="3" t="s">
-        <v>321</v>
+        <v>459</v>
       </c>
       <c r="B519" s="4" t="s">
         <v>1224</v>
       </c>
       <c r="C519" s="5">
-        <v>47030</v>
+        <v>46902</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E519" s="5">
         <v>40</v>
       </c>
       <c r="F519" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G519" s="5" t="s">
         <v>1225</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" s="3" t="s">
-        <v>339</v>
+        <v>321</v>
       </c>
       <c r="B520" s="4" t="s">
         <v>1226</v>
       </c>
       <c r="C520" s="5">
-        <v>47045</v>
+        <v>47030</v>
       </c>
       <c r="D520" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E520" s="5">
         <v>40</v>
       </c>
       <c r="F520" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G520" s="5" t="s">
-        <v>212</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" s="3" t="s">
-        <v>692</v>
+        <v>339</v>
       </c>
       <c r="B521" s="4" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="C521" s="5">
-        <v>47114</v>
+        <v>47045</v>
       </c>
       <c r="D521" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E521" s="5">
         <v>40</v>
       </c>
       <c r="F521" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G521" s="5" t="s">
-        <v>1228</v>
+        <v>212</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" s="3" t="s">
         <v>692</v>
       </c>
       <c r="B522" s="4" t="s">
         <v>1229</v>
       </c>
       <c r="C522" s="5">
-        <v>47129</v>
+        <v>47114</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E522" s="5">
         <v>40</v>
       </c>
       <c r="F522" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G522" s="5" t="s">
-        <v>769</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" s="3" t="s">
-        <v>325</v>
+        <v>692</v>
       </c>
       <c r="B523" s="4" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="C523" s="5">
-        <v>47138</v>
+        <v>47129</v>
       </c>
       <c r="D523" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E523" s="5">
         <v>40</v>
       </c>
       <c r="F523" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G523" s="5" t="s">
-        <v>136</v>
+        <v>769</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" s="3" t="s">
-        <v>1231</v>
+        <v>325</v>
       </c>
       <c r="B524" s="4" t="s">
         <v>1232</v>
       </c>
       <c r="C524" s="5">
-        <v>47190</v>
+        <v>47138</v>
       </c>
       <c r="D524" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E524" s="5">
         <v>40</v>
       </c>
       <c r="F524" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G524" s="5" t="s">
-        <v>1233</v>
+        <v>136</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" s="3" t="s">
-        <v>692</v>
+        <v>1233</v>
       </c>
       <c r="B525" s="4" t="s">
         <v>1234</v>
       </c>
       <c r="C525" s="5">
-        <v>47191</v>
+        <v>47190</v>
       </c>
       <c r="D525" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E525" s="5">
         <v>40</v>
       </c>
       <c r="F525" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G525" s="5" t="s">
-        <v>695</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" s="3" t="s">
         <v>692</v>
       </c>
       <c r="B526" s="4" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="C526" s="5">
-        <v>47197</v>
+        <v>47191</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E526" s="5">
         <v>40</v>
       </c>
       <c r="F526" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G526" s="5" t="s">
-        <v>372</v>
+        <v>695</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" s="3" t="s">
-        <v>1236</v>
+        <v>692</v>
       </c>
       <c r="B527" s="4" t="s">
         <v>1237</v>
       </c>
-      <c r="C527" s="5" t="s">
-        <v>1238</v>
+      <c r="C527" s="5">
+        <v>47197</v>
       </c>
       <c r="D527" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E527" s="5">
         <v>40</v>
       </c>
       <c r="F527" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G527" s="5" t="s">
-        <v>1239</v>
+        <v>372</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" s="3" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="B528" s="4" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C528" s="5" t="s">
         <v>1240</v>
       </c>
-      <c r="C528" s="5" t="s">
+      <c r="D528" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E528" s="5">
+        <v>40</v>
+      </c>
+      <c r="F528" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G528" s="5" t="s">
         <v>1241</v>
-      </c>
-[...10 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" s="3" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B529" s="4" t="s">
         <v>1242</v>
       </c>
-      <c r="B529" s="4" t="s">
+      <c r="C529" s="5" t="s">
         <v>1243</v>
       </c>
-      <c r="C529" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D529" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E529" s="5">
         <v>40</v>
       </c>
       <c r="F529" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G529" s="5" t="s">
-        <v>1245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" s="3" t="s">
-        <v>310</v>
+        <v>1244</v>
       </c>
       <c r="B530" s="4" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C530" s="5" t="s">
         <v>1246</v>
       </c>
-      <c r="C530" s="5" t="s">
+      <c r="D530" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E530" s="5">
+        <v>40</v>
+      </c>
+      <c r="F530" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G530" s="5" t="s">
         <v>1247</v>
-      </c>
-[...10 lines deleted...]
-        <v>656</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" s="3" t="s">
-        <v>293</v>
+        <v>310</v>
       </c>
       <c r="B531" s="4" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="C531" s="5" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E531" s="5">
         <v>40</v>
       </c>
       <c r="F531" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G531" s="5" t="s">
-        <v>1248</v>
+        <v>656</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="B532" s="4" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C532" s="5" t="s">
         <v>1249</v>
       </c>
-      <c r="B532" s="4" t="s">
+      <c r="D532" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E532" s="5">
+        <v>40</v>
+      </c>
+      <c r="F532" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G532" s="5" t="s">
         <v>1250</v>
-      </c>
-[...13 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" s="3" t="s">
-        <v>1242</v>
+        <v>1251</v>
       </c>
       <c r="B533" s="4" t="s">
         <v>1252</v>
       </c>
       <c r="C533" s="5" t="s">
         <v>1253</v>
       </c>
       <c r="D533" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E533" s="5">
         <v>40</v>
       </c>
       <c r="F533" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G533" s="5" t="s">
-        <v>342</v>
+        <v>29</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" s="3" t="s">
-        <v>286</v>
+        <v>1244</v>
       </c>
       <c r="B534" s="4" t="s">
         <v>1254</v>
       </c>
       <c r="C534" s="5" t="s">
         <v>1255</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E534" s="5">
         <v>40</v>
       </c>
       <c r="F534" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G534" s="5" t="s">
-        <v>1256</v>
+        <v>342</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" s="3" t="s">
-        <v>1242</v>
+        <v>286</v>
       </c>
       <c r="B535" s="4" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C535" s="5" t="s">
         <v>1257</v>
       </c>
-      <c r="C535" s="5" t="s">
+      <c r="D535" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E535" s="5">
+        <v>40</v>
+      </c>
+      <c r="F535" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G535" s="5" t="s">
         <v>1258</v>
-      </c>
-[...10 lines deleted...]
-        <v>1259</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" s="3" t="s">
-        <v>310</v>
+        <v>1244</v>
       </c>
       <c r="B536" s="4" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C536" s="5" t="s">
         <v>1260</v>
       </c>
-      <c r="C536" s="5" t="s">
+      <c r="D536" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E536" s="5">
+        <v>40</v>
+      </c>
+      <c r="F536" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G536" s="5" t="s">
         <v>1261</v>
-      </c>
-[...10 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B537" s="4" t="s">
         <v>1262</v>
       </c>
       <c r="C537" s="5" t="s">
         <v>1263</v>
       </c>
       <c r="D537" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E537" s="5">
         <v>40</v>
       </c>
       <c r="F537" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G537" s="5" t="s">
-        <v>1264</v>
+        <v>362</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="B538" s="4" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C538" s="5" t="s">
         <v>1265</v>
       </c>
-      <c r="B538" s="4" t="s">
+      <c r="D538" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E538" s="5">
+        <v>40</v>
+      </c>
+      <c r="F538" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G538" s="5" t="s">
         <v>1266</v>
-      </c>
-[...13 lines deleted...]
-        <v>1267</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" s="3" t="s">
-        <v>1236</v>
+        <v>1267</v>
       </c>
       <c r="B539" s="4" t="s">
         <v>1268</v>
       </c>
       <c r="C539" s="5" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="D539" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E539" s="5">
         <v>40</v>
       </c>
       <c r="F539" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G539" s="5" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" s="3" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B540" s="4" t="s">
         <v>1270</v>
       </c>
-      <c r="B540" s="4" t="s">
+      <c r="C540" s="5" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D540" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E540" s="5">
+        <v>40</v>
+      </c>
+      <c r="F540" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G540" s="5" t="s">
         <v>1271</v>
-      </c>
-[...13 lines deleted...]
-        <v>636</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" s="3" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B541" s="4" t="s">
         <v>1273</v>
       </c>
-      <c r="B541" s="4" t="s">
+      <c r="C541" s="5" t="s">
         <v>1274</v>
       </c>
-      <c r="C541" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="D541" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E541" s="5">
         <v>40</v>
       </c>
       <c r="F541" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G541" s="5" t="s">
-        <v>1275</v>
+        <v>636</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" s="3" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B542" s="4" t="s">
         <v>1276</v>
       </c>
-      <c r="B542" s="4" t="s">
+      <c r="C542" s="5">
+        <v>50023</v>
+      </c>
+      <c r="D542" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E542" s="5">
+        <v>40</v>
+      </c>
+      <c r="F542" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G542" s="5" t="s">
         <v>1277</v>
-      </c>
-[...13 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" s="3" t="s">
         <v>1278</v>
       </c>
       <c r="B543" s="4" t="s">
         <v>1279</v>
       </c>
       <c r="C543" s="5">
-        <v>50059</v>
+        <v>50044</v>
       </c>
       <c r="D543" s="4" t="s">
-        <v>1280</v>
+        <v>14</v>
       </c>
       <c r="E543" s="5">
-        <v>40</v>
+        <v>7000</v>
       </c>
       <c r="F543" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G543" s="5" t="s">
-        <v>1281</v>
+        <v>34</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" s="3" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B544" s="4" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C544" s="5">
+        <v>50059</v>
+      </c>
+      <c r="D544" s="4" t="s">
         <v>1282</v>
       </c>
-      <c r="B544" s="4" t="s">
+      <c r="E544" s="5">
+        <v>40</v>
+      </c>
+      <c r="F544" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G544" s="5" t="s">
         <v>1283</v>
-      </c>
-[...13 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" s="3" t="s">
         <v>1284</v>
       </c>
       <c r="B545" s="4" t="s">
         <v>1285</v>
       </c>
       <c r="C545" s="5">
-        <v>50114</v>
+        <v>50111</v>
       </c>
       <c r="D545" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E545" s="5">
         <v>40</v>
       </c>
       <c r="F545" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G545" s="5" t="s">
-        <v>299</v>
+        <v>264</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" s="3" t="s">
-        <v>867</v>
+        <v>1286</v>
       </c>
       <c r="B546" s="4" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C546" s="5">
-        <v>50131</v>
+        <v>50114</v>
       </c>
       <c r="D546" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E546" s="5">
         <v>40</v>
       </c>
       <c r="F546" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G546" s="5" t="s">
-        <v>1287</v>
+        <v>299</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" s="3" t="s">
-        <v>1282</v>
+        <v>867</v>
       </c>
       <c r="B547" s="4" t="s">
         <v>1288</v>
       </c>
       <c r="C547" s="5">
-        <v>50136</v>
+        <v>50131</v>
       </c>
       <c r="D547" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E547" s="5">
         <v>40</v>
       </c>
       <c r="F547" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G547" s="5" t="s">
         <v>1289</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" s="3" t="s">
-        <v>867</v>
+        <v>1284</v>
       </c>
       <c r="B548" s="4" t="s">
         <v>1290</v>
       </c>
       <c r="C548" s="5">
-        <v>50153</v>
+        <v>50136</v>
       </c>
       <c r="D548" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E548" s="5">
         <v>40</v>
       </c>
       <c r="F548" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G548" s="5" t="s">
-        <v>769</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" s="3" t="s">
         <v>867</v>
       </c>
       <c r="B549" s="4" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="C549" s="5">
-        <v>50181</v>
+        <v>50153</v>
       </c>
       <c r="D549" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E549" s="5">
         <v>40</v>
       </c>
       <c r="F549" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G549" s="5" t="s">
-        <v>1292</v>
+        <v>769</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" s="3" t="s">
         <v>867</v>
       </c>
       <c r="B550" s="4" t="s">
         <v>1293</v>
       </c>
       <c r="C550" s="5">
-        <v>50182</v>
+        <v>50181</v>
       </c>
       <c r="D550" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E550" s="5">
         <v>40</v>
       </c>
       <c r="F550" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G550" s="5" t="s">
-        <v>942</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" s="3" t="s">
-        <v>568</v>
+        <v>867</v>
       </c>
       <c r="B551" s="4" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="C551" s="5">
-        <v>50902</v>
+        <v>50182</v>
       </c>
       <c r="D551" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E551" s="5">
         <v>40</v>
       </c>
       <c r="F551" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G551" s="5" t="s">
-        <v>1131</v>
+        <v>942</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" s="3" t="s">
-        <v>867</v>
+        <v>568</v>
       </c>
       <c r="B552" s="4" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="C552" s="5">
-        <v>50211</v>
+        <v>50902</v>
       </c>
       <c r="D552" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E552" s="5">
         <v>40</v>
       </c>
       <c r="F552" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G552" s="5" t="s">
-        <v>288</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" s="3" t="s">
         <v>867</v>
       </c>
       <c r="B553" s="4" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C553" s="5">
-        <v>50216</v>
+        <v>50211</v>
       </c>
       <c r="D553" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E553" s="5">
         <v>40</v>
       </c>
       <c r="F553" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G553" s="5" t="s">
-        <v>1297</v>
+        <v>288</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" s="3" t="s">
         <v>867</v>
       </c>
       <c r="B554" s="4" t="s">
         <v>1298</v>
       </c>
       <c r="C554" s="5">
-        <v>50223</v>
+        <v>50216</v>
       </c>
       <c r="D554" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E554" s="5">
         <v>40</v>
       </c>
       <c r="F554" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G554" s="5" t="s">
         <v>1299</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" s="3" t="s">
         <v>867</v>
       </c>
       <c r="B555" s="4" t="s">
         <v>1300</v>
       </c>
       <c r="C555" s="5">
-        <v>50225</v>
+        <v>50223</v>
       </c>
       <c r="D555" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E555" s="5">
         <v>40</v>
       </c>
       <c r="F555" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G555" s="5" t="s">
         <v>1301</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" s="3" t="s">
-        <v>568</v>
+        <v>867</v>
       </c>
       <c r="B556" s="4" t="s">
         <v>1302</v>
       </c>
       <c r="C556" s="5">
-        <v>50232</v>
+        <v>50225</v>
       </c>
       <c r="D556" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E556" s="5">
         <v>40</v>
       </c>
       <c r="F556" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G556" s="5" t="s">
         <v>1303</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" s="3" t="s">
-        <v>867</v>
+        <v>568</v>
       </c>
       <c r="B557" s="4" t="s">
         <v>1304</v>
       </c>
       <c r="C557" s="5">
-        <v>50252</v>
+        <v>50232</v>
       </c>
       <c r="D557" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E557" s="5">
         <v>40</v>
       </c>
       <c r="F557" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G557" s="5" t="s">
-        <v>164</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" s="3" t="s">
-        <v>1056</v>
+        <v>867</v>
       </c>
       <c r="B558" s="4" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="C558" s="5">
-        <v>50267</v>
+        <v>50252</v>
       </c>
       <c r="D558" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E558" s="5">
         <v>40</v>
       </c>
       <c r="F558" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G558" s="5" t="s">
-        <v>1306</v>
+        <v>164</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" s="3" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B559" s="4" t="s">
         <v>1307</v>
       </c>
-      <c r="B559" s="4" t="s">
+      <c r="C559" s="5">
+        <v>50267</v>
+      </c>
+      <c r="D559" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E559" s="5">
+        <v>40</v>
+      </c>
+      <c r="F559" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G559" s="5" t="s">
         <v>1308</v>
-      </c>
-[...13 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" s="3" t="s">
-        <v>568</v>
+        <v>1309</v>
       </c>
       <c r="B560" s="4" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="C560" s="5">
-        <v>50297</v>
+        <v>50293</v>
       </c>
       <c r="D560" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E560" s="5">
         <v>40</v>
       </c>
       <c r="F560" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G560" s="5" t="s">
-        <v>1310</v>
+        <v>942</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" s="3" t="s">
         <v>568</v>
       </c>
       <c r="B561" s="4" t="s">
         <v>1311</v>
       </c>
       <c r="C561" s="5">
         <v>50297</v>
       </c>
       <c r="D561" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E561" s="5">
         <v>40</v>
       </c>
       <c r="F561" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G561" s="5" t="s">
-        <v>75</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" s="3" t="s">
-        <v>1312</v>
+        <v>568</v>
       </c>
       <c r="B562" s="4" t="s">
         <v>1313</v>
       </c>
       <c r="C562" s="5">
         <v>50297</v>
       </c>
       <c r="D562" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E562" s="5">
         <v>40</v>
       </c>
       <c r="F562" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G562" s="5" t="s">
-        <v>758</v>
+        <v>75</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" s="3" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="B563" s="4" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="C563" s="5">
         <v>50297</v>
       </c>
       <c r="D563" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E563" s="5">
         <v>40</v>
       </c>
       <c r="F563" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G563" s="5" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" s="3" t="s">
-        <v>568</v>
+        <v>1314</v>
       </c>
       <c r="B564" s="4" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C564" s="5">
-        <v>50298</v>
+        <v>50297</v>
       </c>
       <c r="D564" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E564" s="5">
         <v>40</v>
       </c>
       <c r="F564" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G564" s="5" t="s">
-        <v>1315</v>
+        <v>758</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="B565" s="4" t="s">
         <v>1316</v>
       </c>
-      <c r="B565" s="4" t="s">
+      <c r="C565" s="5">
+        <v>50298</v>
+      </c>
+      <c r="D565" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E565" s="5">
+        <v>40</v>
+      </c>
+      <c r="F565" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G565" s="5" t="s">
         <v>1317</v>
-      </c>
-[...13 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" s="3" t="s">
         <v>1318</v>
       </c>
       <c r="B566" s="4" t="s">
         <v>1319</v>
       </c>
       <c r="C566" s="5">
-        <v>49019</v>
+        <v>49010</v>
       </c>
       <c r="D566" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E566" s="5">
         <v>40</v>
       </c>
       <c r="F566" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G566" s="5" t="s">
-        <v>1320</v>
+        <v>438</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" s="3" t="s">
-        <v>325</v>
+        <v>1320</v>
       </c>
       <c r="B567" s="4" t="s">
         <v>1321</v>
       </c>
       <c r="C567" s="5">
-        <v>49023</v>
+        <v>49019</v>
       </c>
       <c r="D567" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E567" s="5">
         <v>40</v>
       </c>
       <c r="F567" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G567" s="5" t="s">
         <v>1322</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" s="3" t="s">
         <v>325</v>
       </c>
       <c r="B568" s="4" t="s">
         <v>1323</v>
       </c>
       <c r="C568" s="5">
-        <v>49034</v>
+        <v>49023</v>
       </c>
       <c r="D568" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E568" s="5">
         <v>40</v>
       </c>
       <c r="F568" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G568" s="5" t="s">
-        <v>1245</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" s="3" t="s">
-        <v>692</v>
+        <v>325</v>
       </c>
       <c r="B569" s="4" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="C569" s="5">
-        <v>49035</v>
+        <v>49034</v>
       </c>
       <c r="D569" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E569" s="5">
         <v>40</v>
       </c>
       <c r="F569" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G569" s="5" t="s">
-        <v>1325</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" s="3" t="s">
-        <v>1318</v>
+        <v>692</v>
       </c>
       <c r="B570" s="4" t="s">
         <v>1326</v>
       </c>
       <c r="C570" s="5">
-        <v>49038</v>
+        <v>49035</v>
       </c>
       <c r="D570" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E570" s="5">
         <v>40</v>
       </c>
       <c r="F570" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G570" s="5" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" s="3" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B571" s="4" t="s">
         <v>1328</v>
       </c>
-      <c r="B571" s="4" t="s">
+      <c r="C571" s="5">
+        <v>49038</v>
+      </c>
+      <c r="D571" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E571" s="5">
+        <v>40</v>
+      </c>
+      <c r="F571" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G571" s="5" t="s">
         <v>1329</v>
-      </c>
-[...13 lines deleted...]
-        <v>1330</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" s="3" t="s">
-        <v>325</v>
+        <v>1330</v>
       </c>
       <c r="B572" s="4" t="s">
         <v>1331</v>
       </c>
       <c r="C572" s="5">
-        <v>49063</v>
+        <v>49042</v>
       </c>
       <c r="D572" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E572" s="5">
         <v>40</v>
       </c>
       <c r="F572" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G572" s="5" t="s">
-        <v>924</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" s="3" t="s">
-        <v>703</v>
+        <v>325</v>
       </c>
       <c r="B573" s="4" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="C573" s="5">
-        <v>49067</v>
+        <v>49063</v>
       </c>
       <c r="D573" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E573" s="5">
         <v>40</v>
       </c>
       <c r="F573" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G573" s="5" t="s">
-        <v>1333</v>
+        <v>924</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" s="3" t="s">
-        <v>325</v>
+        <v>703</v>
       </c>
       <c r="B574" s="4" t="s">
         <v>1334</v>
       </c>
       <c r="C574" s="5">
-        <v>49077</v>
+        <v>49067</v>
       </c>
       <c r="D574" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E574" s="5">
         <v>40</v>
       </c>
       <c r="F574" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G574" s="5" t="s">
-        <v>1292</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" s="3" t="s">
         <v>325</v>
       </c>
       <c r="B575" s="4" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="C575" s="5">
-        <v>49083</v>
+        <v>49077</v>
       </c>
       <c r="D575" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E575" s="5">
         <v>40</v>
       </c>
       <c r="F575" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G575" s="5" t="s">
-        <v>172</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" s="3" t="s">
-        <v>1282</v>
+        <v>325</v>
       </c>
       <c r="B576" s="4" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="C576" s="5">
-        <v>49087</v>
+        <v>49083</v>
       </c>
       <c r="D576" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E576" s="5">
         <v>40</v>
       </c>
       <c r="F576" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G576" s="5" t="s">
-        <v>1337</v>
+        <v>172</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" s="3" t="s">
-        <v>325</v>
+        <v>1284</v>
       </c>
       <c r="B577" s="4" t="s">
         <v>1338</v>
       </c>
       <c r="C577" s="5">
-        <v>49101</v>
+        <v>49087</v>
       </c>
       <c r="D577" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E577" s="5">
         <v>40</v>
       </c>
       <c r="F577" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G577" s="5" t="s">
         <v>1339</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" s="3" t="s">
-        <v>1318</v>
+        <v>325</v>
       </c>
       <c r="B578" s="4" t="s">
         <v>1340</v>
       </c>
       <c r="C578" s="5">
-        <v>49102</v>
+        <v>49101</v>
       </c>
       <c r="D578" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E578" s="5">
         <v>40</v>
       </c>
       <c r="F578" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G578" s="5" t="s">
         <v>1341</v>
       </c>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" s="3" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="B579" s="4" t="s">
         <v>1342</v>
       </c>
       <c r="C579" s="5">
-        <v>49122</v>
+        <v>49102</v>
       </c>
       <c r="D579" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E579" s="5">
         <v>40</v>
       </c>
       <c r="F579" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G579" s="5" t="s">
         <v>1343</v>
       </c>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" s="3" t="s">
-        <v>325</v>
+        <v>1320</v>
       </c>
       <c r="B580" s="4" t="s">
         <v>1344</v>
       </c>
       <c r="C580" s="5">
-        <v>49131</v>
+        <v>49122</v>
       </c>
       <c r="D580" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E580" s="5">
         <v>40</v>
       </c>
       <c r="F580" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G580" s="5" t="s">
-        <v>801</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" s="3" t="s">
-        <v>1328</v>
+        <v>325</v>
       </c>
       <c r="B581" s="4" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="C581" s="5">
-        <v>49141</v>
+        <v>49131</v>
       </c>
       <c r="D581" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E581" s="5">
         <v>40</v>
       </c>
       <c r="F581" s="5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G581" s="5" t="s">
-        <v>1346</v>
+        <v>801</v>
       </c>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" s="3" t="s">
-        <v>325</v>
+        <v>1330</v>
       </c>
       <c r="B582" s="4" t="s">
         <v>1347</v>
       </c>
       <c r="C582" s="5">
-        <v>49156</v>
+        <v>49141</v>
       </c>
       <c r="D582" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E582" s="5">
         <v>40</v>
       </c>
       <c r="F582" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G582" s="5" t="s">
         <v>1348</v>
       </c>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" s="3" t="s">
-        <v>339</v>
+        <v>325</v>
       </c>
       <c r="B583" s="4" t="s">
         <v>1349</v>
       </c>
       <c r="C583" s="5">
-        <v>49175</v>
+        <v>49156</v>
       </c>
       <c r="D583" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E583" s="5">
         <v>40</v>
       </c>
       <c r="F583" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G583" s="5" t="s">
         <v>1350</v>
       </c>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="B584" s="4" t="s">
         <v>1351</v>
       </c>
-      <c r="B584" s="4" t="s">
+      <c r="C584" s="5">
+        <v>49175</v>
+      </c>
+      <c r="D584" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E584" s="5">
+        <v>40</v>
+      </c>
+      <c r="F584" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G584" s="5" t="s">
         <v>1352</v>
-      </c>
-[...13 lines deleted...]
-        <v>1353</v>
       </c>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" s="3" t="s">
-        <v>325</v>
+        <v>1353</v>
       </c>
       <c r="B585" s="4" t="s">
         <v>1354</v>
       </c>
       <c r="C585" s="5">
-        <v>49179</v>
+        <v>49178</v>
       </c>
       <c r="D585" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E585" s="5">
         <v>40</v>
       </c>
       <c r="F585" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G585" s="5" t="s">
-        <v>50</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" s="3" t="s">
-        <v>1316</v>
+        <v>325</v>
       </c>
       <c r="B586" s="4" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="C586" s="5">
-        <v>49269</v>
+        <v>49179</v>
       </c>
       <c r="D586" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E586" s="5">
         <v>40</v>
       </c>
       <c r="F586" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G586" s="5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" s="3" t="s">
-        <v>1356</v>
+        <v>1318</v>
       </c>
       <c r="B587" s="4" t="s">
         <v>1357</v>
       </c>
       <c r="C587" s="5">
+        <v>49269</v>
+      </c>
+      <c r="D587" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E587" s="5">
+        <v>40</v>
+      </c>
+      <c r="F587" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G587" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="588" spans="1:7">
+      <c r="A588" s="3" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B588" s="4" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C588" s="5">
         <v>49275</v>
       </c>
-      <c r="D587" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G588" s="1"/>
+      <c r="D588" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E588" s="5">
+        <v>40</v>
+      </c>
+      <c r="F588" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G588" s="5" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="589" spans="1:7">
+      <c r="A589" s="2"/>
+      <c r="C589" s="1"/>
+      <c r="E589" s="1"/>
+      <c r="F589" s="1"/>
+      <c r="G589" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">