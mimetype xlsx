--- v1 (2025-12-15)
+++ v2 (2026-02-08)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1361">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5HFD</t>
   </si>
   <si>
     <t>553 Referencias DVGE - 583 QSO encontrados - 486 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1425 (15-12-2025 17:23)</t>
+    <t>Ranking #1425 (08-02-2026 23:09)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA1DX/5</t>
   </si>