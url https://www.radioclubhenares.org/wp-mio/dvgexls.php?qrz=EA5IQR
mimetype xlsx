--- v0 (2025-11-03)
+++ v1 (2025-11-03)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="728">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5IQR</t>
   </si>
   <si>
     <t>328 Referencias DVGE - 334 QSO encontrados - 306 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1904 (03-11-2025 12:59)</t>
+    <t>Ranking #1904 (03-11-2025 13:15)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EB5AQ</t>
   </si>