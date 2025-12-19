--- v1 (2025-11-03)
+++ v2 (2025-12-19)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="728">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="730">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5IQR</t>
   </si>
   <si>
-    <t>328 Referencias DVGE - 334 QSO encontrados - 306 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1904 (03-11-2025 13:15)</t>
+    <t>329 Referencias DVGE - 335 QSO encontrados - 306 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1904 (19-12-2025 03:53)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EB5AQ</t>
   </si>
@@ -1866,50 +1866,56 @@
     <t>18/02/2017</t>
   </si>
   <si>
     <t>VGV-012</t>
   </si>
   <si>
     <t>EA5RCL/P</t>
   </si>
   <si>
     <t>VGV-037</t>
   </si>
   <si>
     <t>26/11/2016</t>
   </si>
   <si>
     <t>VGV-040</t>
   </si>
   <si>
     <t>10/12/2016</t>
   </si>
   <si>
     <t>EA5URY/P</t>
   </si>
   <si>
     <t>VGV-070</t>
+  </si>
+  <si>
+    <t>VGV-074</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
   </si>
   <si>
     <t>EC5AHA</t>
   </si>
   <si>
     <t>VGV-075</t>
   </si>
   <si>
     <t>29/10/2016</t>
   </si>
   <si>
     <t>VGV-077</t>
   </si>
   <si>
     <t>21/03/2021</t>
   </si>
   <si>
     <t>VGV-100</t>
   </si>
   <si>
     <t>17/11/2019</t>
   </si>
   <si>
     <t>VGV-110</t>
   </si>
@@ -2653,51 +2659,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G340"/>
+  <dimension ref="A1:G341"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -8929,1526 +8935,1549 @@
     <row r="275" spans="1:7">
       <c r="A275" s="3" t="s">
         <v>616</v>
       </c>
       <c r="B275" s="4" t="s">
         <v>617</v>
       </c>
       <c r="C275" s="5">
         <v>46109</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="5">
         <v>40</v>
       </c>
       <c r="F275" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G275" s="5" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="B276" s="4" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
       <c r="C276" s="5">
         <v>46111</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="5">
         <v>40</v>
       </c>
       <c r="F276" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G276" s="5" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" s="3" t="s">
-        <v>230</v>
+        <v>620</v>
       </c>
       <c r="B277" s="4" t="s">
         <v>621</v>
       </c>
       <c r="C277" s="5">
         <v>46111</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="5">
         <v>40</v>
       </c>
       <c r="F277" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G277" s="5" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" s="3" t="s">
-        <v>243</v>
+        <v>230</v>
       </c>
       <c r="B278" s="4" t="s">
         <v>623</v>
       </c>
       <c r="C278" s="5">
-        <v>46128</v>
+        <v>46111</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="5">
         <v>40</v>
       </c>
       <c r="F278" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G278" s="5" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" s="3" t="s">
-        <v>616</v>
+        <v>243</v>
       </c>
       <c r="B279" s="4" t="s">
         <v>625</v>
       </c>
       <c r="C279" s="5">
-        <v>46136</v>
+        <v>46128</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="5">
         <v>40</v>
       </c>
       <c r="F279" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G279" s="5" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" s="3" t="s">
-        <v>243</v>
+        <v>616</v>
       </c>
       <c r="B280" s="4" t="s">
         <v>627</v>
       </c>
       <c r="C280" s="5">
-        <v>46142</v>
+        <v>46136</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="5">
         <v>40</v>
       </c>
       <c r="F280" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G280" s="5" t="s">
-        <v>613</v>
+        <v>628</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" s="3" t="s">
-        <v>628</v>
+        <v>243</v>
       </c>
       <c r="B281" s="4" t="s">
         <v>629</v>
       </c>
       <c r="C281" s="5">
-        <v>46170</v>
+        <v>46142</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="5">
         <v>40</v>
       </c>
       <c r="F281" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G281" s="5" t="s">
-        <v>180</v>
+        <v>613</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" s="3" t="s">
-        <v>243</v>
+        <v>630</v>
       </c>
       <c r="B282" s="4" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C282" s="5">
-        <v>46172</v>
+        <v>46170</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="5">
         <v>40</v>
       </c>
       <c r="F282" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G282" s="5" t="s">
-        <v>518</v>
+        <v>180</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" s="3" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="B283" s="4" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C283" s="5">
-        <v>46184</v>
+        <v>46172</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="5">
         <v>40</v>
       </c>
       <c r="F283" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G283" s="5" t="s">
-        <v>632</v>
+        <v>518</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" s="3" t="s">
-        <v>243</v>
+        <v>17</v>
       </c>
       <c r="B284" s="4" t="s">
         <v>633</v>
       </c>
       <c r="C284" s="5">
-        <v>46190</v>
+        <v>46184</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="5">
         <v>40</v>
       </c>
       <c r="F284" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G284" s="5" t="s">
         <v>634</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="B285" s="4" t="s">
         <v>635</v>
       </c>
-      <c r="B285" s="4" t="s">
+      <c r="C285" s="5">
+        <v>46190</v>
+      </c>
+      <c r="D285" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E285" s="5">
+        <v>40</v>
+      </c>
+      <c r="F285" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G285" s="5" t="s">
         <v>636</v>
-      </c>
-[...13 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" s="3" t="s">
-        <v>616</v>
+        <v>637</v>
       </c>
       <c r="B286" s="4" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C286" s="5">
-        <v>46228</v>
+        <v>46213</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="5">
         <v>40</v>
       </c>
       <c r="F286" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G286" s="5" t="s">
-        <v>638</v>
+        <v>237</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" s="3" t="s">
         <v>616</v>
       </c>
       <c r="B287" s="4" t="s">
         <v>639</v>
       </c>
       <c r="C287" s="5">
-        <v>46229</v>
+        <v>46228</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="5">
         <v>40</v>
       </c>
       <c r="F287" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G287" s="5" t="s">
-        <v>356</v>
+        <v>640</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" s="3" t="s">
-        <v>510</v>
+        <v>616</v>
       </c>
       <c r="B288" s="4" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C288" s="5">
-        <v>46234</v>
+        <v>46229</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="5">
         <v>40</v>
       </c>
       <c r="F288" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G288" s="5" t="s">
-        <v>525</v>
+        <v>356</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" s="3" t="s">
         <v>510</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C289" s="5">
         <v>46234</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F289" s="5" t="s">
-        <v>641</v>
+        <v>15</v>
       </c>
       <c r="G289" s="5" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" s="3" t="s">
-        <v>616</v>
+        <v>510</v>
       </c>
       <c r="B290" s="4" t="s">
         <v>642</v>
       </c>
       <c r="C290" s="5">
-        <v>46244</v>
+        <v>46234</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F290" s="5" t="s">
-        <v>15</v>
+        <v>643</v>
       </c>
       <c r="G290" s="5" t="s">
-        <v>488</v>
+        <v>525</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" s="3" t="s">
-        <v>230</v>
+        <v>616</v>
       </c>
       <c r="B291" s="4" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C291" s="5">
-        <v>46256</v>
+        <v>46244</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="5">
         <v>40</v>
       </c>
       <c r="F291" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G291" s="5" t="s">
-        <v>644</v>
+        <v>488</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="B292" s="4" t="s">
         <v>645</v>
       </c>
-      <c r="B292" s="4" t="s">
+      <c r="C292" s="5">
+        <v>46256</v>
+      </c>
+      <c r="D292" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E292" s="5">
+        <v>40</v>
+      </c>
+      <c r="F292" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G292" s="5" t="s">
         <v>646</v>
-      </c>
-[...13 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" s="3" t="s">
         <v>647</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="C293" s="5">
         <v>47004</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="5">
         <v>40</v>
       </c>
       <c r="F293" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G293" s="5" t="s">
-        <v>648</v>
+        <v>474</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" s="3" t="s">
-        <v>145</v>
+        <v>649</v>
       </c>
       <c r="B294" s="4" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="C294" s="5">
-        <v>47054</v>
+        <v>47004</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="5">
         <v>40</v>
       </c>
       <c r="F294" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G294" s="5" t="s">
         <v>650</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B295" s="4" t="s">
         <v>651</v>
       </c>
       <c r="C295" s="5">
-        <v>47206</v>
+        <v>47054</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="5">
         <v>40</v>
       </c>
       <c r="F295" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G295" s="5" t="s">
-        <v>44</v>
+        <v>652</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" s="3" t="s">
-        <v>108</v>
+        <v>145</v>
       </c>
       <c r="B296" s="4" t="s">
-        <v>652</v>
-[...1 lines deleted...]
-      <c r="C296" s="5" t="s">
         <v>653</v>
       </c>
+      <c r="C296" s="5">
+        <v>47206</v>
+      </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="5">
         <v>40</v>
       </c>
       <c r="F296" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G296" s="5" t="s">
-        <v>398</v>
+        <v>44</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B297" s="4" t="s">
         <v>654</v>
       </c>
       <c r="C297" s="5" t="s">
         <v>655</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="5">
         <v>40</v>
       </c>
       <c r="F297" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G297" s="5" t="s">
-        <v>656</v>
+        <v>398</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B298" s="4" t="s">
+        <v>656</v>
+      </c>
+      <c r="C298" s="5" t="s">
         <v>657</v>
       </c>
-      <c r="C298" s="5" t="s">
+      <c r="D298" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E298" s="5">
+        <v>40</v>
+      </c>
+      <c r="F298" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G298" s="5" t="s">
         <v>658</v>
-      </c>
-[...10 lines deleted...]
-        <v>659</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B299" s="4" t="s">
+        <v>659</v>
+      </c>
+      <c r="C299" s="5" t="s">
         <v>660</v>
       </c>
-      <c r="B299" s="4" t="s">
+      <c r="D299" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E299" s="5">
+        <v>40</v>
+      </c>
+      <c r="F299" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G299" s="5" t="s">
         <v>661</v>
-      </c>
-[...13 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" s="3" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="B300" s="4" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="C300" s="5" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="5">
         <v>40</v>
       </c>
       <c r="F300" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G300" s="5" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="B301" s="4" t="s">
         <v>663</v>
       </c>
-      <c r="B301" s="4" t="s">
+      <c r="C301" s="5" t="s">
         <v>664</v>
       </c>
-      <c r="C301" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="5">
         <v>40</v>
       </c>
       <c r="F301" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G301" s="5" t="s">
-        <v>237</v>
+        <v>359</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" s="3" t="s">
-        <v>108</v>
+        <v>665</v>
       </c>
       <c r="B302" s="4" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C302" s="5" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="5">
         <v>40</v>
       </c>
       <c r="F302" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G302" s="5" t="s">
-        <v>667</v>
+        <v>237</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B303" s="4" t="s">
+        <v>667</v>
+      </c>
+      <c r="C303" s="5" t="s">
         <v>668</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="5">
         <v>40</v>
       </c>
       <c r="F303" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G303" s="5" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B304" s="4" t="s">
         <v>670</v>
       </c>
-      <c r="B304" s="4" t="s">
+      <c r="C304" s="5" t="s">
+        <v>668</v>
+      </c>
+      <c r="D304" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E304" s="5">
+        <v>40</v>
+      </c>
+      <c r="F304" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G304" s="5" t="s">
         <v>671</v>
-      </c>
-[...13 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" s="3" t="s">
-        <v>108</v>
+        <v>672</v>
       </c>
       <c r="B305" s="4" t="s">
         <v>673</v>
       </c>
       <c r="C305" s="5" t="s">
-        <v>658</v>
+        <v>674</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="5">
         <v>40</v>
       </c>
       <c r="F305" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G305" s="5" t="s">
-        <v>393</v>
+        <v>237</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B306" s="4" t="s">
+        <v>675</v>
+      </c>
+      <c r="C306" s="5" t="s">
         <v>660</v>
       </c>
-      <c r="B306" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="5">
         <v>40</v>
       </c>
       <c r="F306" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G306" s="5" t="s">
-        <v>559</v>
+        <v>393</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" s="3" t="s">
-        <v>291</v>
+        <v>662</v>
       </c>
       <c r="B307" s="4" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-        <v>50008</v>
+        <v>676</v>
+      </c>
+      <c r="C307" s="5" t="s">
+        <v>664</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="5">
         <v>40</v>
       </c>
       <c r="F307" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G307" s="5" t="s">
-        <v>676</v>
+        <v>559</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" s="3" t="s">
-        <v>585</v>
+        <v>291</v>
       </c>
       <c r="B308" s="4" t="s">
         <v>677</v>
       </c>
       <c r="C308" s="5">
-        <v>50023</v>
+        <v>50008</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="5">
         <v>40</v>
       </c>
       <c r="F308" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G308" s="5" t="s">
-        <v>634</v>
+        <v>678</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" s="3" t="s">
-        <v>172</v>
+        <v>585</v>
       </c>
       <c r="B309" s="4" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C309" s="5">
-        <v>50059</v>
+        <v>50023</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="5">
         <v>40</v>
       </c>
       <c r="F309" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G309" s="5" t="s">
-        <v>679</v>
+        <v>636</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B310" s="4" t="s">
         <v>680</v>
       </c>
       <c r="C310" s="5">
-        <v>50074</v>
+        <v>50059</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="5">
         <v>40</v>
       </c>
       <c r="F310" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G310" s="5" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B311" s="4" t="s">
         <v>682</v>
       </c>
       <c r="C311" s="5">
-        <v>50118</v>
+        <v>50074</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="5">
         <v>40</v>
       </c>
       <c r="F311" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G311" s="5" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" s="3" t="s">
-        <v>291</v>
+        <v>172</v>
       </c>
       <c r="B312" s="4" t="s">
         <v>684</v>
       </c>
       <c r="C312" s="5">
-        <v>50137</v>
+        <v>50118</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="5">
         <v>40</v>
       </c>
       <c r="F312" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G312" s="5" t="s">
-        <v>568</v>
+        <v>685</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" s="3" t="s">
-        <v>585</v>
+        <v>291</v>
       </c>
       <c r="B313" s="4" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C313" s="5">
-        <v>50144</v>
+        <v>50137</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="5">
         <v>40</v>
       </c>
       <c r="F313" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G313" s="5" t="s">
-        <v>237</v>
+        <v>568</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" s="3" t="s">
-        <v>291</v>
+        <v>585</v>
       </c>
       <c r="B314" s="4" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C314" s="5">
-        <v>50151</v>
+        <v>50144</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="5">
         <v>40</v>
       </c>
       <c r="F314" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G314" s="5" t="s">
-        <v>359</v>
+        <v>237</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B315" s="4" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C315" s="5">
-        <v>50170</v>
+        <v>50151</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="5">
         <v>40</v>
       </c>
       <c r="F315" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G315" s="5" t="s">
-        <v>127</v>
+        <v>359</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" s="3" t="s">
-        <v>585</v>
+        <v>291</v>
       </c>
       <c r="B316" s="4" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C316" s="5">
-        <v>50222</v>
+        <v>50170</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="5">
         <v>40</v>
       </c>
       <c r="F316" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G316" s="5" t="s">
-        <v>52</v>
+        <v>127</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" s="3" t="s">
-        <v>291</v>
+        <v>585</v>
       </c>
       <c r="B317" s="4" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C317" s="5">
-        <v>50230</v>
+        <v>50222</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E317" s="5">
         <v>40</v>
       </c>
       <c r="F317" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G317" s="5" t="s">
-        <v>564</v>
+        <v>52</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" s="3" t="s">
-        <v>172</v>
+        <v>291</v>
       </c>
       <c r="B318" s="4" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C318" s="5">
-        <v>50240</v>
+        <v>50230</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="5">
         <v>40</v>
       </c>
       <c r="F318" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G318" s="5" t="s">
-        <v>691</v>
+        <v>564</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" s="3" t="s">
-        <v>291</v>
+        <v>172</v>
       </c>
       <c r="B319" s="4" t="s">
         <v>692</v>
       </c>
       <c r="C319" s="5">
-        <v>50244</v>
+        <v>50240</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="5">
         <v>40</v>
       </c>
       <c r="F319" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G319" s="5" t="s">
-        <v>542</v>
+        <v>693</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B320" s="4" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C320" s="5">
-        <v>50251</v>
+        <v>50244</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E320" s="5">
         <v>40</v>
       </c>
       <c r="F320" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G320" s="5" t="s">
-        <v>694</v>
+        <v>542</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B321" s="4" t="s">
         <v>695</v>
       </c>
       <c r="C321" s="5">
-        <v>50267</v>
+        <v>50251</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="5">
         <v>40</v>
       </c>
       <c r="F321" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G321" s="5" t="s">
-        <v>495</v>
+        <v>696</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B322" s="4" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C322" s="5">
-        <v>50297</v>
+        <v>50267</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E322" s="5">
         <v>40</v>
       </c>
       <c r="F322" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G322" s="5" t="s">
-        <v>117</v>
+        <v>495</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B323" s="4" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C323" s="5">
-        <v>50903</v>
+        <v>50297</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E323" s="5">
         <v>40</v>
       </c>
       <c r="F323" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G323" s="5" t="s">
-        <v>698</v>
+        <v>117</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B324" s="4" t="s">
         <v>699</v>
       </c>
       <c r="C324" s="5">
-        <v>50298</v>
+        <v>50903</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E324" s="5">
         <v>40</v>
       </c>
       <c r="F324" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G324" s="5" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" s="3" t="s">
-        <v>700</v>
+        <v>291</v>
       </c>
       <c r="B325" s="4" t="s">
         <v>701</v>
       </c>
       <c r="C325" s="5">
-        <v>50297</v>
+        <v>50298</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E325" s="5">
         <v>40</v>
       </c>
       <c r="F325" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G325" s="5" t="s">
-        <v>609</v>
+        <v>700</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" s="3" t="s">
         <v>702</v>
       </c>
       <c r="B326" s="4" t="s">
         <v>703</v>
       </c>
       <c r="C326" s="5">
-        <v>49003</v>
+        <v>50297</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E326" s="5">
         <v>40</v>
       </c>
       <c r="F326" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G326" s="5" t="s">
-        <v>704</v>
+        <v>609</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="B327" s="4" t="s">
         <v>705</v>
       </c>
-      <c r="B327" s="4" t="s">
+      <c r="C327" s="5">
+        <v>49003</v>
+      </c>
+      <c r="D327" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E327" s="5">
+        <v>40</v>
+      </c>
+      <c r="F327" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G327" s="5" t="s">
         <v>706</v>
-      </c>
-[...13 lines deleted...]
-        <v>707</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="B328" s="4" t="s">
         <v>708</v>
       </c>
-      <c r="B328" s="4" t="s">
+      <c r="C328" s="5">
+        <v>49019</v>
+      </c>
+      <c r="D328" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E328" s="5">
+        <v>40</v>
+      </c>
+      <c r="F328" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G328" s="5" t="s">
         <v>709</v>
-      </c>
-[...13 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" s="3" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="B329" s="4" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C329" s="5">
-        <v>49056</v>
+        <v>49034</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E329" s="5">
         <v>40</v>
       </c>
       <c r="F329" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G329" s="5" t="s">
-        <v>711</v>
+        <v>136</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" s="3" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="B330" s="4" t="s">
         <v>712</v>
       </c>
       <c r="C330" s="5">
-        <v>49083</v>
+        <v>49056</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="5">
         <v>40</v>
       </c>
       <c r="F330" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G330" s="5" t="s">
-        <v>20</v>
+        <v>713</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" s="3" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="B331" s="4" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C331" s="5">
-        <v>49124</v>
+        <v>49083</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E331" s="5">
         <v>40</v>
       </c>
       <c r="F331" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G331" s="5" t="s">
-        <v>714</v>
+        <v>20</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" s="3" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="B332" s="4" t="s">
         <v>715</v>
       </c>
       <c r="C332" s="5">
-        <v>49133</v>
+        <v>49124</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E332" s="5">
         <v>40</v>
       </c>
       <c r="F332" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G332" s="5" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="B333" s="4" t="s">
         <v>717</v>
       </c>
       <c r="C333" s="5">
-        <v>49160</v>
+        <v>49133</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E333" s="5">
         <v>40</v>
       </c>
       <c r="F333" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G333" s="5" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" s="3" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="B334" s="4" t="s">
         <v>719</v>
       </c>
       <c r="C334" s="5">
-        <v>49186</v>
+        <v>49160</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E334" s="5">
         <v>40</v>
       </c>
       <c r="F334" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G334" s="5" t="s">
-        <v>432</v>
+        <v>720</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" s="3" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="B335" s="4" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C335" s="5">
-        <v>49208</v>
+        <v>49186</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E335" s="5">
         <v>40</v>
       </c>
       <c r="F335" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G335" s="5" t="s">
-        <v>622</v>
+        <v>432</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="B336" s="4" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="C336" s="5">
-        <v>49251</v>
+        <v>49208</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E336" s="5">
         <v>40</v>
       </c>
       <c r="F336" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G336" s="5" t="s">
-        <v>277</v>
+        <v>624</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" s="3" t="s">
-        <v>512</v>
+        <v>707</v>
       </c>
       <c r="B337" s="4" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C337" s="5">
-        <v>49255</v>
+        <v>49251</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E337" s="5">
         <v>40</v>
       </c>
       <c r="F337" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G337" s="5" t="s">
-        <v>723</v>
+        <v>277</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="B338" s="4" t="s">
         <v>724</v>
       </c>
-      <c r="B338" s="4" t="s">
+      <c r="C338" s="5">
+        <v>49255</v>
+      </c>
+      <c r="D338" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E338" s="5">
+        <v>40</v>
+      </c>
+      <c r="F338" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G338" s="5" t="s">
         <v>725</v>
-      </c>
-[...13 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" s="3" t="s">
         <v>726</v>
       </c>
       <c r="B339" s="4" t="s">
         <v>727</v>
       </c>
       <c r="C339" s="5">
         <v>49275</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E339" s="5">
         <v>40</v>
       </c>
       <c r="F339" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G339" s="5" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="340" spans="1:7">
+      <c r="A340" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="B340" s="4" t="s">
+        <v>729</v>
+      </c>
+      <c r="C340" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D340" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E340" s="5">
+        <v>40</v>
+      </c>
+      <c r="F340" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G340" s="5" t="s">
         <v>537</v>
       </c>
     </row>
-    <row r="340" spans="1:7">
-[...4 lines deleted...]
-      <c r="G340" s="1"/>
+    <row r="341" spans="1:7">
+      <c r="A341" s="2"/>
+      <c r="C341" s="1"/>
+      <c r="E341" s="1"/>
+      <c r="F341" s="1"/>
+      <c r="G341" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">