--- v2 (2025-12-19)
+++ v3 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="730">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5IQR</t>
   </si>
   <si>
     <t>329 Referencias DVGE - 335 QSO encontrados - 306 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1904 (19-12-2025 03:53)</t>
+    <t>Ranking #1904 (09-02-2026 04:47)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EB5AQ</t>
   </si>