--- v0 (2025-10-29)
+++ v1 (2025-12-14)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1025">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1028">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5ISM</t>
   </si>
   <si>
-    <t>424 Referencias DVGE - 514 QSO encontrados - 360 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1657 (29-10-2025 23:16)</t>
+    <t>425 Referencias DVGE - 515 QSO encontrados - 361 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1657 (14-12-2025 16:23)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW/P</t>
   </si>
@@ -2871,50 +2871,59 @@
     <t>08/07/2022</t>
   </si>
   <si>
     <t>VGV-101</t>
   </si>
   <si>
     <t>24/06/2022</t>
   </si>
   <si>
     <t>VGV-117</t>
   </si>
   <si>
     <t>EA5ON</t>
   </si>
   <si>
     <t>VGV-140</t>
   </si>
   <si>
     <t>26/01/2019</t>
   </si>
   <si>
     <t>VGV-143</t>
   </si>
   <si>
     <t>VGV-144</t>
+  </si>
+  <si>
+    <t>EB5URT</t>
+  </si>
+  <si>
+    <t>VGV-151</t>
+  </si>
+  <si>
+    <t>09/11/2025</t>
   </si>
   <si>
     <t>VGV-217</t>
   </si>
   <si>
     <t>VGV-234</t>
   </si>
   <si>
     <t>EA5RKS</t>
   </si>
   <si>
     <t>VGV-235</t>
   </si>
   <si>
     <t>14/08/2021</t>
   </si>
   <si>
     <t>15/08/2021</t>
   </si>
   <si>
     <t>VGVA-029</t>
   </si>
   <si>
     <t>VGVA-058</t>
   </si>
@@ -3544,51 +3553,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G520"/>
+  <dimension ref="A1:G521"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -14420,1066 +14429,1089 @@
     <row r="475" spans="1:7">
       <c r="A475" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B475" s="4" t="s">
         <v>952</v>
       </c>
       <c r="C475" s="5">
         <v>46184</v>
       </c>
       <c r="D475" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E475" s="5">
         <v>40</v>
       </c>
       <c r="F475" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G475" s="5" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" s="3" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="B476" s="4" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="C476" s="5">
-        <v>46250</v>
+        <v>46202</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E476" s="5">
         <v>40</v>
       </c>
       <c r="F476" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G476" s="5" t="s">
-        <v>374</v>
+        <v>955</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" s="3" t="s">
-        <v>17</v>
+        <v>948</v>
       </c>
       <c r="B477" s="4" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="C477" s="5">
-        <v>46145</v>
+        <v>46250</v>
       </c>
       <c r="D477" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E477" s="5">
         <v>40</v>
       </c>
       <c r="F477" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G477" s="5" t="s">
-        <v>881</v>
+        <v>374</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" s="3" t="s">
-        <v>955</v>
+        <v>17</v>
       </c>
       <c r="B478" s="4" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="C478" s="5">
-        <v>46146</v>
+        <v>46145</v>
       </c>
       <c r="D478" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E478" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F478" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G478" s="5" t="s">
-        <v>957</v>
+        <v>881</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" s="3" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="B479" s="4" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="C479" s="5">
         <v>46146</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E479" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F479" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G479" s="5" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" s="3" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="B480" s="4" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="C480" s="5">
         <v>46146</v>
       </c>
       <c r="D480" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E480" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F480" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G480" s="5" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" s="3" t="s">
-        <v>258</v>
+        <v>958</v>
       </c>
       <c r="B481" s="4" t="s">
         <v>959</v>
       </c>
       <c r="C481" s="5">
-        <v>47044</v>
+        <v>46146</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E481" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F481" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G481" s="5" t="s">
-        <v>626</v>
+        <v>961</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B482" s="4" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="C482" s="5">
-        <v>47086</v>
+        <v>47044</v>
       </c>
       <c r="D482" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E482" s="5">
         <v>40</v>
       </c>
       <c r="F482" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G482" s="5" t="s">
-        <v>961</v>
+        <v>626</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" s="3" t="s">
-        <v>831</v>
+        <v>258</v>
       </c>
       <c r="B483" s="4" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C483" s="5">
-        <v>47117</v>
+        <v>47086</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E483" s="5">
         <v>40</v>
       </c>
       <c r="F483" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G483" s="5" t="s">
-        <v>652</v>
+        <v>964</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" s="3" t="s">
-        <v>471</v>
+        <v>831</v>
       </c>
       <c r="B484" s="4" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="C484" s="5">
-        <v>47124</v>
+        <v>47117</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E484" s="5">
         <v>40</v>
       </c>
       <c r="F484" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G484" s="5" t="s">
-        <v>741</v>
+        <v>652</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" s="3" t="s">
-        <v>396</v>
+        <v>471</v>
       </c>
       <c r="B485" s="4" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="C485" s="5">
-        <v>47154</v>
+        <v>47124</v>
       </c>
       <c r="D485" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E485" s="5">
         <v>40</v>
       </c>
       <c r="F485" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G485" s="5" t="s">
-        <v>965</v>
+        <v>741</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" s="3" t="s">
-        <v>289</v>
+        <v>396</v>
       </c>
       <c r="B486" s="4" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C486" s="5">
-        <v>47178</v>
+        <v>47154</v>
       </c>
       <c r="D486" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E486" s="5">
         <v>40</v>
       </c>
       <c r="F486" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G486" s="5" t="s">
-        <v>775</v>
+        <v>968</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" s="3" t="s">
-        <v>405</v>
+        <v>289</v>
       </c>
       <c r="B487" s="4" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="C487" s="5">
-        <v>47183</v>
+        <v>47178</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E487" s="5">
         <v>40</v>
       </c>
       <c r="F487" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G487" s="5" t="s">
-        <v>968</v>
+        <v>775</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" s="3" t="s">
-        <v>471</v>
+        <v>405</v>
       </c>
       <c r="B488" s="4" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C488" s="5">
-        <v>47214</v>
+        <v>47183</v>
       </c>
       <c r="D488" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E488" s="5">
         <v>40</v>
       </c>
       <c r="F488" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G488" s="5" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" s="3" t="s">
-        <v>258</v>
+        <v>471</v>
       </c>
       <c r="B489" s="4" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="C489" s="5">
-        <v>47216</v>
+        <v>47214</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E489" s="5">
         <v>40</v>
       </c>
       <c r="F489" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G489" s="5" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" s="3" t="s">
-        <v>372</v>
+        <v>258</v>
       </c>
       <c r="B490" s="4" t="s">
-        <v>973</v>
-[...1 lines deleted...]
-      <c r="C490" s="5" t="s">
         <v>974</v>
+      </c>
+      <c r="C490" s="5">
+        <v>47216</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E490" s="5">
         <v>40</v>
       </c>
       <c r="F490" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G490" s="5" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" s="3" t="s">
-        <v>308</v>
+        <v>372</v>
       </c>
       <c r="B491" s="4" t="s">
         <v>976</v>
       </c>
-      <c r="C491" s="5">
-        <v>50022</v>
+      <c r="C491" s="5" t="s">
+        <v>977</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E491" s="5">
         <v>40</v>
       </c>
       <c r="F491" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G491" s="5" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B492" s="4" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C492" s="5">
-        <v>50028</v>
+        <v>50022</v>
       </c>
       <c r="D492" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E492" s="5">
         <v>40</v>
       </c>
       <c r="F492" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G492" s="5" t="s">
-        <v>103</v>
+        <v>980</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" s="3" t="s">
-        <v>979</v>
+        <v>308</v>
       </c>
       <c r="B493" s="4" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C493" s="5">
-        <v>50067</v>
+        <v>50028</v>
       </c>
       <c r="D493" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E493" s="5">
         <v>40</v>
       </c>
       <c r="F493" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G493" s="5" t="s">
-        <v>981</v>
+        <v>103</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" s="3" t="s">
-        <v>308</v>
+        <v>982</v>
       </c>
       <c r="B494" s="4" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C494" s="5">
-        <v>50148</v>
+        <v>50067</v>
       </c>
       <c r="D494" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E494" s="5">
         <v>40</v>
       </c>
       <c r="F494" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G494" s="5" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B495" s="4" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C495" s="5">
-        <v>50164</v>
+        <v>50148</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E495" s="5">
         <v>40</v>
       </c>
       <c r="F495" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G495" s="5" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" s="3" t="s">
-        <v>545</v>
+        <v>308</v>
       </c>
       <c r="B496" s="4" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C496" s="5">
-        <v>50165</v>
+        <v>50164</v>
       </c>
       <c r="D496" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E496" s="5">
         <v>40</v>
       </c>
       <c r="F496" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G496" s="5" t="s">
-        <v>113</v>
+        <v>988</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" s="3" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="B497" s="4" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="C497" s="5">
-        <v>50204</v>
+        <v>50165</v>
       </c>
       <c r="D497" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E497" s="5">
         <v>40</v>
       </c>
       <c r="F497" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G497" s="5" t="s">
-        <v>370</v>
+        <v>113</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" s="3" t="s">
-        <v>308</v>
+        <v>543</v>
       </c>
       <c r="B498" s="4" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="C498" s="5">
-        <v>50208</v>
+        <v>50204</v>
       </c>
       <c r="D498" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E498" s="5">
         <v>40</v>
       </c>
       <c r="F498" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G498" s="5" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B499" s="4" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="C499" s="5">
-        <v>50218</v>
+        <v>50208</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E499" s="5">
         <v>40</v>
       </c>
       <c r="F499" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G499" s="5" t="s">
-        <v>985</v>
+        <v>427</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B500" s="4" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="C500" s="5">
-        <v>50232</v>
+        <v>50218</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E500" s="5">
         <v>40</v>
       </c>
       <c r="F500" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G500" s="5" t="s">
-        <v>725</v>
+        <v>988</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" s="3" t="s">
-        <v>991</v>
+        <v>308</v>
       </c>
       <c r="B501" s="4" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C501" s="5">
-        <v>50252</v>
+        <v>50232</v>
       </c>
       <c r="D501" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E501" s="5">
         <v>40</v>
       </c>
       <c r="F501" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G501" s="5" t="s">
-        <v>993</v>
+        <v>725</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" s="3" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B502" s="4" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="C502" s="5">
-        <v>50298</v>
+        <v>50252</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E502" s="5">
         <v>40</v>
       </c>
       <c r="F502" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G502" s="5" t="s">
-        <v>313</v>
+        <v>996</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" s="3" t="s">
-        <v>995</v>
+        <v>994</v>
       </c>
       <c r="B503" s="4" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C503" s="5">
-        <v>49016</v>
+        <v>50298</v>
       </c>
       <c r="D503" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E503" s="5">
         <v>40</v>
       </c>
       <c r="F503" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G503" s="5" t="s">
-        <v>997</v>
+        <v>313</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" s="3" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="B504" s="4" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="C504" s="5">
-        <v>49021</v>
+        <v>49016</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E504" s="5">
         <v>40</v>
       </c>
       <c r="F504" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G504" s="5" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" s="3" t="s">
-        <v>545</v>
+        <v>998</v>
       </c>
       <c r="B505" s="4" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C505" s="5">
-        <v>49034</v>
+        <v>49021</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E505" s="5">
         <v>40</v>
       </c>
       <c r="F505" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G505" s="5" t="s">
-        <v>444</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" s="3" t="s">
-        <v>1001</v>
+        <v>545</v>
       </c>
       <c r="B506" s="4" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C506" s="5">
-        <v>49042</v>
+        <v>49034</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E506" s="5">
         <v>40</v>
       </c>
       <c r="F506" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G506" s="5" t="s">
-        <v>1003</v>
+        <v>444</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" s="3" t="s">
-        <v>621</v>
+        <v>1004</v>
       </c>
       <c r="B507" s="4" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="C507" s="5">
-        <v>49067</v>
+        <v>49042</v>
       </c>
       <c r="D507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E507" s="5">
         <v>40</v>
       </c>
       <c r="F507" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G507" s="5" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" s="3" t="s">
-        <v>995</v>
+        <v>621</v>
       </c>
       <c r="B508" s="4" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C508" s="5">
-        <v>49083</v>
+        <v>49067</v>
       </c>
       <c r="D508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E508" s="5">
         <v>40</v>
       </c>
       <c r="F508" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G508" s="5" t="s">
-        <v>54</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" s="3" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="B509" s="4" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="C509" s="5">
-        <v>49102</v>
+        <v>49083</v>
       </c>
       <c r="D509" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E509" s="5">
         <v>40</v>
       </c>
       <c r="F509" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G509" s="5" t="s">
-        <v>204</v>
+        <v>54</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" s="3" t="s">
-        <v>1008</v>
+        <v>998</v>
       </c>
       <c r="B510" s="4" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C510" s="5">
-        <v>49116</v>
+        <v>49102</v>
       </c>
       <c r="D510" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E510" s="5">
         <v>40</v>
       </c>
       <c r="F510" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G510" s="5" t="s">
-        <v>1010</v>
+        <v>204</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" s="3" t="s">
-        <v>995</v>
+        <v>1011</v>
       </c>
       <c r="B511" s="4" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="C511" s="5">
-        <v>49129</v>
+        <v>49116</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E511" s="5">
         <v>40</v>
       </c>
       <c r="F511" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G511" s="5" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" s="3" t="s">
-        <v>471</v>
+        <v>998</v>
       </c>
       <c r="B512" s="4" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="C512" s="5">
-        <v>49145</v>
+        <v>49129</v>
       </c>
       <c r="D512" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E512" s="5">
         <v>40</v>
       </c>
       <c r="F512" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G512" s="5" t="s">
-        <v>418</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" s="3" t="s">
-        <v>308</v>
+        <v>471</v>
       </c>
       <c r="B513" s="4" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="C513" s="5">
-        <v>49175</v>
+        <v>49145</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E513" s="5">
         <v>40</v>
       </c>
       <c r="F513" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G513" s="5" t="s">
-        <v>1015</v>
+        <v>418</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" s="3" t="s">
-        <v>289</v>
+        <v>308</v>
       </c>
       <c r="B514" s="4" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="C514" s="5">
-        <v>49180</v>
+        <v>49175</v>
       </c>
       <c r="D514" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E514" s="5">
         <v>40</v>
       </c>
       <c r="F514" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G514" s="5" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" s="3" t="s">
-        <v>1008</v>
+        <v>289</v>
       </c>
       <c r="B515" s="4" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C515" s="5">
-        <v>49203</v>
+        <v>49180</v>
       </c>
       <c r="D515" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E515" s="5">
         <v>40</v>
       </c>
       <c r="F515" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G515" s="5" t="s">
-        <v>243</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" s="3" t="s">
-        <v>995</v>
+        <v>1011</v>
       </c>
       <c r="B516" s="4" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="C516" s="5">
-        <v>49219</v>
+        <v>49203</v>
       </c>
       <c r="D516" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E516" s="5">
         <v>40</v>
       </c>
       <c r="F516" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G516" s="5" t="s">
-        <v>1020</v>
+        <v>243</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" s="3" t="s">
-        <v>289</v>
+        <v>998</v>
       </c>
       <c r="B517" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C517" s="5">
         <v>49219</v>
       </c>
       <c r="D517" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E517" s="5">
         <v>40</v>
       </c>
       <c r="F517" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G517" s="5" t="s">
-        <v>302</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" s="3" t="s">
-        <v>479</v>
+        <v>289</v>
       </c>
       <c r="B518" s="4" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="C518" s="5">
-        <v>49275</v>
+        <v>49219</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="5">
         <v>40</v>
       </c>
       <c r="F518" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G518" s="5" t="s">
-        <v>1023</v>
+        <v>302</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" s="3" t="s">
-        <v>289</v>
+        <v>479</v>
       </c>
       <c r="B519" s="4" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="C519" s="5">
         <v>49275</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E519" s="5">
         <v>40</v>
       </c>
       <c r="F519" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G519" s="5" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="520" spans="1:7">
+      <c r="A520" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="B520" s="4" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C520" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D520" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E520" s="5">
+        <v>40</v>
+      </c>
+      <c r="F520" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G520" s="5" t="s">
         <v>929</v>
       </c>
     </row>
-    <row r="520" spans="1:7">
-[...4 lines deleted...]
-      <c r="G520" s="1"/>
+    <row r="521" spans="1:7">
+      <c r="A521" s="2"/>
+      <c r="C521" s="1"/>
+      <c r="E521" s="1"/>
+      <c r="F521" s="1"/>
+      <c r="G521" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">