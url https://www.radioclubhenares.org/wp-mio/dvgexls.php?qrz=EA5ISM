--- v1 (2025-12-14)
+++ v2 (2026-03-18)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1028">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5ISM</t>
   </si>
   <si>
     <t>425 Referencias DVGE - 515 QSO encontrados - 361 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1657 (14-12-2025 16:23)</t>
+    <t>Ranking #1657 (18-03-2026 07:08)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW/P</t>
   </si>