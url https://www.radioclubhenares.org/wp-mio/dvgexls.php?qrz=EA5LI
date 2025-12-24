--- v0 (2025-10-21)
+++ v1 (2025-12-24)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="346">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5LI</t>
   </si>
   <si>
-    <t>138 Referencias DVGE - 141 QSO encontrados - 135 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #3103 (21-10-2025 08:04)</t>
+    <t>139 Referencias DVGE - 142 QSO encontrados - 136 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #3103 (24-12-2025 16:21)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>
@@ -921,50 +921,59 @@
     <t>VGV-024</t>
   </si>
   <si>
     <t>EA5URY/P</t>
   </si>
   <si>
     <t>VGV-074</t>
   </si>
   <si>
     <t>19/08/2021</t>
   </si>
   <si>
     <t>EA5RCL</t>
   </si>
   <si>
     <t>VGV-075</t>
   </si>
   <si>
     <t>EA5HUS/P</t>
   </si>
   <si>
     <t>VGV-082</t>
   </si>
   <si>
     <t>VGV-115</t>
+  </si>
+  <si>
+    <t>EB5URT</t>
+  </si>
+  <si>
+    <t>VGV-151</t>
+  </si>
+  <si>
+    <t>09/11/2025</t>
   </si>
   <si>
     <t>EA5JEG</t>
   </si>
   <si>
     <t>VGV-191</t>
   </si>
   <si>
     <t>14/05/2022</t>
   </si>
   <si>
     <t>EC5AHA</t>
   </si>
   <si>
     <t>VGV-204</t>
   </si>
   <si>
     <t>VGV-233</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>VGVA-033</t>
   </si>
@@ -1507,51 +1516,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G147"/>
+  <dimension ref="A1:G148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -4224,646 +4233,669 @@
       </c>
       <c r="C120" s="5">
         <v>46147</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="5">
         <v>40</v>
       </c>
       <c r="F120" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G120" s="5" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B121" s="4" t="s">
         <v>304</v>
       </c>
       <c r="C121" s="5">
-        <v>46232</v>
+        <v>46202</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="5">
         <v>40</v>
       </c>
       <c r="F121" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G121" s="5" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B122" s="4" t="s">
         <v>307</v>
       </c>
       <c r="C122" s="5">
-        <v>46244</v>
+        <v>46232</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="5">
         <v>40</v>
       </c>
       <c r="F122" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G122" s="5" t="s">
-        <v>291</v>
+        <v>308</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="3" t="s">
-        <v>11</v>
+        <v>309</v>
       </c>
       <c r="B123" s="4" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C123" s="5">
-        <v>46145</v>
+        <v>46244</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="5">
         <v>40</v>
       </c>
       <c r="F123" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G123" s="5" t="s">
-        <v>120</v>
+        <v>291</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" s="3" t="s">
-        <v>145</v>
+        <v>11</v>
       </c>
       <c r="B124" s="4" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C124" s="5">
         <v>46145</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="5">
         <v>40</v>
       </c>
       <c r="F124" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G124" s="5" t="s">
-        <v>309</v>
+        <v>120</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" s="3" t="s">
-        <v>256</v>
+        <v>145</v>
       </c>
       <c r="B125" s="4" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C125" s="5">
-        <v>47045</v>
+        <v>46145</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="5">
         <v>40</v>
       </c>
       <c r="F125" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G125" s="5" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" s="3" t="s">
-        <v>177</v>
+        <v>256</v>
       </c>
       <c r="B126" s="4" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="C126" s="5" t="s">
         <v>313</v>
+      </c>
+      <c r="C126" s="5">
+        <v>47045</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="5">
         <v>40</v>
       </c>
       <c r="F126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="5" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B127" s="4" t="s">
         <v>315</v>
       </c>
-      <c r="B127" s="4" t="s">
+      <c r="C127" s="5" t="s">
         <v>316</v>
       </c>
-      <c r="C127" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="5">
         <v>40</v>
       </c>
       <c r="F127" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G127" s="5" t="s">
-        <v>34</v>
+        <v>317</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" s="3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B128" s="4" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C128" s="5">
-        <v>49022</v>
+        <v>49013</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="5">
         <v>40</v>
       </c>
       <c r="F128" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G128" s="5" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" s="3" t="s">
-        <v>256</v>
+        <v>320</v>
       </c>
       <c r="B129" s="4" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C129" s="5">
-        <v>49037</v>
+        <v>49022</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="5">
         <v>40</v>
       </c>
       <c r="F129" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G129" s="5" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" s="3" t="s">
-        <v>317</v>
+        <v>256</v>
       </c>
       <c r="B130" s="4" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C130" s="5">
-        <v>49042</v>
+        <v>49037</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="5">
         <v>40</v>
       </c>
       <c r="F130" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G130" s="5" t="s">
-        <v>149</v>
+        <v>69</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" s="3" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="B131" s="4" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C131" s="5">
-        <v>49065</v>
+        <v>49042</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="5">
         <v>40</v>
       </c>
       <c r="F131" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G131" s="5" t="s">
-        <v>69</v>
+        <v>149</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" s="3" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B132" s="4" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C132" s="5">
-        <v>49071</v>
+        <v>49065</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="5">
         <v>40</v>
       </c>
       <c r="F132" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G132" s="5" t="s">
-        <v>324</v>
+        <v>69</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" s="3" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="B133" s="4" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C133" s="5">
-        <v>49096</v>
+        <v>49071</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="5">
         <v>40</v>
       </c>
       <c r="F133" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G133" s="5" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B134" s="4" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C134" s="5">
-        <v>49108</v>
+        <v>49096</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="5">
         <v>40</v>
       </c>
       <c r="F134" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G134" s="5" t="s">
-        <v>112</v>
+        <v>329</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" s="3" t="s">
-        <v>203</v>
+        <v>320</v>
       </c>
       <c r="B135" s="4" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C135" s="5">
-        <v>49134</v>
+        <v>49108</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="5">
         <v>40</v>
       </c>
       <c r="F135" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G135" s="5" t="s">
-        <v>329</v>
+        <v>112</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" s="3" t="s">
-        <v>317</v>
+        <v>203</v>
       </c>
       <c r="B136" s="4" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C136" s="5">
-        <v>49149</v>
+        <v>49134</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="5">
         <v>40</v>
       </c>
       <c r="F136" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G136" s="5" t="s">
-        <v>97</v>
+        <v>332</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B137" s="4" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C137" s="5">
-        <v>49155</v>
+        <v>49149</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="5">
         <v>40</v>
       </c>
       <c r="F137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G137" s="5" t="s">
-        <v>154</v>
+        <v>97</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B138" s="4" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C138" s="5">
-        <v>49163</v>
+        <v>49155</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="5">
         <v>40</v>
       </c>
       <c r="F138" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G138" s="5" t="s">
-        <v>333</v>
+        <v>154</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B139" s="4" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C139" s="5">
-        <v>49186</v>
+        <v>49163</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="5">
         <v>40</v>
       </c>
       <c r="F139" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G139" s="5" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" s="3" t="s">
-        <v>256</v>
+        <v>320</v>
       </c>
       <c r="B140" s="4" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C140" s="5">
-        <v>49197</v>
+        <v>49186</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="5">
         <v>40</v>
       </c>
       <c r="F140" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G140" s="5" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" s="3" t="s">
-        <v>317</v>
+        <v>256</v>
       </c>
       <c r="B141" s="4" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C141" s="5">
-        <v>49219</v>
+        <v>49197</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="5">
         <v>40</v>
       </c>
       <c r="F141" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G141" s="5" t="s">
-        <v>135</v>
+        <v>340</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B142" s="4" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C142" s="5">
-        <v>49221</v>
+        <v>49219</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="5">
         <v>40</v>
       </c>
       <c r="F142" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G142" s="5" t="s">
-        <v>340</v>
+        <v>135</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" s="3" t="s">
-        <v>256</v>
+        <v>320</v>
       </c>
       <c r="B143" s="4" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C143" s="5">
-        <v>49240</v>
+        <v>49221</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="5">
         <v>40</v>
       </c>
       <c r="F143" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G143" s="5" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" s="3" t="s">
-        <v>317</v>
+        <v>256</v>
       </c>
       <c r="B144" s="4" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C144" s="5">
-        <v>49251</v>
+        <v>49240</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="5">
         <v>40</v>
       </c>
       <c r="F144" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G144" s="5" t="s">
-        <v>151</v>
+        <v>345</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B145" s="4" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C145" s="5">
-        <v>49267</v>
+        <v>49251</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="5">
         <v>40</v>
       </c>
       <c r="F145" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G145" s="5" t="s">
-        <v>117</v>
+        <v>151</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B146" s="4" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C146" s="5">
+        <v>49267</v>
+      </c>
+      <c r="D146" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E146" s="5">
+        <v>40</v>
+      </c>
+      <c r="F146" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G146" s="5" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7">
+      <c r="A147" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="B147" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="C147" s="5">
         <v>49275</v>
       </c>
-      <c r="D146" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G147" s="1"/>
+      <c r="D147" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E147" s="5">
+        <v>40</v>
+      </c>
+      <c r="F147" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G147" s="5" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7">
+      <c r="A148" s="2"/>
+      <c r="C148" s="1"/>
+      <c r="E148" s="1"/>
+      <c r="F148" s="1"/>
+      <c r="G148" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">