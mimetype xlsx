--- v1 (2025-12-24)
+++ v2 (2026-02-08)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5LI</t>
   </si>
   <si>
     <t>139 Referencias DVGE - 142 QSO encontrados - 136 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #3103 (24-12-2025 16:21)</t>
+    <t>Ranking #3103 (09-02-2026 00:30)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>