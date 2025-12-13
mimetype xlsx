--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="874">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="877">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5LZ</t>
   </si>
   <si>
-    <t>378 Referencias DVGE - 393 QSO encontrados - 344 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1804 (26-10-2025 11:32)</t>
+    <t>379 Referencias DVGE - 394 QSO encontrados - 345 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1804 (13-12-2025 21:47)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>
@@ -2355,50 +2355,59 @@
     <t>VGV-124</t>
   </si>
   <si>
     <t>EA5HUS/P</t>
   </si>
   <si>
     <t>VGV-130</t>
   </si>
   <si>
     <t>EC5WR</t>
   </si>
   <si>
     <t>VGV-138</t>
   </si>
   <si>
     <t>11/05/2024</t>
   </si>
   <si>
     <t>VGV-147</t>
   </si>
   <si>
     <t>AO5NVG</t>
   </si>
   <si>
     <t>25/11/2023</t>
+  </si>
+  <si>
+    <t>EB5URT</t>
+  </si>
+  <si>
+    <t>VGV-151</t>
+  </si>
+  <si>
+    <t>09/11/2025</t>
   </si>
   <si>
     <t>VGV-162</t>
   </si>
   <si>
     <t>VGV-165</t>
   </si>
   <si>
     <t>VGV-188</t>
   </si>
   <si>
     <t>23/11/2019</t>
   </si>
   <si>
     <t>27/04/2024</t>
   </si>
   <si>
     <t>VGV-210</t>
   </si>
   <si>
     <t>20/01/2018</t>
   </si>
   <si>
     <t>VGV-217</t>
   </si>
@@ -3091,51 +3100,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G399"/>
+  <dimension ref="A1:G400"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -10931,1319 +10940,1342 @@
     <row r="343" spans="1:7">
       <c r="A343" s="3" t="s">
         <v>779</v>
       </c>
       <c r="B343" s="4" t="s">
         <v>778</v>
       </c>
       <c r="C343" s="5">
         <v>46190</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E343" s="5">
         <v>40</v>
       </c>
       <c r="F343" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G343" s="5" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" s="3" t="s">
-        <v>750</v>
+        <v>781</v>
       </c>
       <c r="B344" s="4" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C344" s="5">
-        <v>46213</v>
+        <v>46202</v>
       </c>
       <c r="D344" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E344" s="5">
         <v>40</v>
       </c>
       <c r="F344" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G344" s="5" t="s">
-        <v>716</v>
+        <v>783</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" s="3" t="s">
-        <v>758</v>
+        <v>750</v>
       </c>
       <c r="B345" s="4" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="C345" s="5">
         <v>46213</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E345" s="5">
         <v>40</v>
       </c>
       <c r="F345" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G345" s="5" t="s">
-        <v>36</v>
+        <v>716</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" s="3" t="s">
-        <v>750</v>
+        <v>758</v>
       </c>
       <c r="B346" s="4" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="C346" s="5">
-        <v>46229</v>
+        <v>46213</v>
       </c>
       <c r="D346" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E346" s="5">
         <v>40</v>
       </c>
       <c r="F346" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G346" s="5" t="s">
-        <v>784</v>
+        <v>36</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" s="3" t="s">
         <v>750</v>
       </c>
       <c r="B347" s="4" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="C347" s="5">
         <v>46229</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E347" s="5">
         <v>40</v>
       </c>
       <c r="F347" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G347" s="5" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" s="3" t="s">
-        <v>367</v>
+        <v>750</v>
       </c>
       <c r="B348" s="4" t="s">
         <v>786</v>
       </c>
       <c r="C348" s="5">
-        <v>46248</v>
+        <v>46229</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E348" s="5">
         <v>40</v>
       </c>
       <c r="F348" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G348" s="5" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" s="3" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="B349" s="4" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C349" s="5">
-        <v>46250</v>
+        <v>46248</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E349" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F349" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G349" s="5" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" s="3" t="s">
-        <v>367</v>
+        <v>357</v>
       </c>
       <c r="B350" s="4" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C350" s="5">
-        <v>46256</v>
+        <v>46250</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E350" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F350" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G350" s="5" t="s">
-        <v>349</v>
+        <v>792</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" s="3" t="s">
-        <v>791</v>
+        <v>367</v>
       </c>
       <c r="B351" s="4" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C351" s="5">
-        <v>46902</v>
+        <v>46256</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E351" s="5">
         <v>40</v>
       </c>
       <c r="F351" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G351" s="5" t="s">
-        <v>301</v>
+        <v>349</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" s="3" t="s">
-        <v>217</v>
+        <v>794</v>
       </c>
       <c r="B352" s="4" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="C352" s="5">
-        <v>47017</v>
+        <v>46902</v>
       </c>
       <c r="D352" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E352" s="5">
         <v>40</v>
       </c>
       <c r="F352" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G352" s="5" t="s">
-        <v>794</v>
+        <v>301</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" s="3" t="s">
-        <v>205</v>
+        <v>217</v>
       </c>
       <c r="B353" s="4" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C353" s="5">
-        <v>47054</v>
+        <v>47017</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E353" s="5">
         <v>40</v>
       </c>
       <c r="F353" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G353" s="5" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B354" s="4" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C354" s="5">
-        <v>47143</v>
+        <v>47054</v>
       </c>
       <c r="D354" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E354" s="5">
         <v>40</v>
       </c>
       <c r="F354" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G354" s="5" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B355" s="4" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C355" s="5">
-        <v>47194</v>
+        <v>47143</v>
       </c>
       <c r="D355" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E355" s="5">
         <v>40</v>
       </c>
       <c r="F355" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G355" s="5" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" s="3" t="s">
-        <v>163</v>
+        <v>205</v>
       </c>
       <c r="B356" s="4" t="s">
-        <v>801</v>
-[...1 lines deleted...]
-      <c r="C356" s="5" t="s">
         <v>802</v>
       </c>
+      <c r="C356" s="5">
+        <v>47194</v>
+      </c>
       <c r="D356" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E356" s="5">
         <v>40</v>
       </c>
       <c r="F356" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G356" s="5" t="s">
-        <v>310</v>
+        <v>803</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B357" s="4" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C357" s="5" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E357" s="5">
         <v>40</v>
       </c>
       <c r="F357" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G357" s="5" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B358" s="4" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="C358" s="5" t="s">
         <v>805</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E358" s="5">
         <v>40</v>
       </c>
       <c r="F358" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G358" s="5" t="s">
-        <v>356</v>
+        <v>310</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B359" s="4" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C359" s="5" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E359" s="5">
         <v>40</v>
       </c>
       <c r="F359" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G359" s="5" t="s">
-        <v>808</v>
+        <v>356</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B360" s="4" t="s">
         <v>809</v>
       </c>
       <c r="C360" s="5" t="s">
         <v>810</v>
       </c>
       <c r="D360" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E360" s="5">
         <v>40</v>
       </c>
       <c r="F360" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G360" s="5" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" s="3" t="s">
-        <v>184</v>
+        <v>163</v>
       </c>
       <c r="B361" s="4" t="s">
         <v>812</v>
       </c>
       <c r="C361" s="5" t="s">
         <v>813</v>
       </c>
       <c r="D361" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E361" s="5">
         <v>40</v>
       </c>
       <c r="F361" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G361" s="5" t="s">
-        <v>567</v>
+        <v>814</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" s="3" t="s">
-        <v>163</v>
+        <v>184</v>
       </c>
       <c r="B362" s="4" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="C362" s="5" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E362" s="5">
         <v>40</v>
       </c>
       <c r="F362" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G362" s="5" t="s">
-        <v>816</v>
+        <v>567</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" s="3" t="s">
-        <v>217</v>
+        <v>163</v>
       </c>
       <c r="B363" s="4" t="s">
         <v>817</v>
       </c>
       <c r="C363" s="5" t="s">
         <v>818</v>
       </c>
       <c r="D363" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E363" s="5">
         <v>40</v>
       </c>
       <c r="F363" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G363" s="5" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B364" s="4" t="s">
         <v>820</v>
       </c>
-      <c r="B364" s="4" t="s">
+      <c r="C364" s="5" t="s">
         <v>821</v>
       </c>
-      <c r="C364" s="5" t="s">
+      <c r="D364" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E364" s="5">
+        <v>40</v>
+      </c>
+      <c r="F364" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G364" s="5" t="s">
         <v>822</v>
-      </c>
-[...10 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" s="3" t="s">
-        <v>163</v>
+        <v>823</v>
       </c>
       <c r="B365" s="4" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C365" s="5" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E365" s="5">
         <v>40</v>
       </c>
       <c r="F365" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G365" s="5" t="s">
-        <v>825</v>
+        <v>482</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B366" s="4" t="s">
         <v>826</v>
       </c>
       <c r="C366" s="5" t="s">
         <v>827</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E366" s="5">
         <v>40</v>
       </c>
       <c r="F366" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G366" s="5" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" s="3" t="s">
-        <v>686</v>
+        <v>163</v>
       </c>
       <c r="B367" s="4" t="s">
+        <v>829</v>
+      </c>
+      <c r="C367" s="5" t="s">
+        <v>830</v>
+      </c>
+      <c r="D367" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E367" s="5">
+        <v>40</v>
+      </c>
+      <c r="F367" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G367" s="5" t="s">
         <v>828</v>
-      </c>
-[...13 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" s="3" t="s">
-        <v>25</v>
+        <v>686</v>
       </c>
       <c r="B368" s="4" t="s">
-        <v>830</v>
-[...2 lines deleted...]
-        <v>50005</v>
+        <v>831</v>
+      </c>
+      <c r="C368" s="5" t="s">
+        <v>832</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E368" s="5">
         <v>40</v>
       </c>
       <c r="F368" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G368" s="5" t="s">
-        <v>216</v>
+        <v>378</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" s="3" t="s">
-        <v>410</v>
+        <v>25</v>
       </c>
       <c r="B369" s="4" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="C369" s="5">
-        <v>50015</v>
+        <v>50005</v>
       </c>
       <c r="D369" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E369" s="5">
         <v>40</v>
       </c>
       <c r="F369" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G369" s="5" t="s">
-        <v>832</v>
+        <v>216</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" s="3" t="s">
-        <v>25</v>
+        <v>410</v>
       </c>
       <c r="B370" s="4" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C370" s="5">
-        <v>50023</v>
+        <v>50015</v>
       </c>
       <c r="D370" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E370" s="5">
         <v>40</v>
       </c>
       <c r="F370" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G370" s="5" t="s">
-        <v>733</v>
+        <v>835</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" s="3" t="s">
-        <v>834</v>
+        <v>25</v>
       </c>
       <c r="B371" s="4" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C371" s="5">
-        <v>50095</v>
+        <v>50023</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E371" s="5">
         <v>40</v>
       </c>
       <c r="F371" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G371" s="5" t="s">
-        <v>330</v>
+        <v>733</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" s="3" t="s">
-        <v>25</v>
+        <v>837</v>
       </c>
       <c r="B372" s="4" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="C372" s="5">
         <v>50095</v>
       </c>
       <c r="D372" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E372" s="5">
         <v>40</v>
       </c>
       <c r="F372" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G372" s="5" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B373" s="4" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="C373" s="5">
-        <v>50115</v>
+        <v>50095</v>
       </c>
       <c r="D373" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E373" s="5">
         <v>40</v>
       </c>
       <c r="F373" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G373" s="5" t="s">
-        <v>89</v>
+        <v>330</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" s="3" t="s">
-        <v>410</v>
+        <v>25</v>
       </c>
       <c r="B374" s="4" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="C374" s="5">
-        <v>50137</v>
+        <v>50115</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E374" s="5">
         <v>40</v>
       </c>
       <c r="F374" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G374" s="5" t="s">
-        <v>272</v>
+        <v>89</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" s="3" t="s">
-        <v>25</v>
+        <v>410</v>
       </c>
       <c r="B375" s="4" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="C375" s="5">
-        <v>50143</v>
+        <v>50137</v>
       </c>
       <c r="D375" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E375" s="5">
         <v>40</v>
       </c>
       <c r="F375" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G375" s="5" t="s">
-        <v>214</v>
+        <v>272</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B376" s="4" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C376" s="5">
-        <v>50144</v>
+        <v>50143</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E376" s="5">
         <v>40</v>
       </c>
       <c r="F376" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G376" s="5" t="s">
-        <v>841</v>
+        <v>214</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" s="3" t="s">
-        <v>410</v>
+        <v>25</v>
       </c>
       <c r="B377" s="4" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C377" s="5">
-        <v>50151</v>
+        <v>50144</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E377" s="5">
         <v>40</v>
       </c>
       <c r="F377" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G377" s="5" t="s">
-        <v>216</v>
+        <v>844</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" s="3" t="s">
-        <v>843</v>
+        <v>410</v>
       </c>
       <c r="B378" s="4" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C378" s="5">
-        <v>50161</v>
+        <v>50151</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E378" s="5">
         <v>40</v>
       </c>
       <c r="F378" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G378" s="5" t="s">
-        <v>845</v>
+        <v>216</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" s="3" t="s">
-        <v>396</v>
+        <v>846</v>
       </c>
       <c r="B379" s="4" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C379" s="5">
-        <v>50165</v>
+        <v>50161</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E379" s="5">
         <v>40</v>
       </c>
       <c r="F379" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G379" s="5" t="s">
-        <v>633</v>
+        <v>848</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" s="3" t="s">
-        <v>25</v>
+        <v>396</v>
       </c>
       <c r="B380" s="4" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="C380" s="5">
-        <v>50218</v>
+        <v>50165</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E380" s="5">
         <v>40</v>
       </c>
       <c r="F380" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G380" s="5" t="s">
-        <v>114</v>
+        <v>633</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B381" s="4" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="C381" s="5">
-        <v>50222</v>
+        <v>50218</v>
       </c>
       <c r="D381" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E381" s="5">
         <v>40</v>
       </c>
       <c r="F381" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G381" s="5" t="s">
-        <v>450</v>
+        <v>114</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" s="3" t="s">
-        <v>410</v>
+        <v>25</v>
       </c>
       <c r="B382" s="4" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C382" s="5">
-        <v>50230</v>
+        <v>50222</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E382" s="5">
         <v>40</v>
       </c>
       <c r="F382" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G382" s="5" t="s">
-        <v>850</v>
+        <v>450</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B383" s="4" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C383" s="5">
-        <v>50244</v>
+        <v>50230</v>
       </c>
       <c r="D383" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E383" s="5">
         <v>40</v>
       </c>
       <c r="F383" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G383" s="5" t="s">
-        <v>654</v>
+        <v>853</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B384" s="4" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="C384" s="5">
-        <v>50251</v>
+        <v>50244</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E384" s="5">
         <v>40</v>
       </c>
       <c r="F384" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G384" s="5" t="s">
-        <v>853</v>
+        <v>654</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B385" s="4" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="C385" s="5">
-        <v>50297</v>
+        <v>50251</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E385" s="5">
         <v>40</v>
       </c>
       <c r="F385" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G385" s="5" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" s="3" t="s">
-        <v>25</v>
+        <v>410</v>
       </c>
       <c r="B386" s="4" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="C386" s="5">
         <v>50297</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E386" s="5">
         <v>40</v>
       </c>
       <c r="F386" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G386" s="5" t="s">
-        <v>754</v>
+        <v>858</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" s="3" t="s">
-        <v>410</v>
+        <v>25</v>
       </c>
       <c r="B387" s="4" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="C387" s="5">
-        <v>50298</v>
+        <v>50297</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E387" s="5">
         <v>40</v>
       </c>
       <c r="F387" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G387" s="5" t="s">
-        <v>611</v>
+        <v>754</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" s="3" t="s">
-        <v>843</v>
+        <v>410</v>
       </c>
       <c r="B388" s="4" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="C388" s="5">
-        <v>50297</v>
+        <v>50298</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E388" s="5">
         <v>40</v>
       </c>
       <c r="F388" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G388" s="5" t="s">
-        <v>384</v>
+        <v>611</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" s="3" t="s">
-        <v>217</v>
+        <v>846</v>
       </c>
       <c r="B389" s="4" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="C389" s="5">
-        <v>49023</v>
+        <v>50297</v>
       </c>
       <c r="D389" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E389" s="5">
         <v>40</v>
       </c>
       <c r="F389" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G389" s="5" t="s">
-        <v>596</v>
+        <v>384</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" s="3" t="s">
-        <v>587</v>
+        <v>217</v>
       </c>
       <c r="B390" s="4" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="C390" s="5">
-        <v>49054</v>
+        <v>49023</v>
       </c>
       <c r="D390" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E390" s="5">
         <v>40</v>
       </c>
       <c r="F390" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G390" s="5" t="s">
-        <v>861</v>
+        <v>596</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" s="3" t="s">
-        <v>843</v>
+        <v>587</v>
       </c>
       <c r="B391" s="4" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C391" s="5">
-        <v>49071</v>
+        <v>49054</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E391" s="5">
         <v>40</v>
       </c>
       <c r="F391" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G391" s="5" t="s">
-        <v>386</v>
+        <v>864</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" s="3" t="s">
-        <v>863</v>
+        <v>846</v>
       </c>
       <c r="B392" s="4" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C392" s="5">
-        <v>49083</v>
+        <v>49071</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E392" s="5">
         <v>40</v>
       </c>
       <c r="F392" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G392" s="5" t="s">
-        <v>865</v>
+        <v>386</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" s="3" t="s">
-        <v>217</v>
+        <v>866</v>
       </c>
       <c r="B393" s="4" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C393" s="5">
-        <v>49126</v>
+        <v>49083</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E393" s="5">
         <v>40</v>
       </c>
       <c r="F393" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G393" s="5" t="s">
-        <v>295</v>
+        <v>868</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B394" s="4" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="C394" s="5">
-        <v>49152</v>
+        <v>49126</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E394" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F394" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G394" s="5" t="s">
-        <v>868</v>
+        <v>295</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" s="3" t="s">
-        <v>589</v>
+        <v>217</v>
       </c>
       <c r="B395" s="4" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C395" s="5">
-        <v>49178</v>
+        <v>49152</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E395" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F395" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G395" s="5" t="s">
-        <v>310</v>
+        <v>871</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" s="3" t="s">
-        <v>863</v>
+        <v>589</v>
       </c>
       <c r="B396" s="4" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="C396" s="5">
         <v>49178</v>
       </c>
       <c r="D396" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E396" s="5">
         <v>40</v>
       </c>
       <c r="F396" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G396" s="5" t="s">
-        <v>870</v>
+        <v>310</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" s="3" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="B397" s="4" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C397" s="5">
-        <v>49242</v>
+        <v>49178</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E397" s="5">
         <v>40</v>
       </c>
       <c r="F397" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G397" s="5" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" s="3" t="s">
+        <v>866</v>
+      </c>
+      <c r="B398" s="4" t="s">
+        <v>874</v>
+      </c>
+      <c r="C398" s="5">
+        <v>49242</v>
+      </c>
+      <c r="D398" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E398" s="5">
+        <v>40</v>
+      </c>
+      <c r="F398" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G398" s="5" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="399" spans="1:7">
+      <c r="A399" s="3" t="s">
         <v>589</v>
       </c>
-      <c r="B398" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C398" s="5">
+      <c r="B399" s="4" t="s">
+        <v>876</v>
+      </c>
+      <c r="C399" s="5">
         <v>49275</v>
       </c>
-      <c r="D398" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G398" s="5" t="s">
+      <c r="D399" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E399" s="5">
+        <v>40</v>
+      </c>
+      <c r="F399" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G399" s="5" t="s">
         <v>731</v>
       </c>
     </row>
-    <row r="399" spans="1:7">
-[...4 lines deleted...]
-      <c r="G399" s="1"/>
+    <row r="400" spans="1:7">
+      <c r="A400" s="2"/>
+      <c r="C400" s="1"/>
+      <c r="E400" s="1"/>
+      <c r="F400" s="1"/>
+      <c r="G400" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">