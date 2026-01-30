--- v1 (2025-12-13)
+++ v2 (2026-01-30)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="877">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5LZ</t>
   </si>
   <si>
     <t>379 Referencias DVGE - 394 QSO encontrados - 345 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1804 (13-12-2025 21:47)</t>
+    <t>Ranking #1804 (30-01-2026 09:05)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>