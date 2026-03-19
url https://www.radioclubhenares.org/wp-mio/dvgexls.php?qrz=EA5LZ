--- v2 (2026-01-30)
+++ v3 (2026-03-19)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="877">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5LZ</t>
   </si>
   <si>
     <t>379 Referencias DVGE - 394 QSO encontrados - 345 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1804 (30-01-2026 09:05)</t>
+    <t>Ranking #1804 (19-03-2026 08:20)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>