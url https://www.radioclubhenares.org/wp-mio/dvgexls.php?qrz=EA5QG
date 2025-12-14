--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="405">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="410">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5QG</t>
   </si>
   <si>
-    <t>163 Referencias DVGE - 168 QSO encontrados - 148 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #2827 (14-10-2025 14:08)</t>
+    <t>165 Referencias DVGE - 170 QSO encontrados - 150 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #2827 (14-12-2025 03:59)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>
@@ -1172,84 +1172,99 @@
   <si>
     <t>EA5HUS/P</t>
   </si>
   <si>
     <t>VGV-046</t>
   </si>
   <si>
     <t>EA5S</t>
   </si>
   <si>
     <t>VGV-050</t>
   </si>
   <si>
     <t>05/12/2020</t>
   </si>
   <si>
     <t>EA3HVE/P</t>
   </si>
   <si>
     <t>VGV-063</t>
   </si>
   <si>
     <t>09/02/2023</t>
   </si>
   <si>
+    <t>EA5URY/P</t>
+  </si>
+  <si>
+    <t>VGV-074</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
+  </si>
+  <si>
     <t>EA5RKE/P</t>
   </si>
   <si>
     <t>VGV-098</t>
   </si>
   <si>
     <t>01/12/2019</t>
   </si>
   <si>
     <t>EA5CMP/P</t>
   </si>
   <si>
     <t>VGV-099</t>
   </si>
   <si>
     <t>22/01/2015</t>
   </si>
   <si>
     <t>VGV-135</t>
   </si>
   <si>
     <t>17/05/2025</t>
   </si>
   <si>
     <t>EC5WR</t>
   </si>
   <si>
     <t>VGV-138</t>
   </si>
   <si>
     <t>11/05/2024</t>
   </si>
   <si>
-    <t>EA5URY/P</t>
+    <t>VGV-179</t>
+  </si>
+  <si>
+    <t>FT8</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
   </si>
   <si>
     <t>VGV-188</t>
   </si>
   <si>
     <t>23/11/2019</t>
   </si>
   <si>
     <t>VGV-227</t>
   </si>
   <si>
     <t>VGZ-238</t>
   </si>
   <si>
     <t>VGZ-352</t>
   </si>
   <si>
     <t>29/01/2015</t>
   </si>
   <si>
     <t>VGZA-190</t>
   </si>
 </sst>
 </file>
 
@@ -1684,51 +1699,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G174"/>
+  <dimension ref="A1:G176"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -5413,255 +5428,301 @@
       </c>
       <c r="C164" s="5">
         <v>46107</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="5">
         <v>40</v>
       </c>
       <c r="F164" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G164" s="5" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" s="3" t="s">
         <v>386</v>
       </c>
       <c r="B165" s="4" t="s">
         <v>387</v>
       </c>
       <c r="C165" s="5">
-        <v>46118</v>
+        <v>46111</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="5">
         <v>40</v>
       </c>
       <c r="F165" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G165" s="5" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" s="3" t="s">
         <v>389</v>
       </c>
       <c r="B166" s="4" t="s">
         <v>390</v>
       </c>
       <c r="C166" s="5">
-        <v>46124</v>
+        <v>46118</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="5">
         <v>40</v>
       </c>
       <c r="F166" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G166" s="5" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" s="3" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="B167" s="4" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C167" s="5">
-        <v>46181</v>
+        <v>46124</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="5">
         <v>40</v>
       </c>
       <c r="F167" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G167" s="5" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" s="3" t="s">
-        <v>394</v>
+        <v>380</v>
       </c>
       <c r="B168" s="4" t="s">
         <v>395</v>
       </c>
       <c r="C168" s="5">
-        <v>46182</v>
+        <v>46181</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="5">
         <v>40</v>
       </c>
       <c r="F168" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G168" s="5" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" s="3" t="s">
         <v>397</v>
       </c>
       <c r="B169" s="4" t="s">
         <v>398</v>
       </c>
       <c r="C169" s="5">
-        <v>46229</v>
+        <v>46182</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="5">
         <v>40</v>
       </c>
       <c r="F169" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G169" s="5" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" s="3" t="s">
-        <v>191</v>
+        <v>14</v>
       </c>
       <c r="B170" s="4" t="s">
         <v>400</v>
       </c>
       <c r="C170" s="5">
-        <v>46256</v>
+        <v>46214</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="5">
         <v>40</v>
       </c>
       <c r="F170" s="5" t="s">
-        <v>15</v>
+        <v>401</v>
       </c>
       <c r="G170" s="5" t="s">
-        <v>80</v>
+        <v>402</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" s="3" t="s">
-        <v>357</v>
+        <v>386</v>
       </c>
       <c r="B171" s="4" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C171" s="5">
-        <v>50902</v>
+        <v>46229</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="5">
         <v>40</v>
       </c>
       <c r="F171" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G171" s="5" t="s">
-        <v>283</v>
+        <v>404</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" s="3" t="s">
-        <v>357</v>
+        <v>191</v>
       </c>
       <c r="B172" s="4" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="C172" s="5">
-        <v>50297</v>
+        <v>46256</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="5">
         <v>40</v>
       </c>
       <c r="F172" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G172" s="5" t="s">
-        <v>403</v>
+        <v>80</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="B173" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="C173" s="5">
+        <v>50902</v>
+      </c>
+      <c r="D173" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="5">
+        <v>40</v>
+      </c>
+      <c r="F173" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G173" s="5" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7">
+      <c r="A174" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="B174" s="4" t="s">
+        <v>407</v>
+      </c>
+      <c r="C174" s="5">
+        <v>50297</v>
+      </c>
+      <c r="D174" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E174" s="5">
+        <v>40</v>
+      </c>
+      <c r="F174" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G174" s="5" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7">
+      <c r="A175" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="B173" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C173" s="5">
+      <c r="B175" s="4" t="s">
+        <v>409</v>
+      </c>
+      <c r="C175" s="5">
         <v>49226</v>
       </c>
-      <c r="D173" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G173" s="5" t="s">
+      <c r="D175" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E175" s="5">
+        <v>40</v>
+      </c>
+      <c r="F175" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G175" s="5" t="s">
         <v>260</v>
       </c>
     </row>
-    <row r="174" spans="1:7">
-[...4 lines deleted...]
-      <c r="G174" s="1"/>
+    <row r="176" spans="1:7">
+      <c r="A176" s="2"/>
+      <c r="C176" s="1"/>
+      <c r="E176" s="1"/>
+      <c r="F176" s="1"/>
+      <c r="G176" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">