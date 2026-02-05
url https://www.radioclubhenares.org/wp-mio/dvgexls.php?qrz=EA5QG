--- v1 (2025-12-14)
+++ v2 (2026-02-05)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="410">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5QG</t>
   </si>
   <si>
     <t>165 Referencias DVGE - 170 QSO encontrados - 150 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #2827 (14-12-2025 03:59)</t>
+    <t>Ranking #2827 (05-02-2026 08:35)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>