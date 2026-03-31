--- v2 (2026-02-05)
+++ v3 (2026-03-31)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="410">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5QG</t>
   </si>
   <si>
     <t>165 Referencias DVGE - 170 QSO encontrados - 150 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #2827 (05-02-2026 08:35)</t>
+    <t>Ranking #2827 (31-03-2026 19:04)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>