--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2575">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2580">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5TT</t>
   </si>
   <si>
-    <t>1.286 Referencias DVGE - 1.612 QSO encontrados - 1.008 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #756 (16-10-2025 13:56)</t>
+    <t>1.288 Referencias DVGE - 1.614 QSO encontrados - 1.008 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #756 (07-12-2025 15:40)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA1DX/5</t>
   </si>
@@ -5699,50 +5699,59 @@
   <si>
     <t>02/11/2013</t>
   </si>
   <si>
     <t>VGSE-146</t>
   </si>
   <si>
     <t>EA7JX/P</t>
   </si>
   <si>
     <t>VGSE-147</t>
   </si>
   <si>
     <t>19/03/2017</t>
   </si>
   <si>
     <t>VGSE-169</t>
   </si>
   <si>
     <t>31/12/2013</t>
   </si>
   <si>
     <t>VGSE-171</t>
   </si>
   <si>
+    <t>EA7RKS/P</t>
+  </si>
+  <si>
+    <t>VGSE-175</t>
+  </si>
+  <si>
+    <t>02/11/2025</t>
+  </si>
+  <si>
     <t>VGSE-197</t>
   </si>
   <si>
     <t>ED7DK</t>
   </si>
   <si>
     <t>VGSE-210</t>
   </si>
   <si>
     <t>06/06/2010</t>
   </si>
   <si>
     <t>EA7IXJ/P</t>
   </si>
   <si>
     <t>VGSE-213</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>VGSE-215</t>
   </si>
   <si>
     <t>08/09/2014</t>
@@ -6776,50 +6785,59 @@
   <si>
     <t>VGV-061</t>
   </si>
   <si>
     <t>16/04/2016</t>
   </si>
   <si>
     <t>VGV-066</t>
   </si>
   <si>
     <t>09/03/2013</t>
   </si>
   <si>
     <t>VGV-069</t>
   </si>
   <si>
     <t>12/10/2014</t>
   </si>
   <si>
     <t>VGV-070</t>
   </si>
   <si>
     <t>VGV-071</t>
   </si>
   <si>
+    <t>EA5URY/P</t>
+  </si>
+  <si>
+    <t>VGV-074</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
+  </si>
+  <si>
     <t>EE5TT</t>
   </si>
   <si>
     <t>VGV-077</t>
   </si>
   <si>
     <t>11/06/2016</t>
   </si>
   <si>
     <t>VGV-078</t>
   </si>
   <si>
     <t>VGV-082</t>
   </si>
   <si>
     <t>30/05/2021</t>
   </si>
   <si>
     <t>VGV-084</t>
   </si>
   <si>
     <t>VGV-085</t>
   </si>
   <si>
     <t>VGV-090</t>
@@ -6861,53 +6879,50 @@
     <t>VGV-098</t>
   </si>
   <si>
     <t>VGV-099</t>
   </si>
   <si>
     <t>VGV-101</t>
   </si>
   <si>
     <t>24/06/2022</t>
   </si>
   <si>
     <t>EA4AAQ/5</t>
   </si>
   <si>
     <t>VGV-104</t>
   </si>
   <si>
     <t>VGV-107</t>
   </si>
   <si>
     <t>VGV-108</t>
   </si>
   <si>
     <t>VGV-110</t>
-  </si>
-[...1 lines deleted...]
-    <t>EA5URY/P</t>
   </si>
   <si>
     <t>VGV-114</t>
   </si>
   <si>
     <t>08/07/2021</t>
   </si>
   <si>
     <t>VGV-115</t>
   </si>
   <si>
     <t>VGV-116</t>
   </si>
   <si>
     <t>10/10/2013</t>
   </si>
   <si>
     <t>VGV-117</t>
   </si>
   <si>
     <t>VGV-119</t>
   </si>
   <si>
     <t>EA5S</t>
   </si>
@@ -8194,51 +8209,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1618"/>
+  <dimension ref="A1:G1620"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -32019,13371 +32034,13417 @@
     <row r="1038" spans="1:7">
       <c r="A1038" s="3" t="s">
         <v>804</v>
       </c>
       <c r="B1038" s="4" t="s">
         <v>1894</v>
       </c>
       <c r="C1038" s="5">
         <v>41064</v>
       </c>
       <c r="D1038" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1038" s="5">
         <v>40</v>
       </c>
       <c r="F1038" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1038" s="5" t="s">
         <v>1543</v>
       </c>
     </row>
     <row r="1039" spans="1:7">
       <c r="A1039" s="3" t="s">
-        <v>1854</v>
+        <v>1895</v>
       </c>
       <c r="B1039" s="4" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="C1039" s="5">
-        <v>41069</v>
+        <v>41065</v>
       </c>
       <c r="D1039" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1039" s="5">
         <v>40</v>
       </c>
       <c r="F1039" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1039" s="5" t="s">
-        <v>470</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="1040" spans="1:7">
       <c r="A1040" s="3" t="s">
-        <v>1896</v>
+        <v>1854</v>
       </c>
       <c r="B1040" s="4" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="C1040" s="5">
-        <v>41065</v>
+        <v>41069</v>
       </c>
       <c r="D1040" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1040" s="5">
         <v>40</v>
       </c>
       <c r="F1040" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1040" s="5" t="s">
-        <v>1898</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1041" spans="1:7">
       <c r="A1041" s="3" t="s">
         <v>1899</v>
       </c>
       <c r="B1041" s="4" t="s">
         <v>1900</v>
       </c>
       <c r="C1041" s="5">
-        <v>41077</v>
+        <v>41065</v>
       </c>
       <c r="D1041" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1041" s="5">
         <v>40</v>
       </c>
       <c r="F1041" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1041" s="5" t="s">
         <v>1901</v>
       </c>
     </row>
     <row r="1042" spans="1:7">
       <c r="A1042" s="3" t="s">
-        <v>1899</v>
+        <v>1902</v>
       </c>
       <c r="B1042" s="4" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="C1042" s="5">
         <v>41077</v>
       </c>
       <c r="D1042" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1042" s="5">
         <v>40</v>
       </c>
       <c r="F1042" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1042" s="5" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="1043" spans="1:7">
       <c r="A1043" s="3" t="s">
-        <v>1904</v>
+        <v>1902</v>
       </c>
       <c r="B1043" s="4" t="s">
         <v>1905</v>
       </c>
       <c r="C1043" s="5">
-        <v>41080</v>
+        <v>41077</v>
       </c>
       <c r="D1043" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1043" s="5">
         <v>40</v>
       </c>
       <c r="F1043" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1043" s="5" t="s">
-        <v>136</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="1044" spans="1:7">
       <c r="A1044" s="3" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="B1044" s="4" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="C1044" s="5">
-        <v>41090</v>
+        <v>41080</v>
       </c>
       <c r="D1044" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1044" s="5">
         <v>40</v>
       </c>
       <c r="F1044" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1044" s="5" t="s">
-        <v>1908</v>
+        <v>136</v>
       </c>
     </row>
     <row r="1045" spans="1:7">
       <c r="A1045" s="3" t="s">
-        <v>1852</v>
+        <v>1909</v>
       </c>
       <c r="B1045" s="4" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="C1045" s="5">
-        <v>41091</v>
+        <v>41090</v>
       </c>
       <c r="D1045" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1045" s="5">
         <v>40</v>
       </c>
       <c r="F1045" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1045" s="5" t="s">
-        <v>615</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="1046" spans="1:7">
       <c r="A1046" s="3" t="s">
-        <v>1910</v>
+        <v>1852</v>
       </c>
       <c r="B1046" s="4" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="C1046" s="5">
-        <v>41095</v>
+        <v>41091</v>
       </c>
       <c r="D1046" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1046" s="5">
         <v>40</v>
       </c>
       <c r="F1046" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1046" s="5" t="s">
-        <v>272</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1047" spans="1:7">
       <c r="A1047" s="3" t="s">
-        <v>804</v>
+        <v>1913</v>
       </c>
       <c r="B1047" s="4" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="C1047" s="5">
         <v>41095</v>
       </c>
       <c r="D1047" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1047" s="5">
         <v>40</v>
       </c>
       <c r="F1047" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1047" s="5" t="s">
-        <v>1415</v>
+        <v>272</v>
       </c>
     </row>
     <row r="1048" spans="1:7">
       <c r="A1048" s="3" t="s">
-        <v>1913</v>
+        <v>804</v>
       </c>
       <c r="B1048" s="4" t="s">
-        <v>1912</v>
+        <v>1915</v>
       </c>
       <c r="C1048" s="5">
         <v>41095</v>
       </c>
       <c r="D1048" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1048" s="5">
         <v>40</v>
       </c>
       <c r="F1048" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1048" s="5" t="s">
-        <v>1914</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="1049" spans="1:7">
       <c r="A1049" s="3" t="s">
-        <v>804</v>
+        <v>1916</v>
       </c>
       <c r="B1049" s="4" t="s">
         <v>1915</v>
       </c>
       <c r="C1049" s="5">
         <v>41095</v>
       </c>
       <c r="D1049" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1049" s="5">
         <v>40</v>
       </c>
       <c r="F1049" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1049" s="5" t="s">
-        <v>1019</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="1050" spans="1:7">
       <c r="A1050" s="3" t="s">
-        <v>1866</v>
+        <v>804</v>
       </c>
       <c r="B1050" s="4" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
       <c r="C1050" s="5">
         <v>41095</v>
       </c>
       <c r="D1050" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1050" s="5">
         <v>40</v>
       </c>
       <c r="F1050" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1050" s="5" t="s">
-        <v>813</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="1051" spans="1:7">
       <c r="A1051" s="3" t="s">
-        <v>1852</v>
+        <v>1866</v>
       </c>
       <c r="B1051" s="4" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
       <c r="C1051" s="5">
-        <v>41102</v>
+        <v>41095</v>
       </c>
       <c r="D1051" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1051" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1051" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1051" s="5" t="s">
-        <v>72</v>
+        <v>813</v>
       </c>
     </row>
     <row r="1052" spans="1:7">
       <c r="A1052" s="3" t="s">
-        <v>804</v>
+        <v>1852</v>
       </c>
       <c r="B1052" s="4" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
       <c r="C1052" s="5">
-        <v>41053</v>
+        <v>41102</v>
       </c>
       <c r="D1052" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1052" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1052" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1052" s="5" t="s">
-        <v>1481</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1053" spans="1:7">
       <c r="A1053" s="3" t="s">
         <v>804</v>
       </c>
       <c r="B1053" s="4" t="s">
-        <v>1918</v>
+        <v>1921</v>
       </c>
       <c r="C1053" s="5">
         <v>41053</v>
       </c>
       <c r="D1053" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1053" s="5">
         <v>40</v>
       </c>
       <c r="F1053" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1053" s="5" t="s">
-        <v>1919</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="1054" spans="1:7">
       <c r="A1054" s="3" t="s">
-        <v>1866</v>
+        <v>804</v>
       </c>
       <c r="B1054" s="4" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="C1054" s="5">
-        <v>41081</v>
+        <v>41053</v>
       </c>
       <c r="D1054" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1054" s="5">
         <v>40</v>
       </c>
       <c r="F1054" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1054" s="5" t="s">
-        <v>607</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="1055" spans="1:7">
       <c r="A1055" s="3" t="s">
-        <v>1921</v>
+        <v>1866</v>
       </c>
       <c r="B1055" s="4" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="C1055" s="5">
-        <v>40004</v>
+        <v>41081</v>
       </c>
       <c r="D1055" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1055" s="5">
         <v>40</v>
       </c>
       <c r="F1055" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1055" s="5" t="s">
-        <v>1389</v>
+        <v>607</v>
       </c>
     </row>
     <row r="1056" spans="1:7">
       <c r="A1056" s="3" t="s">
-        <v>695</v>
+        <v>1924</v>
       </c>
       <c r="B1056" s="4" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="C1056" s="5">
-        <v>40014</v>
+        <v>40004</v>
       </c>
       <c r="D1056" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1056" s="5">
         <v>40</v>
       </c>
       <c r="F1056" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1056" s="5" t="s">
-        <v>1924</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="1057" spans="1:7">
       <c r="A1057" s="3" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="B1057" s="4" t="s">
-        <v>1923</v>
+        <v>1926</v>
       </c>
       <c r="C1057" s="5">
         <v>40014</v>
       </c>
       <c r="D1057" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1057" s="5">
         <v>40</v>
       </c>
       <c r="F1057" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1057" s="5" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="1058" spans="1:7">
       <c r="A1058" s="3" t="s">
         <v>691</v>
       </c>
       <c r="B1058" s="4" t="s">
         <v>1926</v>
       </c>
       <c r="C1058" s="5">
-        <v>40029</v>
+        <v>40014</v>
       </c>
       <c r="D1058" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1058" s="5">
         <v>40</v>
       </c>
       <c r="F1058" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1058" s="5" t="s">
-        <v>1325</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="1059" spans="1:7">
       <c r="A1059" s="3" t="s">
-        <v>1927</v>
+        <v>691</v>
       </c>
       <c r="B1059" s="4" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="C1059" s="5">
-        <v>40022</v>
+        <v>40029</v>
       </c>
       <c r="D1059" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1059" s="5">
         <v>40</v>
       </c>
       <c r="F1059" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1059" s="5" t="s">
-        <v>1929</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="1060" spans="1:7">
       <c r="A1060" s="3" t="s">
         <v>1930</v>
       </c>
       <c r="B1060" s="4" t="s">
         <v>1931</v>
       </c>
       <c r="C1060" s="5">
-        <v>40046</v>
+        <v>40022</v>
       </c>
       <c r="D1060" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1060" s="5">
         <v>40</v>
       </c>
       <c r="F1060" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1060" s="5" t="s">
-        <v>206</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="1061" spans="1:7">
       <c r="A1061" s="3" t="s">
-        <v>706</v>
+        <v>1933</v>
       </c>
       <c r="B1061" s="4" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="C1061" s="5">
-        <v>40053</v>
+        <v>40046</v>
       </c>
       <c r="D1061" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1061" s="5">
         <v>40</v>
       </c>
       <c r="F1061" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1061" s="5" t="s">
-        <v>992</v>
+        <v>206</v>
       </c>
     </row>
     <row r="1062" spans="1:7">
       <c r="A1062" s="3" t="s">
-        <v>1413</v>
+        <v>706</v>
       </c>
       <c r="B1062" s="4" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="C1062" s="5">
-        <v>40054</v>
+        <v>40053</v>
       </c>
       <c r="D1062" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1062" s="5">
         <v>40</v>
       </c>
       <c r="F1062" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1062" s="5" t="s">
-        <v>383</v>
+        <v>992</v>
       </c>
     </row>
     <row r="1063" spans="1:7">
       <c r="A1063" s="3" t="s">
-        <v>691</v>
+        <v>1413</v>
       </c>
       <c r="B1063" s="4" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="C1063" s="5">
         <v>40054</v>
       </c>
       <c r="D1063" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1063" s="5">
         <v>40</v>
       </c>
       <c r="F1063" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1063" s="5" t="s">
-        <v>1061</v>
+        <v>383</v>
       </c>
     </row>
     <row r="1064" spans="1:7">
       <c r="A1064" s="3" t="s">
-        <v>1934</v>
+        <v>691</v>
       </c>
       <c r="B1064" s="4" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="C1064" s="5">
-        <v>40065</v>
+        <v>40054</v>
       </c>
       <c r="D1064" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1064" s="5">
         <v>40</v>
       </c>
       <c r="F1064" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1064" s="5" t="s">
-        <v>427</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="1065" spans="1:7">
       <c r="A1065" s="3" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="B1065" s="4" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="C1065" s="5">
-        <v>40058</v>
+        <v>40065</v>
       </c>
       <c r="D1065" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1065" s="5">
         <v>40</v>
       </c>
       <c r="F1065" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1065" s="5" t="s">
-        <v>1938</v>
+        <v>427</v>
       </c>
     </row>
     <row r="1066" spans="1:7">
       <c r="A1066" s="3" t="s">
         <v>1939</v>
       </c>
       <c r="B1066" s="4" t="s">
         <v>1940</v>
       </c>
       <c r="C1066" s="5">
-        <v>40079</v>
+        <v>40058</v>
       </c>
       <c r="D1066" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1066" s="5">
         <v>40</v>
       </c>
       <c r="F1066" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1066" s="5" t="s">
-        <v>16</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="1067" spans="1:7">
       <c r="A1067" s="3" t="s">
-        <v>695</v>
+        <v>1942</v>
       </c>
       <c r="B1067" s="4" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="C1067" s="5">
-        <v>40099</v>
+        <v>40079</v>
       </c>
       <c r="D1067" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1067" s="5">
         <v>40</v>
       </c>
       <c r="F1067" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1067" s="5" t="s">
-        <v>1628</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1068" spans="1:7">
       <c r="A1068" s="3" t="s">
-        <v>1921</v>
+        <v>695</v>
       </c>
       <c r="B1068" s="4" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="C1068" s="5">
-        <v>40101</v>
+        <v>40099</v>
       </c>
       <c r="D1068" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1068" s="5">
         <v>40</v>
       </c>
       <c r="F1068" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1068" s="5" t="s">
-        <v>1302</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="1069" spans="1:7">
       <c r="A1069" s="3" t="s">
-        <v>1930</v>
+        <v>1924</v>
       </c>
       <c r="B1069" s="4" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
       <c r="C1069" s="5">
-        <v>40105</v>
+        <v>40101</v>
       </c>
       <c r="D1069" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1069" s="5">
         <v>40</v>
       </c>
       <c r="F1069" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1069" s="5" t="s">
-        <v>562</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="1070" spans="1:7">
       <c r="A1070" s="3" t="s">
-        <v>1944</v>
+        <v>1933</v>
       </c>
       <c r="B1070" s="4" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="C1070" s="5">
-        <v>40107</v>
+        <v>40105</v>
       </c>
       <c r="D1070" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1070" s="5">
         <v>40</v>
       </c>
       <c r="F1070" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1070" s="5" t="s">
-        <v>1946</v>
+        <v>562</v>
       </c>
     </row>
     <row r="1071" spans="1:7">
       <c r="A1071" s="3" t="s">
-        <v>1934</v>
+        <v>1947</v>
       </c>
       <c r="B1071" s="4" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="C1071" s="5">
-        <v>40138</v>
+        <v>40107</v>
       </c>
       <c r="D1071" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1071" s="5">
         <v>40</v>
       </c>
       <c r="F1071" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1071" s="5" t="s">
-        <v>491</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="1072" spans="1:7">
       <c r="A1072" s="3" t="s">
-        <v>1934</v>
+        <v>1937</v>
       </c>
       <c r="B1072" s="4" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="C1072" s="5">
-        <v>40148</v>
+        <v>40138</v>
       </c>
       <c r="D1072" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1072" s="5">
         <v>40</v>
       </c>
       <c r="F1072" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1072" s="5" t="s">
-        <v>481</v>
+        <v>491</v>
       </c>
     </row>
     <row r="1073" spans="1:7">
       <c r="A1073" s="3" t="s">
-        <v>1700</v>
+        <v>1937</v>
       </c>
       <c r="B1073" s="4" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="C1073" s="5">
-        <v>40162</v>
+        <v>40148</v>
       </c>
       <c r="D1073" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1073" s="5">
         <v>40</v>
       </c>
       <c r="F1073" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1073" s="5" t="s">
-        <v>103</v>
+        <v>481</v>
       </c>
     </row>
     <row r="1074" spans="1:7">
       <c r="A1074" s="3" t="s">
-        <v>1950</v>
+        <v>1700</v>
       </c>
       <c r="B1074" s="4" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="C1074" s="5">
-        <v>40164</v>
+        <v>40162</v>
       </c>
       <c r="D1074" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1074" s="5">
         <v>40</v>
       </c>
       <c r="F1074" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1074" s="5" t="s">
-        <v>1952</v>
+        <v>103</v>
       </c>
     </row>
     <row r="1075" spans="1:7">
       <c r="A1075" s="3" t="s">
-        <v>695</v>
+        <v>1953</v>
       </c>
       <c r="B1075" s="4" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="C1075" s="5">
-        <v>40174</v>
+        <v>40164</v>
       </c>
       <c r="D1075" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1075" s="5">
         <v>40</v>
       </c>
       <c r="F1075" s="5" t="s">
-        <v>509</v>
+        <v>15</v>
       </c>
       <c r="G1075" s="5" t="s">
-        <v>243</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="1076" spans="1:7">
       <c r="A1076" s="3" t="s">
-        <v>1930</v>
+        <v>695</v>
       </c>
       <c r="B1076" s="4" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="C1076" s="5">
-        <v>40180</v>
+        <v>40174</v>
       </c>
       <c r="D1076" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1076" s="5">
         <v>40</v>
       </c>
       <c r="F1076" s="5" t="s">
-        <v>17</v>
+        <v>509</v>
       </c>
       <c r="G1076" s="5" t="s">
-        <v>847</v>
+        <v>243</v>
       </c>
     </row>
     <row r="1077" spans="1:7">
       <c r="A1077" s="3" t="s">
-        <v>1930</v>
+        <v>1933</v>
       </c>
       <c r="B1077" s="4" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
       <c r="C1077" s="5">
-        <v>40185</v>
+        <v>40180</v>
       </c>
       <c r="D1077" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1077" s="5">
         <v>40</v>
       </c>
       <c r="F1077" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1077" s="5" t="s">
-        <v>1956</v>
+        <v>847</v>
       </c>
     </row>
     <row r="1078" spans="1:7">
       <c r="A1078" s="3" t="s">
-        <v>1957</v>
+        <v>1933</v>
       </c>
       <c r="B1078" s="4" t="s">
         <v>1958</v>
       </c>
       <c r="C1078" s="5">
-        <v>40194</v>
+        <v>40185</v>
       </c>
       <c r="D1078" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1078" s="5">
         <v>40</v>
       </c>
       <c r="F1078" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1078" s="5" t="s">
         <v>1959</v>
       </c>
     </row>
     <row r="1079" spans="1:7">
       <c r="A1079" s="3" t="s">
-        <v>695</v>
+        <v>1960</v>
       </c>
       <c r="B1079" s="4" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="C1079" s="5">
-        <v>40195</v>
+        <v>40194</v>
       </c>
       <c r="D1079" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1079" s="5">
         <v>40</v>
       </c>
       <c r="F1079" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1079" s="5" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="1080" spans="1:7">
       <c r="A1080" s="3" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="B1080" s="4" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="C1080" s="5">
-        <v>40215</v>
+        <v>40195</v>
       </c>
       <c r="D1080" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1080" s="5">
         <v>40</v>
       </c>
       <c r="F1080" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1080" s="5" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="1081" spans="1:7">
       <c r="A1081" s="3" t="s">
-        <v>1930</v>
+        <v>691</v>
       </c>
       <c r="B1081" s="4" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="C1081" s="5">
-        <v>40906</v>
+        <v>40215</v>
       </c>
       <c r="D1081" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1081" s="5">
         <v>40</v>
       </c>
       <c r="F1081" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1081" s="5" t="s">
-        <v>72</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="1082" spans="1:7">
       <c r="A1082" s="3" t="s">
-        <v>1965</v>
+        <v>1933</v>
       </c>
       <c r="B1082" s="4" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="C1082" s="5">
-        <v>42020</v>
+        <v>40906</v>
       </c>
       <c r="D1082" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1082" s="5">
         <v>40</v>
       </c>
       <c r="F1082" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1082" s="5" t="s">
-        <v>494</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1083" spans="1:7">
       <c r="A1083" s="3" t="s">
-        <v>1422</v>
+        <v>1968</v>
       </c>
       <c r="B1083" s="4" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="C1083" s="5">
-        <v>42022</v>
+        <v>42020</v>
       </c>
       <c r="D1083" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1083" s="5">
         <v>40</v>
       </c>
       <c r="F1083" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1083" s="5" t="s">
-        <v>1968</v>
+        <v>494</v>
       </c>
     </row>
     <row r="1084" spans="1:7">
       <c r="A1084" s="3" t="s">
-        <v>1969</v>
+        <v>1422</v>
       </c>
       <c r="B1084" s="4" t="s">
         <v>1970</v>
       </c>
       <c r="C1084" s="5">
-        <v>42025</v>
+        <v>42022</v>
       </c>
       <c r="D1084" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1084" s="5">
         <v>40</v>
       </c>
       <c r="F1084" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1084" s="5" t="s">
-        <v>108</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="1085" spans="1:7">
       <c r="A1085" s="3" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="B1085" s="4" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="C1085" s="5">
-        <v>42034</v>
+        <v>42025</v>
       </c>
       <c r="D1085" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1085" s="5">
         <v>40</v>
       </c>
       <c r="F1085" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1085" s="5" t="s">
-        <v>93</v>
+        <v>108</v>
       </c>
     </row>
     <row r="1086" spans="1:7">
       <c r="A1086" s="3" t="s">
-        <v>1413</v>
+        <v>1974</v>
       </c>
       <c r="B1086" s="4" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="C1086" s="5">
-        <v>42043</v>
+        <v>42034</v>
       </c>
       <c r="D1086" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1086" s="5">
         <v>40</v>
       </c>
       <c r="F1086" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G1086" s="5" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1087" spans="1:7">
       <c r="A1087" s="3" t="s">
-        <v>1422</v>
+        <v>1413</v>
       </c>
       <c r="B1087" s="4" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="C1087" s="5">
-        <v>42065</v>
+        <v>42043</v>
       </c>
       <c r="D1087" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1087" s="5">
         <v>40</v>
       </c>
       <c r="F1087" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G1087" s="5" t="s">
-        <v>89</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1088" spans="1:7">
       <c r="A1088" s="3" t="s">
-        <v>1971</v>
+        <v>1422</v>
       </c>
       <c r="B1088" s="4" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="C1088" s="5">
-        <v>42071</v>
+        <v>42065</v>
       </c>
       <c r="D1088" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1088" s="5">
         <v>40</v>
       </c>
       <c r="F1088" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1088" s="5" t="s">
-        <v>1976</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1089" spans="1:7">
       <c r="A1089" s="3" t="s">
-        <v>1977</v>
+        <v>1974</v>
       </c>
       <c r="B1089" s="4" t="s">
         <v>1978</v>
       </c>
       <c r="C1089" s="5">
-        <v>42095</v>
+        <v>42071</v>
       </c>
       <c r="D1089" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1089" s="5">
         <v>40</v>
       </c>
       <c r="F1089" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1089" s="5" t="s">
-        <v>1685</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="1090" spans="1:7">
       <c r="A1090" s="3" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="B1090" s="4" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="C1090" s="5">
-        <v>42097</v>
+        <v>42095</v>
       </c>
       <c r="D1090" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1090" s="5">
         <v>40</v>
       </c>
       <c r="F1090" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1090" s="5" t="s">
-        <v>999</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="1091" spans="1:7">
       <c r="A1091" s="3" t="s">
-        <v>1422</v>
+        <v>1980</v>
       </c>
       <c r="B1091" s="4" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="C1091" s="5">
-        <v>42134</v>
+        <v>42097</v>
       </c>
       <c r="D1091" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1091" s="5">
         <v>40</v>
       </c>
       <c r="F1091" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1091" s="5" t="s">
-        <v>1981</v>
+        <v>999</v>
       </c>
     </row>
     <row r="1092" spans="1:7">
       <c r="A1092" s="3" t="s">
-        <v>1971</v>
+        <v>1422</v>
       </c>
       <c r="B1092" s="4" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="C1092" s="5">
-        <v>42173</v>
+        <v>42134</v>
       </c>
       <c r="D1092" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1092" s="5">
         <v>40</v>
       </c>
       <c r="F1092" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1092" s="5" t="s">
-        <v>38</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="1093" spans="1:7">
       <c r="A1093" s="3" t="s">
-        <v>1983</v>
+        <v>1974</v>
       </c>
       <c r="B1093" s="4" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="C1093" s="5">
         <v>42173</v>
       </c>
       <c r="D1093" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1093" s="5">
         <v>40</v>
       </c>
       <c r="F1093" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1093" s="5" t="s">
-        <v>1985</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1094" spans="1:7">
       <c r="A1094" s="3" t="s">
-        <v>1422</v>
+        <v>1986</v>
       </c>
       <c r="B1094" s="4" t="s">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="C1094" s="5">
         <v>42173</v>
       </c>
       <c r="D1094" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1094" s="5">
         <v>40</v>
       </c>
       <c r="F1094" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1094" s="5" t="s">
-        <v>72</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="1095" spans="1:7">
       <c r="A1095" s="3" t="s">
         <v>1422</v>
       </c>
       <c r="B1095" s="4" t="s">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="C1095" s="5">
         <v>42173</v>
       </c>
       <c r="D1095" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1095" s="5">
         <v>40</v>
       </c>
       <c r="F1095" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1095" s="5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="1096" spans="1:7">
       <c r="A1096" s="3" t="s">
-        <v>1983</v>
+        <v>1422</v>
       </c>
       <c r="B1096" s="4" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="C1096" s="5">
-        <v>42188</v>
+        <v>42173</v>
       </c>
       <c r="D1096" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1096" s="5">
         <v>40</v>
       </c>
       <c r="F1096" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1096" s="5" t="s">
-        <v>1663</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1097" spans="1:7">
       <c r="A1097" s="3" t="s">
-        <v>1422</v>
+        <v>1986</v>
       </c>
       <c r="B1097" s="4" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="C1097" s="5">
-        <v>42198</v>
+        <v>42188</v>
       </c>
       <c r="D1097" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1097" s="5">
         <v>40</v>
       </c>
       <c r="F1097" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1097" s="5" t="s">
-        <v>783</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="1098" spans="1:7">
       <c r="A1098" s="3" t="s">
-        <v>625</v>
+        <v>1422</v>
       </c>
       <c r="B1098" s="4" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="C1098" s="5">
-        <v>20009</v>
+        <v>42198</v>
       </c>
       <c r="D1098" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1098" s="5">
         <v>40</v>
       </c>
       <c r="F1098" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1098" s="5" t="s">
-        <v>89</v>
+        <v>783</v>
       </c>
     </row>
     <row r="1099" spans="1:7">
       <c r="A1099" s="3" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="B1099" s="4" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="C1099" s="5">
-        <v>20039</v>
+        <v>20009</v>
       </c>
       <c r="D1099" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1099" s="5">
         <v>40</v>
       </c>
       <c r="F1099" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1099" s="5" t="s">
-        <v>783</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1100" spans="1:7">
       <c r="A1100" s="3" t="s">
-        <v>1990</v>
+        <v>622</v>
       </c>
       <c r="B1100" s="4" t="s">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="C1100" s="5">
-        <v>20067</v>
+        <v>20039</v>
       </c>
       <c r="D1100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1100" s="5">
         <v>40</v>
       </c>
       <c r="F1100" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1100" s="5" t="s">
-        <v>206</v>
+        <v>783</v>
       </c>
     </row>
     <row r="1101" spans="1:7">
       <c r="A1101" s="3" t="s">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="B1101" s="4" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="C1101" s="5">
         <v>20067</v>
       </c>
       <c r="D1101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1101" s="5">
         <v>40</v>
       </c>
       <c r="F1101" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1101" s="5" t="s">
-        <v>72</v>
+        <v>206</v>
       </c>
     </row>
     <row r="1102" spans="1:7">
       <c r="A1102" s="3" t="s">
-        <v>631</v>
+        <v>1993</v>
       </c>
       <c r="B1102" s="4" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="C1102" s="5">
-        <v>20013</v>
+        <v>20067</v>
       </c>
       <c r="D1102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1102" s="5">
         <v>40</v>
       </c>
       <c r="F1102" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1102" s="5" t="s">
-        <v>1993</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1103" spans="1:7">
       <c r="A1103" s="3" t="s">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="B1103" s="4" t="s">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="C1103" s="5">
-        <v>20029</v>
+        <v>20013</v>
       </c>
       <c r="D1103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1103" s="5">
         <v>40</v>
       </c>
       <c r="F1103" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1103" s="5" t="s">
-        <v>1961</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="1104" spans="1:7">
       <c r="A1104" s="3" t="s">
         <v>622</v>
       </c>
       <c r="B1104" s="4" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="C1104" s="5">
         <v>20029</v>
       </c>
       <c r="D1104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1104" s="5">
         <v>40</v>
       </c>
       <c r="F1104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1104" s="5" t="s">
-        <v>302</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="1105" spans="1:7">
       <c r="A1105" s="3" t="s">
-        <v>1996</v>
+        <v>622</v>
       </c>
       <c r="B1105" s="4" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="C1105" s="5">
-        <v>43001</v>
+        <v>20029</v>
       </c>
       <c r="D1105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1105" s="5">
         <v>40</v>
       </c>
       <c r="F1105" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1105" s="5" t="s">
-        <v>1998</v>
+        <v>302</v>
       </c>
     </row>
     <row r="1106" spans="1:7">
       <c r="A1106" s="3" t="s">
         <v>1999</v>
       </c>
       <c r="B1106" s="4" t="s">
         <v>2000</v>
       </c>
       <c r="C1106" s="5">
-        <v>43002</v>
+        <v>43001</v>
       </c>
       <c r="D1106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1106" s="5">
         <v>40</v>
       </c>
       <c r="F1106" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1106" s="5" t="s">
-        <v>108</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="1107" spans="1:7">
       <c r="A1107" s="3" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B1107" s="4" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="C1107" s="5">
-        <v>43901</v>
+        <v>43002</v>
       </c>
       <c r="D1107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1107" s="5">
         <v>40</v>
       </c>
       <c r="F1107" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1107" s="5" t="s">
-        <v>2003</v>
+        <v>108</v>
       </c>
     </row>
     <row r="1108" spans="1:7">
       <c r="A1108" s="3" t="s">
         <v>2004</v>
       </c>
       <c r="B1108" s="4" t="s">
         <v>2005</v>
       </c>
       <c r="C1108" s="5">
-        <v>43054</v>
+        <v>43901</v>
       </c>
       <c r="D1108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1108" s="5">
         <v>40</v>
       </c>
       <c r="F1108" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1108" s="5" t="s">
         <v>2006</v>
       </c>
     </row>
     <row r="1109" spans="1:7">
       <c r="A1109" s="3" t="s">
-        <v>416</v>
+        <v>2007</v>
       </c>
       <c r="B1109" s="4" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="C1109" s="5">
-        <v>43155</v>
+        <v>43054</v>
       </c>
       <c r="D1109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1109" s="5">
         <v>40</v>
       </c>
       <c r="F1109" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1109" s="5" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="1110" spans="1:7">
       <c r="A1110" s="3" t="s">
-        <v>2009</v>
+        <v>416</v>
       </c>
       <c r="B1110" s="4" t="s">
         <v>2010</v>
       </c>
       <c r="C1110" s="5">
-        <v>43161</v>
+        <v>43155</v>
       </c>
       <c r="D1110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1110" s="5">
         <v>40</v>
       </c>
       <c r="F1110" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1110" s="5" t="s">
         <v>2011</v>
       </c>
     </row>
     <row r="1111" spans="1:7">
       <c r="A1111" s="3" t="s">
-        <v>1319</v>
+        <v>2012</v>
       </c>
       <c r="B1111" s="4" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1111" s="5">
-        <v>43159</v>
+        <v>43161</v>
       </c>
       <c r="D1111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1111" s="5">
         <v>40</v>
       </c>
       <c r="F1111" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1111" s="5" t="s">
-        <v>315</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="1112" spans="1:7">
       <c r="A1112" s="3" t="s">
-        <v>401</v>
+        <v>1319</v>
       </c>
       <c r="B1112" s="4" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="C1112" s="5">
-        <v>43143</v>
+        <v>43159</v>
       </c>
       <c r="D1112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1112" s="5">
         <v>40</v>
       </c>
       <c r="F1112" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1112" s="5" t="s">
-        <v>2014</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1113" spans="1:7">
       <c r="A1113" s="3" t="s">
-        <v>1969</v>
+        <v>401</v>
       </c>
       <c r="B1113" s="4" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1113" s="5">
-        <v>44031</v>
+        <v>43143</v>
       </c>
       <c r="D1113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1113" s="5">
         <v>40</v>
       </c>
       <c r="F1113" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1113" s="5" t="s">
-        <v>93</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="1114" spans="1:7">
       <c r="A1114" s="3" t="s">
-        <v>2016</v>
+        <v>1972</v>
       </c>
       <c r="B1114" s="4" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1114" s="5">
-        <v>44054</v>
+        <v>44031</v>
       </c>
       <c r="D1114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1114" s="5">
         <v>40</v>
       </c>
       <c r="F1114" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1114" s="5" t="s">
-        <v>667</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1115" spans="1:7">
       <c r="A1115" s="3" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B1115" s="4" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C1115" s="5">
-        <v>44056</v>
+        <v>44054</v>
       </c>
       <c r="D1115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1115" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F1115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1115" s="5" t="s">
-        <v>1599</v>
+        <v>667</v>
       </c>
     </row>
     <row r="1116" spans="1:7">
       <c r="A1116" s="3" t="s">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B1116" s="4" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1116" s="5">
-        <v>44059</v>
+        <v>44056</v>
       </c>
       <c r="D1116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1116" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F1116" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1116" s="5" t="s">
-        <v>400</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="1117" spans="1:7">
       <c r="A1117" s="3" t="s">
-        <v>47</v>
+        <v>2023</v>
       </c>
       <c r="B1117" s="4" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="C1117" s="5">
         <v>44059</v>
       </c>
       <c r="D1117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1117" s="5">
         <v>40</v>
       </c>
       <c r="F1117" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1117" s="5" t="s">
-        <v>2023</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1118" spans="1:7">
       <c r="A1118" s="3" t="s">
-        <v>2020</v>
+        <v>47</v>
       </c>
       <c r="B1118" s="4" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C1118" s="5">
         <v>44059</v>
       </c>
       <c r="D1118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1118" s="5">
         <v>40</v>
       </c>
       <c r="F1118" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1118" s="5" t="s">
-        <v>577</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="1119" spans="1:7">
       <c r="A1119" s="3" t="s">
-        <v>397</v>
+        <v>2023</v>
       </c>
       <c r="B1119" s="4" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="C1119" s="5">
-        <v>44160</v>
+        <v>44059</v>
       </c>
       <c r="D1119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1119" s="5">
         <v>40</v>
       </c>
       <c r="F1119" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1119" s="5" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
     </row>
     <row r="1120" spans="1:7">
       <c r="A1120" s="3" t="s">
-        <v>2020</v>
+        <v>397</v>
       </c>
       <c r="B1120" s="4" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="C1120" s="5">
-        <v>44077</v>
+        <v>44160</v>
       </c>
       <c r="D1120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1120" s="5">
         <v>40</v>
       </c>
       <c r="F1120" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1120" s="5" t="s">
-        <v>2027</v>
+        <v>579</v>
       </c>
     </row>
     <row r="1121" spans="1:7">
       <c r="A1121" s="3" t="s">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="B1121" s="4" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="C1121" s="5">
-        <v>44103</v>
+        <v>44077</v>
       </c>
       <c r="D1121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1121" s="5">
         <v>40</v>
       </c>
       <c r="F1121" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1121" s="5" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="1122" spans="1:7">
       <c r="A1122" s="3" t="s">
-        <v>2030</v>
+        <v>2019</v>
       </c>
       <c r="B1122" s="4" t="s">
         <v>2031</v>
       </c>
       <c r="C1122" s="5">
-        <v>44113</v>
+        <v>44103</v>
       </c>
       <c r="D1122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1122" s="5">
         <v>40</v>
       </c>
       <c r="F1122" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1122" s="5" t="s">
         <v>2032</v>
       </c>
     </row>
     <row r="1123" spans="1:7">
       <c r="A1123" s="3" t="s">
-        <v>2030</v>
+        <v>2033</v>
       </c>
       <c r="B1123" s="4" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
       <c r="C1123" s="5">
         <v>44113</v>
       </c>
       <c r="D1123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1123" s="5">
         <v>40</v>
       </c>
       <c r="F1123" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1123" s="5" t="s">
-        <v>2032</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="1124" spans="1:7">
       <c r="A1124" s="3" t="s">
-        <v>2020</v>
+        <v>2033</v>
       </c>
       <c r="B1124" s="4" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="C1124" s="5">
-        <v>44126</v>
+        <v>44113</v>
       </c>
       <c r="D1124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1124" s="5">
         <v>40</v>
       </c>
       <c r="F1124" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1124" s="5" t="s">
-        <v>876</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="1125" spans="1:7">
       <c r="A1125" s="3" t="s">
-        <v>47</v>
+        <v>2023</v>
       </c>
       <c r="B1125" s="4" t="s">
-        <v>2033</v>
+        <v>2036</v>
       </c>
       <c r="C1125" s="5">
         <v>44126</v>
       </c>
       <c r="D1125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1125" s="5">
         <v>40</v>
       </c>
       <c r="F1125" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1125" s="5" t="s">
-        <v>2034</v>
+        <v>876</v>
       </c>
     </row>
     <row r="1126" spans="1:7">
       <c r="A1126" s="3" t="s">
-        <v>2035</v>
+        <v>47</v>
       </c>
       <c r="B1126" s="4" t="s">
         <v>2036</v>
       </c>
       <c r="C1126" s="5">
-        <v>44127</v>
+        <v>44126</v>
       </c>
       <c r="D1126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1126" s="5">
         <v>40</v>
       </c>
       <c r="F1126" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1126" s="5" t="s">
         <v>2037</v>
       </c>
     </row>
     <row r="1127" spans="1:7">
       <c r="A1127" s="3" t="s">
-        <v>2035</v>
+        <v>2038</v>
       </c>
       <c r="B1127" s="4" t="s">
-        <v>2036</v>
+        <v>2039</v>
       </c>
       <c r="C1127" s="5">
         <v>44127</v>
       </c>
       <c r="D1127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1127" s="5">
         <v>40</v>
       </c>
       <c r="F1127" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1127" s="5" t="s">
-        <v>2037</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="1128" spans="1:7">
       <c r="A1128" s="3" t="s">
         <v>2038</v>
       </c>
       <c r="B1128" s="4" t="s">
         <v>2039</v>
       </c>
       <c r="C1128" s="5">
         <v>44127</v>
       </c>
       <c r="D1128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1128" s="5">
         <v>40</v>
       </c>
       <c r="F1128" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1128" s="5" t="s">
         <v>2040</v>
       </c>
     </row>
     <row r="1129" spans="1:7">
       <c r="A1129" s="3" t="s">
-        <v>2020</v>
+        <v>2041</v>
       </c>
       <c r="B1129" s="4" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="C1129" s="5">
-        <v>44137</v>
+        <v>44127</v>
       </c>
       <c r="D1129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1129" s="5">
         <v>40</v>
       </c>
       <c r="F1129" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1129" s="5" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="1130" spans="1:7">
       <c r="A1130" s="3" t="s">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="B1130" s="4" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="C1130" s="5">
-        <v>44143</v>
+        <v>44137</v>
       </c>
       <c r="D1130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1130" s="5">
         <v>40</v>
       </c>
       <c r="F1130" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1130" s="5" t="s">
-        <v>579</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="1131" spans="1:7">
       <c r="A1131" s="3" t="s">
-        <v>97</v>
+        <v>2019</v>
       </c>
       <c r="B1131" s="4" t="s">
-        <v>2044</v>
+        <v>2046</v>
       </c>
       <c r="C1131" s="5">
         <v>44143</v>
       </c>
       <c r="D1131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1131" s="5">
         <v>40</v>
       </c>
       <c r="F1131" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1131" s="5" t="s">
-        <v>2045</v>
+        <v>579</v>
       </c>
     </row>
     <row r="1132" spans="1:7">
       <c r="A1132" s="3" t="s">
-        <v>2016</v>
+        <v>97</v>
       </c>
       <c r="B1132" s="4" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
       <c r="C1132" s="5">
-        <v>44158</v>
+        <v>44143</v>
       </c>
       <c r="D1132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1132" s="5">
         <v>40</v>
       </c>
       <c r="F1132" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1132" s="5" t="s">
-        <v>1402</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="1133" spans="1:7">
       <c r="A1133" s="3" t="s">
-        <v>2038</v>
+        <v>2019</v>
       </c>
       <c r="B1133" s="4" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
       <c r="C1133" s="5">
-        <v>44159</v>
+        <v>44158</v>
       </c>
       <c r="D1133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1133" s="5">
         <v>40</v>
       </c>
       <c r="F1133" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1133" s="5" t="s">
-        <v>2048</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="1134" spans="1:7">
       <c r="A1134" s="3" t="s">
-        <v>2038</v>
+        <v>2041</v>
       </c>
       <c r="B1134" s="4" t="s">
-        <v>2047</v>
+        <v>2050</v>
       </c>
       <c r="C1134" s="5">
         <v>44159</v>
       </c>
       <c r="D1134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1134" s="5">
         <v>40</v>
       </c>
       <c r="F1134" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1134" s="5" t="s">
-        <v>2048</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="1135" spans="1:7">
       <c r="A1135" s="3" t="s">
-        <v>2038</v>
+        <v>2041</v>
       </c>
       <c r="B1135" s="4" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="C1135" s="5">
         <v>44159</v>
       </c>
       <c r="D1135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1135" s="5">
         <v>40</v>
       </c>
       <c r="F1135" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1135" s="5" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="1136" spans="1:7">
       <c r="A1136" s="3" t="s">
-        <v>47</v>
+        <v>2041</v>
       </c>
       <c r="B1136" s="4" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="C1136" s="5">
-        <v>44160</v>
+        <v>44159</v>
       </c>
       <c r="D1136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1136" s="5">
         <v>40</v>
       </c>
       <c r="F1136" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1136" s="5" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="1137" spans="1:7">
       <c r="A1137" s="3" t="s">
-        <v>2053</v>
+        <v>47</v>
       </c>
       <c r="B1137" s="4" t="s">
         <v>2054</v>
       </c>
       <c r="C1137" s="5">
-        <v>44163</v>
+        <v>44160</v>
       </c>
       <c r="D1137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1137" s="5">
         <v>40</v>
       </c>
       <c r="F1137" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1137" s="5" t="s">
-        <v>1325</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="1138" spans="1:7">
       <c r="A1138" s="3" t="s">
-        <v>2030</v>
+        <v>2056</v>
       </c>
       <c r="B1138" s="4" t="s">
-        <v>2055</v>
+        <v>2057</v>
       </c>
       <c r="C1138" s="5">
-        <v>44165</v>
+        <v>44163</v>
       </c>
       <c r="D1138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1138" s="5">
         <v>40</v>
       </c>
       <c r="F1138" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1138" s="5" t="s">
-        <v>1457</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="1139" spans="1:7">
       <c r="A1139" s="3" t="s">
-        <v>47</v>
+        <v>2033</v>
       </c>
       <c r="B1139" s="4" t="s">
-        <v>2056</v>
+        <v>2058</v>
       </c>
       <c r="C1139" s="5">
-        <v>44183</v>
+        <v>44165</v>
       </c>
       <c r="D1139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1139" s="5">
         <v>40</v>
       </c>
       <c r="F1139" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1139" s="5" t="s">
-        <v>241</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="1140" spans="1:7">
       <c r="A1140" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B1140" s="4" t="s">
-        <v>2056</v>
+        <v>2059</v>
       </c>
       <c r="C1140" s="5">
         <v>44183</v>
       </c>
       <c r="D1140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1140" s="5">
         <v>40</v>
       </c>
       <c r="F1140" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1140" s="5" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="1141" spans="1:7">
       <c r="A1141" s="3" t="s">
-        <v>2016</v>
+        <v>47</v>
       </c>
       <c r="B1141" s="4" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="C1141" s="5">
-        <v>44192</v>
+        <v>44183</v>
       </c>
       <c r="D1141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1141" s="5">
         <v>40</v>
       </c>
       <c r="F1141" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1141" s="5" t="s">
-        <v>2058</v>
+        <v>241</v>
       </c>
     </row>
     <row r="1142" spans="1:7">
       <c r="A1142" s="3" t="s">
-        <v>2059</v>
+        <v>2019</v>
       </c>
       <c r="B1142" s="4" t="s">
         <v>2060</v>
       </c>
       <c r="C1142" s="5">
         <v>44192</v>
       </c>
       <c r="D1142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1142" s="5">
         <v>40</v>
       </c>
       <c r="F1142" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1142" s="5" t="s">
-        <v>93</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="1143" spans="1:7">
       <c r="A1143" s="3" t="s">
-        <v>2016</v>
+        <v>2062</v>
       </c>
       <c r="B1143" s="4" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
       <c r="C1143" s="5">
-        <v>44206</v>
+        <v>44192</v>
       </c>
       <c r="D1143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1143" s="5">
         <v>40</v>
       </c>
       <c r="F1143" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1143" s="5" t="s">
-        <v>503</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1144" spans="1:7">
       <c r="A1144" s="3" t="s">
-        <v>2062</v>
+        <v>2019</v>
       </c>
       <c r="B1144" s="4" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="C1144" s="5">
-        <v>44210</v>
+        <v>44206</v>
       </c>
       <c r="D1144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1144" s="5">
         <v>40</v>
       </c>
       <c r="F1144" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1144" s="5" t="s">
-        <v>72</v>
+        <v>503</v>
       </c>
     </row>
     <row r="1145" spans="1:7">
       <c r="A1145" s="3" t="s">
-        <v>2016</v>
+        <v>2065</v>
       </c>
       <c r="B1145" s="4" t="s">
-        <v>2064</v>
+        <v>2066</v>
       </c>
       <c r="C1145" s="5">
-        <v>44216</v>
+        <v>44210</v>
       </c>
       <c r="D1145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1145" s="5">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F1145" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1145" s="5" t="s">
-        <v>2065</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1146" spans="1:7">
       <c r="A1146" s="3" t="s">
-        <v>2038</v>
+        <v>2019</v>
       </c>
       <c r="B1146" s="4" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="C1146" s="5">
-        <v>44249</v>
+        <v>44216</v>
       </c>
       <c r="D1146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1146" s="5">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="F1146" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1146" s="5" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="1147" spans="1:7">
       <c r="A1147" s="3" t="s">
-        <v>2038</v>
+        <v>2041</v>
       </c>
       <c r="B1147" s="4" t="s">
-        <v>2066</v>
+        <v>2069</v>
       </c>
       <c r="C1147" s="5">
         <v>44249</v>
       </c>
       <c r="D1147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1147" s="5">
         <v>40</v>
       </c>
       <c r="F1147" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1147" s="5" t="s">
-        <v>2067</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="1148" spans="1:7">
       <c r="A1148" s="3" t="s">
-        <v>1969</v>
+        <v>2041</v>
       </c>
       <c r="B1148" s="4" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
       <c r="C1148" s="5">
-        <v>44251</v>
+        <v>44249</v>
       </c>
       <c r="D1148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1148" s="5">
         <v>40</v>
       </c>
       <c r="F1148" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1148" s="5" t="s">
-        <v>263</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="1149" spans="1:7">
       <c r="A1149" s="3" t="s">
-        <v>47</v>
+        <v>1972</v>
       </c>
       <c r="B1149" s="4" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="C1149" s="5">
-        <v>44262</v>
+        <v>44251</v>
       </c>
       <c r="D1149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1149" s="5">
         <v>40</v>
       </c>
       <c r="F1149" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1149" s="5" t="s">
-        <v>2070</v>
+        <v>263</v>
       </c>
     </row>
     <row r="1150" spans="1:7">
       <c r="A1150" s="3" t="s">
-        <v>2062</v>
+        <v>47</v>
       </c>
       <c r="B1150" s="4" t="s">
-        <v>2071</v>
+        <v>2072</v>
       </c>
       <c r="C1150" s="5">
-        <v>44012</v>
+        <v>44262</v>
       </c>
       <c r="D1150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1150" s="5">
         <v>40</v>
       </c>
       <c r="F1150" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1150" s="5" t="s">
-        <v>206</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="1151" spans="1:7">
       <c r="A1151" s="3" t="s">
-        <v>2072</v>
+        <v>2065</v>
       </c>
       <c r="B1151" s="4" t="s">
-        <v>2071</v>
+        <v>2074</v>
       </c>
       <c r="C1151" s="5">
         <v>44012</v>
       </c>
       <c r="D1151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1151" s="5">
         <v>40</v>
       </c>
       <c r="F1151" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1151" s="5" t="s">
-        <v>2073</v>
+        <v>206</v>
       </c>
     </row>
     <row r="1152" spans="1:7">
       <c r="A1152" s="3" t="s">
-        <v>2072</v>
+        <v>2075</v>
       </c>
       <c r="B1152" s="4" t="s">
-        <v>2071</v>
+        <v>2074</v>
       </c>
       <c r="C1152" s="5">
         <v>44012</v>
       </c>
       <c r="D1152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1152" s="5">
         <v>40</v>
       </c>
       <c r="F1152" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1152" s="5" t="s">
-        <v>2073</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="1153" spans="1:7">
       <c r="A1153" s="3" t="s">
-        <v>2072</v>
+        <v>2075</v>
       </c>
       <c r="B1153" s="4" t="s">
-        <v>2071</v>
+        <v>2074</v>
       </c>
       <c r="C1153" s="5">
         <v>44012</v>
       </c>
       <c r="D1153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1153" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F1153" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1153" s="5" t="s">
-        <v>2073</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="1154" spans="1:7">
       <c r="A1154" s="3" t="s">
+        <v>2075</v>
+      </c>
+      <c r="B1154" s="4" t="s">
         <v>2074</v>
       </c>
-      <c r="B1154" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1154" s="5">
-        <v>38005</v>
+        <v>44012</v>
       </c>
       <c r="D1154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1154" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F1154" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1154" s="5" t="s">
-        <v>1363</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="1155" spans="1:7">
       <c r="A1155" s="3" t="s">
-        <v>2074</v>
+        <v>2077</v>
       </c>
       <c r="B1155" s="4" t="s">
-        <v>2076</v>
+        <v>2078</v>
       </c>
       <c r="C1155" s="5">
         <v>38005</v>
       </c>
       <c r="D1155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1155" s="5">
         <v>20</v>
       </c>
       <c r="F1155" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1155" s="5" t="s">
-        <v>253</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="1156" spans="1:7">
       <c r="A1156" s="3" t="s">
         <v>2077</v>
       </c>
       <c r="B1156" s="4" t="s">
-        <v>2076</v>
+        <v>2079</v>
       </c>
       <c r="C1156" s="5">
         <v>38005</v>
       </c>
       <c r="D1156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1156" s="5">
         <v>20</v>
       </c>
       <c r="F1156" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1156" s="5" t="s">
-        <v>341</v>
+        <v>253</v>
       </c>
     </row>
     <row r="1157" spans="1:7">
       <c r="A1157" s="3" t="s">
-        <v>2077</v>
+        <v>2080</v>
       </c>
       <c r="B1157" s="4" t="s">
-        <v>2078</v>
+        <v>2079</v>
       </c>
       <c r="C1157" s="5">
-        <v>38006</v>
+        <v>38005</v>
       </c>
       <c r="D1157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1157" s="5">
         <v>20</v>
       </c>
       <c r="F1157" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1157" s="5" t="s">
-        <v>2079</v>
+        <v>341</v>
       </c>
     </row>
     <row r="1158" spans="1:7">
       <c r="A1158" s="3" t="s">
         <v>2080</v>
       </c>
       <c r="B1158" s="4" t="s">
         <v>2081</v>
       </c>
       <c r="C1158" s="5">
         <v>38006</v>
       </c>
       <c r="D1158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1158" s="5">
         <v>20</v>
       </c>
       <c r="F1158" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1158" s="5" t="s">
-        <v>570</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="1159" spans="1:7">
       <c r="A1159" s="3" t="s">
-        <v>2082</v>
+        <v>2083</v>
       </c>
       <c r="B1159" s="4" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
       <c r="C1159" s="5">
-        <v>38012</v>
+        <v>38006</v>
       </c>
       <c r="D1159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1159" s="5">
         <v>20</v>
       </c>
       <c r="F1159" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1159" s="5" t="s">
-        <v>863</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1160" spans="1:7">
       <c r="A1160" s="3" t="s">
-        <v>2074</v>
+        <v>2085</v>
       </c>
       <c r="B1160" s="4" t="s">
-        <v>2084</v>
+        <v>2086</v>
       </c>
       <c r="C1160" s="5">
-        <v>38016</v>
+        <v>38012</v>
       </c>
       <c r="D1160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1160" s="5">
         <v>20</v>
       </c>
       <c r="F1160" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1160" s="5" t="s">
-        <v>1183</v>
+        <v>863</v>
       </c>
     </row>
     <row r="1161" spans="1:7">
       <c r="A1161" s="3" t="s">
-        <v>2085</v>
+        <v>2077</v>
       </c>
       <c r="B1161" s="4" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="C1161" s="5">
-        <v>38018</v>
+        <v>38016</v>
       </c>
       <c r="D1161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1161" s="5">
         <v>20</v>
       </c>
       <c r="F1161" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1161" s="5" t="s">
-        <v>2087</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="1162" spans="1:7">
       <c r="A1162" s="3" t="s">
         <v>2088</v>
       </c>
       <c r="B1162" s="4" t="s">
         <v>2089</v>
       </c>
       <c r="C1162" s="5">
-        <v>38027</v>
+        <v>38018</v>
       </c>
       <c r="D1162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1162" s="5">
         <v>20</v>
       </c>
       <c r="F1162" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1162" s="5" t="s">
-        <v>1314</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="1163" spans="1:7">
       <c r="A1163" s="3" t="s">
-        <v>2088</v>
+        <v>2091</v>
       </c>
       <c r="B1163" s="4" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="C1163" s="5">
         <v>38027</v>
       </c>
       <c r="D1163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1163" s="5">
         <v>20</v>
       </c>
       <c r="F1163" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1163" s="5" t="s">
         <v>1314</v>
       </c>
     </row>
     <row r="1164" spans="1:7">
       <c r="A1164" s="3" t="s">
-        <v>2080</v>
+        <v>2091</v>
       </c>
       <c r="B1164" s="4" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
       <c r="C1164" s="5">
-        <v>38023</v>
+        <v>38027</v>
       </c>
       <c r="D1164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1164" s="5">
         <v>20</v>
       </c>
       <c r="F1164" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1164" s="5" t="s">
-        <v>787</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="1165" spans="1:7">
       <c r="A1165" s="3" t="s">
-        <v>2092</v>
+        <v>2083</v>
       </c>
       <c r="B1165" s="4" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="C1165" s="5">
-        <v>38036</v>
+        <v>38023</v>
       </c>
       <c r="D1165" s="4" t="s">
-        <v>2094</v>
+        <v>14</v>
       </c>
       <c r="E1165" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1165" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1165" s="5" t="s">
-        <v>2095</v>
+        <v>787</v>
       </c>
     </row>
     <row r="1166" spans="1:7">
       <c r="A1166" s="3" t="s">
-        <v>2074</v>
+        <v>2095</v>
       </c>
       <c r="B1166" s="4" t="s">
         <v>2096</v>
       </c>
       <c r="C1166" s="5">
-        <v>38038</v>
+        <v>38036</v>
       </c>
       <c r="D1166" s="4" t="s">
-        <v>14</v>
+        <v>2097</v>
       </c>
       <c r="E1166" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1166" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1166" s="5" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="1167" spans="1:7">
       <c r="A1167" s="3" t="s">
-        <v>2098</v>
+        <v>2077</v>
       </c>
       <c r="B1167" s="4" t="s">
         <v>2099</v>
       </c>
       <c r="C1167" s="5">
-        <v>45001</v>
+        <v>38038</v>
       </c>
       <c r="D1167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1167" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1167" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1167" s="5" t="s">
-        <v>20</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="1168" spans="1:7">
       <c r="A1168" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1168" s="4" t="s">
-        <v>2099</v>
+        <v>2102</v>
       </c>
       <c r="C1168" s="5">
         <v>45001</v>
       </c>
       <c r="D1168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1168" s="5">
         <v>40</v>
       </c>
       <c r="F1168" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G1168" s="5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="1169" spans="1:7">
       <c r="A1169" s="3" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
       <c r="B1169" s="4" t="s">
-        <v>2101</v>
+        <v>2102</v>
       </c>
       <c r="C1169" s="5">
-        <v>45007</v>
+        <v>45001</v>
       </c>
       <c r="D1169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1169" s="5">
         <v>40</v>
       </c>
       <c r="F1169" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G1169" s="5" t="s">
-        <v>1039</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1170" spans="1:7">
       <c r="A1170" s="3" t="s">
-        <v>2098</v>
+        <v>2103</v>
       </c>
       <c r="B1170" s="4" t="s">
-        <v>2102</v>
+        <v>2104</v>
       </c>
       <c r="C1170" s="5">
-        <v>45016</v>
+        <v>45007</v>
       </c>
       <c r="D1170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1170" s="5">
         <v>40</v>
       </c>
       <c r="F1170" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1170" s="5" t="s">
-        <v>1017</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="1171" spans="1:7">
       <c r="A1171" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1171" s="4" t="s">
-        <v>2102</v>
+        <v>2105</v>
       </c>
       <c r="C1171" s="5">
         <v>45016</v>
       </c>
       <c r="D1171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1171" s="5">
         <v>40</v>
       </c>
       <c r="F1171" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1171" s="5" t="s">
         <v>1017</v>
       </c>
     </row>
     <row r="1172" spans="1:7">
       <c r="A1172" s="3" t="s">
-        <v>381</v>
+        <v>2101</v>
       </c>
       <c r="B1172" s="4" t="s">
-        <v>2103</v>
+        <v>2105</v>
       </c>
       <c r="C1172" s="5">
-        <v>45021</v>
+        <v>45016</v>
       </c>
       <c r="D1172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1172" s="5">
         <v>40</v>
       </c>
       <c r="F1172" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1172" s="5" t="s">
-        <v>206</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="1173" spans="1:7">
       <c r="A1173" s="3" t="s">
-        <v>2098</v>
+        <v>381</v>
       </c>
       <c r="B1173" s="4" t="s">
-        <v>2104</v>
+        <v>2106</v>
       </c>
       <c r="C1173" s="5">
-        <v>45024</v>
+        <v>45021</v>
       </c>
       <c r="D1173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1173" s="5">
         <v>40</v>
       </c>
       <c r="F1173" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1173" s="5" t="s">
-        <v>93</v>
+        <v>206</v>
       </c>
     </row>
     <row r="1174" spans="1:7">
       <c r="A1174" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1174" s="4" t="s">
-        <v>2104</v>
+        <v>2107</v>
       </c>
       <c r="C1174" s="5">
         <v>45024</v>
       </c>
       <c r="D1174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1174" s="5">
         <v>40</v>
       </c>
       <c r="F1174" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1174" s="5" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="1175" spans="1:7">
       <c r="A1175" s="3" t="s">
-        <v>381</v>
+        <v>2101</v>
       </c>
       <c r="B1175" s="4" t="s">
-        <v>2105</v>
+        <v>2107</v>
       </c>
       <c r="C1175" s="5">
-        <v>45027</v>
+        <v>45024</v>
       </c>
       <c r="D1175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1175" s="5">
         <v>40</v>
       </c>
       <c r="F1175" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1175" s="5" t="s">
-        <v>2106</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1176" spans="1:7">
       <c r="A1176" s="3" t="s">
-        <v>2107</v>
+        <v>381</v>
       </c>
       <c r="B1176" s="4" t="s">
         <v>2108</v>
       </c>
       <c r="C1176" s="5">
-        <v>45028</v>
+        <v>45027</v>
       </c>
       <c r="D1176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1176" s="5">
         <v>40</v>
       </c>
       <c r="F1176" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1176" s="5" t="s">
-        <v>1139</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="1177" spans="1:7">
       <c r="A1177" s="3" t="s">
-        <v>2107</v>
+        <v>2110</v>
       </c>
       <c r="B1177" s="4" t="s">
-        <v>2108</v>
+        <v>2111</v>
       </c>
       <c r="C1177" s="5">
         <v>45028</v>
       </c>
       <c r="D1177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1177" s="5">
         <v>40</v>
       </c>
       <c r="F1177" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1177" s="5" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="1178" spans="1:7">
       <c r="A1178" s="3" t="s">
-        <v>2100</v>
+        <v>2110</v>
       </c>
       <c r="B1178" s="4" t="s">
-        <v>2109</v>
+        <v>2111</v>
       </c>
       <c r="C1178" s="5">
-        <v>45030</v>
+        <v>45028</v>
       </c>
       <c r="D1178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1178" s="5">
         <v>40</v>
       </c>
       <c r="F1178" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1178" s="5" t="s">
-        <v>103</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="1179" spans="1:7">
       <c r="A1179" s="3" t="s">
-        <v>381</v>
+        <v>2103</v>
       </c>
       <c r="B1179" s="4" t="s">
-        <v>2110</v>
+        <v>2112</v>
       </c>
       <c r="C1179" s="5">
-        <v>45031</v>
+        <v>45030</v>
       </c>
       <c r="D1179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1179" s="5">
         <v>40</v>
       </c>
       <c r="F1179" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1179" s="5" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
     </row>
     <row r="1180" spans="1:7">
       <c r="A1180" s="3" t="s">
-        <v>2098</v>
+        <v>381</v>
       </c>
       <c r="B1180" s="4" t="s">
-        <v>2111</v>
+        <v>2113</v>
       </c>
       <c r="C1180" s="5">
-        <v>45032</v>
+        <v>45031</v>
       </c>
       <c r="D1180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1180" s="5">
         <v>40</v>
       </c>
       <c r="F1180" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1180" s="5" t="s">
-        <v>668</v>
+        <v>87</v>
       </c>
     </row>
     <row r="1181" spans="1:7">
       <c r="A1181" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1181" s="4" t="s">
-        <v>2112</v>
+        <v>2114</v>
       </c>
       <c r="C1181" s="5">
-        <v>45034</v>
+        <v>45032</v>
       </c>
       <c r="D1181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1181" s="5">
         <v>40</v>
       </c>
       <c r="F1181" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1181" s="5" t="s">
-        <v>535</v>
+        <v>668</v>
       </c>
     </row>
     <row r="1182" spans="1:7">
       <c r="A1182" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1182" s="4" t="s">
-        <v>2113</v>
+        <v>2115</v>
       </c>
       <c r="C1182" s="5">
         <v>45034</v>
       </c>
       <c r="D1182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1182" s="5">
         <v>40</v>
       </c>
       <c r="F1182" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1182" s="5" t="s">
-        <v>646</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1183" spans="1:7">
       <c r="A1183" s="3" t="s">
-        <v>381</v>
+        <v>2101</v>
       </c>
       <c r="B1183" s="4" t="s">
-        <v>2114</v>
+        <v>2116</v>
       </c>
       <c r="C1183" s="5">
-        <v>45036</v>
+        <v>45034</v>
       </c>
       <c r="D1183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1183" s="5">
         <v>40</v>
       </c>
       <c r="F1183" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1183" s="5" t="s">
-        <v>183</v>
+        <v>646</v>
       </c>
     </row>
     <row r="1184" spans="1:7">
       <c r="A1184" s="3" t="s">
-        <v>985</v>
+        <v>381</v>
       </c>
       <c r="B1184" s="4" t="s">
-        <v>2114</v>
+        <v>2117</v>
       </c>
       <c r="C1184" s="5">
         <v>45036</v>
       </c>
       <c r="D1184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1184" s="5">
         <v>40</v>
       </c>
       <c r="F1184" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1184" s="5" t="s">
-        <v>417</v>
+        <v>183</v>
       </c>
     </row>
     <row r="1185" spans="1:7">
       <c r="A1185" s="3" t="s">
-        <v>381</v>
+        <v>985</v>
       </c>
       <c r="B1185" s="4" t="s">
-        <v>2115</v>
+        <v>2117</v>
       </c>
       <c r="C1185" s="5">
-        <v>45037</v>
+        <v>45036</v>
       </c>
       <c r="D1185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1185" s="5">
         <v>40</v>
       </c>
       <c r="F1185" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1185" s="5" t="s">
-        <v>999</v>
+        <v>417</v>
       </c>
     </row>
     <row r="1186" spans="1:7">
       <c r="A1186" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B1186" s="4" t="s">
-        <v>2116</v>
+        <v>2118</v>
       </c>
       <c r="C1186" s="5">
-        <v>45041</v>
+        <v>45037</v>
       </c>
       <c r="D1186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1186" s="5">
         <v>40</v>
       </c>
       <c r="F1186" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1186" s="5" t="s">
-        <v>1268</v>
+        <v>999</v>
       </c>
     </row>
     <row r="1187" spans="1:7">
       <c r="A1187" s="3" t="s">
-        <v>2098</v>
+        <v>381</v>
       </c>
       <c r="B1187" s="4" t="s">
-        <v>2117</v>
+        <v>2119</v>
       </c>
       <c r="C1187" s="5">
-        <v>45042</v>
+        <v>45041</v>
       </c>
       <c r="D1187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1187" s="5">
         <v>40</v>
       </c>
       <c r="F1187" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1187" s="5" t="s">
-        <v>644</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="1188" spans="1:7">
       <c r="A1188" s="3" t="s">
-        <v>2118</v>
+        <v>2101</v>
       </c>
       <c r="B1188" s="4" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="C1188" s="5">
-        <v>45050</v>
+        <v>45042</v>
       </c>
       <c r="D1188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1188" s="5">
         <v>40</v>
       </c>
       <c r="F1188" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1188" s="5" t="s">
-        <v>206</v>
+        <v>644</v>
       </c>
     </row>
     <row r="1189" spans="1:7">
       <c r="A1189" s="3" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="B1189" s="4" t="s">
-        <v>2119</v>
+        <v>2122</v>
       </c>
       <c r="C1189" s="5">
         <v>45050</v>
       </c>
       <c r="D1189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1189" s="5">
         <v>40</v>
       </c>
       <c r="F1189" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1189" s="5" t="s">
-        <v>72</v>
+        <v>206</v>
       </c>
     </row>
     <row r="1190" spans="1:7">
       <c r="A1190" s="3" t="s">
-        <v>2120</v>
+        <v>2123</v>
       </c>
       <c r="B1190" s="4" t="s">
-        <v>2119</v>
+        <v>2122</v>
       </c>
       <c r="C1190" s="5">
         <v>45050</v>
       </c>
       <c r="D1190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1190" s="5">
         <v>40</v>
       </c>
       <c r="F1190" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1190" s="5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="1191" spans="1:7">
       <c r="A1191" s="3" t="s">
-        <v>2098</v>
+        <v>2123</v>
       </c>
       <c r="B1191" s="4" t="s">
-        <v>2121</v>
+        <v>2122</v>
       </c>
       <c r="C1191" s="5">
-        <v>45053</v>
+        <v>45050</v>
       </c>
       <c r="D1191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1191" s="5">
         <v>40</v>
       </c>
       <c r="F1191" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1191" s="5" t="s">
-        <v>2122</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1192" spans="1:7">
       <c r="A1192" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1192" s="4" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="C1192" s="5">
         <v>45053</v>
       </c>
       <c r="D1192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1192" s="5">
         <v>40</v>
       </c>
       <c r="F1192" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1192" s="5" t="s">
-        <v>1462</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="1193" spans="1:7">
       <c r="A1193" s="3" t="s">
-        <v>2124</v>
+        <v>2101</v>
       </c>
       <c r="B1193" s="4" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
       <c r="C1193" s="5">
         <v>45053</v>
       </c>
       <c r="D1193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1193" s="5">
         <v>40</v>
       </c>
       <c r="F1193" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1193" s="5" t="s">
-        <v>487</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="1194" spans="1:7">
       <c r="A1194" s="3" t="s">
-        <v>381</v>
+        <v>2127</v>
       </c>
       <c r="B1194" s="4" t="s">
-        <v>2126</v>
+        <v>2128</v>
       </c>
       <c r="C1194" s="5">
-        <v>45054</v>
+        <v>45053</v>
       </c>
       <c r="D1194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1194" s="5">
         <v>40</v>
       </c>
       <c r="F1194" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1194" s="5" t="s">
-        <v>2127</v>
+        <v>487</v>
       </c>
     </row>
     <row r="1195" spans="1:7">
       <c r="A1195" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B1195" s="4" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="C1195" s="5">
         <v>45054</v>
       </c>
       <c r="D1195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1195" s="5">
         <v>40</v>
       </c>
       <c r="F1195" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1195" s="5" t="s">
-        <v>380</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="1196" spans="1:7">
       <c r="A1196" s="3" t="s">
-        <v>2098</v>
+        <v>381</v>
       </c>
       <c r="B1196" s="4" t="s">
-        <v>2129</v>
+        <v>2131</v>
       </c>
       <c r="C1196" s="5">
-        <v>45055</v>
+        <v>45054</v>
       </c>
       <c r="D1196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1196" s="5">
         <v>40</v>
       </c>
       <c r="F1196" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1196" s="5" t="s">
-        <v>579</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1197" spans="1:7">
       <c r="A1197" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1197" s="4" t="s">
-        <v>2129</v>
+        <v>2132</v>
       </c>
       <c r="C1197" s="5">
         <v>45055</v>
       </c>
       <c r="D1197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1197" s="5">
         <v>40</v>
       </c>
       <c r="F1197" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G1197" s="5" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="1198" spans="1:7">
       <c r="A1198" s="3" t="s">
-        <v>381</v>
+        <v>2101</v>
       </c>
       <c r="B1198" s="4" t="s">
-        <v>2130</v>
+        <v>2132</v>
       </c>
       <c r="C1198" s="5">
-        <v>45062</v>
+        <v>45055</v>
       </c>
       <c r="D1198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1198" s="5">
         <v>40</v>
       </c>
       <c r="F1198" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G1198" s="5" t="s">
-        <v>2131</v>
+        <v>579</v>
       </c>
     </row>
     <row r="1199" spans="1:7">
       <c r="A1199" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B1199" s="4" t="s">
-        <v>2132</v>
+        <v>2133</v>
       </c>
       <c r="C1199" s="5">
         <v>45062</v>
       </c>
       <c r="D1199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1199" s="5">
         <v>40</v>
       </c>
       <c r="F1199" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1199" s="5" t="s">
-        <v>866</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="1200" spans="1:7">
       <c r="A1200" s="3" t="s">
-        <v>2133</v>
+        <v>381</v>
       </c>
       <c r="B1200" s="4" t="s">
-        <v>2134</v>
+        <v>2135</v>
       </c>
       <c r="C1200" s="5">
-        <v>45064</v>
+        <v>45062</v>
       </c>
       <c r="D1200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1200" s="5">
         <v>40</v>
       </c>
       <c r="F1200" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1200" s="5" t="s">
-        <v>1056</v>
+        <v>866</v>
       </c>
     </row>
     <row r="1201" spans="1:7">
       <c r="A1201" s="3" t="s">
-        <v>983</v>
+        <v>2136</v>
       </c>
       <c r="B1201" s="4" t="s">
-        <v>2135</v>
+        <v>2137</v>
       </c>
       <c r="C1201" s="5">
-        <v>45070</v>
+        <v>45064</v>
       </c>
       <c r="D1201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1201" s="5">
         <v>40</v>
       </c>
       <c r="F1201" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1201" s="5" t="s">
-        <v>813</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="1202" spans="1:7">
       <c r="A1202" s="3" t="s">
         <v>983</v>
       </c>
       <c r="B1202" s="4" t="s">
-        <v>2135</v>
+        <v>2138</v>
       </c>
       <c r="C1202" s="5">
         <v>45070</v>
       </c>
       <c r="D1202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1202" s="5">
         <v>40</v>
       </c>
       <c r="F1202" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1202" s="5" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="1203" spans="1:7">
       <c r="A1203" s="3" t="s">
-        <v>2136</v>
+        <v>983</v>
       </c>
       <c r="B1203" s="4" t="s">
-        <v>2137</v>
+        <v>2138</v>
       </c>
       <c r="C1203" s="5">
-        <v>45071</v>
+        <v>45070</v>
       </c>
       <c r="D1203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1203" s="5">
         <v>40</v>
       </c>
       <c r="F1203" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1203" s="5" t="s">
-        <v>415</v>
+        <v>813</v>
       </c>
     </row>
     <row r="1204" spans="1:7">
       <c r="A1204" s="3" t="s">
-        <v>418</v>
+        <v>2139</v>
       </c>
       <c r="B1204" s="4" t="s">
-        <v>2138</v>
+        <v>2140</v>
       </c>
       <c r="C1204" s="5">
-        <v>45081</v>
+        <v>45071</v>
       </c>
       <c r="D1204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1204" s="5">
         <v>40</v>
       </c>
       <c r="F1204" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1204" s="5" t="s">
-        <v>1056</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1205" spans="1:7">
       <c r="A1205" s="3" t="s">
-        <v>2098</v>
+        <v>418</v>
       </c>
       <c r="B1205" s="4" t="s">
-        <v>2139</v>
+        <v>2141</v>
       </c>
       <c r="C1205" s="5">
-        <v>45087</v>
+        <v>45081</v>
       </c>
       <c r="D1205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1205" s="5">
         <v>40</v>
       </c>
       <c r="F1205" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1205" s="5" t="s">
-        <v>1763</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="1206" spans="1:7">
       <c r="A1206" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1206" s="4" t="s">
-        <v>2140</v>
+        <v>2142</v>
       </c>
       <c r="C1206" s="5">
         <v>45087</v>
       </c>
       <c r="D1206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1206" s="5">
         <v>40</v>
       </c>
       <c r="F1206" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1206" s="5" t="s">
-        <v>1415</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="1207" spans="1:7">
       <c r="A1207" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1207" s="4" t="s">
-        <v>2140</v>
+        <v>2143</v>
       </c>
       <c r="C1207" s="5">
         <v>45087</v>
       </c>
       <c r="D1207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1207" s="5">
         <v>40</v>
       </c>
       <c r="F1207" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1207" s="5" t="s">
         <v>1415</v>
       </c>
     </row>
     <row r="1208" spans="1:7">
       <c r="A1208" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1208" s="4" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="C1208" s="5">
         <v>45087</v>
       </c>
       <c r="D1208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1208" s="5">
         <v>40</v>
       </c>
       <c r="F1208" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1208" s="5" t="s">
-        <v>1369</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="1209" spans="1:7">
       <c r="A1209" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1209" s="4" t="s">
-        <v>2142</v>
+        <v>2144</v>
       </c>
       <c r="C1209" s="5">
         <v>45087</v>
       </c>
       <c r="D1209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1209" s="5">
         <v>40</v>
       </c>
       <c r="F1209" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1209" s="5" t="s">
-        <v>1402</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="1210" spans="1:7">
       <c r="A1210" s="3" t="s">
-        <v>381</v>
+        <v>2101</v>
       </c>
       <c r="B1210" s="4" t="s">
-        <v>2143</v>
+        <v>2145</v>
       </c>
       <c r="C1210" s="5">
-        <v>45091</v>
+        <v>45087</v>
       </c>
       <c r="D1210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1210" s="5">
         <v>40</v>
       </c>
       <c r="F1210" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1210" s="5" t="s">
-        <v>813</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="1211" spans="1:7">
       <c r="A1211" s="3" t="s">
-        <v>2098</v>
+        <v>381</v>
       </c>
       <c r="B1211" s="4" t="s">
-        <v>2144</v>
+        <v>2146</v>
       </c>
       <c r="C1211" s="5">
-        <v>45094</v>
+        <v>45091</v>
       </c>
       <c r="D1211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1211" s="5">
         <v>40</v>
       </c>
       <c r="F1211" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G1211" s="5" t="s">
-        <v>470</v>
+        <v>813</v>
       </c>
     </row>
     <row r="1212" spans="1:7">
       <c r="A1212" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1212" s="4" t="s">
-        <v>2144</v>
+        <v>2147</v>
       </c>
       <c r="C1212" s="5">
         <v>45094</v>
       </c>
       <c r="D1212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1212" s="5">
         <v>40</v>
       </c>
       <c r="F1212" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G1212" s="5" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="1213" spans="1:7">
       <c r="A1213" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1213" s="4" t="s">
-        <v>2144</v>
+        <v>2147</v>
       </c>
       <c r="C1213" s="5">
         <v>45094</v>
       </c>
       <c r="D1213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1213" s="5">
         <v>40</v>
       </c>
       <c r="F1213" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1213" s="5" t="s">
-        <v>91</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1214" spans="1:7">
       <c r="A1214" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1214" s="4" t="s">
-        <v>2144</v>
+        <v>2147</v>
       </c>
       <c r="C1214" s="5">
         <v>45094</v>
       </c>
       <c r="D1214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1214" s="5">
         <v>40</v>
       </c>
       <c r="F1214" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G1214" s="5" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="1215" spans="1:7">
       <c r="A1215" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1215" s="4" t="s">
-        <v>2144</v>
+        <v>2147</v>
       </c>
       <c r="C1215" s="5">
         <v>45094</v>
       </c>
       <c r="D1215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1215" s="5">
         <v>40</v>
       </c>
       <c r="F1215" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G1215" s="5" t="s">
-        <v>2145</v>
+        <v>91</v>
       </c>
     </row>
     <row r="1216" spans="1:7">
       <c r="A1216" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1216" s="4" t="s">
-        <v>2146</v>
+        <v>2147</v>
       </c>
       <c r="C1216" s="5">
-        <v>45096</v>
+        <v>45094</v>
       </c>
       <c r="D1216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1216" s="5">
         <v>40</v>
       </c>
       <c r="F1216" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1216" s="5" t="s">
-        <v>546</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="1217" spans="1:7">
       <c r="A1217" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1217" s="4" t="s">
-        <v>2147</v>
+        <v>2149</v>
       </c>
       <c r="C1217" s="5">
-        <v>45106</v>
+        <v>45096</v>
       </c>
       <c r="D1217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1217" s="5">
         <v>40</v>
       </c>
       <c r="F1217" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1217" s="5" t="s">
-        <v>2148</v>
+        <v>546</v>
       </c>
     </row>
     <row r="1218" spans="1:7">
       <c r="A1218" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1218" s="4" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
       <c r="C1218" s="5">
         <v>45106</v>
       </c>
       <c r="D1218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1218" s="5">
         <v>40</v>
       </c>
       <c r="F1218" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1218" s="5" t="s">
-        <v>1092</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="1219" spans="1:7">
       <c r="A1219" s="3" t="s">
-        <v>2150</v>
+        <v>2101</v>
       </c>
       <c r="B1219" s="4" t="s">
-        <v>2151</v>
+        <v>2152</v>
       </c>
       <c r="C1219" s="5">
-        <v>45107</v>
+        <v>45106</v>
       </c>
       <c r="D1219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1219" s="5">
         <v>40</v>
       </c>
       <c r="F1219" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1219" s="5" t="s">
-        <v>2152</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="1220" spans="1:7">
       <c r="A1220" s="3" t="s">
-        <v>418</v>
+        <v>2153</v>
       </c>
       <c r="B1220" s="4" t="s">
-        <v>2151</v>
+        <v>2154</v>
       </c>
       <c r="C1220" s="5">
         <v>45107</v>
       </c>
       <c r="D1220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1220" s="5">
         <v>40</v>
       </c>
       <c r="F1220" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1220" s="5" t="s">
-        <v>2153</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="1221" spans="1:7">
       <c r="A1221" s="3" t="s">
-        <v>612</v>
+        <v>418</v>
       </c>
       <c r="B1221" s="4" t="s">
         <v>2154</v>
       </c>
       <c r="C1221" s="5">
-        <v>45115</v>
+        <v>45107</v>
       </c>
       <c r="D1221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1221" s="5">
         <v>40</v>
       </c>
       <c r="F1221" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1221" s="5" t="s">
-        <v>872</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="1222" spans="1:7">
       <c r="A1222" s="3" t="s">
-        <v>2155</v>
+        <v>612</v>
       </c>
       <c r="B1222" s="4" t="s">
-        <v>2156</v>
+        <v>2157</v>
       </c>
       <c r="C1222" s="5">
-        <v>45117</v>
+        <v>45115</v>
       </c>
       <c r="D1222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1222" s="5">
         <v>40</v>
       </c>
       <c r="F1222" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1222" s="5" t="s">
-        <v>82</v>
+        <v>872</v>
       </c>
     </row>
     <row r="1223" spans="1:7">
       <c r="A1223" s="3" t="s">
-        <v>381</v>
+        <v>2158</v>
       </c>
       <c r="B1223" s="4" t="s">
-        <v>2157</v>
+        <v>2159</v>
       </c>
       <c r="C1223" s="5">
-        <v>45119</v>
+        <v>45117</v>
       </c>
       <c r="D1223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1223" s="5">
         <v>40</v>
       </c>
       <c r="F1223" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1223" s="5" t="s">
-        <v>1678</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1224" spans="1:7">
       <c r="A1224" s="3" t="s">
-        <v>2098</v>
+        <v>381</v>
       </c>
       <c r="B1224" s="4" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="C1224" s="5">
-        <v>45121</v>
+        <v>45119</v>
       </c>
       <c r="D1224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1224" s="5">
         <v>40</v>
       </c>
       <c r="F1224" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1224" s="5" t="s">
-        <v>1364</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="1225" spans="1:7">
       <c r="A1225" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1225" s="4" t="s">
-        <v>2158</v>
+        <v>2161</v>
       </c>
       <c r="C1225" s="5">
         <v>45121</v>
       </c>
       <c r="D1225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1225" s="5">
         <v>40</v>
       </c>
       <c r="F1225" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1225" s="5" t="s">
         <v>1364</v>
       </c>
     </row>
     <row r="1226" spans="1:7">
       <c r="A1226" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1226" s="4" t="s">
-        <v>2159</v>
+        <v>2161</v>
       </c>
       <c r="C1226" s="5">
         <v>45121</v>
       </c>
       <c r="D1226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1226" s="5">
         <v>40</v>
       </c>
       <c r="F1226" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1226" s="5" t="s">
-        <v>254</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="1227" spans="1:7">
       <c r="A1227" s="3" t="s">
-        <v>381</v>
+        <v>2101</v>
       </c>
       <c r="B1227" s="4" t="s">
-        <v>2160</v>
+        <v>2162</v>
       </c>
       <c r="C1227" s="5">
-        <v>45122</v>
+        <v>45121</v>
       </c>
       <c r="D1227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1227" s="5">
         <v>40</v>
       </c>
       <c r="F1227" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1227" s="5" t="s">
-        <v>58</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1228" spans="1:7">
       <c r="A1228" s="3" t="s">
-        <v>2098</v>
+        <v>381</v>
       </c>
       <c r="B1228" s="4" t="s">
-        <v>2160</v>
+        <v>2163</v>
       </c>
       <c r="C1228" s="5">
         <v>45122</v>
       </c>
       <c r="D1228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1228" s="5">
         <v>40</v>
       </c>
       <c r="F1228" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1228" s="5" t="s">
-        <v>960</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1229" spans="1:7">
       <c r="A1229" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1229" s="4" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
       <c r="C1229" s="5">
-        <v>45124</v>
+        <v>45122</v>
       </c>
       <c r="D1229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1229" s="5">
         <v>40</v>
       </c>
       <c r="F1229" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G1229" s="5" t="s">
-        <v>82</v>
+        <v>960</v>
       </c>
     </row>
     <row r="1230" spans="1:7">
       <c r="A1230" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1230" s="4" t="s">
-        <v>2161</v>
+        <v>2164</v>
       </c>
       <c r="C1230" s="5">
         <v>45124</v>
       </c>
       <c r="D1230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1230" s="5">
         <v>40</v>
       </c>
       <c r="F1230" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G1230" s="5" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="1231" spans="1:7">
       <c r="A1231" s="3" t="s">
-        <v>983</v>
+        <v>2101</v>
       </c>
       <c r="B1231" s="4" t="s">
-        <v>2162</v>
+        <v>2164</v>
       </c>
       <c r="C1231" s="5">
         <v>45124</v>
       </c>
       <c r="D1231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1231" s="5">
         <v>40</v>
       </c>
       <c r="F1231" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1231" s="5" t="s">
-        <v>690</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1232" spans="1:7">
       <c r="A1232" s="3" t="s">
-        <v>2098</v>
+        <v>983</v>
       </c>
       <c r="B1232" s="4" t="s">
-        <v>2162</v>
+        <v>2165</v>
       </c>
       <c r="C1232" s="5">
         <v>45124</v>
       </c>
       <c r="D1232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1232" s="5">
         <v>40</v>
       </c>
       <c r="F1232" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1232" s="5" t="s">
-        <v>2163</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1233" spans="1:7">
       <c r="A1233" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1233" s="4" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="C1233" s="5">
-        <v>45140</v>
+        <v>45124</v>
       </c>
       <c r="D1233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1233" s="5">
         <v>40</v>
       </c>
       <c r="F1233" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1233" s="5" t="s">
-        <v>266</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="1234" spans="1:7">
       <c r="A1234" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1234" s="4" t="s">
-        <v>2165</v>
+        <v>2167</v>
       </c>
       <c r="C1234" s="5">
-        <v>45141</v>
+        <v>45140</v>
       </c>
       <c r="D1234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1234" s="5">
         <v>40</v>
       </c>
       <c r="F1234" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1234" s="5" t="s">
-        <v>24</v>
+        <v>266</v>
       </c>
     </row>
     <row r="1235" spans="1:7">
       <c r="A1235" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1235" s="4" t="s">
-        <v>2165</v>
+        <v>2168</v>
       </c>
       <c r="C1235" s="5">
         <v>45141</v>
       </c>
       <c r="D1235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1235" s="5">
         <v>40</v>
       </c>
       <c r="F1235" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1235" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="1236" spans="1:7">
       <c r="A1236" s="3" t="s">
-        <v>381</v>
+        <v>2101</v>
       </c>
       <c r="B1236" s="4" t="s">
-        <v>2166</v>
+        <v>2168</v>
       </c>
       <c r="C1236" s="5">
-        <v>45143</v>
+        <v>45141</v>
       </c>
       <c r="D1236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1236" s="5">
         <v>40</v>
       </c>
       <c r="F1236" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1236" s="5" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1237" spans="1:7">
       <c r="A1237" s="3" t="s">
-        <v>2098</v>
+        <v>381</v>
       </c>
       <c r="B1237" s="4" t="s">
-        <v>2167</v>
+        <v>2169</v>
       </c>
       <c r="C1237" s="5">
-        <v>45149</v>
+        <v>45143</v>
       </c>
       <c r="D1237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1237" s="5">
         <v>40</v>
       </c>
       <c r="F1237" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1237" s="5" t="s">
-        <v>1581</v>
+        <v>62</v>
       </c>
     </row>
     <row r="1238" spans="1:7">
       <c r="A1238" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1238" s="4" t="s">
-        <v>2167</v>
+        <v>2170</v>
       </c>
       <c r="C1238" s="5">
         <v>45149</v>
       </c>
       <c r="D1238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1238" s="5">
         <v>40</v>
       </c>
       <c r="F1238" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1238" s="5" t="s">
         <v>1581</v>
       </c>
     </row>
     <row r="1239" spans="1:7">
       <c r="A1239" s="3" t="s">
-        <v>381</v>
+        <v>2101</v>
       </c>
       <c r="B1239" s="4" t="s">
-        <v>2168</v>
+        <v>2170</v>
       </c>
       <c r="C1239" s="5">
         <v>45149</v>
       </c>
       <c r="D1239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1239" s="5">
         <v>40</v>
       </c>
       <c r="F1239" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1239" s="5" t="s">
-        <v>992</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="1240" spans="1:7">
       <c r="A1240" s="3" t="s">
-        <v>2107</v>
+        <v>381</v>
       </c>
       <c r="B1240" s="4" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="C1240" s="5">
-        <v>45150</v>
+        <v>45149</v>
       </c>
       <c r="D1240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1240" s="5">
         <v>40</v>
       </c>
       <c r="F1240" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1240" s="5" t="s">
-        <v>206</v>
+        <v>992</v>
       </c>
     </row>
     <row r="1241" spans="1:7">
       <c r="A1241" s="3" t="s">
-        <v>381</v>
+        <v>2110</v>
       </c>
       <c r="B1241" s="4" t="s">
-        <v>2170</v>
+        <v>2172</v>
       </c>
       <c r="C1241" s="5">
-        <v>45157</v>
+        <v>45150</v>
       </c>
       <c r="D1241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1241" s="5">
         <v>40</v>
       </c>
       <c r="F1241" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1241" s="5" t="s">
-        <v>2171</v>
+        <v>206</v>
       </c>
     </row>
     <row r="1242" spans="1:7">
       <c r="A1242" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B1242" s="4" t="s">
-        <v>2172</v>
+        <v>2173</v>
       </c>
       <c r="C1242" s="5">
-        <v>45901</v>
+        <v>45157</v>
       </c>
       <c r="D1242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1242" s="5">
         <v>40</v>
       </c>
       <c r="F1242" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1242" s="5" t="s">
-        <v>103</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="1243" spans="1:7">
       <c r="A1243" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B1243" s="4" t="s">
-        <v>2173</v>
+        <v>2175</v>
       </c>
       <c r="C1243" s="5">
         <v>45901</v>
       </c>
       <c r="D1243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1243" s="5">
         <v>40</v>
       </c>
       <c r="F1243" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1243" s="5" t="s">
-        <v>1481</v>
+        <v>103</v>
       </c>
     </row>
     <row r="1244" spans="1:7">
       <c r="A1244" s="3" t="s">
-        <v>2174</v>
+        <v>381</v>
       </c>
       <c r="B1244" s="4" t="s">
-        <v>2175</v>
+        <v>2176</v>
       </c>
       <c r="C1244" s="5">
-        <v>45161</v>
+        <v>45901</v>
       </c>
       <c r="D1244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1244" s="5">
         <v>40</v>
       </c>
       <c r="F1244" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1244" s="5" t="s">
-        <v>882</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="1245" spans="1:7">
       <c r="A1245" s="3" t="s">
-        <v>2176</v>
+        <v>2177</v>
       </c>
       <c r="B1245" s="4" t="s">
-        <v>2175</v>
+        <v>2178</v>
       </c>
       <c r="C1245" s="5">
         <v>45161</v>
       </c>
       <c r="D1245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1245" s="5">
         <v>40</v>
       </c>
       <c r="F1245" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1245" s="5" t="s">
-        <v>2177</v>
+        <v>882</v>
       </c>
     </row>
     <row r="1246" spans="1:7">
       <c r="A1246" s="3" t="s">
-        <v>2098</v>
+        <v>2179</v>
       </c>
       <c r="B1246" s="4" t="s">
         <v>2178</v>
       </c>
       <c r="C1246" s="5">
-        <v>45163</v>
+        <v>45161</v>
       </c>
       <c r="D1246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1246" s="5">
         <v>40</v>
       </c>
       <c r="F1246" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1246" s="5" t="s">
-        <v>1856</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="1247" spans="1:7">
       <c r="A1247" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1247" s="4" t="s">
-        <v>2178</v>
+        <v>2181</v>
       </c>
       <c r="C1247" s="5">
         <v>45163</v>
       </c>
       <c r="D1247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1247" s="5">
         <v>40</v>
       </c>
       <c r="F1247" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1247" s="5" t="s">
-        <v>263</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="1248" spans="1:7">
       <c r="A1248" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1248" s="4" t="s">
-        <v>2178</v>
+        <v>2181</v>
       </c>
       <c r="C1248" s="5">
         <v>45163</v>
       </c>
       <c r="D1248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1248" s="5">
         <v>40</v>
       </c>
       <c r="F1248" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1248" s="5" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="1249" spans="1:7">
       <c r="A1249" s="3" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
       <c r="B1249" s="4" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="C1249" s="5">
-        <v>45166</v>
+        <v>45163</v>
       </c>
       <c r="D1249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1249" s="5">
         <v>40</v>
       </c>
       <c r="F1249" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1249" s="5" t="s">
-        <v>217</v>
+        <v>263</v>
       </c>
     </row>
     <row r="1250" spans="1:7">
       <c r="A1250" s="3" t="s">
-        <v>2098</v>
+        <v>2103</v>
       </c>
       <c r="B1250" s="4" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
       <c r="C1250" s="5">
         <v>45166</v>
       </c>
       <c r="D1250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1250" s="5">
         <v>40</v>
       </c>
       <c r="F1250" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1250" s="5" t="s">
-        <v>2181</v>
+        <v>217</v>
       </c>
     </row>
     <row r="1251" spans="1:7">
       <c r="A1251" s="3" t="s">
-        <v>381</v>
+        <v>2101</v>
       </c>
       <c r="B1251" s="4" t="s">
-        <v>2182</v>
+        <v>2183</v>
       </c>
       <c r="C1251" s="5">
-        <v>45168</v>
+        <v>45166</v>
       </c>
       <c r="D1251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1251" s="5">
         <v>40</v>
       </c>
       <c r="F1251" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1251" s="5" t="s">
-        <v>474</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="1252" spans="1:7">
       <c r="A1252" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B1252" s="4" t="s">
-        <v>2183</v>
+        <v>2185</v>
       </c>
       <c r="C1252" s="5">
         <v>45168</v>
       </c>
       <c r="D1252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1252" s="5">
         <v>40</v>
       </c>
       <c r="F1252" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1252" s="5" t="s">
-        <v>179</v>
+        <v>474</v>
       </c>
     </row>
     <row r="1253" spans="1:7">
       <c r="A1253" s="3" t="s">
-        <v>2098</v>
+        <v>381</v>
       </c>
       <c r="B1253" s="4" t="s">
-        <v>2184</v>
+        <v>2186</v>
       </c>
       <c r="C1253" s="5">
         <v>45168</v>
       </c>
       <c r="D1253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1253" s="5">
         <v>40</v>
       </c>
       <c r="F1253" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1253" s="5" t="s">
-        <v>234</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1254" spans="1:7">
       <c r="A1254" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1254" s="4" t="s">
-        <v>2185</v>
+        <v>2187</v>
       </c>
       <c r="C1254" s="5">
         <v>45168</v>
       </c>
       <c r="D1254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1254" s="5">
         <v>40</v>
       </c>
       <c r="F1254" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1254" s="5" t="s">
-        <v>417</v>
+        <v>234</v>
       </c>
     </row>
     <row r="1255" spans="1:7">
       <c r="A1255" s="3" t="s">
-        <v>381</v>
+        <v>2101</v>
       </c>
       <c r="B1255" s="4" t="s">
-        <v>2186</v>
+        <v>2188</v>
       </c>
       <c r="C1255" s="5">
-        <v>45171</v>
+        <v>45168</v>
       </c>
       <c r="D1255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1255" s="5">
         <v>40</v>
       </c>
       <c r="F1255" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1255" s="5" t="s">
-        <v>1860</v>
+        <v>417</v>
       </c>
     </row>
     <row r="1256" spans="1:7">
       <c r="A1256" s="3" t="s">
-        <v>2098</v>
+        <v>381</v>
       </c>
       <c r="B1256" s="4" t="s">
-        <v>2187</v>
+        <v>2189</v>
       </c>
       <c r="C1256" s="5">
-        <v>45175</v>
+        <v>45171</v>
       </c>
       <c r="D1256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1256" s="5">
         <v>40</v>
       </c>
       <c r="F1256" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1256" s="5" t="s">
-        <v>1412</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="1257" spans="1:7">
       <c r="A1257" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1257" s="4" t="s">
-        <v>2187</v>
+        <v>2190</v>
       </c>
       <c r="C1257" s="5">
         <v>45175</v>
       </c>
       <c r="D1257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1257" s="5">
         <v>40</v>
       </c>
       <c r="F1257" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1257" s="5" t="s">
         <v>1412</v>
       </c>
     </row>
     <row r="1258" spans="1:7">
       <c r="A1258" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1258" s="4" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
       <c r="C1258" s="5">
         <v>45175</v>
       </c>
       <c r="D1258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1258" s="5">
         <v>40</v>
       </c>
       <c r="F1258" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1258" s="5" t="s">
-        <v>1125</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="1259" spans="1:7">
       <c r="A1259" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1259" s="4" t="s">
-        <v>2188</v>
+        <v>2191</v>
       </c>
       <c r="C1259" s="5">
         <v>45175</v>
       </c>
       <c r="D1259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1259" s="5">
         <v>40</v>
       </c>
       <c r="F1259" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1259" s="5" t="s">
         <v>1125</v>
       </c>
     </row>
     <row r="1260" spans="1:7">
       <c r="A1260" s="3" t="s">
-        <v>985</v>
+        <v>2101</v>
       </c>
       <c r="B1260" s="4" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
       <c r="C1260" s="5">
-        <v>45186</v>
+        <v>45175</v>
       </c>
       <c r="D1260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1260" s="5">
         <v>40</v>
       </c>
       <c r="F1260" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1260" s="5" t="s">
-        <v>1364</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="1261" spans="1:7">
       <c r="A1261" s="3" t="s">
-        <v>2098</v>
+        <v>985</v>
       </c>
       <c r="B1261" s="4" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
       <c r="C1261" s="5">
-        <v>45187</v>
+        <v>45186</v>
       </c>
       <c r="D1261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1261" s="5">
         <v>40</v>
       </c>
       <c r="F1261" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1261" s="5" t="s">
-        <v>1825</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="1262" spans="1:7">
       <c r="A1262" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1262" s="4" t="s">
-        <v>2190</v>
+        <v>2193</v>
       </c>
       <c r="C1262" s="5">
         <v>45187</v>
       </c>
       <c r="D1262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1262" s="5">
         <v>40</v>
       </c>
       <c r="F1262" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1262" s="5" t="s">
         <v>1825</v>
       </c>
     </row>
     <row r="1263" spans="1:7">
       <c r="A1263" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1263" s="4" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="C1263" s="5">
-        <v>45191</v>
+        <v>45187</v>
       </c>
       <c r="D1263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1263" s="5">
         <v>40</v>
       </c>
       <c r="F1263" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G1263" s="5" t="s">
-        <v>114</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="1264" spans="1:7">
       <c r="A1264" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1264" s="4" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="C1264" s="5">
-        <v>45193</v>
+        <v>45191</v>
       </c>
       <c r="D1264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1264" s="5">
         <v>40</v>
       </c>
       <c r="F1264" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G1264" s="5" t="s">
-        <v>1183</v>
+        <v>114</v>
       </c>
     </row>
     <row r="1265" spans="1:7">
       <c r="A1265" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1265" s="4" t="s">
-        <v>2192</v>
+        <v>2195</v>
       </c>
       <c r="C1265" s="5">
         <v>45193</v>
       </c>
       <c r="D1265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1265" s="5">
         <v>40</v>
       </c>
       <c r="F1265" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G1265" s="5" t="s">
         <v>1183</v>
       </c>
     </row>
     <row r="1266" spans="1:7">
       <c r="A1266" s="3" t="s">
-        <v>612</v>
+        <v>2101</v>
       </c>
       <c r="B1266" s="4" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="C1266" s="5">
-        <v>45198</v>
+        <v>45193</v>
       </c>
       <c r="D1266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1266" s="5">
         <v>40</v>
       </c>
       <c r="F1266" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G1266" s="5" t="s">
-        <v>1678</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="1267" spans="1:7">
       <c r="A1267" s="3" t="s">
-        <v>983</v>
+        <v>612</v>
       </c>
       <c r="B1267" s="4" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="C1267" s="5">
-        <v>45200</v>
+        <v>45198</v>
       </c>
       <c r="D1267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1267" s="5">
         <v>40</v>
       </c>
       <c r="F1267" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1267" s="5" t="s">
-        <v>103</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="1268" spans="1:7">
       <c r="A1268" s="3" t="s">
-        <v>2098</v>
+        <v>983</v>
       </c>
       <c r="B1268" s="4" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
       <c r="C1268" s="5">
         <v>45200</v>
       </c>
       <c r="D1268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1268" s="5">
         <v>40</v>
       </c>
       <c r="F1268" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1268" s="5" t="s">
-        <v>2196</v>
+        <v>103</v>
       </c>
     </row>
     <row r="1269" spans="1:7">
       <c r="A1269" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1269" s="4" t="s">
-        <v>2195</v>
+        <v>2198</v>
       </c>
       <c r="C1269" s="5">
         <v>45200</v>
       </c>
       <c r="D1269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1269" s="5">
         <v>40</v>
       </c>
       <c r="F1269" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1269" s="5" t="s">
-        <v>2196</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="1270" spans="1:7">
       <c r="A1270" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1270" s="4" t="s">
-        <v>2195</v>
+        <v>2198</v>
       </c>
       <c r="C1270" s="5">
         <v>45200</v>
       </c>
       <c r="D1270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1270" s="5">
         <v>40</v>
       </c>
       <c r="F1270" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1270" s="5" t="s">
-        <v>118</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="1271" spans="1:7">
       <c r="A1271" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1271" s="4" t="s">
-        <v>2195</v>
+        <v>2198</v>
       </c>
       <c r="C1271" s="5">
         <v>45200</v>
       </c>
       <c r="D1271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1271" s="5">
         <v>40</v>
       </c>
       <c r="F1271" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1271" s="5" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="1272" spans="1:7">
       <c r="A1272" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1272" s="4" t="s">
-        <v>2197</v>
+        <v>2198</v>
       </c>
       <c r="C1272" s="5">
         <v>45200</v>
       </c>
       <c r="D1272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1272" s="5">
         <v>40</v>
       </c>
       <c r="F1272" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1272" s="5" t="s">
-        <v>1136</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1273" spans="1:7">
       <c r="A1273" s="3" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1273" s="4" t="s">
-        <v>2198</v>
+        <v>2200</v>
       </c>
       <c r="C1273" s="5">
         <v>45200</v>
       </c>
       <c r="D1273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1273" s="5">
         <v>40</v>
       </c>
       <c r="F1273" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1273" s="5" t="s">
-        <v>2199</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="1274" spans="1:7">
       <c r="A1274" s="3" t="s">
-        <v>2174</v>
+        <v>2101</v>
       </c>
       <c r="B1274" s="4" t="s">
-        <v>2200</v>
+        <v>2201</v>
       </c>
       <c r="C1274" s="5">
-        <v>45202</v>
+        <v>45200</v>
       </c>
       <c r="D1274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1274" s="5">
         <v>40</v>
       </c>
       <c r="F1274" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1274" s="5" t="s">
-        <v>989</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="1275" spans="1:7">
       <c r="A1275" s="3" t="s">
-        <v>39</v>
+        <v>2177</v>
       </c>
       <c r="B1275" s="4" t="s">
-        <v>2201</v>
+        <v>2203</v>
       </c>
       <c r="C1275" s="5">
-        <v>46002</v>
+        <v>45202</v>
       </c>
       <c r="D1275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1275" s="5">
         <v>40</v>
       </c>
       <c r="F1275" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1275" s="5" t="s">
-        <v>1090</v>
+        <v>989</v>
       </c>
     </row>
     <row r="1276" spans="1:7">
       <c r="A1276" s="3" t="s">
-        <v>168</v>
+        <v>39</v>
       </c>
       <c r="B1276" s="4" t="s">
-        <v>2201</v>
+        <v>2204</v>
       </c>
       <c r="C1276" s="5">
         <v>46002</v>
       </c>
       <c r="D1276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1276" s="5">
         <v>40</v>
       </c>
       <c r="F1276" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1276" s="5" t="s">
-        <v>500</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="1277" spans="1:7">
       <c r="A1277" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B1277" s="4" t="s">
-        <v>2201</v>
+        <v>2204</v>
       </c>
       <c r="C1277" s="5">
         <v>46002</v>
       </c>
       <c r="D1277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1277" s="5">
         <v>40</v>
       </c>
       <c r="F1277" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1277" s="5" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="1278" spans="1:7">
       <c r="A1278" s="3" t="s">
-        <v>139</v>
+        <v>168</v>
       </c>
       <c r="B1278" s="4" t="s">
-        <v>2202</v>
+        <v>2204</v>
       </c>
       <c r="C1278" s="5">
-        <v>46004</v>
+        <v>46002</v>
       </c>
       <c r="D1278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1278" s="5">
         <v>40</v>
       </c>
       <c r="F1278" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1278" s="5" t="s">
-        <v>474</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1279" spans="1:7">
       <c r="A1279" s="3" t="s">
-        <v>39</v>
+        <v>139</v>
       </c>
       <c r="B1279" s="4" t="s">
-        <v>2203</v>
+        <v>2205</v>
       </c>
       <c r="C1279" s="5">
-        <v>46006</v>
+        <v>46004</v>
       </c>
       <c r="D1279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1279" s="5">
         <v>40</v>
       </c>
       <c r="F1279" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1279" s="5" t="s">
-        <v>667</v>
+        <v>474</v>
       </c>
     </row>
     <row r="1280" spans="1:7">
       <c r="A1280" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B1280" s="4" t="s">
-        <v>2203</v>
+        <v>2206</v>
       </c>
       <c r="C1280" s="5">
         <v>46006</v>
       </c>
       <c r="D1280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1280" s="5">
         <v>40</v>
       </c>
       <c r="F1280" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1280" s="5" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="1281" spans="1:7">
       <c r="A1281" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B1281" s="4" t="s">
-        <v>2203</v>
+        <v>2206</v>
       </c>
       <c r="C1281" s="5">
         <v>46006</v>
       </c>
       <c r="D1281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1281" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F1281" s="5" t="s">
-        <v>158</v>
+        <v>15</v>
       </c>
       <c r="G1281" s="5" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="1282" spans="1:7">
       <c r="A1282" s="3" t="s">
-        <v>97</v>
+        <v>39</v>
       </c>
       <c r="B1282" s="4" t="s">
-        <v>2203</v>
+        <v>2206</v>
       </c>
       <c r="C1282" s="5">
         <v>46006</v>
       </c>
       <c r="D1282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1282" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F1282" s="5" t="s">
-        <v>15</v>
+        <v>158</v>
       </c>
       <c r="G1282" s="5" t="s">
-        <v>2204</v>
+        <v>667</v>
       </c>
     </row>
     <row r="1283" spans="1:7">
       <c r="A1283" s="3" t="s">
-        <v>39</v>
+        <v>97</v>
       </c>
       <c r="B1283" s="4" t="s">
-        <v>2205</v>
+        <v>2206</v>
       </c>
       <c r="C1283" s="5">
-        <v>46017</v>
+        <v>46006</v>
       </c>
       <c r="D1283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1283" s="5">
         <v>40</v>
       </c>
       <c r="F1283" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1283" s="5" t="s">
-        <v>768</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="1284" spans="1:7">
       <c r="A1284" s="3" t="s">
-        <v>168</v>
+        <v>39</v>
       </c>
       <c r="B1284" s="4" t="s">
-        <v>2206</v>
+        <v>2208</v>
       </c>
       <c r="C1284" s="5">
-        <v>46019</v>
+        <v>46017</v>
       </c>
       <c r="D1284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1284" s="5">
         <v>40</v>
       </c>
       <c r="F1284" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1284" s="5" t="s">
-        <v>522</v>
+        <v>768</v>
       </c>
     </row>
     <row r="1285" spans="1:7">
       <c r="A1285" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B1285" s="4" t="s">
-        <v>2206</v>
+        <v>2209</v>
       </c>
       <c r="C1285" s="5">
         <v>46019</v>
       </c>
       <c r="D1285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1285" s="5">
         <v>40</v>
       </c>
       <c r="F1285" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1285" s="5" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="1286" spans="1:7">
       <c r="A1286" s="3" t="s">
-        <v>2207</v>
+        <v>168</v>
       </c>
       <c r="B1286" s="4" t="s">
-        <v>2208</v>
+        <v>2209</v>
       </c>
       <c r="C1286" s="5">
-        <v>46021</v>
+        <v>46019</v>
       </c>
       <c r="D1286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1286" s="5">
         <v>40</v>
       </c>
       <c r="F1286" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1286" s="5" t="s">
-        <v>2209</v>
+        <v>522</v>
       </c>
     </row>
     <row r="1287" spans="1:7">
       <c r="A1287" s="3" t="s">
-        <v>2207</v>
+        <v>2210</v>
       </c>
       <c r="B1287" s="4" t="s">
-        <v>2208</v>
+        <v>2211</v>
       </c>
       <c r="C1287" s="5">
         <v>46021</v>
       </c>
       <c r="D1287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1287" s="5">
         <v>40</v>
       </c>
       <c r="F1287" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1287" s="5" t="s">
-        <v>2209</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="1288" spans="1:7">
       <c r="A1288" s="3" t="s">
-        <v>168</v>
+        <v>2210</v>
       </c>
       <c r="B1288" s="4" t="s">
-        <v>2210</v>
+        <v>2211</v>
       </c>
       <c r="C1288" s="5">
-        <v>46027</v>
+        <v>46021</v>
       </c>
       <c r="D1288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1288" s="5">
         <v>40</v>
       </c>
       <c r="F1288" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1288" s="5" t="s">
-        <v>684</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="1289" spans="1:7">
       <c r="A1289" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B1289" s="4" t="s">
-        <v>2210</v>
+        <v>2213</v>
       </c>
       <c r="C1289" s="5">
         <v>46027</v>
       </c>
       <c r="D1289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1289" s="5">
         <v>40</v>
       </c>
       <c r="F1289" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1289" s="5" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="1290" spans="1:7">
       <c r="A1290" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B1290" s="4" t="s">
-        <v>2210</v>
+        <v>2213</v>
       </c>
       <c r="C1290" s="5">
         <v>46027</v>
       </c>
       <c r="D1290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1290" s="5">
         <v>40</v>
       </c>
       <c r="F1290" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G1290" s="5" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="1291" spans="1:7">
       <c r="A1291" s="3" t="s">
-        <v>97</v>
+        <v>168</v>
       </c>
       <c r="B1291" s="4" t="s">
-        <v>2211</v>
+        <v>2213</v>
       </c>
       <c r="C1291" s="5">
-        <v>46036</v>
+        <v>46027</v>
       </c>
       <c r="D1291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1291" s="5">
         <v>40</v>
       </c>
       <c r="F1291" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G1291" s="5" t="s">
-        <v>2212</v>
+        <v>684</v>
       </c>
     </row>
     <row r="1292" spans="1:7">
       <c r="A1292" s="3" t="s">
-        <v>1073</v>
+        <v>97</v>
       </c>
       <c r="B1292" s="4" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="C1292" s="5">
         <v>46036</v>
       </c>
       <c r="D1292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1292" s="5">
         <v>40</v>
       </c>
       <c r="F1292" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1292" s="5" t="s">
-        <v>1316</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="1293" spans="1:7">
       <c r="A1293" s="3" t="s">
-        <v>47</v>
+        <v>1073</v>
       </c>
       <c r="B1293" s="4" t="s">
-        <v>2214</v>
+        <v>2216</v>
       </c>
       <c r="C1293" s="5">
-        <v>46038</v>
+        <v>46036</v>
       </c>
       <c r="D1293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1293" s="5">
         <v>40</v>
       </c>
       <c r="F1293" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1293" s="5" t="s">
-        <v>2215</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="1294" spans="1:7">
       <c r="A1294" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B1294" s="4" t="s">
-        <v>2214</v>
+        <v>2217</v>
       </c>
       <c r="C1294" s="5">
         <v>46038</v>
       </c>
       <c r="D1294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1294" s="5">
         <v>40</v>
       </c>
       <c r="F1294" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1294" s="5" t="s">
-        <v>2215</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="1295" spans="1:7">
       <c r="A1295" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B1295" s="4" t="s">
-        <v>2214</v>
+        <v>2217</v>
       </c>
       <c r="C1295" s="5">
         <v>46038</v>
       </c>
       <c r="D1295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1295" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F1295" s="5" t="s">
-        <v>158</v>
+        <v>15</v>
       </c>
       <c r="G1295" s="5" t="s">
-        <v>2215</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="1296" spans="1:7">
       <c r="A1296" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="B1296" s="4" t="s">
-        <v>2216</v>
+        <v>2217</v>
       </c>
       <c r="C1296" s="5">
         <v>46038</v>
       </c>
       <c r="D1296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1296" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F1296" s="5" t="s">
-        <v>15</v>
+        <v>158</v>
       </c>
       <c r="G1296" s="5" t="s">
-        <v>971</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="1297" spans="1:7">
       <c r="A1297" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1297" s="4" t="s">
-        <v>2216</v>
+        <v>2219</v>
       </c>
       <c r="C1297" s="5">
         <v>46038</v>
       </c>
       <c r="D1297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1297" s="5">
         <v>40</v>
       </c>
       <c r="F1297" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1297" s="5" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="1298" spans="1:7">
       <c r="A1298" s="3" t="s">
-        <v>184</v>
+        <v>14</v>
       </c>
       <c r="B1298" s="4" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="C1298" s="5">
-        <v>46044</v>
+        <v>46038</v>
       </c>
       <c r="D1298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1298" s="5">
         <v>40</v>
       </c>
       <c r="F1298" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1298" s="5" t="s">
-        <v>1563</v>
+        <v>971</v>
       </c>
     </row>
     <row r="1299" spans="1:7">
       <c r="A1299" s="3" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="B1299" s="4" t="s">
-        <v>2218</v>
+        <v>2220</v>
       </c>
       <c r="C1299" s="5">
         <v>46044</v>
       </c>
       <c r="D1299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1299" s="5">
         <v>40</v>
       </c>
       <c r="F1299" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1299" s="5" t="s">
-        <v>1638</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="1300" spans="1:7">
       <c r="A1300" s="3" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="B1300" s="4" t="s">
-        <v>2219</v>
+        <v>2221</v>
       </c>
       <c r="C1300" s="5">
         <v>46044</v>
       </c>
       <c r="D1300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1300" s="5">
         <v>40</v>
       </c>
       <c r="F1300" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1300" s="5" t="s">
-        <v>58</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="1301" spans="1:7">
       <c r="A1301" s="3" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="B1301" s="4" t="s">
-        <v>2220</v>
+        <v>2222</v>
       </c>
       <c r="C1301" s="5">
         <v>46044</v>
       </c>
       <c r="D1301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1301" s="5">
         <v>40</v>
       </c>
       <c r="F1301" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1301" s="5" t="s">
-        <v>257</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1302" spans="1:7">
       <c r="A1302" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B1302" s="4" t="s">
-        <v>2220</v>
+        <v>2223</v>
       </c>
       <c r="C1302" s="5">
         <v>46044</v>
       </c>
       <c r="D1302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1302" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F1302" s="5" t="s">
-        <v>158</v>
+        <v>15</v>
       </c>
       <c r="G1302" s="5" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="1303" spans="1:7">
       <c r="A1303" s="3" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="B1303" s="4" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
       <c r="C1303" s="5">
-        <v>46049</v>
+        <v>46044</v>
       </c>
       <c r="D1303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1303" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F1303" s="5" t="s">
-        <v>17</v>
+        <v>158</v>
       </c>
       <c r="G1303" s="5" t="s">
-        <v>866</v>
+        <v>257</v>
       </c>
     </row>
     <row r="1304" spans="1:7">
       <c r="A1304" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B1304" s="4" t="s">
-        <v>2221</v>
+        <v>2224</v>
       </c>
       <c r="C1304" s="5">
         <v>46049</v>
       </c>
       <c r="D1304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1304" s="5">
         <v>40</v>
       </c>
       <c r="F1304" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1304" s="5" t="s">
         <v>866</v>
       </c>
     </row>
     <row r="1305" spans="1:7">
       <c r="A1305" s="3" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="B1305" s="4" t="s">
-        <v>2222</v>
+        <v>2224</v>
       </c>
       <c r="C1305" s="5">
-        <v>46058</v>
+        <v>46049</v>
       </c>
       <c r="D1305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1305" s="5">
         <v>40</v>
       </c>
       <c r="F1305" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1305" s="5" t="s">
-        <v>2223</v>
+        <v>866</v>
       </c>
     </row>
     <row r="1306" spans="1:7">
       <c r="A1306" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1306" s="4" t="s">
-        <v>2222</v>
+        <v>2225</v>
       </c>
       <c r="C1306" s="5">
         <v>46058</v>
       </c>
       <c r="D1306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1306" s="5">
         <v>40</v>
       </c>
       <c r="F1306" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1306" s="5" t="s">
-        <v>2223</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="1307" spans="1:7">
       <c r="A1307" s="3" t="s">
-        <v>139</v>
+        <v>14</v>
       </c>
       <c r="B1307" s="4" t="s">
-        <v>2224</v>
+        <v>2225</v>
       </c>
       <c r="C1307" s="5">
-        <v>46070</v>
+        <v>46058</v>
       </c>
       <c r="D1307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1307" s="5">
         <v>40</v>
       </c>
       <c r="F1307" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1307" s="5" t="s">
-        <v>2171</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="1308" spans="1:7">
       <c r="A1308" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B1308" s="4" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
       <c r="C1308" s="5">
         <v>46070</v>
       </c>
       <c r="D1308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1308" s="5">
         <v>40</v>
       </c>
       <c r="F1308" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1308" s="5" t="s">
-        <v>1029</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="1309" spans="1:7">
       <c r="A1309" s="3" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="B1309" s="4" t="s">
-        <v>2225</v>
+        <v>2228</v>
       </c>
       <c r="C1309" s="5">
         <v>46070</v>
       </c>
       <c r="D1309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1309" s="5">
         <v>40</v>
       </c>
       <c r="F1309" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1309" s="5" t="s">
-        <v>2226</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="1310" spans="1:7">
       <c r="A1310" s="3" t="s">
-        <v>993</v>
+        <v>14</v>
       </c>
       <c r="B1310" s="4" t="s">
-        <v>2225</v>
+        <v>2228</v>
       </c>
       <c r="C1310" s="5">
         <v>46070</v>
       </c>
       <c r="D1310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1310" s="5">
         <v>40</v>
       </c>
       <c r="F1310" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1310" s="5" t="s">
-        <v>2227</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="1311" spans="1:7">
       <c r="A1311" s="3" t="s">
-        <v>139</v>
+        <v>993</v>
       </c>
       <c r="B1311" s="4" t="s">
         <v>2228</v>
       </c>
       <c r="C1311" s="5">
         <v>46070</v>
       </c>
       <c r="D1311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1311" s="5">
         <v>40</v>
       </c>
       <c r="F1311" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1311" s="5" t="s">
-        <v>634</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="1312" spans="1:7">
       <c r="A1312" s="3" t="s">
-        <v>2229</v>
+        <v>139</v>
       </c>
       <c r="B1312" s="4" t="s">
-        <v>2228</v>
+        <v>2231</v>
       </c>
       <c r="C1312" s="5">
         <v>46070</v>
       </c>
       <c r="D1312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1312" s="5">
         <v>40</v>
       </c>
       <c r="F1312" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1312" s="5" t="s">
-        <v>93</v>
+        <v>634</v>
       </c>
     </row>
     <row r="1313" spans="1:7">
       <c r="A1313" s="3" t="s">
-        <v>2230</v>
+        <v>2232</v>
       </c>
       <c r="B1313" s="4" t="s">
         <v>2231</v>
       </c>
       <c r="C1313" s="5">
-        <v>46072</v>
+        <v>46070</v>
       </c>
       <c r="D1313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1313" s="5">
         <v>40</v>
       </c>
       <c r="F1313" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1313" s="5" t="s">
-        <v>2232</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1314" spans="1:7">
       <c r="A1314" s="3" t="s">
-        <v>171</v>
+        <v>2233</v>
       </c>
       <c r="B1314" s="4" t="s">
-        <v>2231</v>
+        <v>2234</v>
       </c>
       <c r="C1314" s="5">
         <v>46072</v>
       </c>
       <c r="D1314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1314" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F1314" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1314" s="5" t="s">
-        <v>2233</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="1315" spans="1:7">
       <c r="A1315" s="3" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B1315" s="4" t="s">
         <v>2234</v>
       </c>
       <c r="C1315" s="5">
-        <v>46073</v>
+        <v>46072</v>
       </c>
       <c r="D1315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1315" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F1315" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1315" s="5" t="s">
-        <v>257</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="1316" spans="1:7">
       <c r="A1316" s="3" t="s">
-        <v>2235</v>
+        <v>168</v>
       </c>
       <c r="B1316" s="4" t="s">
-        <v>2236</v>
+        <v>2237</v>
       </c>
       <c r="C1316" s="5">
-        <v>46076</v>
+        <v>46073</v>
       </c>
       <c r="D1316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1316" s="5">
         <v>40</v>
       </c>
       <c r="F1316" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1316" s="5" t="s">
-        <v>206</v>
+        <v>257</v>
       </c>
     </row>
     <row r="1317" spans="1:7">
       <c r="A1317" s="3" t="s">
-        <v>2235</v>
+        <v>2238</v>
       </c>
       <c r="B1317" s="4" t="s">
-        <v>2236</v>
+        <v>2239</v>
       </c>
       <c r="C1317" s="5">
         <v>46076</v>
       </c>
       <c r="D1317" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1317" s="5">
         <v>40</v>
       </c>
       <c r="F1317" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1317" s="5" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="1318" spans="1:7">
       <c r="A1318" s="3" t="s">
-        <v>2235</v>
+        <v>2238</v>
       </c>
       <c r="B1318" s="4" t="s">
-        <v>2236</v>
+        <v>2239</v>
       </c>
       <c r="C1318" s="5">
         <v>46076</v>
       </c>
       <c r="D1318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1318" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1318" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1318" s="5" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="1319" spans="1:7">
       <c r="A1319" s="3" t="s">
-        <v>14</v>
+        <v>2238</v>
       </c>
       <c r="B1319" s="4" t="s">
-        <v>2236</v>
+        <v>2239</v>
       </c>
       <c r="C1319" s="5">
         <v>46076</v>
       </c>
       <c r="D1319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1319" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1319" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1319" s="5" t="s">
-        <v>1636</v>
+        <v>206</v>
       </c>
     </row>
     <row r="1320" spans="1:7">
       <c r="A1320" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1320" s="4" t="s">
-        <v>2236</v>
+        <v>2239</v>
       </c>
       <c r="C1320" s="5">
         <v>46076</v>
       </c>
       <c r="D1320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1320" s="5">
         <v>40</v>
       </c>
       <c r="F1320" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1320" s="5" t="s">
         <v>1636</v>
       </c>
     </row>
     <row r="1321" spans="1:7">
       <c r="A1321" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1321" s="4" t="s">
-        <v>2236</v>
+        <v>2239</v>
       </c>
       <c r="C1321" s="5">
         <v>46076</v>
       </c>
       <c r="D1321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1321" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F1321" s="5" t="s">
-        <v>158</v>
+        <v>15</v>
       </c>
       <c r="G1321" s="5" t="s">
         <v>1636</v>
       </c>
     </row>
     <row r="1322" spans="1:7">
       <c r="A1322" s="3" t="s">
-        <v>139</v>
+        <v>14</v>
       </c>
       <c r="B1322" s="4" t="s">
-        <v>2237</v>
+        <v>2239</v>
       </c>
       <c r="C1322" s="5">
-        <v>46077</v>
+        <v>46076</v>
       </c>
       <c r="D1322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1322" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F1322" s="5" t="s">
-        <v>15</v>
+        <v>158</v>
       </c>
       <c r="G1322" s="5" t="s">
-        <v>1019</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="1323" spans="1:7">
       <c r="A1323" s="3" t="s">
-        <v>2238</v>
+        <v>139</v>
       </c>
       <c r="B1323" s="4" t="s">
-        <v>2237</v>
+        <v>2240</v>
       </c>
       <c r="C1323" s="5">
         <v>46077</v>
       </c>
       <c r="D1323" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1323" s="5">
         <v>40</v>
       </c>
       <c r="F1323" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1323" s="5" t="s">
-        <v>2239</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="1324" spans="1:7">
       <c r="A1324" s="3" t="s">
-        <v>2238</v>
+        <v>2241</v>
       </c>
       <c r="B1324" s="4" t="s">
-        <v>2237</v>
+        <v>2240</v>
       </c>
       <c r="C1324" s="5">
         <v>46077</v>
       </c>
       <c r="D1324" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1324" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F1324" s="5" t="s">
-        <v>158</v>
+        <v>17</v>
       </c>
       <c r="G1324" s="5" t="s">
-        <v>2239</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="1325" spans="1:7">
       <c r="A1325" s="3" t="s">
-        <v>39</v>
+        <v>2241</v>
       </c>
       <c r="B1325" s="4" t="s">
         <v>2240</v>
       </c>
       <c r="C1325" s="5">
-        <v>46083</v>
+        <v>46077</v>
       </c>
       <c r="D1325" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1325" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F1325" s="5" t="s">
-        <v>15</v>
+        <v>158</v>
       </c>
       <c r="G1325" s="5" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="1326" spans="1:7">
       <c r="A1326" s="3" t="s">
-        <v>1073</v>
+        <v>39</v>
       </c>
       <c r="B1326" s="4" t="s">
-        <v>2240</v>
+        <v>2243</v>
       </c>
       <c r="C1326" s="5">
         <v>46083</v>
       </c>
       <c r="D1326" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1326" s="5">
         <v>40</v>
       </c>
       <c r="F1326" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1326" s="5" t="s">
-        <v>2242</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="1327" spans="1:7">
       <c r="A1327" s="3" t="s">
-        <v>14</v>
+        <v>1073</v>
       </c>
       <c r="B1327" s="4" t="s">
         <v>2243</v>
       </c>
       <c r="C1327" s="5">
-        <v>46089</v>
+        <v>46083</v>
       </c>
       <c r="D1327" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1327" s="5">
         <v>40</v>
       </c>
       <c r="F1327" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1327" s="5" t="s">
-        <v>1792</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="1328" spans="1:7">
       <c r="A1328" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1328" s="4" t="s">
-        <v>2243</v>
+        <v>2246</v>
       </c>
       <c r="C1328" s="5">
         <v>46089</v>
       </c>
       <c r="D1328" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1328" s="5">
         <v>40</v>
       </c>
       <c r="F1328" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1328" s="5" t="s">
         <v>1792</v>
       </c>
     </row>
     <row r="1329" spans="1:7">
       <c r="A1329" s="3" t="s">
-        <v>2244</v>
+        <v>14</v>
       </c>
       <c r="B1329" s="4" t="s">
-        <v>2245</v>
+        <v>2246</v>
       </c>
       <c r="C1329" s="5">
-        <v>46092</v>
+        <v>46089</v>
       </c>
       <c r="D1329" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1329" s="5">
         <v>40</v>
       </c>
       <c r="F1329" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1329" s="5" t="s">
-        <v>2239</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="1330" spans="1:7">
       <c r="A1330" s="3" t="s">
-        <v>47</v>
+        <v>2247</v>
       </c>
       <c r="B1330" s="4" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
       <c r="C1330" s="5">
-        <v>46093</v>
+        <v>46092</v>
       </c>
       <c r="D1330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1330" s="5">
         <v>40</v>
       </c>
       <c r="F1330" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1330" s="5" t="s">
-        <v>2247</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="1331" spans="1:7">
       <c r="A1331" s="3" t="s">
-        <v>2238</v>
+        <v>47</v>
       </c>
       <c r="B1331" s="4" t="s">
-        <v>2248</v>
+        <v>2249</v>
       </c>
       <c r="C1331" s="5">
-        <v>46106</v>
+        <v>46093</v>
       </c>
       <c r="D1331" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1331" s="5">
         <v>40</v>
       </c>
       <c r="F1331" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1331" s="5" t="s">
-        <v>2249</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="1332" spans="1:7">
       <c r="A1332" s="3" t="s">
-        <v>2238</v>
+        <v>2241</v>
       </c>
       <c r="B1332" s="4" t="s">
-        <v>2248</v>
+        <v>2251</v>
       </c>
       <c r="C1332" s="5">
         <v>46106</v>
       </c>
       <c r="D1332" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1332" s="5">
         <v>40</v>
       </c>
       <c r="F1332" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1332" s="5" t="s">
-        <v>2249</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="1333" spans="1:7">
       <c r="A1333" s="3" t="s">
-        <v>14</v>
+        <v>2241</v>
       </c>
       <c r="B1333" s="4" t="s">
-        <v>2250</v>
+        <v>2251</v>
       </c>
       <c r="C1333" s="5">
-        <v>46109</v>
+        <v>46106</v>
       </c>
       <c r="D1333" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1333" s="5">
         <v>40</v>
       </c>
       <c r="F1333" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1333" s="5" t="s">
-        <v>2251</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="1334" spans="1:7">
       <c r="A1334" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1334" s="4" t="s">
-        <v>2250</v>
+        <v>2253</v>
       </c>
       <c r="C1334" s="5">
         <v>46109</v>
       </c>
       <c r="D1334" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1334" s="5">
         <v>40</v>
       </c>
       <c r="F1334" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1334" s="5" t="s">
-        <v>2251</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="1335" spans="1:7">
       <c r="A1335" s="3" t="s">
-        <v>2238</v>
+        <v>14</v>
       </c>
       <c r="B1335" s="4" t="s">
-        <v>2252</v>
+        <v>2253</v>
       </c>
       <c r="C1335" s="5">
         <v>46109</v>
       </c>
       <c r="D1335" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1335" s="5">
         <v>40</v>
       </c>
       <c r="F1335" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1335" s="5" t="s">
-        <v>72</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="1336" spans="1:7">
       <c r="A1336" s="3" t="s">
-        <v>2238</v>
+        <v>2241</v>
       </c>
       <c r="B1336" s="4" t="s">
-        <v>2252</v>
+        <v>2255</v>
       </c>
       <c r="C1336" s="5">
         <v>46109</v>
       </c>
       <c r="D1336" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1336" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1336" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1336" s="5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="1337" spans="1:7">
       <c r="A1337" s="3" t="s">
-        <v>2238</v>
+        <v>2241</v>
       </c>
       <c r="B1337" s="4" t="s">
-        <v>2252</v>
+        <v>2255</v>
       </c>
       <c r="C1337" s="5">
         <v>46109</v>
       </c>
       <c r="D1337" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1337" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1337" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1337" s="5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="1338" spans="1:7">
       <c r="A1338" s="3" t="s">
-        <v>2238</v>
+        <v>2241</v>
       </c>
       <c r="B1338" s="4" t="s">
-        <v>2252</v>
+        <v>2255</v>
       </c>
       <c r="C1338" s="5">
         <v>46109</v>
       </c>
       <c r="D1338" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1338" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1338" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1338" s="5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="1339" spans="1:7">
       <c r="A1339" s="3" t="s">
-        <v>14</v>
+        <v>2241</v>
       </c>
       <c r="B1339" s="4" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="C1339" s="5">
         <v>46109</v>
       </c>
       <c r="D1339" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1339" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1339" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1339" s="5" t="s">
-        <v>950</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1340" spans="1:7">
       <c r="A1340" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1340" s="4" t="s">
-        <v>2253</v>
+        <v>2256</v>
       </c>
       <c r="C1340" s="5">
         <v>46109</v>
       </c>
       <c r="D1340" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1340" s="5">
         <v>40</v>
       </c>
       <c r="F1340" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1340" s="5" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="1341" spans="1:7">
       <c r="A1341" s="3" t="s">
-        <v>2254</v>
+        <v>14</v>
       </c>
       <c r="B1341" s="4" t="s">
-        <v>2255</v>
+        <v>2256</v>
       </c>
       <c r="C1341" s="5">
-        <v>46111</v>
+        <v>46109</v>
       </c>
       <c r="D1341" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1341" s="5">
         <v>40</v>
       </c>
       <c r="F1341" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1341" s="5" t="s">
-        <v>58</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1342" spans="1:7">
       <c r="A1342" s="3" t="s">
-        <v>2254</v>
+        <v>2257</v>
       </c>
       <c r="B1342" s="4" t="s">
-        <v>2255</v>
+        <v>2258</v>
       </c>
       <c r="C1342" s="5">
         <v>46111</v>
       </c>
       <c r="D1342" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1342" s="5">
         <v>40</v>
       </c>
       <c r="F1342" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1342" s="5" t="s">
-        <v>58</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="1343" spans="1:7">
       <c r="A1343" s="3" t="s">
-        <v>47</v>
+        <v>2260</v>
       </c>
       <c r="B1343" s="4" t="s">
-        <v>2255</v>
+        <v>2261</v>
       </c>
       <c r="C1343" s="5">
         <v>46111</v>
       </c>
       <c r="D1343" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1343" s="5">
         <v>40</v>
       </c>
       <c r="F1343" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1343" s="5" t="s">
-        <v>2256</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1344" spans="1:7">
       <c r="A1344" s="3" t="s">
-        <v>14</v>
+        <v>2260</v>
       </c>
       <c r="B1344" s="4" t="s">
-        <v>2257</v>
+        <v>2261</v>
       </c>
       <c r="C1344" s="5">
-        <v>46112</v>
+        <v>46111</v>
       </c>
       <c r="D1344" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1344" s="5">
         <v>40</v>
       </c>
       <c r="F1344" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1344" s="5" t="s">
-        <v>500</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1345" spans="1:7">
       <c r="A1345" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="B1345" s="4" t="s">
-        <v>2257</v>
+        <v>2261</v>
       </c>
       <c r="C1345" s="5">
-        <v>46112</v>
+        <v>46111</v>
       </c>
       <c r="D1345" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1345" s="5">
         <v>40</v>
       </c>
       <c r="F1345" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1345" s="5" t="s">
-        <v>500</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="1346" spans="1:7">
       <c r="A1346" s="3" t="s">
-        <v>168</v>
+        <v>14</v>
       </c>
       <c r="B1346" s="4" t="s">
-        <v>2258</v>
+        <v>2263</v>
       </c>
       <c r="C1346" s="5">
-        <v>46098</v>
+        <v>46112</v>
       </c>
       <c r="D1346" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1346" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F1346" s="5" t="s">
-        <v>1381</v>
+        <v>17</v>
       </c>
       <c r="G1346" s="5" t="s">
-        <v>2259</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1347" spans="1:7">
       <c r="A1347" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1347" s="4" t="s">
-        <v>2260</v>
+        <v>2263</v>
       </c>
       <c r="C1347" s="5">
-        <v>46099</v>
+        <v>46112</v>
       </c>
       <c r="D1347" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1347" s="5">
         <v>40</v>
       </c>
       <c r="F1347" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1347" s="5" t="s">
-        <v>1316</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1348" spans="1:7">
       <c r="A1348" s="3" t="s">
-        <v>191</v>
+        <v>168</v>
       </c>
       <c r="B1348" s="4" t="s">
-        <v>2261</v>
+        <v>2264</v>
       </c>
       <c r="C1348" s="5">
-        <v>46099</v>
+        <v>46098</v>
       </c>
       <c r="D1348" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1348" s="5">
-        <v>2</v>
+        <v>80</v>
       </c>
       <c r="F1348" s="5" t="s">
-        <v>158</v>
+        <v>1381</v>
       </c>
       <c r="G1348" s="5" t="s">
-        <v>960</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="1349" spans="1:7">
       <c r="A1349" s="3" t="s">
-        <v>312</v>
+        <v>14</v>
       </c>
       <c r="B1349" s="4" t="s">
-        <v>2262</v>
+        <v>2266</v>
       </c>
       <c r="C1349" s="5">
-        <v>46105</v>
+        <v>46099</v>
       </c>
       <c r="D1349" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1349" s="5">
         <v>40</v>
       </c>
       <c r="F1349" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1349" s="5" t="s">
-        <v>58</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="1350" spans="1:7">
       <c r="A1350" s="3" t="s">
-        <v>2263</v>
+        <v>191</v>
       </c>
       <c r="B1350" s="4" t="s">
-        <v>2262</v>
+        <v>2267</v>
       </c>
       <c r="C1350" s="5">
-        <v>46105</v>
+        <v>46099</v>
       </c>
       <c r="D1350" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1350" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F1350" s="5" t="s">
-        <v>15</v>
+        <v>158</v>
       </c>
       <c r="G1350" s="5" t="s">
-        <v>72</v>
+        <v>960</v>
       </c>
     </row>
     <row r="1351" spans="1:7">
       <c r="A1351" s="3" t="s">
-        <v>47</v>
+        <v>312</v>
       </c>
       <c r="B1351" s="4" t="s">
-        <v>2264</v>
+        <v>2268</v>
       </c>
       <c r="C1351" s="5">
-        <v>46115</v>
+        <v>46105</v>
       </c>
       <c r="D1351" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1351" s="5">
         <v>40</v>
       </c>
       <c r="F1351" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1351" s="5" t="s">
-        <v>2265</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1352" spans="1:7">
       <c r="A1352" s="3" t="s">
-        <v>47</v>
+        <v>2269</v>
       </c>
       <c r="B1352" s="4" t="s">
-        <v>2266</v>
+        <v>2268</v>
       </c>
       <c r="C1352" s="5">
-        <v>46115</v>
+        <v>46105</v>
       </c>
       <c r="D1352" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1352" s="5">
         <v>40</v>
       </c>
       <c r="F1352" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1352" s="5" t="s">
-        <v>2267</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1353" spans="1:7">
       <c r="A1353" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B1353" s="4" t="s">
-        <v>2266</v>
+        <v>2270</v>
       </c>
       <c r="C1353" s="5">
         <v>46115</v>
       </c>
       <c r="D1353" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1353" s="5">
         <v>40</v>
       </c>
       <c r="F1353" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1353" s="5" t="s">
-        <v>2267</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="1354" spans="1:7">
       <c r="A1354" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B1354" s="4" t="s">
-        <v>2266</v>
+        <v>2272</v>
       </c>
       <c r="C1354" s="5">
         <v>46115</v>
       </c>
       <c r="D1354" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1354" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F1354" s="5" t="s">
-        <v>158</v>
+        <v>15</v>
       </c>
       <c r="G1354" s="5" t="s">
-        <v>2267</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="1355" spans="1:7">
       <c r="A1355" s="3" t="s">
-        <v>2268</v>
+        <v>47</v>
       </c>
       <c r="B1355" s="4" t="s">
-        <v>2266</v>
+        <v>2272</v>
       </c>
       <c r="C1355" s="5">
         <v>46115</v>
       </c>
       <c r="D1355" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1355" s="5">
         <v>40</v>
       </c>
       <c r="F1355" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1355" s="5" t="s">
-        <v>2269</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="1356" spans="1:7">
       <c r="A1356" s="3" t="s">
-        <v>2268</v>
+        <v>47</v>
       </c>
       <c r="B1356" s="4" t="s">
-        <v>2266</v>
+        <v>2272</v>
       </c>
       <c r="C1356" s="5">
         <v>46115</v>
       </c>
       <c r="D1356" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1356" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F1356" s="5" t="s">
-        <v>17</v>
+        <v>158</v>
       </c>
       <c r="G1356" s="5" t="s">
-        <v>2269</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="1357" spans="1:7">
       <c r="A1357" s="3" t="s">
-        <v>14</v>
+        <v>2274</v>
       </c>
       <c r="B1357" s="4" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
       <c r="C1357" s="5">
-        <v>46116</v>
+        <v>46115</v>
       </c>
       <c r="D1357" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1357" s="5">
         <v>40</v>
       </c>
       <c r="F1357" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1357" s="5" t="s">
-        <v>1893</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="1358" spans="1:7">
       <c r="A1358" s="3" t="s">
-        <v>14</v>
+        <v>2274</v>
       </c>
       <c r="B1358" s="4" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
       <c r="C1358" s="5">
-        <v>46116</v>
+        <v>46115</v>
       </c>
       <c r="D1358" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1358" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1358" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1358" s="5" t="s">
-        <v>1893</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="1359" spans="1:7">
       <c r="A1359" s="3" t="s">
-        <v>2271</v>
+        <v>14</v>
       </c>
       <c r="B1359" s="4" t="s">
-        <v>2272</v>
+        <v>2276</v>
       </c>
       <c r="C1359" s="5">
-        <v>46118</v>
+        <v>46116</v>
       </c>
       <c r="D1359" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1359" s="5">
         <v>40</v>
       </c>
       <c r="F1359" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1359" s="5" t="s">
-        <v>556</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="1360" spans="1:7">
       <c r="A1360" s="3" t="s">
-        <v>139</v>
+        <v>14</v>
       </c>
       <c r="B1360" s="4" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
       <c r="C1360" s="5">
-        <v>46118</v>
+        <v>46116</v>
       </c>
       <c r="D1360" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1360" s="5">
         <v>40</v>
       </c>
       <c r="F1360" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1360" s="5" t="s">
-        <v>989</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="1361" spans="1:7">
       <c r="A1361" s="3" t="s">
-        <v>139</v>
+        <v>2277</v>
       </c>
       <c r="B1361" s="4" t="s">
-        <v>2274</v>
+        <v>2278</v>
       </c>
       <c r="C1361" s="5">
         <v>46118</v>
       </c>
       <c r="D1361" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1361" s="5">
         <v>40</v>
       </c>
       <c r="F1361" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1361" s="5" t="s">
-        <v>1337</v>
+        <v>556</v>
       </c>
     </row>
     <row r="1362" spans="1:7">
       <c r="A1362" s="3" t="s">
-        <v>2230</v>
+        <v>139</v>
       </c>
       <c r="B1362" s="4" t="s">
-        <v>2275</v>
+        <v>2279</v>
       </c>
       <c r="C1362" s="5">
-        <v>46124</v>
+        <v>46118</v>
       </c>
       <c r="D1362" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1362" s="5">
         <v>40</v>
       </c>
       <c r="F1362" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1362" s="5" t="s">
-        <v>1875</v>
+        <v>989</v>
       </c>
     </row>
     <row r="1363" spans="1:7">
       <c r="A1363" s="3" t="s">
-        <v>95</v>
+        <v>139</v>
       </c>
       <c r="B1363" s="4" t="s">
-        <v>2276</v>
+        <v>2280</v>
       </c>
       <c r="C1363" s="5">
-        <v>46128</v>
+        <v>46118</v>
       </c>
       <c r="D1363" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1363" s="5">
         <v>40</v>
       </c>
       <c r="F1363" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1363" s="5" t="s">
-        <v>2277</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="1364" spans="1:7">
       <c r="A1364" s="3" t="s">
-        <v>2278</v>
+        <v>2233</v>
       </c>
       <c r="B1364" s="4" t="s">
-        <v>2279</v>
+        <v>2281</v>
       </c>
       <c r="C1364" s="5">
-        <v>46131</v>
+        <v>46124</v>
       </c>
       <c r="D1364" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1364" s="5">
         <v>40</v>
       </c>
       <c r="F1364" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1364" s="5" t="s">
-        <v>783</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="1365" spans="1:7">
       <c r="A1365" s="3" t="s">
-        <v>39</v>
+        <v>95</v>
       </c>
       <c r="B1365" s="4" t="s">
-        <v>2280</v>
+        <v>2282</v>
       </c>
       <c r="C1365" s="5">
-        <v>46132</v>
+        <v>46128</v>
       </c>
       <c r="D1365" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1365" s="5">
         <v>40</v>
       </c>
       <c r="F1365" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1365" s="5" t="s">
-        <v>380</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="1366" spans="1:7">
       <c r="A1366" s="3" t="s">
-        <v>39</v>
+        <v>2284</v>
       </c>
       <c r="B1366" s="4" t="s">
-        <v>2280</v>
+        <v>2285</v>
       </c>
       <c r="C1366" s="5">
-        <v>46132</v>
+        <v>46131</v>
       </c>
       <c r="D1366" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1366" s="5">
         <v>40</v>
       </c>
       <c r="F1366" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1366" s="5" t="s">
-        <v>380</v>
+        <v>783</v>
       </c>
     </row>
     <row r="1367" spans="1:7">
       <c r="A1367" s="3" t="s">
-        <v>168</v>
+        <v>39</v>
       </c>
       <c r="B1367" s="4" t="s">
-        <v>2280</v>
+        <v>2286</v>
       </c>
       <c r="C1367" s="5">
         <v>46132</v>
       </c>
       <c r="D1367" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1367" s="5">
         <v>40</v>
       </c>
       <c r="F1367" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1367" s="5" t="s">
-        <v>2145</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1368" spans="1:7">
       <c r="A1368" s="3" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="B1368" s="4" t="s">
-        <v>2281</v>
+        <v>2286</v>
       </c>
       <c r="C1368" s="5">
-        <v>46133</v>
+        <v>46132</v>
       </c>
       <c r="D1368" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1368" s="5">
         <v>40</v>
       </c>
       <c r="F1368" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1368" s="5" t="s">
-        <v>1598</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1369" spans="1:7">
       <c r="A1369" s="3" t="s">
-        <v>47</v>
+        <v>168</v>
       </c>
       <c r="B1369" s="4" t="s">
-        <v>2281</v>
+        <v>2286</v>
       </c>
       <c r="C1369" s="5">
-        <v>46133</v>
+        <v>46132</v>
       </c>
       <c r="D1369" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1369" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F1369" s="5" t="s">
-        <v>158</v>
+        <v>15</v>
       </c>
       <c r="G1369" s="5" t="s">
-        <v>1598</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="1370" spans="1:7">
       <c r="A1370" s="3" t="s">
-        <v>139</v>
+        <v>47</v>
       </c>
       <c r="B1370" s="4" t="s">
-        <v>2282</v>
+        <v>2287</v>
       </c>
       <c r="C1370" s="5">
-        <v>46136</v>
+        <v>46133</v>
       </c>
       <c r="D1370" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1370" s="5">
         <v>40</v>
       </c>
       <c r="F1370" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1370" s="5" t="s">
-        <v>992</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="1371" spans="1:7">
       <c r="A1371" s="3" t="s">
-        <v>2283</v>
+        <v>47</v>
       </c>
       <c r="B1371" s="4" t="s">
-        <v>2284</v>
+        <v>2287</v>
       </c>
       <c r="C1371" s="5">
-        <v>46147</v>
+        <v>46133</v>
       </c>
       <c r="D1371" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1371" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F1371" s="5" t="s">
-        <v>15</v>
+        <v>158</v>
       </c>
       <c r="G1371" s="5" t="s">
-        <v>2285</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="1372" spans="1:7">
       <c r="A1372" s="3" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="B1372" s="4" t="s">
-        <v>2286</v>
+        <v>2288</v>
       </c>
       <c r="C1372" s="5">
-        <v>46147</v>
+        <v>46136</v>
       </c>
       <c r="D1372" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1372" s="5">
         <v>40</v>
       </c>
       <c r="F1372" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1372" s="5" t="s">
-        <v>20</v>
+        <v>992</v>
       </c>
     </row>
     <row r="1373" spans="1:7">
       <c r="A1373" s="3" t="s">
-        <v>14</v>
+        <v>2257</v>
       </c>
       <c r="B1373" s="4" t="s">
-        <v>2286</v>
+        <v>2289</v>
       </c>
       <c r="C1373" s="5">
         <v>46147</v>
       </c>
       <c r="D1373" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1373" s="5">
         <v>40</v>
       </c>
       <c r="F1373" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1373" s="5" t="s">
-        <v>20</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="1374" spans="1:7">
       <c r="A1374" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1374" s="4" t="s">
-        <v>2287</v>
+        <v>2291</v>
       </c>
       <c r="C1374" s="5">
         <v>46147</v>
       </c>
       <c r="D1374" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1374" s="5">
         <v>40</v>
       </c>
       <c r="F1374" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1374" s="5" t="s">
-        <v>2288</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1375" spans="1:7">
       <c r="A1375" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1375" s="4" t="s">
-        <v>2287</v>
+        <v>2291</v>
       </c>
       <c r="C1375" s="5">
         <v>46147</v>
       </c>
       <c r="D1375" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1375" s="5">
         <v>40</v>
       </c>
       <c r="F1375" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1375" s="5" t="s">
-        <v>2288</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1376" spans="1:7">
       <c r="A1376" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1376" s="4" t="s">
-        <v>2289</v>
+        <v>2292</v>
       </c>
       <c r="C1376" s="5">
         <v>46147</v>
       </c>
       <c r="D1376" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1376" s="5">
         <v>40</v>
       </c>
       <c r="F1376" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1376" s="5" t="s">
-        <v>421</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="1377" spans="1:7">
       <c r="A1377" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1377" s="4" t="s">
-        <v>2289</v>
+        <v>2292</v>
       </c>
       <c r="C1377" s="5">
         <v>46147</v>
       </c>
       <c r="D1377" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1377" s="5">
         <v>40</v>
       </c>
       <c r="F1377" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1377" s="5" t="s">
-        <v>421</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="1378" spans="1:7">
       <c r="A1378" s="3" t="s">
-        <v>139</v>
+        <v>14</v>
       </c>
       <c r="B1378" s="4" t="s">
-        <v>2290</v>
+        <v>2294</v>
       </c>
       <c r="C1378" s="5">
-        <v>46156</v>
+        <v>46147</v>
       </c>
       <c r="D1378" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1378" s="5">
         <v>40</v>
       </c>
       <c r="F1378" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G1378" s="5" t="s">
-        <v>183</v>
+        <v>421</v>
       </c>
     </row>
     <row r="1379" spans="1:7">
       <c r="A1379" s="3" t="s">
-        <v>2291</v>
+        <v>14</v>
       </c>
       <c r="B1379" s="4" t="s">
-        <v>2290</v>
+        <v>2294</v>
       </c>
       <c r="C1379" s="5">
-        <v>46156</v>
+        <v>46147</v>
       </c>
       <c r="D1379" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1379" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F1379" s="5" t="s">
-        <v>158</v>
+        <v>17</v>
       </c>
       <c r="G1379" s="5" t="s">
-        <v>937</v>
+        <v>421</v>
       </c>
     </row>
     <row r="1380" spans="1:7">
       <c r="A1380" s="3" t="s">
-        <v>39</v>
+        <v>139</v>
       </c>
       <c r="B1380" s="4" t="s">
-        <v>2292</v>
+        <v>2295</v>
       </c>
       <c r="C1380" s="5">
-        <v>46157</v>
+        <v>46156</v>
       </c>
       <c r="D1380" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1380" s="5">
         <v>40</v>
       </c>
       <c r="F1380" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G1380" s="5" t="s">
-        <v>79</v>
+        <v>183</v>
       </c>
     </row>
     <row r="1381" spans="1:7">
       <c r="A1381" s="3" t="s">
-        <v>39</v>
+        <v>2296</v>
       </c>
       <c r="B1381" s="4" t="s">
-        <v>2292</v>
+        <v>2295</v>
       </c>
       <c r="C1381" s="5">
-        <v>46157</v>
+        <v>46156</v>
       </c>
       <c r="D1381" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1381" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F1381" s="5" t="s">
-        <v>15</v>
+        <v>158</v>
       </c>
       <c r="G1381" s="5" t="s">
-        <v>79</v>
+        <v>937</v>
       </c>
     </row>
     <row r="1382" spans="1:7">
       <c r="A1382" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B1382" s="4" t="s">
-        <v>2293</v>
+        <v>2297</v>
       </c>
       <c r="C1382" s="5">
-        <v>46150</v>
+        <v>46157</v>
       </c>
       <c r="D1382" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1382" s="5">
         <v>40</v>
       </c>
       <c r="F1382" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1382" s="5" t="s">
-        <v>1268</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1383" spans="1:7">
       <c r="A1383" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B1383" s="4" t="s">
-        <v>2293</v>
+        <v>2297</v>
       </c>
       <c r="C1383" s="5">
-        <v>46150</v>
+        <v>46157</v>
       </c>
       <c r="D1383" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1383" s="5">
         <v>40</v>
       </c>
       <c r="F1383" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1383" s="5" t="s">
-        <v>1268</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1384" spans="1:7">
       <c r="A1384" s="3" t="s">
-        <v>168</v>
+        <v>39</v>
       </c>
       <c r="B1384" s="4" t="s">
-        <v>2294</v>
+        <v>2298</v>
       </c>
       <c r="C1384" s="5">
-        <v>46167</v>
+        <v>46150</v>
       </c>
       <c r="D1384" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1384" s="5">
         <v>40</v>
       </c>
       <c r="F1384" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1384" s="5" t="s">
-        <v>694</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="1385" spans="1:7">
       <c r="A1385" s="3" t="s">
-        <v>168</v>
+        <v>39</v>
       </c>
       <c r="B1385" s="4" t="s">
-        <v>2294</v>
+        <v>2298</v>
       </c>
       <c r="C1385" s="5">
-        <v>46167</v>
+        <v>46150</v>
       </c>
       <c r="D1385" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1385" s="5">
         <v>40</v>
       </c>
       <c r="F1385" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1385" s="5" t="s">
-        <v>694</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="1386" spans="1:7">
       <c r="A1386" s="3" t="s">
-        <v>39</v>
+        <v>168</v>
       </c>
       <c r="B1386" s="4" t="s">
-        <v>2295</v>
+        <v>2299</v>
       </c>
       <c r="C1386" s="5">
-        <v>46170</v>
+        <v>46167</v>
       </c>
       <c r="D1386" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1386" s="5">
         <v>40</v>
       </c>
       <c r="F1386" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1386" s="5" t="s">
-        <v>165</v>
+        <v>694</v>
       </c>
     </row>
     <row r="1387" spans="1:7">
       <c r="A1387" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B1387" s="4" t="s">
-        <v>2296</v>
+        <v>2299</v>
       </c>
       <c r="C1387" s="5">
-        <v>46179</v>
+        <v>46167</v>
       </c>
       <c r="D1387" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1387" s="5">
         <v>40</v>
       </c>
       <c r="F1387" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1387" s="5" t="s">
-        <v>289</v>
+        <v>694</v>
       </c>
     </row>
     <row r="1388" spans="1:7">
       <c r="A1388" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B1388" s="4" t="s">
-        <v>2297</v>
+        <v>2300</v>
       </c>
       <c r="C1388" s="5">
-        <v>46181</v>
+        <v>46170</v>
       </c>
       <c r="D1388" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1388" s="5">
         <v>40</v>
       </c>
       <c r="F1388" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1388" s="5" t="s">
-        <v>958</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1389" spans="1:7">
       <c r="A1389" s="3" t="s">
-        <v>39</v>
+        <v>168</v>
       </c>
       <c r="B1389" s="4" t="s">
-        <v>2298</v>
+        <v>2301</v>
       </c>
       <c r="C1389" s="5">
-        <v>46181</v>
+        <v>46179</v>
       </c>
       <c r="D1389" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1389" s="5">
         <v>40</v>
       </c>
       <c r="F1389" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1389" s="5" t="s">
-        <v>87</v>
+        <v>289</v>
       </c>
     </row>
     <row r="1390" spans="1:7">
       <c r="A1390" s="3" t="s">
-        <v>168</v>
+        <v>39</v>
       </c>
       <c r="B1390" s="4" t="s">
-        <v>2299</v>
+        <v>2302</v>
       </c>
       <c r="C1390" s="5">
-        <v>46183</v>
+        <v>46181</v>
       </c>
       <c r="D1390" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1390" s="5">
         <v>40</v>
       </c>
       <c r="F1390" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1390" s="5" t="s">
-        <v>546</v>
+        <v>958</v>
       </c>
     </row>
     <row r="1391" spans="1:7">
       <c r="A1391" s="3" t="s">
-        <v>2300</v>
+        <v>39</v>
       </c>
       <c r="B1391" s="4" t="s">
-        <v>2301</v>
+        <v>2303</v>
       </c>
       <c r="C1391" s="5">
-        <v>46182</v>
+        <v>46181</v>
       </c>
       <c r="D1391" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1391" s="5">
         <v>40</v>
       </c>
       <c r="F1391" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1391" s="5" t="s">
-        <v>2302</v>
+        <v>87</v>
       </c>
     </row>
     <row r="1392" spans="1:7">
       <c r="A1392" s="3" t="s">
-        <v>276</v>
+        <v>168</v>
       </c>
       <c r="B1392" s="4" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="C1392" s="5">
-        <v>46184</v>
+        <v>46183</v>
       </c>
       <c r="D1392" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1392" s="5">
         <v>40</v>
       </c>
       <c r="F1392" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1392" s="5" t="s">
-        <v>1563</v>
+        <v>546</v>
       </c>
     </row>
     <row r="1393" spans="1:7">
       <c r="A1393" s="3" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
       <c r="B1393" s="4" t="s">
-        <v>2303</v>
+        <v>2306</v>
       </c>
       <c r="C1393" s="5">
-        <v>46184</v>
+        <v>46182</v>
       </c>
       <c r="D1393" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1393" s="5">
         <v>40</v>
       </c>
       <c r="F1393" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G1393" s="5" t="s">
-        <v>2011</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="1394" spans="1:7">
       <c r="A1394" s="3" t="s">
-        <v>2230</v>
+        <v>276</v>
       </c>
       <c r="B1394" s="4" t="s">
-        <v>2305</v>
+        <v>2308</v>
       </c>
       <c r="C1394" s="5">
         <v>46184</v>
       </c>
       <c r="D1394" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1394" s="5">
         <v>40</v>
       </c>
       <c r="F1394" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1394" s="5" t="s">
-        <v>85</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="1395" spans="1:7">
       <c r="A1395" s="3" t="s">
-        <v>168</v>
+        <v>2309</v>
       </c>
       <c r="B1395" s="4" t="s">
-        <v>2306</v>
+        <v>2308</v>
       </c>
       <c r="C1395" s="5">
         <v>46184</v>
       </c>
       <c r="D1395" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1395" s="5">
         <v>40</v>
       </c>
       <c r="F1395" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G1395" s="5" t="s">
-        <v>2307</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="1396" spans="1:7">
       <c r="A1396" s="3" t="s">
-        <v>168</v>
+        <v>2233</v>
       </c>
       <c r="B1396" s="4" t="s">
-        <v>2306</v>
+        <v>2310</v>
       </c>
       <c r="C1396" s="5">
         <v>46184</v>
       </c>
       <c r="D1396" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1396" s="5">
         <v>40</v>
       </c>
       <c r="F1396" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1396" s="5" t="s">
-        <v>2307</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1397" spans="1:7">
       <c r="A1397" s="3" t="s">
-        <v>2308</v>
+        <v>168</v>
       </c>
       <c r="B1397" s="4" t="s">
-        <v>2306</v>
+        <v>2311</v>
       </c>
       <c r="C1397" s="5">
         <v>46184</v>
       </c>
       <c r="D1397" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1397" s="5">
         <v>40</v>
       </c>
       <c r="F1397" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1397" s="5" t="s">
-        <v>729</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="1398" spans="1:7">
       <c r="A1398" s="3" t="s">
-        <v>2230</v>
+        <v>168</v>
       </c>
       <c r="B1398" s="4" t="s">
-        <v>2309</v>
+        <v>2311</v>
       </c>
       <c r="C1398" s="5">
         <v>46184</v>
       </c>
       <c r="D1398" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1398" s="5">
         <v>40</v>
       </c>
       <c r="F1398" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1398" s="5" t="s">
-        <v>546</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="1399" spans="1:7">
       <c r="A1399" s="3" t="s">
-        <v>168</v>
+        <v>2313</v>
       </c>
       <c r="B1399" s="4" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
       <c r="C1399" s="5">
-        <v>46189</v>
+        <v>46184</v>
       </c>
       <c r="D1399" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1399" s="5">
         <v>40</v>
       </c>
       <c r="F1399" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1399" s="5" t="s">
-        <v>72</v>
+        <v>729</v>
       </c>
     </row>
     <row r="1400" spans="1:7">
       <c r="A1400" s="3" t="s">
-        <v>2311</v>
+        <v>2233</v>
       </c>
       <c r="B1400" s="4" t="s">
-        <v>2312</v>
+        <v>2314</v>
       </c>
       <c r="C1400" s="5">
-        <v>46190</v>
+        <v>46184</v>
       </c>
       <c r="D1400" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1400" s="5">
         <v>40</v>
       </c>
       <c r="F1400" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1400" s="5" t="s">
-        <v>2313</v>
+        <v>546</v>
       </c>
     </row>
     <row r="1401" spans="1:7">
       <c r="A1401" s="3" t="s">
-        <v>2314</v>
+        <v>168</v>
       </c>
       <c r="B1401" s="4" t="s">
-        <v>2312</v>
+        <v>2315</v>
       </c>
       <c r="C1401" s="5">
-        <v>46190</v>
+        <v>46189</v>
       </c>
       <c r="D1401" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1401" s="5">
         <v>40</v>
       </c>
       <c r="F1401" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1401" s="5" t="s">
-        <v>103</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1402" spans="1:7">
       <c r="A1402" s="3" t="s">
-        <v>139</v>
+        <v>2316</v>
       </c>
       <c r="B1402" s="4" t="s">
-        <v>2315</v>
+        <v>2317</v>
       </c>
       <c r="C1402" s="5">
-        <v>46194</v>
+        <v>46190</v>
       </c>
       <c r="D1402" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1402" s="5">
         <v>40</v>
       </c>
       <c r="F1402" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1402" s="5" t="s">
-        <v>380</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="1403" spans="1:7">
       <c r="A1403" s="3" t="s">
-        <v>168</v>
+        <v>2319</v>
       </c>
       <c r="B1403" s="4" t="s">
-        <v>2315</v>
+        <v>2317</v>
       </c>
       <c r="C1403" s="5">
-        <v>46194</v>
+        <v>46190</v>
       </c>
       <c r="D1403" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1403" s="5">
         <v>40</v>
       </c>
       <c r="F1403" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G1403" s="5" t="s">
-        <v>1125</v>
+        <v>103</v>
       </c>
     </row>
     <row r="1404" spans="1:7">
       <c r="A1404" s="3" t="s">
-        <v>168</v>
+        <v>139</v>
       </c>
       <c r="B1404" s="4" t="s">
-        <v>2315</v>
+        <v>2320</v>
       </c>
       <c r="C1404" s="5">
         <v>46194</v>
       </c>
       <c r="D1404" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1404" s="5">
         <v>40</v>
       </c>
       <c r="F1404" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1404" s="5" t="s">
-        <v>1125</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1405" spans="1:7">
       <c r="A1405" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B1405" s="4" t="s">
-        <v>2316</v>
+        <v>2320</v>
       </c>
       <c r="C1405" s="5">
-        <v>46199</v>
+        <v>46194</v>
       </c>
       <c r="D1405" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1405" s="5">
         <v>40</v>
       </c>
       <c r="F1405" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G1405" s="5" t="s">
-        <v>1355</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="1406" spans="1:7">
       <c r="A1406" s="3" t="s">
-        <v>139</v>
+        <v>168</v>
       </c>
       <c r="B1406" s="4" t="s">
-        <v>2317</v>
+        <v>2320</v>
       </c>
       <c r="C1406" s="5">
-        <v>46202</v>
+        <v>46194</v>
       </c>
       <c r="D1406" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1406" s="5">
         <v>40</v>
       </c>
       <c r="F1406" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1406" s="5" t="s">
-        <v>813</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="1407" spans="1:7">
       <c r="A1407" s="3" t="s">
-        <v>2318</v>
+        <v>168</v>
       </c>
       <c r="B1407" s="4" t="s">
-        <v>2319</v>
+        <v>2321</v>
       </c>
       <c r="C1407" s="5">
-        <v>46200</v>
+        <v>46199</v>
       </c>
       <c r="D1407" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1407" s="5">
         <v>40</v>
       </c>
       <c r="F1407" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1407" s="5" t="s">
-        <v>2320</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="1408" spans="1:7">
       <c r="A1408" s="3" t="s">
-        <v>168</v>
+        <v>139</v>
       </c>
       <c r="B1408" s="4" t="s">
-        <v>2319</v>
+        <v>2322</v>
       </c>
       <c r="C1408" s="5">
-        <v>46200</v>
+        <v>46202</v>
       </c>
       <c r="D1408" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1408" s="5">
         <v>40</v>
       </c>
       <c r="F1408" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1408" s="5" t="s">
-        <v>196</v>
+        <v>813</v>
       </c>
     </row>
     <row r="1409" spans="1:7">
       <c r="A1409" s="3" t="s">
-        <v>168</v>
+        <v>2323</v>
       </c>
       <c r="B1409" s="4" t="s">
-        <v>2321</v>
+        <v>2324</v>
       </c>
       <c r="C1409" s="5">
-        <v>46204</v>
+        <v>46200</v>
       </c>
       <c r="D1409" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1409" s="5">
         <v>40</v>
       </c>
       <c r="F1409" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1409" s="5" t="s">
-        <v>1515</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="1410" spans="1:7">
       <c r="A1410" s="3" t="s">
-        <v>2072</v>
+        <v>168</v>
       </c>
       <c r="B1410" s="4" t="s">
-        <v>2322</v>
+        <v>2324</v>
       </c>
       <c r="C1410" s="5">
-        <v>46213</v>
+        <v>46200</v>
       </c>
       <c r="D1410" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1410" s="5">
         <v>40</v>
       </c>
       <c r="F1410" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1410" s="5" t="s">
-        <v>35</v>
+        <v>196</v>
       </c>
     </row>
     <row r="1411" spans="1:7">
       <c r="A1411" s="3" t="s">
-        <v>2072</v>
+        <v>168</v>
       </c>
       <c r="B1411" s="4" t="s">
-        <v>2322</v>
+        <v>2326</v>
       </c>
       <c r="C1411" s="5">
-        <v>46213</v>
+        <v>46204</v>
       </c>
       <c r="D1411" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1411" s="5">
         <v>40</v>
       </c>
       <c r="F1411" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1411" s="5" t="s">
-        <v>35</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="1412" spans="1:7">
       <c r="A1412" s="3" t="s">
-        <v>2072</v>
+        <v>2075</v>
       </c>
       <c r="B1412" s="4" t="s">
-        <v>2322</v>
+        <v>2327</v>
       </c>
       <c r="C1412" s="5">
         <v>46213</v>
       </c>
       <c r="D1412" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1412" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F1412" s="5" t="s">
-        <v>158</v>
+        <v>17</v>
       </c>
       <c r="G1412" s="5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="1413" spans="1:7">
       <c r="A1413" s="3" t="s">
-        <v>2072</v>
+        <v>2075</v>
       </c>
       <c r="B1413" s="4" t="s">
-        <v>2323</v>
+        <v>2327</v>
       </c>
       <c r="C1413" s="5">
         <v>46213</v>
       </c>
       <c r="D1413" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1413" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F1413" s="5" t="s">
-        <v>158</v>
+        <v>15</v>
       </c>
       <c r="G1413" s="5" t="s">
-        <v>2324</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1414" spans="1:7">
       <c r="A1414" s="3" t="s">
-        <v>2072</v>
+        <v>2075</v>
       </c>
       <c r="B1414" s="4" t="s">
-        <v>2323</v>
+        <v>2327</v>
       </c>
       <c r="C1414" s="5">
         <v>46213</v>
       </c>
       <c r="D1414" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1414" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F1414" s="5" t="s">
-        <v>15</v>
+        <v>158</v>
       </c>
       <c r="G1414" s="5" t="s">
-        <v>2324</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1415" spans="1:7">
       <c r="A1415" s="3" t="s">
-        <v>2072</v>
+        <v>2075</v>
       </c>
       <c r="B1415" s="4" t="s">
-        <v>2323</v>
+        <v>2328</v>
       </c>
       <c r="C1415" s="5">
         <v>46213</v>
       </c>
       <c r="D1415" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1415" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F1415" s="5" t="s">
-        <v>17</v>
+        <v>158</v>
       </c>
       <c r="G1415" s="5" t="s">
-        <v>2324</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="1416" spans="1:7">
       <c r="A1416" s="3" t="s">
-        <v>14</v>
+        <v>2075</v>
       </c>
       <c r="B1416" s="4" t="s">
-        <v>2325</v>
+        <v>2328</v>
       </c>
       <c r="C1416" s="5">
         <v>46213</v>
       </c>
       <c r="D1416" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1416" s="5">
         <v>40</v>
       </c>
       <c r="F1416" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1416" s="5" t="s">
-        <v>2326</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="1417" spans="1:7">
       <c r="A1417" s="3" t="s">
-        <v>14</v>
+        <v>2075</v>
       </c>
       <c r="B1417" s="4" t="s">
-        <v>2325</v>
+        <v>2328</v>
       </c>
       <c r="C1417" s="5">
         <v>46213</v>
       </c>
       <c r="D1417" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1417" s="5">
         <v>40</v>
       </c>
       <c r="F1417" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1417" s="5" t="s">
-        <v>2326</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="1418" spans="1:7">
       <c r="A1418" s="3" t="s">
-        <v>2291</v>
+        <v>14</v>
       </c>
       <c r="B1418" s="4" t="s">
-        <v>2325</v>
+        <v>2330</v>
       </c>
       <c r="C1418" s="5">
         <v>46213</v>
       </c>
       <c r="D1418" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1418" s="5">
         <v>40</v>
       </c>
       <c r="F1418" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1418" s="5" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="1419" spans="1:7">
       <c r="A1419" s="3" t="s">
-        <v>1073</v>
+        <v>14</v>
       </c>
       <c r="B1419" s="4" t="s">
-        <v>2328</v>
+        <v>2330</v>
       </c>
       <c r="C1419" s="5">
         <v>46213</v>
       </c>
       <c r="D1419" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1419" s="5">
         <v>40</v>
       </c>
       <c r="F1419" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1419" s="5" t="s">
-        <v>2177</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="1420" spans="1:7">
       <c r="A1420" s="3" t="s">
-        <v>1073</v>
+        <v>2296</v>
       </c>
       <c r="B1420" s="4" t="s">
-        <v>2328</v>
+        <v>2330</v>
       </c>
       <c r="C1420" s="5">
         <v>46213</v>
       </c>
       <c r="D1420" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1420" s="5">
         <v>40</v>
       </c>
       <c r="F1420" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1420" s="5" t="s">
-        <v>2177</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="1421" spans="1:7">
       <c r="A1421" s="3" t="s">
-        <v>14</v>
+        <v>1073</v>
       </c>
       <c r="B1421" s="4" t="s">
-        <v>2329</v>
+        <v>2333</v>
       </c>
       <c r="C1421" s="5">
         <v>46213</v>
       </c>
       <c r="D1421" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1421" s="5">
         <v>40</v>
       </c>
       <c r="F1421" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1421" s="5" t="s">
-        <v>93</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="1422" spans="1:7">
       <c r="A1422" s="3" t="s">
-        <v>14</v>
+        <v>1073</v>
       </c>
       <c r="B1422" s="4" t="s">
-        <v>2329</v>
+        <v>2333</v>
       </c>
       <c r="C1422" s="5">
         <v>46213</v>
       </c>
       <c r="D1422" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1422" s="5">
         <v>40</v>
       </c>
       <c r="F1422" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1422" s="5" t="s">
-        <v>93</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="1423" spans="1:7">
       <c r="A1423" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1423" s="4" t="s">
-        <v>2329</v>
+        <v>2334</v>
       </c>
       <c r="C1423" s="5">
         <v>46213</v>
       </c>
       <c r="D1423" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1423" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1423" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1423" s="5" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="1424" spans="1:7">
       <c r="A1424" s="3" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="B1424" s="4" t="s">
-        <v>2330</v>
+        <v>2334</v>
       </c>
       <c r="C1424" s="5">
         <v>46213</v>
       </c>
       <c r="D1424" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1424" s="5">
         <v>40</v>
       </c>
       <c r="F1424" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1424" s="5" t="s">
-        <v>2331</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1425" spans="1:7">
       <c r="A1425" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1425" s="4" t="s">
-        <v>2332</v>
+        <v>2334</v>
       </c>
       <c r="C1425" s="5">
         <v>46213</v>
       </c>
       <c r="D1425" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1425" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1425" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1425" s="5" t="s">
-        <v>822</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1426" spans="1:7">
       <c r="A1426" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="B1426" s="4" t="s">
-        <v>2332</v>
+        <v>2335</v>
       </c>
       <c r="C1426" s="5">
         <v>46213</v>
       </c>
       <c r="D1426" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1426" s="5">
         <v>40</v>
       </c>
       <c r="F1426" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1426" s="5" t="s">
-        <v>822</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="1427" spans="1:7">
       <c r="A1427" s="3" t="s">
-        <v>2283</v>
+        <v>14</v>
       </c>
       <c r="B1427" s="4" t="s">
-        <v>2333</v>
+        <v>2337</v>
       </c>
       <c r="C1427" s="5">
         <v>46213</v>
       </c>
       <c r="D1427" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1427" s="5">
         <v>40</v>
       </c>
       <c r="F1427" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1427" s="5" t="s">
-        <v>2008</v>
+        <v>822</v>
       </c>
     </row>
     <row r="1428" spans="1:7">
       <c r="A1428" s="3" t="s">
-        <v>2291</v>
+        <v>14</v>
       </c>
       <c r="B1428" s="4" t="s">
-        <v>2333</v>
+        <v>2337</v>
       </c>
       <c r="C1428" s="5">
         <v>46213</v>
       </c>
       <c r="D1428" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1428" s="5">
         <v>40</v>
       </c>
       <c r="F1428" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1428" s="5" t="s">
-        <v>2334</v>
+        <v>822</v>
       </c>
     </row>
     <row r="1429" spans="1:7">
       <c r="A1429" s="3" t="s">
-        <v>14</v>
+        <v>2257</v>
       </c>
       <c r="B1429" s="4" t="s">
-        <v>2335</v>
+        <v>2338</v>
       </c>
       <c r="C1429" s="5">
-        <v>46214</v>
+        <v>46213</v>
       </c>
       <c r="D1429" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1429" s="5">
         <v>40</v>
       </c>
       <c r="F1429" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1429" s="5" t="s">
-        <v>2199</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="1430" spans="1:7">
       <c r="A1430" s="3" t="s">
-        <v>14</v>
+        <v>2296</v>
       </c>
       <c r="B1430" s="4" t="s">
-        <v>2335</v>
+        <v>2338</v>
       </c>
       <c r="C1430" s="5">
-        <v>46214</v>
+        <v>46213</v>
       </c>
       <c r="D1430" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1430" s="5">
         <v>40</v>
       </c>
       <c r="F1430" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1430" s="5" t="s">
-        <v>2199</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="1431" spans="1:7">
       <c r="A1431" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1431" s="4" t="s">
-        <v>2335</v>
+        <v>2340</v>
       </c>
       <c r="C1431" s="5">
         <v>46214</v>
       </c>
       <c r="D1431" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1431" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F1431" s="5" t="s">
-        <v>158</v>
+        <v>15</v>
       </c>
       <c r="G1431" s="5" t="s">
-        <v>234</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="1432" spans="1:7">
       <c r="A1432" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1432" s="4" t="s">
-        <v>2336</v>
+        <v>2340</v>
       </c>
       <c r="C1432" s="5">
-        <v>46220</v>
+        <v>46214</v>
       </c>
       <c r="D1432" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1432" s="5">
         <v>40</v>
       </c>
       <c r="F1432" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1432" s="5" t="s">
-        <v>2337</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="1433" spans="1:7">
       <c r="A1433" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1433" s="4" t="s">
-        <v>2336</v>
+        <v>2340</v>
       </c>
       <c r="C1433" s="5">
-        <v>46220</v>
+        <v>46214</v>
       </c>
       <c r="D1433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1433" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F1433" s="5" t="s">
-        <v>15</v>
+        <v>158</v>
       </c>
       <c r="G1433" s="5" t="s">
-        <v>2337</v>
+        <v>234</v>
       </c>
     </row>
     <row r="1434" spans="1:7">
       <c r="A1434" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1434" s="4" t="s">
-        <v>2338</v>
+        <v>2341</v>
       </c>
       <c r="C1434" s="5">
         <v>46220</v>
       </c>
       <c r="D1434" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1434" s="5">
         <v>40</v>
       </c>
       <c r="F1434" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1434" s="5" t="s">
-        <v>1400</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="1435" spans="1:7">
       <c r="A1435" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1435" s="4" t="s">
-        <v>2338</v>
+        <v>2341</v>
       </c>
       <c r="C1435" s="5">
         <v>46220</v>
       </c>
       <c r="D1435" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1435" s="5">
         <v>40</v>
       </c>
       <c r="F1435" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1435" s="5" t="s">
-        <v>1400</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="1436" spans="1:7">
       <c r="A1436" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1436" s="4" t="s">
-        <v>2339</v>
+        <v>2343</v>
       </c>
       <c r="C1436" s="5">
-        <v>46224</v>
+        <v>46220</v>
       </c>
       <c r="D1436" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1436" s="5">
         <v>40</v>
       </c>
       <c r="F1436" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1436" s="5" t="s">
-        <v>2340</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="1437" spans="1:7">
       <c r="A1437" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1437" s="4" t="s">
-        <v>2339</v>
+        <v>2343</v>
       </c>
       <c r="C1437" s="5">
-        <v>46224</v>
+        <v>46220</v>
       </c>
       <c r="D1437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1437" s="5">
         <v>40</v>
       </c>
       <c r="F1437" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1437" s="5" t="s">
-        <v>2340</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="1438" spans="1:7">
       <c r="A1438" s="3" t="s">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="B1438" s="4" t="s">
-        <v>2341</v>
+        <v>2344</v>
       </c>
       <c r="C1438" s="5">
-        <v>46225</v>
+        <v>46224</v>
       </c>
       <c r="D1438" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1438" s="5">
         <v>40</v>
       </c>
       <c r="F1438" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1438" s="5" t="s">
-        <v>2342</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="1439" spans="1:7">
       <c r="A1439" s="3" t="s">
-        <v>139</v>
+        <v>14</v>
       </c>
       <c r="B1439" s="4" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="C1439" s="5">
-        <v>46228</v>
+        <v>46224</v>
       </c>
       <c r="D1439" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1439" s="5">
         <v>40</v>
       </c>
       <c r="F1439" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1439" s="5" t="s">
-        <v>79</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="1440" spans="1:7">
       <c r="A1440" s="3" t="s">
-        <v>14</v>
+        <v>97</v>
       </c>
       <c r="B1440" s="4" t="s">
-        <v>2344</v>
+        <v>2346</v>
       </c>
       <c r="C1440" s="5">
-        <v>46228</v>
+        <v>46225</v>
       </c>
       <c r="D1440" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1440" s="5">
         <v>40</v>
       </c>
       <c r="F1440" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1440" s="5" t="s">
-        <v>1887</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="1441" spans="1:7">
       <c r="A1441" s="3" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="B1441" s="4" t="s">
-        <v>2344</v>
+        <v>2348</v>
       </c>
       <c r="C1441" s="5">
         <v>46228</v>
       </c>
       <c r="D1441" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1441" s="5">
         <v>40</v>
       </c>
       <c r="F1441" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1441" s="5" t="s">
-        <v>1887</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1442" spans="1:7">
       <c r="A1442" s="3" t="s">
-        <v>2283</v>
+        <v>14</v>
       </c>
       <c r="B1442" s="4" t="s">
-        <v>2344</v>
+        <v>2349</v>
       </c>
       <c r="C1442" s="5">
         <v>46228</v>
       </c>
       <c r="D1442" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1442" s="5">
         <v>40</v>
       </c>
       <c r="F1442" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1442" s="5" t="s">
-        <v>1636</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="1443" spans="1:7">
       <c r="A1443" s="3" t="s">
-        <v>168</v>
+        <v>14</v>
       </c>
       <c r="B1443" s="4" t="s">
-        <v>2345</v>
+        <v>2349</v>
       </c>
       <c r="C1443" s="5">
-        <v>46233</v>
+        <v>46228</v>
       </c>
       <c r="D1443" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1443" s="5">
         <v>40</v>
       </c>
       <c r="F1443" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1443" s="5" t="s">
-        <v>470</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="1444" spans="1:7">
       <c r="A1444" s="3" t="s">
-        <v>168</v>
+        <v>2257</v>
       </c>
       <c r="B1444" s="4" t="s">
-        <v>2345</v>
+        <v>2349</v>
       </c>
       <c r="C1444" s="5">
-        <v>46233</v>
+        <v>46228</v>
       </c>
       <c r="D1444" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1444" s="5">
         <v>40</v>
       </c>
       <c r="F1444" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1444" s="5" t="s">
-        <v>470</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="1445" spans="1:7">
       <c r="A1445" s="3" t="s">
-        <v>47</v>
+        <v>168</v>
       </c>
       <c r="B1445" s="4" t="s">
-        <v>2346</v>
+        <v>2350</v>
       </c>
       <c r="C1445" s="5">
-        <v>46234</v>
+        <v>46233</v>
       </c>
       <c r="D1445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1445" s="5">
         <v>40</v>
       </c>
       <c r="F1445" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1445" s="5" t="s">
-        <v>2347</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1446" spans="1:7">
       <c r="A1446" s="3" t="s">
-        <v>47</v>
+        <v>168</v>
       </c>
       <c r="B1446" s="4" t="s">
-        <v>2346</v>
+        <v>2350</v>
       </c>
       <c r="C1446" s="5">
-        <v>46234</v>
+        <v>46233</v>
       </c>
       <c r="D1446" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1446" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F1446" s="5" t="s">
-        <v>158</v>
+        <v>17</v>
       </c>
       <c r="G1446" s="5" t="s">
-        <v>2347</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1447" spans="1:7">
       <c r="A1447" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B1447" s="4" t="s">
-        <v>2346</v>
+        <v>2351</v>
       </c>
       <c r="C1447" s="5">
         <v>46234</v>
       </c>
       <c r="D1447" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1447" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1447" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1447" s="5" t="s">
-        <v>2347</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="1448" spans="1:7">
       <c r="A1448" s="3" t="s">
-        <v>168</v>
+        <v>47</v>
       </c>
       <c r="B1448" s="4" t="s">
-        <v>2348</v>
+        <v>2351</v>
       </c>
       <c r="C1448" s="5">
-        <v>46235</v>
+        <v>46234</v>
       </c>
       <c r="D1448" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1448" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F1448" s="5" t="s">
-        <v>15</v>
+        <v>158</v>
       </c>
       <c r="G1448" s="5" t="s">
-        <v>2349</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="1449" spans="1:7">
       <c r="A1449" s="3" t="s">
-        <v>168</v>
+        <v>47</v>
       </c>
       <c r="B1449" s="4" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
       <c r="C1449" s="5">
-        <v>46235</v>
+        <v>46234</v>
       </c>
       <c r="D1449" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1449" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1449" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G1449" s="5" t="s">
-        <v>1136</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="1450" spans="1:7">
       <c r="A1450" s="3" t="s">
-        <v>397</v>
+        <v>168</v>
       </c>
       <c r="B1450" s="4" t="s">
-        <v>2351</v>
+        <v>2353</v>
       </c>
       <c r="C1450" s="5">
-        <v>46238</v>
+        <v>46235</v>
       </c>
       <c r="D1450" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1450" s="5">
         <v>40</v>
       </c>
       <c r="F1450" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1450" s="5" t="s">
-        <v>243</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="1451" spans="1:7">
       <c r="A1451" s="3" t="s">
-        <v>191</v>
+        <v>168</v>
       </c>
       <c r="B1451" s="4" t="s">
-        <v>2352</v>
+        <v>2355</v>
       </c>
       <c r="C1451" s="5">
-        <v>46239</v>
+        <v>46235</v>
       </c>
       <c r="D1451" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1451" s="5">
         <v>40</v>
       </c>
       <c r="F1451" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G1451" s="5" t="s">
-        <v>2353</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="1452" spans="1:7">
       <c r="A1452" s="3" t="s">
-        <v>191</v>
+        <v>397</v>
       </c>
       <c r="B1452" s="4" t="s">
-        <v>2352</v>
+        <v>2356</v>
       </c>
       <c r="C1452" s="5">
-        <v>46239</v>
+        <v>46238</v>
       </c>
       <c r="D1452" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1452" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F1452" s="5" t="s">
-        <v>158</v>
+        <v>15</v>
       </c>
       <c r="G1452" s="5" t="s">
-        <v>2353</v>
+        <v>243</v>
       </c>
     </row>
     <row r="1453" spans="1:7">
       <c r="A1453" s="3" t="s">
-        <v>2244</v>
+        <v>191</v>
       </c>
       <c r="B1453" s="4" t="s">
-        <v>2354</v>
+        <v>2357</v>
       </c>
       <c r="C1453" s="5">
-        <v>46244</v>
+        <v>46239</v>
       </c>
       <c r="D1453" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1453" s="5">
         <v>40</v>
       </c>
       <c r="F1453" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1453" s="5" t="s">
-        <v>59</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="1454" spans="1:7">
       <c r="A1454" s="3" t="s">
-        <v>139</v>
+        <v>191</v>
       </c>
       <c r="B1454" s="4" t="s">
-        <v>2355</v>
+        <v>2357</v>
       </c>
       <c r="C1454" s="5">
-        <v>46246</v>
+        <v>46239</v>
       </c>
       <c r="D1454" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1454" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F1454" s="5" t="s">
-        <v>17</v>
+        <v>158</v>
       </c>
       <c r="G1454" s="5" t="s">
-        <v>206</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="1455" spans="1:7">
       <c r="A1455" s="3" t="s">
-        <v>139</v>
+        <v>2247</v>
       </c>
       <c r="B1455" s="4" t="s">
-        <v>2356</v>
+        <v>2359</v>
       </c>
       <c r="C1455" s="5">
-        <v>46250</v>
+        <v>46244</v>
       </c>
       <c r="D1455" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1455" s="5">
         <v>40</v>
       </c>
       <c r="F1455" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1455" s="5" t="s">
-        <v>615</v>
+        <v>59</v>
       </c>
     </row>
     <row r="1456" spans="1:7">
       <c r="A1456" s="3" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="B1456" s="4" t="s">
-        <v>2357</v>
+        <v>2360</v>
       </c>
       <c r="C1456" s="5">
-        <v>46250</v>
+        <v>46246</v>
       </c>
       <c r="D1456" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1456" s="5">
         <v>40</v>
       </c>
       <c r="F1456" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1456" s="5" t="s">
-        <v>1225</v>
+        <v>206</v>
       </c>
     </row>
     <row r="1457" spans="1:7">
       <c r="A1457" s="3" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="B1457" s="4" t="s">
-        <v>2357</v>
+        <v>2361</v>
       </c>
       <c r="C1457" s="5">
         <v>46250</v>
       </c>
       <c r="D1457" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1457" s="5">
         <v>40</v>
       </c>
       <c r="F1457" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1457" s="5" t="s">
-        <v>1225</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1458" spans="1:7">
       <c r="A1458" s="3" t="s">
-        <v>2358</v>
+        <v>14</v>
       </c>
       <c r="B1458" s="4" t="s">
-        <v>2359</v>
+        <v>2362</v>
       </c>
       <c r="C1458" s="5">
         <v>46250</v>
       </c>
       <c r="D1458" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1458" s="5">
         <v>40</v>
       </c>
       <c r="F1458" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1458" s="5" t="s">
-        <v>58</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="1459" spans="1:7">
       <c r="A1459" s="3" t="s">
-        <v>1073</v>
+        <v>14</v>
       </c>
       <c r="B1459" s="4" t="s">
-        <v>2360</v>
+        <v>2362</v>
       </c>
       <c r="C1459" s="5">
-        <v>46254</v>
+        <v>46250</v>
       </c>
       <c r="D1459" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1459" s="5">
         <v>40</v>
       </c>
       <c r="F1459" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1459" s="5" t="s">
-        <v>289</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="1460" spans="1:7">
       <c r="A1460" s="3" t="s">
-        <v>2283</v>
+        <v>2363</v>
       </c>
       <c r="B1460" s="4" t="s">
-        <v>2361</v>
+        <v>2364</v>
       </c>
       <c r="C1460" s="5">
-        <v>46254</v>
+        <v>46250</v>
       </c>
       <c r="D1460" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1460" s="5">
         <v>40</v>
       </c>
       <c r="F1460" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1460" s="5" t="s">
-        <v>2362</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1461" spans="1:7">
       <c r="A1461" s="3" t="s">
-        <v>14</v>
+        <v>1073</v>
       </c>
       <c r="B1461" s="4" t="s">
-        <v>2363</v>
+        <v>2365</v>
       </c>
       <c r="C1461" s="5">
-        <v>46256</v>
+        <v>46254</v>
       </c>
       <c r="D1461" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1461" s="5">
         <v>40</v>
       </c>
       <c r="F1461" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1461" s="5" t="s">
-        <v>2196</v>
+        <v>289</v>
       </c>
     </row>
     <row r="1462" spans="1:7">
       <c r="A1462" s="3" t="s">
-        <v>14</v>
+        <v>2257</v>
       </c>
       <c r="B1462" s="4" t="s">
-        <v>2363</v>
+        <v>2366</v>
       </c>
       <c r="C1462" s="5">
-        <v>46256</v>
+        <v>46254</v>
       </c>
       <c r="D1462" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1462" s="5">
         <v>40</v>
       </c>
       <c r="F1462" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1462" s="5" t="s">
-        <v>2196</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="1463" spans="1:7">
       <c r="A1463" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1463" s="4" t="s">
-        <v>2364</v>
+        <v>2368</v>
       </c>
       <c r="C1463" s="5">
         <v>46256</v>
       </c>
       <c r="D1463" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1463" s="5">
         <v>40</v>
       </c>
       <c r="F1463" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1463" s="5" t="s">
-        <v>263</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="1464" spans="1:7">
       <c r="A1464" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1464" s="4" t="s">
-        <v>2364</v>
+        <v>2368</v>
       </c>
       <c r="C1464" s="5">
         <v>46256</v>
       </c>
       <c r="D1464" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1464" s="5">
         <v>40</v>
       </c>
       <c r="F1464" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1464" s="5" t="s">
-        <v>263</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="1465" spans="1:7">
       <c r="A1465" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1465" s="4" t="s">
-        <v>2365</v>
+        <v>2369</v>
       </c>
       <c r="C1465" s="5">
-        <v>46258</v>
+        <v>46256</v>
       </c>
       <c r="D1465" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1465" s="5">
         <v>40</v>
       </c>
       <c r="F1465" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1465" s="5" t="s">
-        <v>1466</v>
+        <v>263</v>
       </c>
     </row>
     <row r="1466" spans="1:7">
       <c r="A1466" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1466" s="4" t="s">
-        <v>2366</v>
+        <v>2369</v>
       </c>
       <c r="C1466" s="5">
-        <v>46902</v>
+        <v>46256</v>
       </c>
       <c r="D1466" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1466" s="5">
         <v>40</v>
       </c>
       <c r="F1466" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1466" s="5" t="s">
-        <v>2367</v>
+        <v>263</v>
       </c>
     </row>
     <row r="1467" spans="1:7">
       <c r="A1467" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1467" s="4" t="s">
-        <v>2366</v>
+        <v>2370</v>
       </c>
       <c r="C1467" s="5">
-        <v>46902</v>
+        <v>46258</v>
       </c>
       <c r="D1467" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1467" s="5">
         <v>40</v>
       </c>
       <c r="F1467" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1467" s="5" t="s">
-        <v>2367</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="1468" spans="1:7">
       <c r="A1468" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1468" s="4" t="s">
-        <v>2368</v>
+        <v>2371</v>
       </c>
       <c r="C1468" s="5">
         <v>46902</v>
       </c>
       <c r="D1468" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1468" s="5">
         <v>40</v>
       </c>
       <c r="F1468" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1468" s="5" t="s">
-        <v>231</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="1469" spans="1:7">
       <c r="A1469" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1469" s="4" t="s">
-        <v>2368</v>
+        <v>2371</v>
       </c>
       <c r="C1469" s="5">
         <v>46902</v>
       </c>
       <c r="D1469" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1469" s="5">
         <v>40</v>
       </c>
       <c r="F1469" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1469" s="5" t="s">
-        <v>231</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="1470" spans="1:7">
       <c r="A1470" s="3" t="s">
-        <v>1413</v>
+        <v>14</v>
       </c>
       <c r="B1470" s="4" t="s">
-        <v>2369</v>
+        <v>2373</v>
       </c>
       <c r="C1470" s="5">
-        <v>47010</v>
+        <v>46902</v>
       </c>
       <c r="D1470" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1470" s="5">
         <v>40</v>
       </c>
       <c r="F1470" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1470" s="5" t="s">
-        <v>1429</v>
+        <v>231</v>
       </c>
     </row>
     <row r="1471" spans="1:7">
       <c r="A1471" s="3" t="s">
-        <v>1420</v>
+        <v>14</v>
       </c>
       <c r="B1471" s="4" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="C1471" s="5">
-        <v>47035</v>
+        <v>46902</v>
       </c>
       <c r="D1471" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1471" s="5">
         <v>40</v>
       </c>
       <c r="F1471" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1471" s="5" t="s">
-        <v>1213</v>
+        <v>231</v>
       </c>
     </row>
     <row r="1472" spans="1:7">
       <c r="A1472" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1472" s="4" t="s">
-        <v>2371</v>
+        <v>2374</v>
       </c>
       <c r="C1472" s="5">
-        <v>47039</v>
+        <v>47010</v>
       </c>
       <c r="D1472" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1472" s="5">
         <v>40</v>
       </c>
       <c r="F1472" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1472" s="5" t="s">
-        <v>1399</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="1473" spans="1:7">
       <c r="A1473" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="B1473" s="4" t="s">
-        <v>2372</v>
+        <v>2375</v>
       </c>
       <c r="C1473" s="5">
-        <v>47045</v>
+        <v>47035</v>
       </c>
       <c r="D1473" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1473" s="5">
         <v>40</v>
       </c>
       <c r="F1473" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1473" s="5" t="s">
-        <v>470</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="1474" spans="1:7">
       <c r="A1474" s="3" t="s">
-        <v>706</v>
+        <v>1413</v>
       </c>
       <c r="B1474" s="4" t="s">
-        <v>2373</v>
+        <v>2376</v>
       </c>
       <c r="C1474" s="5">
-        <v>47045</v>
+        <v>47039</v>
       </c>
       <c r="D1474" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1474" s="5">
         <v>40</v>
       </c>
       <c r="F1474" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1474" s="5" t="s">
-        <v>190</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="1475" spans="1:7">
       <c r="A1475" s="3" t="s">
-        <v>1413</v>
+        <v>1420</v>
       </c>
       <c r="B1475" s="4" t="s">
-        <v>2374</v>
+        <v>2377</v>
       </c>
       <c r="C1475" s="5">
-        <v>47051</v>
+        <v>47045</v>
       </c>
       <c r="D1475" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1475" s="5">
         <v>40</v>
       </c>
       <c r="F1475" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1475" s="5" t="s">
-        <v>72</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1476" spans="1:7">
       <c r="A1476" s="3" t="s">
-        <v>691</v>
+        <v>706</v>
       </c>
       <c r="B1476" s="4" t="s">
-        <v>2375</v>
+        <v>2378</v>
       </c>
       <c r="C1476" s="5">
-        <v>47060</v>
+        <v>47045</v>
       </c>
       <c r="D1476" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1476" s="5">
         <v>40</v>
       </c>
       <c r="F1476" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1476" s="5" t="s">
-        <v>2376</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1477" spans="1:7">
       <c r="A1477" s="3" t="s">
-        <v>2377</v>
+        <v>1413</v>
       </c>
       <c r="B1477" s="4" t="s">
-        <v>2378</v>
+        <v>2379</v>
       </c>
       <c r="C1477" s="5">
-        <v>47075</v>
+        <v>47051</v>
       </c>
       <c r="D1477" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1477" s="5">
         <v>40</v>
       </c>
       <c r="F1477" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1477" s="5" t="s">
-        <v>667</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1478" spans="1:7">
       <c r="A1478" s="3" t="s">
-        <v>1413</v>
+        <v>691</v>
       </c>
       <c r="B1478" s="4" t="s">
-        <v>2379</v>
+        <v>2380</v>
       </c>
       <c r="C1478" s="5">
-        <v>47110</v>
+        <v>47060</v>
       </c>
       <c r="D1478" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1478" s="5">
         <v>40</v>
       </c>
       <c r="F1478" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1478" s="5" t="s">
-        <v>2232</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="1479" spans="1:7">
       <c r="A1479" s="3" t="s">
-        <v>691</v>
+        <v>2382</v>
       </c>
       <c r="B1479" s="4" t="s">
-        <v>2380</v>
+        <v>2383</v>
       </c>
       <c r="C1479" s="5">
-        <v>47116</v>
+        <v>47075</v>
       </c>
       <c r="D1479" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1479" s="5">
         <v>40</v>
       </c>
       <c r="F1479" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1479" s="5" t="s">
-        <v>2381</v>
+        <v>667</v>
       </c>
     </row>
     <row r="1480" spans="1:7">
       <c r="A1480" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1480" s="4" t="s">
-        <v>2382</v>
+        <v>2384</v>
       </c>
       <c r="C1480" s="5">
-        <v>47122</v>
+        <v>47110</v>
       </c>
       <c r="D1480" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1480" s="5">
         <v>40</v>
       </c>
       <c r="F1480" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1480" s="5" t="s">
-        <v>1880</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="1481" spans="1:7">
       <c r="A1481" s="3" t="s">
-        <v>2377</v>
+        <v>691</v>
       </c>
       <c r="B1481" s="4" t="s">
-        <v>2383</v>
+        <v>2385</v>
       </c>
       <c r="C1481" s="5">
-        <v>47122</v>
+        <v>47116</v>
       </c>
       <c r="D1481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1481" s="5">
         <v>40</v>
       </c>
       <c r="F1481" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1481" s="5" t="s">
-        <v>253</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="1482" spans="1:7">
       <c r="A1482" s="3" t="s">
-        <v>691</v>
+        <v>1413</v>
       </c>
       <c r="B1482" s="4" t="s">
-        <v>2384</v>
+        <v>2387</v>
       </c>
       <c r="C1482" s="5">
-        <v>47129</v>
+        <v>47122</v>
       </c>
       <c r="D1482" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1482" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F1482" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1482" s="5" t="s">
-        <v>2385</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="1483" spans="1:7">
       <c r="A1483" s="3" t="s">
-        <v>1413</v>
+        <v>2382</v>
       </c>
       <c r="B1483" s="4" t="s">
-        <v>2386</v>
+        <v>2388</v>
       </c>
       <c r="C1483" s="5">
-        <v>47128</v>
+        <v>47122</v>
       </c>
       <c r="D1483" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1483" s="5">
         <v>40</v>
       </c>
       <c r="F1483" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1483" s="5" t="s">
-        <v>1825</v>
+        <v>253</v>
       </c>
     </row>
     <row r="1484" spans="1:7">
       <c r="A1484" s="3" t="s">
-        <v>2387</v>
+        <v>691</v>
       </c>
       <c r="B1484" s="4" t="s">
-        <v>2388</v>
+        <v>2389</v>
       </c>
       <c r="C1484" s="5">
-        <v>47139</v>
+        <v>47129</v>
       </c>
       <c r="D1484" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1484" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F1484" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1484" s="5" t="s">
-        <v>743</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="1485" spans="1:7">
       <c r="A1485" s="3" t="s">
-        <v>1739</v>
+        <v>1413</v>
       </c>
       <c r="B1485" s="4" t="s">
-        <v>2389</v>
+        <v>2391</v>
       </c>
       <c r="C1485" s="5">
-        <v>47144</v>
+        <v>47128</v>
       </c>
       <c r="D1485" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1485" s="5">
         <v>40</v>
       </c>
       <c r="F1485" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1485" s="5" t="s">
-        <v>38</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="1486" spans="1:7">
       <c r="A1486" s="3" t="s">
-        <v>691</v>
+        <v>2392</v>
       </c>
       <c r="B1486" s="4" t="s">
-        <v>2390</v>
+        <v>2393</v>
       </c>
       <c r="C1486" s="5">
-        <v>47170</v>
+        <v>47139</v>
       </c>
       <c r="D1486" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1486" s="5">
         <v>40</v>
       </c>
       <c r="F1486" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1486" s="5" t="s">
-        <v>890</v>
+        <v>743</v>
       </c>
     </row>
     <row r="1487" spans="1:7">
       <c r="A1487" s="3" t="s">
-        <v>2377</v>
+        <v>1739</v>
       </c>
       <c r="B1487" s="4" t="s">
-        <v>2391</v>
+        <v>2394</v>
       </c>
       <c r="C1487" s="5">
-        <v>47171</v>
+        <v>47144</v>
       </c>
       <c r="D1487" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1487" s="5">
         <v>40</v>
       </c>
       <c r="F1487" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1487" s="5" t="s">
-        <v>2006</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1488" spans="1:7">
       <c r="A1488" s="3" t="s">
-        <v>1413</v>
+        <v>691</v>
       </c>
       <c r="B1488" s="4" t="s">
-        <v>2392</v>
+        <v>2395</v>
       </c>
       <c r="C1488" s="5">
-        <v>47181</v>
+        <v>47170</v>
       </c>
       <c r="D1488" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1488" s="5">
         <v>40</v>
       </c>
       <c r="F1488" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1488" s="5" t="s">
-        <v>1180</v>
+        <v>890</v>
       </c>
     </row>
     <row r="1489" spans="1:7">
       <c r="A1489" s="3" t="s">
-        <v>2393</v>
+        <v>2382</v>
       </c>
       <c r="B1489" s="4" t="s">
-        <v>2392</v>
+        <v>2396</v>
       </c>
       <c r="C1489" s="5">
-        <v>47181</v>
+        <v>47171</v>
       </c>
       <c r="D1489" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1489" s="5">
         <v>40</v>
       </c>
       <c r="F1489" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1489" s="5" t="s">
-        <v>2394</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="1490" spans="1:7">
       <c r="A1490" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1490" s="4" t="s">
-        <v>2395</v>
+        <v>2397</v>
       </c>
       <c r="C1490" s="5">
-        <v>47186</v>
+        <v>47181</v>
       </c>
       <c r="D1490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1490" s="5">
         <v>40</v>
       </c>
       <c r="F1490" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G1490" s="5" t="s">
-        <v>2163</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="1491" spans="1:7">
       <c r="A1491" s="3" t="s">
-        <v>1413</v>
+        <v>2398</v>
       </c>
       <c r="B1491" s="4" t="s">
-        <v>2396</v>
+        <v>2397</v>
       </c>
       <c r="C1491" s="5">
-        <v>47197</v>
+        <v>47181</v>
       </c>
       <c r="D1491" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1491" s="5">
         <v>40</v>
       </c>
       <c r="F1491" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1491" s="5" t="s">
-        <v>2397</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="1492" spans="1:7">
       <c r="A1492" s="3" t="s">
-        <v>2377</v>
+        <v>1413</v>
       </c>
       <c r="B1492" s="4" t="s">
-        <v>2398</v>
+        <v>2400</v>
       </c>
       <c r="C1492" s="5">
-        <v>47197</v>
+        <v>47186</v>
       </c>
       <c r="D1492" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1492" s="5">
         <v>40</v>
       </c>
       <c r="F1492" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G1492" s="5" t="s">
-        <v>2399</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="1493" spans="1:7">
       <c r="A1493" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1493" s="4" t="s">
-        <v>2400</v>
+        <v>2401</v>
       </c>
       <c r="C1493" s="5">
-        <v>47205</v>
+        <v>47197</v>
       </c>
       <c r="D1493" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1493" s="5">
         <v>40</v>
       </c>
       <c r="F1493" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G1493" s="5" t="s">
-        <v>202</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="1494" spans="1:7">
       <c r="A1494" s="3" t="s">
-        <v>1413</v>
+        <v>2382</v>
       </c>
       <c r="B1494" s="4" t="s">
-        <v>2400</v>
+        <v>2403</v>
       </c>
       <c r="C1494" s="5">
-        <v>47205</v>
+        <v>47197</v>
       </c>
       <c r="D1494" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1494" s="5">
         <v>40</v>
       </c>
       <c r="F1494" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1494" s="5" t="s">
-        <v>202</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="1495" spans="1:7">
       <c r="A1495" s="3" t="s">
-        <v>1750</v>
+        <v>1413</v>
       </c>
       <c r="B1495" s="4" t="s">
-        <v>2401</v>
+        <v>2405</v>
       </c>
       <c r="C1495" s="5">
-        <v>47206</v>
+        <v>47205</v>
       </c>
       <c r="D1495" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1495" s="5">
         <v>40</v>
       </c>
       <c r="F1495" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G1495" s="5" t="s">
-        <v>1708</v>
+        <v>202</v>
       </c>
     </row>
     <row r="1496" spans="1:7">
       <c r="A1496" s="3" t="s">
-        <v>2377</v>
+        <v>1413</v>
       </c>
       <c r="B1496" s="4" t="s">
-        <v>2402</v>
+        <v>2405</v>
       </c>
       <c r="C1496" s="5">
-        <v>47216</v>
+        <v>47205</v>
       </c>
       <c r="D1496" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1496" s="5">
         <v>40</v>
       </c>
       <c r="F1496" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1496" s="5" t="s">
-        <v>2403</v>
+        <v>202</v>
       </c>
     </row>
     <row r="1497" spans="1:7">
       <c r="A1497" s="3" t="s">
-        <v>1413</v>
+        <v>1750</v>
       </c>
       <c r="B1497" s="4" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
       <c r="C1497" s="5">
-        <v>47220</v>
+        <v>47206</v>
       </c>
       <c r="D1497" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1497" s="5">
         <v>40</v>
       </c>
       <c r="F1497" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1497" s="5" t="s">
-        <v>1355</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="1498" spans="1:7">
       <c r="A1498" s="3" t="s">
-        <v>659</v>
+        <v>2382</v>
       </c>
       <c r="B1498" s="4" t="s">
-        <v>2405</v>
-[...2 lines deleted...]
-        <v>2406</v>
+        <v>2407</v>
+      </c>
+      <c r="C1498" s="5">
+        <v>47216</v>
       </c>
       <c r="D1498" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1498" s="5">
         <v>40</v>
       </c>
       <c r="F1498" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1498" s="5" t="s">
-        <v>181</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="1499" spans="1:7">
       <c r="A1499" s="3" t="s">
-        <v>2407</v>
+        <v>1413</v>
       </c>
       <c r="B1499" s="4" t="s">
-        <v>2408</v>
-[...1 lines deleted...]
-      <c r="C1499" s="5" t="s">
         <v>2409</v>
       </c>
+      <c r="C1499" s="5">
+        <v>47220</v>
+      </c>
       <c r="D1499" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1499" s="5">
         <v>40</v>
       </c>
       <c r="F1499" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1499" s="5" t="s">
-        <v>206</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="1500" spans="1:7">
       <c r="A1500" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="B1500" s="4" t="s">
         <v>2410</v>
       </c>
-      <c r="B1500" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1500" s="5" t="s">
-        <v>2409</v>
+        <v>2411</v>
       </c>
       <c r="D1500" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1500" s="5">
         <v>40</v>
       </c>
       <c r="F1500" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1500" s="5" t="s">
-        <v>2411</v>
+        <v>181</v>
       </c>
     </row>
     <row r="1501" spans="1:7">
       <c r="A1501" s="3" t="s">
-        <v>638</v>
+        <v>2412</v>
       </c>
       <c r="B1501" s="4" t="s">
-        <v>2412</v>
+        <v>2413</v>
       </c>
       <c r="C1501" s="5" t="s">
-        <v>2413</v>
+        <v>2414</v>
       </c>
       <c r="D1501" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1501" s="5">
         <v>40</v>
       </c>
       <c r="F1501" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1501" s="5" t="s">
-        <v>1462</v>
+        <v>206</v>
       </c>
     </row>
     <row r="1502" spans="1:7">
       <c r="A1502" s="3" t="s">
-        <v>2410</v>
+        <v>2415</v>
       </c>
       <c r="B1502" s="4" t="s">
+        <v>2413</v>
+      </c>
+      <c r="C1502" s="5" t="s">
         <v>2414</v>
       </c>
-      <c r="C1502" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1502" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1502" s="5">
         <v>40</v>
       </c>
       <c r="F1502" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1502" s="5" t="s">
-        <v>567</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="1503" spans="1:7">
       <c r="A1503" s="3" t="s">
-        <v>2416</v>
+        <v>638</v>
       </c>
       <c r="B1503" s="4" t="s">
         <v>2417</v>
       </c>
       <c r="C1503" s="5" t="s">
-        <v>2415</v>
+        <v>2418</v>
       </c>
       <c r="D1503" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1503" s="5">
         <v>40</v>
       </c>
       <c r="F1503" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1503" s="5" t="s">
-        <v>822</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="1504" spans="1:7">
       <c r="A1504" s="3" t="s">
-        <v>2410</v>
+        <v>2415</v>
       </c>
       <c r="B1504" s="4" t="s">
-        <v>2418</v>
+        <v>2419</v>
       </c>
       <c r="C1504" s="5" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D1504" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1504" s="5">
         <v>40</v>
       </c>
       <c r="F1504" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1504" s="5" t="s">
-        <v>2420</v>
+        <v>567</v>
       </c>
     </row>
     <row r="1505" spans="1:7">
       <c r="A1505" s="3" t="s">
         <v>2421</v>
       </c>
       <c r="B1505" s="4" t="s">
         <v>2422</v>
       </c>
       <c r="C1505" s="5" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D1505" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1505" s="5">
         <v>40</v>
       </c>
       <c r="F1505" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1505" s="5" t="s">
-        <v>393</v>
+        <v>822</v>
       </c>
     </row>
     <row r="1506" spans="1:7">
       <c r="A1506" s="3" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B1506" s="4" t="s">
         <v>2423</v>
       </c>
-      <c r="B1506" s="4" t="s">
+      <c r="C1506" s="5" t="s">
         <v>2424</v>
       </c>
-      <c r="C1506" s="5" t="s">
+      <c r="D1506" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1506" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1506" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1506" s="5" t="s">
         <v>2425</v>
-      </c>
-[...10 lines deleted...]
-        <v>863</v>
       </c>
     </row>
     <row r="1507" spans="1:7">
       <c r="A1507" s="3" t="s">
-        <v>2423</v>
+        <v>2426</v>
       </c>
       <c r="B1507" s="4" t="s">
-        <v>2426</v>
+        <v>2427</v>
       </c>
       <c r="C1507" s="5" t="s">
-        <v>2425</v>
+        <v>2424</v>
       </c>
       <c r="D1507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1507" s="5">
         <v>40</v>
       </c>
       <c r="F1507" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1507" s="5" t="s">
-        <v>963</v>
+        <v>393</v>
       </c>
     </row>
     <row r="1508" spans="1:7">
       <c r="A1508" s="3" t="s">
-        <v>631</v>
+        <v>2428</v>
       </c>
       <c r="B1508" s="4" t="s">
-        <v>2427</v>
+        <v>2429</v>
       </c>
       <c r="C1508" s="5" t="s">
-        <v>2428</v>
+        <v>2430</v>
       </c>
       <c r="D1508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1508" s="5">
         <v>40</v>
       </c>
       <c r="F1508" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1508" s="5" t="s">
-        <v>2429</v>
+        <v>863</v>
       </c>
     </row>
     <row r="1509" spans="1:7">
       <c r="A1509" s="3" t="s">
-        <v>659</v>
+        <v>2428</v>
       </c>
       <c r="B1509" s="4" t="s">
+        <v>2431</v>
+      </c>
+      <c r="C1509" s="5" t="s">
         <v>2430</v>
       </c>
-      <c r="C1509" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1509" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1509" s="5">
         <v>40</v>
       </c>
       <c r="F1509" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1509" s="5" t="s">
-        <v>196</v>
+        <v>963</v>
       </c>
     </row>
     <row r="1510" spans="1:7">
       <c r="A1510" s="3" t="s">
-        <v>2431</v>
+        <v>631</v>
       </c>
       <c r="B1510" s="4" t="s">
         <v>2432</v>
       </c>
       <c r="C1510" s="5" t="s">
         <v>2433</v>
       </c>
       <c r="D1510" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1510" s="5">
         <v>40</v>
       </c>
       <c r="F1510" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1510" s="5" t="s">
-        <v>474</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="1511" spans="1:7">
       <c r="A1511" s="3" t="s">
-        <v>622</v>
+        <v>659</v>
       </c>
       <c r="B1511" s="4" t="s">
-        <v>2434</v>
+        <v>2435</v>
       </c>
       <c r="C1511" s="5" t="s">
-        <v>2435</v>
+        <v>2433</v>
       </c>
       <c r="D1511" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1511" s="5">
         <v>40</v>
       </c>
       <c r="F1511" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1511" s="5" t="s">
-        <v>1384</v>
+        <v>196</v>
       </c>
     </row>
     <row r="1512" spans="1:7">
       <c r="A1512" s="3" t="s">
-        <v>635</v>
+        <v>2436</v>
       </c>
       <c r="B1512" s="4" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="C1512" s="5" t="s">
-        <v>2435</v>
+        <v>2438</v>
       </c>
       <c r="D1512" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1512" s="5">
         <v>40</v>
       </c>
       <c r="F1512" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1512" s="5" t="s">
-        <v>2437</v>
+        <v>474</v>
       </c>
     </row>
     <row r="1513" spans="1:7">
       <c r="A1513" s="3" t="s">
-        <v>2416</v>
+        <v>622</v>
       </c>
       <c r="B1513" s="4" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
       <c r="C1513" s="5" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
       <c r="D1513" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1513" s="5">
         <v>40</v>
       </c>
       <c r="F1513" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1513" s="5" t="s">
-        <v>535</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="1514" spans="1:7">
       <c r="A1514" s="3" t="s">
-        <v>2440</v>
+        <v>635</v>
       </c>
       <c r="B1514" s="4" t="s">
         <v>2441</v>
       </c>
       <c r="C1514" s="5" t="s">
+        <v>2440</v>
+      </c>
+      <c r="D1514" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1514" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1514" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1514" s="5" t="s">
         <v>2442</v>
-      </c>
-[...10 lines deleted...]
-        <v>2443</v>
       </c>
     </row>
     <row r="1515" spans="1:7">
       <c r="A1515" s="3" t="s">
-        <v>622</v>
+        <v>2421</v>
       </c>
       <c r="B1515" s="4" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C1515" s="5" t="s">
         <v>2444</v>
       </c>
-      <c r="C1515" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1515" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1515" s="5">
         <v>40</v>
       </c>
       <c r="F1515" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1515" s="5" t="s">
-        <v>2445</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1516" spans="1:7">
       <c r="A1516" s="3" t="s">
+        <v>2445</v>
+      </c>
+      <c r="B1516" s="4" t="s">
         <v>2446</v>
       </c>
-      <c r="B1516" s="4" t="s">
+      <c r="C1516" s="5" t="s">
         <v>2447</v>
       </c>
-      <c r="C1516" s="5" t="s">
+      <c r="D1516" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1516" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1516" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1516" s="5" t="s">
         <v>2448</v>
-      </c>
-[...10 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="1517" spans="1:7">
       <c r="A1517" s="3" t="s">
-        <v>2423</v>
+        <v>622</v>
       </c>
       <c r="B1517" s="4" t="s">
         <v>2449</v>
       </c>
       <c r="C1517" s="5" t="s">
+        <v>2418</v>
+      </c>
+      <c r="D1517" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1517" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1517" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1517" s="5" t="s">
         <v>2450</v>
-      </c>
-[...10 lines deleted...]
-        <v>2451</v>
       </c>
     </row>
     <row r="1518" spans="1:7">
       <c r="A1518" s="3" t="s">
-        <v>2421</v>
+        <v>2451</v>
       </c>
       <c r="B1518" s="4" t="s">
         <v>2452</v>
       </c>
       <c r="C1518" s="5" t="s">
         <v>2453</v>
       </c>
       <c r="D1518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1518" s="5">
         <v>40</v>
       </c>
       <c r="F1518" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1518" s="5" t="s">
-        <v>822</v>
+        <v>206</v>
       </c>
     </row>
     <row r="1519" spans="1:7">
       <c r="A1519" s="3" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B1519" s="4" t="s">
         <v>2454</v>
       </c>
-      <c r="B1519" s="4" t="s">
+      <c r="C1519" s="5" t="s">
         <v>2455</v>
       </c>
-      <c r="C1519" s="5" t="s">
+      <c r="D1519" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1519" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1519" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1519" s="5" t="s">
         <v>2456</v>
-      </c>
-[...10 lines deleted...]
-        <v>2058</v>
       </c>
     </row>
     <row r="1520" spans="1:7">
       <c r="A1520" s="3" t="s">
-        <v>2423</v>
+        <v>2426</v>
       </c>
       <c r="B1520" s="4" t="s">
         <v>2457</v>
       </c>
       <c r="C1520" s="5" t="s">
         <v>2458</v>
       </c>
       <c r="D1520" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1520" s="5">
         <v>40</v>
       </c>
       <c r="F1520" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1520" s="5" t="s">
-        <v>1329</v>
+        <v>822</v>
       </c>
     </row>
     <row r="1521" spans="1:7">
       <c r="A1521" s="3" t="s">
-        <v>2407</v>
+        <v>2459</v>
       </c>
       <c r="B1521" s="4" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
       <c r="C1521" s="5" t="s">
-        <v>2415</v>
+        <v>2461</v>
       </c>
       <c r="D1521" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1521" s="5">
         <v>40</v>
       </c>
       <c r="F1521" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1521" s="5" t="s">
-        <v>2460</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="1522" spans="1:7">
       <c r="A1522" s="3" t="s">
-        <v>2461</v>
+        <v>2428</v>
       </c>
       <c r="B1522" s="4" t="s">
         <v>2462</v>
       </c>
       <c r="C1522" s="5" t="s">
-        <v>2415</v>
+        <v>2463</v>
       </c>
       <c r="D1522" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1522" s="5">
         <v>40</v>
       </c>
       <c r="F1522" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1522" s="5" t="s">
-        <v>1039</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="1523" spans="1:7">
       <c r="A1523" s="3" t="s">
-        <v>2440</v>
+        <v>2412</v>
       </c>
       <c r="B1523" s="4" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
       <c r="C1523" s="5" t="s">
-        <v>2415</v>
+        <v>2420</v>
       </c>
       <c r="D1523" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1523" s="5">
         <v>40</v>
       </c>
       <c r="F1523" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1523" s="5" t="s">
-        <v>1825</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="1524" spans="1:7">
       <c r="A1524" s="3" t="s">
-        <v>2464</v>
+        <v>2466</v>
       </c>
       <c r="B1524" s="4" t="s">
-        <v>2465</v>
+        <v>2467</v>
       </c>
       <c r="C1524" s="5" t="s">
-        <v>2415</v>
+        <v>2420</v>
       </c>
       <c r="D1524" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1524" s="5">
         <v>40</v>
       </c>
       <c r="F1524" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1524" s="5" t="s">
-        <v>1139</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="1525" spans="1:7">
       <c r="A1525" s="3" t="s">
-        <v>2466</v>
+        <v>2445</v>
       </c>
       <c r="B1525" s="4" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
       <c r="C1525" s="5" t="s">
-        <v>2415</v>
+        <v>2420</v>
       </c>
       <c r="D1525" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1525" s="5">
         <v>40</v>
       </c>
       <c r="F1525" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1525" s="5" t="s">
-        <v>1130</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="1526" spans="1:7">
       <c r="A1526" s="3" t="s">
-        <v>2440</v>
+        <v>2469</v>
       </c>
       <c r="B1526" s="4" t="s">
-        <v>2468</v>
+        <v>2470</v>
       </c>
       <c r="C1526" s="5" t="s">
-        <v>2415</v>
+        <v>2420</v>
       </c>
       <c r="D1526" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1526" s="5">
         <v>40</v>
       </c>
       <c r="F1526" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1526" s="5" t="s">
-        <v>1952</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="1527" spans="1:7">
       <c r="A1527" s="3" t="s">
-        <v>2446</v>
+        <v>2471</v>
       </c>
       <c r="B1527" s="4" t="s">
-        <v>2469</v>
+        <v>2472</v>
       </c>
       <c r="C1527" s="5" t="s">
-        <v>2470</v>
+        <v>2420</v>
       </c>
       <c r="D1527" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1527" s="5">
         <v>40</v>
       </c>
       <c r="F1527" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1527" s="5" t="s">
-        <v>183</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="1528" spans="1:7">
       <c r="A1528" s="3" t="s">
-        <v>2471</v>
+        <v>2445</v>
       </c>
       <c r="B1528" s="4" t="s">
-        <v>2472</v>
-[...2 lines deleted...]
-        <v>50004</v>
+        <v>2473</v>
+      </c>
+      <c r="C1528" s="5" t="s">
+        <v>2420</v>
       </c>
       <c r="D1528" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1528" s="5">
         <v>40</v>
       </c>
       <c r="F1528" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1528" s="5" t="s">
-        <v>2443</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="1529" spans="1:7">
       <c r="A1529" s="3" t="s">
-        <v>2471</v>
+        <v>2451</v>
       </c>
       <c r="B1529" s="4" t="s">
-        <v>2473</v>
-[...2 lines deleted...]
-        <v>50008</v>
+        <v>2474</v>
+      </c>
+      <c r="C1529" s="5" t="s">
+        <v>2475</v>
       </c>
       <c r="D1529" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1529" s="5">
         <v>40</v>
       </c>
       <c r="F1529" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1529" s="5" t="s">
-        <v>989</v>
+        <v>183</v>
       </c>
     </row>
     <row r="1530" spans="1:7">
       <c r="A1530" s="3" t="s">
-        <v>2471</v>
+        <v>2476</v>
       </c>
       <c r="B1530" s="4" t="s">
-        <v>2473</v>
+        <v>2477</v>
       </c>
       <c r="C1530" s="5">
-        <v>50008</v>
+        <v>50004</v>
       </c>
       <c r="D1530" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1530" s="5">
         <v>40</v>
       </c>
       <c r="F1530" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1530" s="5" t="s">
-        <v>2474</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="1531" spans="1:7">
       <c r="A1531" s="3" t="s">
-        <v>2471</v>
+        <v>2476</v>
       </c>
       <c r="B1531" s="4" t="s">
-        <v>2475</v>
+        <v>2478</v>
       </c>
       <c r="C1531" s="5">
-        <v>50018</v>
+        <v>50008</v>
       </c>
       <c r="D1531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1531" s="5">
         <v>40</v>
       </c>
       <c r="F1531" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1531" s="5" t="s">
-        <v>2476</v>
+        <v>989</v>
       </c>
     </row>
     <row r="1532" spans="1:7">
       <c r="A1532" s="3" t="s">
-        <v>2471</v>
+        <v>2476</v>
       </c>
       <c r="B1532" s="4" t="s">
-        <v>2475</v>
+        <v>2478</v>
       </c>
       <c r="C1532" s="5">
-        <v>50018</v>
+        <v>50008</v>
       </c>
       <c r="D1532" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1532" s="5">
         <v>40</v>
       </c>
       <c r="F1532" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1532" s="5" t="s">
-        <v>2337</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="1533" spans="1:7">
       <c r="A1533" s="3" t="s">
-        <v>1969</v>
+        <v>2476</v>
       </c>
       <c r="B1533" s="4" t="s">
-        <v>2477</v>
+        <v>2480</v>
       </c>
       <c r="C1533" s="5">
-        <v>50022</v>
+        <v>50018</v>
       </c>
       <c r="D1533" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1533" s="5">
         <v>40</v>
       </c>
       <c r="F1533" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1533" s="5" t="s">
-        <v>1125</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="1534" spans="1:7">
       <c r="A1534" s="3" t="s">
-        <v>2478</v>
+        <v>2476</v>
       </c>
       <c r="B1534" s="4" t="s">
-        <v>2479</v>
+        <v>2480</v>
       </c>
       <c r="C1534" s="5">
-        <v>50022</v>
+        <v>50018</v>
       </c>
       <c r="D1534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1534" s="5">
         <v>40</v>
       </c>
       <c r="F1534" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1534" s="5" t="s">
-        <v>24</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="1535" spans="1:7">
       <c r="A1535" s="3" t="s">
-        <v>2480</v>
+        <v>1972</v>
       </c>
       <c r="B1535" s="4" t="s">
-        <v>2481</v>
+        <v>2482</v>
       </c>
       <c r="C1535" s="5">
-        <v>50030</v>
+        <v>50022</v>
       </c>
       <c r="D1535" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1535" s="5">
         <v>40</v>
       </c>
       <c r="F1535" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1535" s="5" t="s">
-        <v>2152</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="1536" spans="1:7">
       <c r="A1536" s="3" t="s">
-        <v>2471</v>
+        <v>2483</v>
       </c>
       <c r="B1536" s="4" t="s">
-        <v>2482</v>
+        <v>2484</v>
       </c>
       <c r="C1536" s="5">
-        <v>50055</v>
+        <v>50022</v>
       </c>
       <c r="D1536" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1536" s="5">
         <v>40</v>
       </c>
       <c r="F1536" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1536" s="5" t="s">
-        <v>839</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1537" spans="1:7">
       <c r="A1537" s="3" t="s">
-        <v>2471</v>
+        <v>2485</v>
       </c>
       <c r="B1537" s="4" t="s">
-        <v>2483</v>
+        <v>2486</v>
       </c>
       <c r="C1537" s="5">
-        <v>50067</v>
+        <v>50030</v>
       </c>
       <c r="D1537" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1537" s="5">
         <v>40</v>
       </c>
       <c r="F1537" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1537" s="5" t="s">
-        <v>59</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="1538" spans="1:7">
       <c r="A1538" s="3" t="s">
-        <v>2471</v>
+        <v>2476</v>
       </c>
       <c r="B1538" s="4" t="s">
-        <v>2484</v>
+        <v>2487</v>
       </c>
       <c r="C1538" s="5">
-        <v>50068</v>
+        <v>50055</v>
       </c>
       <c r="D1538" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1538" s="5">
         <v>40</v>
       </c>
       <c r="F1538" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1538" s="5" t="s">
-        <v>965</v>
+        <v>839</v>
       </c>
     </row>
     <row r="1539" spans="1:7">
       <c r="A1539" s="3" t="s">
-        <v>2471</v>
+        <v>2476</v>
       </c>
       <c r="B1539" s="4" t="s">
-        <v>2484</v>
+        <v>2488</v>
       </c>
       <c r="C1539" s="5">
-        <v>50068</v>
+        <v>50067</v>
       </c>
       <c r="D1539" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1539" s="5">
         <v>40</v>
       </c>
       <c r="F1539" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1539" s="5" t="s">
-        <v>2485</v>
+        <v>59</v>
       </c>
     </row>
     <row r="1540" spans="1:7">
       <c r="A1540" s="3" t="s">
-        <v>1969</v>
+        <v>2476</v>
       </c>
       <c r="B1540" s="4" t="s">
-        <v>2486</v>
+        <v>2489</v>
       </c>
       <c r="C1540" s="5">
-        <v>50073</v>
+        <v>50068</v>
       </c>
       <c r="D1540" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1540" s="5">
         <v>40</v>
       </c>
       <c r="F1540" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1540" s="5" t="s">
-        <v>62</v>
+        <v>965</v>
       </c>
     </row>
     <row r="1541" spans="1:7">
       <c r="A1541" s="3" t="s">
-        <v>2471</v>
+        <v>2476</v>
       </c>
       <c r="B1541" s="4" t="s">
-        <v>2487</v>
+        <v>2489</v>
       </c>
       <c r="C1541" s="5">
-        <v>50099</v>
+        <v>50068</v>
       </c>
       <c r="D1541" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1541" s="5">
         <v>40</v>
       </c>
       <c r="F1541" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1541" s="5" t="s">
-        <v>76</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="1542" spans="1:7">
       <c r="A1542" s="3" t="s">
-        <v>2471</v>
+        <v>1972</v>
       </c>
       <c r="B1542" s="4" t="s">
-        <v>2487</v>
+        <v>2491</v>
       </c>
       <c r="C1542" s="5">
-        <v>50099</v>
+        <v>50073</v>
       </c>
       <c r="D1542" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1542" s="5">
         <v>40</v>
       </c>
       <c r="F1542" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1542" s="5" t="s">
-        <v>1078</v>
+        <v>62</v>
       </c>
     </row>
     <row r="1543" spans="1:7">
       <c r="A1543" s="3" t="s">
-        <v>2471</v>
+        <v>2476</v>
       </c>
       <c r="B1543" s="4" t="s">
-        <v>2488</v>
+        <v>2492</v>
       </c>
       <c r="C1543" s="5">
-        <v>50113</v>
+        <v>50099</v>
       </c>
       <c r="D1543" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1543" s="5">
         <v>40</v>
       </c>
       <c r="F1543" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1543" s="5" t="s">
-        <v>2489</v>
+        <v>76</v>
       </c>
     </row>
     <row r="1544" spans="1:7">
       <c r="A1544" s="3" t="s">
-        <v>2471</v>
+        <v>2476</v>
       </c>
       <c r="B1544" s="4" t="s">
-        <v>2490</v>
+        <v>2492</v>
       </c>
       <c r="C1544" s="5">
-        <v>50114</v>
+        <v>50099</v>
       </c>
       <c r="D1544" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1544" s="5">
         <v>40</v>
       </c>
       <c r="F1544" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1544" s="5" t="s">
-        <v>1314</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="1545" spans="1:7">
       <c r="A1545" s="3" t="s">
-        <v>1969</v>
+        <v>2476</v>
       </c>
       <c r="B1545" s="4" t="s">
-        <v>2491</v>
+        <v>2493</v>
       </c>
       <c r="C1545" s="5">
-        <v>50115</v>
+        <v>50113</v>
       </c>
       <c r="D1545" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1545" s="5">
         <v>40</v>
       </c>
       <c r="F1545" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1545" s="5" t="s">
-        <v>866</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="1546" spans="1:7">
       <c r="A1546" s="3" t="s">
-        <v>2471</v>
+        <v>2476</v>
       </c>
       <c r="B1546" s="4" t="s">
-        <v>2492</v>
+        <v>2495</v>
       </c>
       <c r="C1546" s="5">
-        <v>50118</v>
+        <v>50114</v>
       </c>
       <c r="D1546" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1546" s="5">
         <v>40</v>
       </c>
       <c r="F1546" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1546" s="5" t="s">
-        <v>1938</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="1547" spans="1:7">
       <c r="A1547" s="3" t="s">
-        <v>2471</v>
+        <v>1972</v>
       </c>
       <c r="B1547" s="4" t="s">
-        <v>2493</v>
+        <v>2496</v>
       </c>
       <c r="C1547" s="5">
-        <v>50120</v>
+        <v>50115</v>
       </c>
       <c r="D1547" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1547" s="5">
         <v>40</v>
       </c>
       <c r="F1547" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1547" s="5" t="s">
-        <v>2494</v>
+        <v>866</v>
       </c>
     </row>
     <row r="1548" spans="1:7">
       <c r="A1548" s="3" t="s">
-        <v>2471</v>
+        <v>2476</v>
       </c>
       <c r="B1548" s="4" t="s">
-        <v>2495</v>
+        <v>2497</v>
       </c>
       <c r="C1548" s="5">
-        <v>50124</v>
+        <v>50118</v>
       </c>
       <c r="D1548" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1548" s="5">
         <v>40</v>
       </c>
       <c r="F1548" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1548" s="5" t="s">
-        <v>807</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="1549" spans="1:7">
       <c r="A1549" s="3" t="s">
-        <v>2471</v>
+        <v>2476</v>
       </c>
       <c r="B1549" s="4" t="s">
-        <v>2496</v>
+        <v>2498</v>
       </c>
       <c r="C1549" s="5">
-        <v>50124</v>
+        <v>50120</v>
       </c>
       <c r="D1549" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1549" s="5">
         <v>40</v>
       </c>
       <c r="F1549" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1549" s="5" t="s">
-        <v>2497</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="1550" spans="1:7">
       <c r="A1550" s="3" t="s">
-        <v>2471</v>
+        <v>2476</v>
       </c>
       <c r="B1550" s="4" t="s">
-        <v>2498</v>
+        <v>2500</v>
       </c>
       <c r="C1550" s="5">
-        <v>50153</v>
+        <v>50124</v>
       </c>
       <c r="D1550" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1550" s="5">
         <v>40</v>
       </c>
       <c r="F1550" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1550" s="5" t="s">
-        <v>1180</v>
+        <v>807</v>
       </c>
     </row>
     <row r="1551" spans="1:7">
       <c r="A1551" s="3" t="s">
-        <v>1969</v>
+        <v>2476</v>
       </c>
       <c r="B1551" s="4" t="s">
-        <v>2499</v>
+        <v>2501</v>
       </c>
       <c r="C1551" s="5">
-        <v>50154</v>
+        <v>50124</v>
       </c>
       <c r="D1551" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1551" s="5">
         <v>40</v>
       </c>
       <c r="F1551" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1551" s="5" t="s">
-        <v>58</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="1552" spans="1:7">
       <c r="A1552" s="3" t="s">
-        <v>1217</v>
+        <v>2476</v>
       </c>
       <c r="B1552" s="4" t="s">
-        <v>2500</v>
+        <v>2503</v>
       </c>
       <c r="C1552" s="5">
-        <v>50163</v>
+        <v>50153</v>
       </c>
       <c r="D1552" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1552" s="5">
         <v>40</v>
       </c>
       <c r="F1552" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1552" s="5" t="s">
-        <v>2501</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="1553" spans="1:7">
       <c r="A1553" s="3" t="s">
-        <v>2471</v>
+        <v>1972</v>
       </c>
       <c r="B1553" s="4" t="s">
-        <v>2502</v>
+        <v>2504</v>
       </c>
       <c r="C1553" s="5">
-        <v>50182</v>
+        <v>50154</v>
       </c>
       <c r="D1553" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1553" s="5">
         <v>40</v>
       </c>
       <c r="F1553" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1553" s="5" t="s">
-        <v>1019</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1554" spans="1:7">
       <c r="A1554" s="3" t="s">
-        <v>2471</v>
+        <v>1217</v>
       </c>
       <c r="B1554" s="4" t="s">
-        <v>2503</v>
+        <v>2505</v>
       </c>
       <c r="C1554" s="5">
-        <v>50182</v>
+        <v>50163</v>
       </c>
       <c r="D1554" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1554" s="5">
         <v>40</v>
       </c>
       <c r="F1554" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1554" s="5" t="s">
-        <v>1164</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="1555" spans="1:7">
       <c r="A1555" s="3" t="s">
-        <v>1969</v>
+        <v>2476</v>
       </c>
       <c r="B1555" s="4" t="s">
-        <v>2504</v>
+        <v>2507</v>
       </c>
       <c r="C1555" s="5">
-        <v>50902</v>
+        <v>50182</v>
       </c>
       <c r="D1555" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1555" s="5">
         <v>40</v>
       </c>
       <c r="F1555" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1555" s="5" t="s">
-        <v>1581</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="1556" spans="1:7">
       <c r="A1556" s="3" t="s">
-        <v>2471</v>
+        <v>2476</v>
       </c>
       <c r="B1556" s="4" t="s">
-        <v>2505</v>
+        <v>2508</v>
       </c>
       <c r="C1556" s="5">
-        <v>50211</v>
+        <v>50182</v>
       </c>
       <c r="D1556" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1556" s="5">
         <v>40</v>
       </c>
       <c r="F1556" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1556" s="5" t="s">
-        <v>1856</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="1557" spans="1:7">
       <c r="A1557" s="3" t="s">
-        <v>2471</v>
+        <v>1972</v>
       </c>
       <c r="B1557" s="4" t="s">
-        <v>2506</v>
+        <v>2509</v>
       </c>
       <c r="C1557" s="5">
-        <v>50223</v>
+        <v>50902</v>
       </c>
       <c r="D1557" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1557" s="5">
         <v>40</v>
       </c>
       <c r="F1557" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1557" s="5" t="s">
-        <v>415</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="1558" spans="1:7">
       <c r="A1558" s="3" t="s">
-        <v>1969</v>
+        <v>2476</v>
       </c>
       <c r="B1558" s="4" t="s">
-        <v>2507</v>
+        <v>2510</v>
       </c>
       <c r="C1558" s="5">
-        <v>50235</v>
+        <v>50211</v>
       </c>
       <c r="D1558" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1558" s="5">
         <v>40</v>
       </c>
       <c r="F1558" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1558" s="5" t="s">
-        <v>72</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="1559" spans="1:7">
       <c r="A1559" s="3" t="s">
-        <v>1969</v>
+        <v>2476</v>
       </c>
       <c r="B1559" s="4" t="s">
-        <v>2508</v>
+        <v>2511</v>
       </c>
       <c r="C1559" s="5">
-        <v>50244</v>
+        <v>50223</v>
       </c>
       <c r="D1559" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1559" s="5">
         <v>40</v>
       </c>
       <c r="F1559" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1559" s="5" t="s">
-        <v>1004</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1560" spans="1:7">
       <c r="A1560" s="3" t="s">
-        <v>2471</v>
+        <v>1972</v>
       </c>
       <c r="B1560" s="4" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="C1560" s="5">
-        <v>50252</v>
+        <v>50235</v>
       </c>
       <c r="D1560" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1560" s="5">
         <v>40</v>
       </c>
       <c r="F1560" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1560" s="5" t="s">
-        <v>377</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1561" spans="1:7">
       <c r="A1561" s="3" t="s">
-        <v>2471</v>
+        <v>1972</v>
       </c>
       <c r="B1561" s="4" t="s">
-        <v>2510</v>
+        <v>2513</v>
       </c>
       <c r="C1561" s="5">
-        <v>50264</v>
+        <v>50244</v>
       </c>
       <c r="D1561" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1561" s="5">
         <v>40</v>
       </c>
       <c r="F1561" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1561" s="5" t="s">
-        <v>2511</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="1562" spans="1:7">
       <c r="A1562" s="3" t="s">
-        <v>1969</v>
+        <v>2476</v>
       </c>
       <c r="B1562" s="4" t="s">
-        <v>2512</v>
+        <v>2514</v>
       </c>
       <c r="C1562" s="5">
-        <v>50274</v>
+        <v>50252</v>
       </c>
       <c r="D1562" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1562" s="5">
         <v>40</v>
       </c>
       <c r="F1562" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1562" s="5" t="s">
-        <v>253</v>
+        <v>377</v>
       </c>
     </row>
     <row r="1563" spans="1:7">
       <c r="A1563" s="3" t="s">
-        <v>1969</v>
+        <v>2476</v>
       </c>
       <c r="B1563" s="4" t="s">
-        <v>2513</v>
+        <v>2515</v>
       </c>
       <c r="C1563" s="5">
-        <v>50285</v>
+        <v>50264</v>
       </c>
       <c r="D1563" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1563" s="5">
         <v>40</v>
       </c>
       <c r="F1563" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1563" s="5" t="s">
-        <v>1412</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="1564" spans="1:7">
       <c r="A1564" s="3" t="s">
-        <v>2514</v>
+        <v>1972</v>
       </c>
       <c r="B1564" s="4" t="s">
-        <v>2515</v>
+        <v>2517</v>
       </c>
       <c r="C1564" s="5">
-        <v>50288</v>
+        <v>50274</v>
       </c>
       <c r="D1564" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1564" s="5">
         <v>40</v>
       </c>
       <c r="F1564" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1564" s="5" t="s">
-        <v>1678</v>
+        <v>253</v>
       </c>
     </row>
     <row r="1565" spans="1:7">
       <c r="A1565" s="3" t="s">
-        <v>2514</v>
+        <v>1972</v>
       </c>
       <c r="B1565" s="4" t="s">
-        <v>2516</v>
+        <v>2518</v>
       </c>
       <c r="C1565" s="5">
-        <v>50293</v>
+        <v>50285</v>
       </c>
       <c r="D1565" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1565" s="5">
         <v>40</v>
       </c>
       <c r="F1565" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1565" s="5" t="s">
-        <v>1019</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="1566" spans="1:7">
       <c r="A1566" s="3" t="s">
-        <v>1969</v>
+        <v>2519</v>
       </c>
       <c r="B1566" s="4" t="s">
-        <v>2517</v>
+        <v>2520</v>
       </c>
       <c r="C1566" s="5">
-        <v>50903</v>
+        <v>50288</v>
       </c>
       <c r="D1566" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1566" s="5">
         <v>40</v>
       </c>
       <c r="F1566" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1566" s="5" t="s">
-        <v>87</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="1567" spans="1:7">
       <c r="A1567" s="3" t="s">
-        <v>1217</v>
+        <v>2519</v>
       </c>
       <c r="B1567" s="4" t="s">
-        <v>2518</v>
+        <v>2521</v>
       </c>
       <c r="C1567" s="5">
-        <v>50298</v>
+        <v>50293</v>
       </c>
       <c r="D1567" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1567" s="5">
         <v>40</v>
       </c>
       <c r="F1567" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1567" s="5" t="s">
-        <v>2519</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="1568" spans="1:7">
       <c r="A1568" s="3" t="s">
-        <v>1969</v>
+        <v>1972</v>
       </c>
       <c r="B1568" s="4" t="s">
-        <v>2520</v>
+        <v>2522</v>
       </c>
       <c r="C1568" s="5">
-        <v>50298</v>
+        <v>50903</v>
       </c>
       <c r="D1568" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1568" s="5">
         <v>40</v>
       </c>
       <c r="F1568" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1568" s="5" t="s">
-        <v>615</v>
+        <v>87</v>
       </c>
     </row>
     <row r="1569" spans="1:7">
       <c r="A1569" s="3" t="s">
-        <v>1969</v>
+        <v>1217</v>
       </c>
       <c r="B1569" s="4" t="s">
-        <v>2521</v>
+        <v>2523</v>
       </c>
       <c r="C1569" s="5">
         <v>50298</v>
       </c>
       <c r="D1569" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1569" s="5">
         <v>40</v>
       </c>
       <c r="F1569" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1569" s="5" t="s">
-        <v>1302</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="1570" spans="1:7">
       <c r="A1570" s="3" t="s">
-        <v>2522</v>
+        <v>1972</v>
       </c>
       <c r="B1570" s="4" t="s">
-        <v>2523</v>
+        <v>2525</v>
       </c>
       <c r="C1570" s="5">
-        <v>49006</v>
+        <v>50298</v>
       </c>
       <c r="D1570" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1570" s="5">
         <v>40</v>
       </c>
       <c r="F1570" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1570" s="5" t="s">
-        <v>341</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1571" spans="1:7">
       <c r="A1571" s="3" t="s">
-        <v>706</v>
+        <v>1972</v>
       </c>
       <c r="B1571" s="4" t="s">
-        <v>2524</v>
+        <v>2526</v>
       </c>
       <c r="C1571" s="5">
-        <v>49010</v>
+        <v>50298</v>
       </c>
       <c r="D1571" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1571" s="5">
         <v>40</v>
       </c>
       <c r="F1571" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1571" s="5" t="s">
-        <v>1039</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="1572" spans="1:7">
       <c r="A1572" s="3" t="s">
-        <v>1413</v>
+        <v>2527</v>
       </c>
       <c r="B1572" s="4" t="s">
-        <v>2525</v>
+        <v>2528</v>
       </c>
       <c r="C1572" s="5">
-        <v>49019</v>
+        <v>49006</v>
       </c>
       <c r="D1572" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1572" s="5">
         <v>40</v>
       </c>
       <c r="F1572" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1572" s="5" t="s">
-        <v>491</v>
+        <v>341</v>
       </c>
     </row>
     <row r="1573" spans="1:7">
       <c r="A1573" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1573" s="4" t="s">
-        <v>2526</v>
+        <v>2529</v>
       </c>
       <c r="C1573" s="5">
-        <v>49023</v>
+        <v>49010</v>
       </c>
       <c r="D1573" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1573" s="5">
         <v>40</v>
       </c>
       <c r="F1573" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1573" s="5" t="s">
-        <v>743</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="1574" spans="1:7">
       <c r="A1574" s="3" t="s">
-        <v>706</v>
+        <v>1413</v>
       </c>
       <c r="B1574" s="4" t="s">
-        <v>2527</v>
+        <v>2530</v>
       </c>
       <c r="C1574" s="5">
-        <v>49034</v>
+        <v>49019</v>
       </c>
       <c r="D1574" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1574" s="5">
         <v>40</v>
       </c>
       <c r="F1574" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1574" s="5" t="s">
-        <v>963</v>
+        <v>491</v>
       </c>
     </row>
     <row r="1575" spans="1:7">
       <c r="A1575" s="3" t="s">
-        <v>47</v>
+        <v>706</v>
       </c>
       <c r="B1575" s="4" t="s">
-        <v>2528</v>
+        <v>2531</v>
       </c>
       <c r="C1575" s="5">
-        <v>49038</v>
+        <v>49023</v>
       </c>
       <c r="D1575" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1575" s="5">
         <v>40</v>
       </c>
       <c r="F1575" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1575" s="5" t="s">
-        <v>2529</v>
+        <v>743</v>
       </c>
     </row>
     <row r="1576" spans="1:7">
       <c r="A1576" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1576" s="4" t="s">
-        <v>2530</v>
+        <v>2532</v>
       </c>
       <c r="C1576" s="5">
-        <v>49040</v>
+        <v>49034</v>
       </c>
       <c r="D1576" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1576" s="5">
         <v>40</v>
       </c>
       <c r="F1576" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1576" s="5" t="s">
-        <v>2181</v>
+        <v>963</v>
       </c>
     </row>
     <row r="1577" spans="1:7">
       <c r="A1577" s="3" t="s">
-        <v>1413</v>
+        <v>47</v>
       </c>
       <c r="B1577" s="4" t="s">
-        <v>2531</v>
+        <v>2533</v>
       </c>
       <c r="C1577" s="5">
-        <v>49041</v>
+        <v>49038</v>
       </c>
       <c r="D1577" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1577" s="5">
         <v>40</v>
       </c>
       <c r="F1577" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1577" s="5" t="s">
-        <v>644</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="1578" spans="1:7">
       <c r="A1578" s="3" t="s">
-        <v>1413</v>
+        <v>706</v>
       </c>
       <c r="B1578" s="4" t="s">
-        <v>2532</v>
+        <v>2535</v>
       </c>
       <c r="C1578" s="5">
-        <v>49042</v>
+        <v>49040</v>
       </c>
       <c r="D1578" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1578" s="5">
         <v>40</v>
       </c>
       <c r="F1578" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1578" s="5" t="s">
-        <v>1961</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="1579" spans="1:7">
       <c r="A1579" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1579" s="4" t="s">
-        <v>2533</v>
+        <v>2536</v>
       </c>
       <c r="C1579" s="5">
-        <v>49043</v>
+        <v>49041</v>
       </c>
       <c r="D1579" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1579" s="5">
         <v>40</v>
       </c>
       <c r="F1579" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1579" s="5" t="s">
-        <v>1329</v>
+        <v>644</v>
       </c>
     </row>
     <row r="1580" spans="1:7">
       <c r="A1580" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1580" s="4" t="s">
-        <v>2534</v>
+        <v>2537</v>
       </c>
       <c r="C1580" s="5">
-        <v>49043</v>
+        <v>49042</v>
       </c>
       <c r="D1580" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1580" s="5">
         <v>40</v>
       </c>
       <c r="F1580" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1580" s="5" t="s">
-        <v>684</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="1581" spans="1:7">
       <c r="A1581" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1581" s="4" t="s">
-        <v>2534</v>
+        <v>2538</v>
       </c>
       <c r="C1581" s="5">
         <v>49043</v>
       </c>
       <c r="D1581" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1581" s="5">
         <v>40</v>
       </c>
       <c r="F1581" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G1581" s="5" t="s">
-        <v>684</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="1582" spans="1:7">
       <c r="A1582" s="3" t="s">
-        <v>1420</v>
+        <v>1413</v>
       </c>
       <c r="B1582" s="4" t="s">
-        <v>2535</v>
+        <v>2539</v>
       </c>
       <c r="C1582" s="5">
-        <v>49055</v>
+        <v>49043</v>
       </c>
       <c r="D1582" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1582" s="5">
         <v>40</v>
       </c>
       <c r="F1582" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1582" s="5" t="s">
-        <v>1355</v>
+        <v>684</v>
       </c>
     </row>
     <row r="1583" spans="1:7">
       <c r="A1583" s="3" t="s">
-        <v>706</v>
+        <v>1413</v>
       </c>
       <c r="B1583" s="4" t="s">
-        <v>2536</v>
+        <v>2539</v>
       </c>
       <c r="C1583" s="5">
-        <v>49056</v>
+        <v>49043</v>
       </c>
       <c r="D1583" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1583" s="5">
         <v>40</v>
       </c>
       <c r="F1583" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G1583" s="5" t="s">
-        <v>2537</v>
+        <v>684</v>
       </c>
     </row>
     <row r="1584" spans="1:7">
       <c r="A1584" s="3" t="s">
-        <v>706</v>
+        <v>1420</v>
       </c>
       <c r="B1584" s="4" t="s">
-        <v>2538</v>
+        <v>2540</v>
       </c>
       <c r="C1584" s="5">
-        <v>49063</v>
+        <v>49055</v>
       </c>
       <c r="D1584" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1584" s="5">
         <v>40</v>
       </c>
       <c r="F1584" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1584" s="5" t="s">
-        <v>380</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="1585" spans="1:7">
       <c r="A1585" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1585" s="4" t="s">
-        <v>2539</v>
+        <v>2541</v>
       </c>
       <c r="C1585" s="5">
-        <v>49068</v>
+        <v>49056</v>
       </c>
       <c r="D1585" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1585" s="5">
         <v>40</v>
       </c>
       <c r="F1585" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1585" s="5" t="s">
-        <v>522</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="1586" spans="1:7">
       <c r="A1586" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1586" s="4" t="s">
-        <v>2540</v>
+        <v>2543</v>
       </c>
       <c r="C1586" s="5">
-        <v>49071</v>
+        <v>49063</v>
       </c>
       <c r="D1586" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1586" s="5">
         <v>40</v>
       </c>
       <c r="F1586" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1586" s="5" t="s">
-        <v>62</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1587" spans="1:7">
       <c r="A1587" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1587" s="4" t="s">
-        <v>2541</v>
+        <v>2544</v>
       </c>
       <c r="C1587" s="5">
-        <v>49071</v>
+        <v>49068</v>
       </c>
       <c r="D1587" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1587" s="5">
         <v>40</v>
       </c>
       <c r="F1587" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1587" s="5" t="s">
-        <v>1023</v>
+        <v>522</v>
       </c>
     </row>
     <row r="1588" spans="1:7">
       <c r="A1588" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1588" s="4" t="s">
-        <v>2542</v>
+        <v>2545</v>
       </c>
       <c r="C1588" s="5">
         <v>49071</v>
       </c>
       <c r="D1588" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1588" s="5">
         <v>40</v>
       </c>
       <c r="F1588" s="5" t="s">
-        <v>721</v>
+        <v>15</v>
       </c>
       <c r="G1588" s="5" t="s">
-        <v>559</v>
+        <v>62</v>
       </c>
     </row>
     <row r="1589" spans="1:7">
       <c r="A1589" s="3" t="s">
-        <v>2543</v>
+        <v>706</v>
       </c>
       <c r="B1589" s="4" t="s">
-        <v>2544</v>
+        <v>2546</v>
       </c>
       <c r="C1589" s="5">
-        <v>49095</v>
+        <v>49071</v>
       </c>
       <c r="D1589" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1589" s="5">
         <v>40</v>
       </c>
       <c r="F1589" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1589" s="5" t="s">
-        <v>24</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="1590" spans="1:7">
       <c r="A1590" s="3" t="s">
-        <v>2545</v>
+        <v>706</v>
       </c>
       <c r="B1590" s="4" t="s">
-        <v>2546</v>
+        <v>2547</v>
       </c>
       <c r="C1590" s="5">
-        <v>49100</v>
+        <v>49071</v>
       </c>
       <c r="D1590" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1590" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1590" s="5" t="s">
-        <v>15</v>
+        <v>721</v>
       </c>
       <c r="G1590" s="5" t="s">
-        <v>58</v>
+        <v>559</v>
       </c>
     </row>
     <row r="1591" spans="1:7">
       <c r="A1591" s="3" t="s">
-        <v>706</v>
+        <v>2548</v>
       </c>
       <c r="B1591" s="4" t="s">
-        <v>2547</v>
+        <v>2549</v>
       </c>
       <c r="C1591" s="5">
-        <v>49108</v>
+        <v>49095</v>
       </c>
       <c r="D1591" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1591" s="5">
         <v>40</v>
       </c>
       <c r="F1591" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1591" s="5" t="s">
-        <v>989</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1592" spans="1:7">
       <c r="A1592" s="3" t="s">
-        <v>706</v>
+        <v>2550</v>
       </c>
       <c r="B1592" s="4" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="C1592" s="5">
-        <v>49122</v>
+        <v>49100</v>
       </c>
       <c r="D1592" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1592" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1592" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1592" s="5" t="s">
-        <v>87</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1593" spans="1:7">
       <c r="A1593" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1593" s="4" t="s">
-        <v>2549</v>
+        <v>2552</v>
       </c>
       <c r="C1593" s="5">
-        <v>49126</v>
+        <v>49108</v>
       </c>
       <c r="D1593" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1593" s="5">
         <v>40</v>
       </c>
       <c r="F1593" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1593" s="5" t="s">
-        <v>543</v>
+        <v>989</v>
       </c>
     </row>
     <row r="1594" spans="1:7">
       <c r="A1594" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1594" s="4" t="s">
-        <v>2550</v>
+        <v>2553</v>
       </c>
       <c r="C1594" s="5">
-        <v>49131</v>
+        <v>49122</v>
       </c>
       <c r="D1594" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1594" s="5">
         <v>40</v>
       </c>
       <c r="F1594" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1594" s="5" t="s">
-        <v>1092</v>
+        <v>87</v>
       </c>
     </row>
     <row r="1595" spans="1:7">
       <c r="A1595" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1595" s="4" t="s">
-        <v>2550</v>
+        <v>2554</v>
       </c>
       <c r="C1595" s="5">
-        <v>49131</v>
+        <v>49126</v>
       </c>
       <c r="D1595" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1595" s="5">
         <v>40</v>
       </c>
       <c r="F1595" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G1595" s="5" t="s">
-        <v>1092</v>
+        <v>543</v>
       </c>
     </row>
     <row r="1596" spans="1:7">
       <c r="A1596" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1596" s="4" t="s">
-        <v>2551</v>
+        <v>2555</v>
       </c>
       <c r="C1596" s="5">
-        <v>49133</v>
+        <v>49131</v>
       </c>
       <c r="D1596" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1596" s="5">
         <v>40</v>
       </c>
       <c r="F1596" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1596" s="5" t="s">
-        <v>1576</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="1597" spans="1:7">
       <c r="A1597" s="3" t="s">
-        <v>1397</v>
+        <v>706</v>
       </c>
       <c r="B1597" s="4" t="s">
-        <v>2552</v>
+        <v>2555</v>
       </c>
       <c r="C1597" s="5">
-        <v>49145</v>
+        <v>49131</v>
       </c>
       <c r="D1597" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1597" s="5">
         <v>40</v>
       </c>
       <c r="F1597" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G1597" s="5" t="s">
-        <v>1347</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="1598" spans="1:7">
       <c r="A1598" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1598" s="4" t="s">
-        <v>2553</v>
+        <v>2556</v>
       </c>
       <c r="C1598" s="5">
-        <v>49146</v>
+        <v>49133</v>
       </c>
       <c r="D1598" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1598" s="5">
         <v>40</v>
       </c>
       <c r="F1598" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1598" s="5" t="s">
-        <v>925</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="1599" spans="1:7">
       <c r="A1599" s="3" t="s">
-        <v>706</v>
+        <v>1397</v>
       </c>
       <c r="B1599" s="4" t="s">
-        <v>2554</v>
+        <v>2557</v>
       </c>
       <c r="C1599" s="5">
-        <v>49151</v>
+        <v>49145</v>
       </c>
       <c r="D1599" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1599" s="5">
         <v>40</v>
       </c>
       <c r="F1599" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1599" s="5" t="s">
-        <v>2555</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="1600" spans="1:7">
       <c r="A1600" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1600" s="4" t="s">
-        <v>2556</v>
+        <v>2558</v>
       </c>
       <c r="C1600" s="5">
-        <v>49152</v>
+        <v>49146</v>
       </c>
       <c r="D1600" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1600" s="5">
         <v>40</v>
       </c>
       <c r="F1600" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1600" s="5" t="s">
-        <v>577</v>
+        <v>925</v>
       </c>
     </row>
     <row r="1601" spans="1:7">
       <c r="A1601" s="3" t="s">
-        <v>2522</v>
+        <v>706</v>
       </c>
       <c r="B1601" s="4" t="s">
-        <v>2557</v>
+        <v>2559</v>
       </c>
       <c r="C1601" s="5">
-        <v>49152</v>
+        <v>49151</v>
       </c>
       <c r="D1601" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1601" s="5">
         <v>40</v>
       </c>
       <c r="F1601" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1601" s="5" t="s">
-        <v>1415</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="1602" spans="1:7">
       <c r="A1602" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1602" s="4" t="s">
-        <v>2558</v>
+        <v>2561</v>
       </c>
       <c r="C1602" s="5">
-        <v>49156</v>
+        <v>49152</v>
       </c>
       <c r="D1602" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1602" s="5">
         <v>40</v>
       </c>
       <c r="F1602" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1602" s="5" t="s">
-        <v>417</v>
+        <v>577</v>
       </c>
     </row>
     <row r="1603" spans="1:7">
       <c r="A1603" s="3" t="s">
-        <v>706</v>
+        <v>2527</v>
       </c>
       <c r="B1603" s="4" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="C1603" s="5">
-        <v>49160</v>
+        <v>49152</v>
       </c>
       <c r="D1603" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1603" s="5">
         <v>40</v>
       </c>
       <c r="F1603" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1603" s="5" t="s">
-        <v>103</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="1604" spans="1:7">
       <c r="A1604" s="3" t="s">
-        <v>1413</v>
+        <v>706</v>
       </c>
       <c r="B1604" s="4" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="C1604" s="5">
-        <v>49175</v>
+        <v>49156</v>
       </c>
       <c r="D1604" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1604" s="5">
         <v>40</v>
       </c>
       <c r="F1604" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1604" s="5" t="s">
-        <v>181</v>
+        <v>417</v>
       </c>
     </row>
     <row r="1605" spans="1:7">
       <c r="A1605" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1605" s="4" t="s">
-        <v>2561</v>
+        <v>2564</v>
       </c>
       <c r="C1605" s="5">
-        <v>49179</v>
+        <v>49160</v>
       </c>
       <c r="D1605" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1605" s="5">
         <v>40</v>
       </c>
       <c r="F1605" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1605" s="5" t="s">
-        <v>787</v>
+        <v>103</v>
       </c>
     </row>
     <row r="1606" spans="1:7">
       <c r="A1606" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1606" s="4" t="s">
-        <v>2562</v>
+        <v>2565</v>
       </c>
       <c r="C1606" s="5">
-        <v>49188</v>
+        <v>49175</v>
       </c>
       <c r="D1606" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1606" s="5">
         <v>40</v>
       </c>
       <c r="F1606" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1606" s="5" t="s">
-        <v>1278</v>
+        <v>181</v>
       </c>
     </row>
     <row r="1607" spans="1:7">
       <c r="A1607" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1607" s="4" t="s">
-        <v>2563</v>
+        <v>2566</v>
       </c>
       <c r="C1607" s="5">
-        <v>49208</v>
+        <v>49179</v>
       </c>
       <c r="D1607" s="4" t="s">
-        <v>2238</v>
+        <v>14</v>
       </c>
       <c r="E1607" s="5">
         <v>40</v>
       </c>
       <c r="F1607" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1607" s="5" t="s">
-        <v>1225</v>
+        <v>787</v>
       </c>
     </row>
     <row r="1608" spans="1:7">
       <c r="A1608" s="3" t="s">
-        <v>706</v>
+        <v>1413</v>
       </c>
       <c r="B1608" s="4" t="s">
-        <v>2564</v>
+        <v>2567</v>
       </c>
       <c r="C1608" s="5">
-        <v>49197</v>
+        <v>49188</v>
       </c>
       <c r="D1608" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1608" s="5">
         <v>40</v>
       </c>
       <c r="F1608" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1608" s="5" t="s">
-        <v>1314</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="1609" spans="1:7">
       <c r="A1609" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1609" s="4" t="s">
-        <v>2565</v>
+        <v>2568</v>
       </c>
       <c r="C1609" s="5">
-        <v>49202</v>
+        <v>49208</v>
       </c>
       <c r="D1609" s="4" t="s">
-        <v>14</v>
+        <v>2241</v>
       </c>
       <c r="E1609" s="5">
         <v>40</v>
       </c>
       <c r="F1609" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1609" s="5" t="s">
-        <v>1268</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="1610" spans="1:7">
       <c r="A1610" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1610" s="4" t="s">
-        <v>2566</v>
+        <v>2569</v>
       </c>
       <c r="C1610" s="5">
-        <v>49219</v>
+        <v>49197</v>
       </c>
       <c r="D1610" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1610" s="5">
         <v>40</v>
       </c>
       <c r="F1610" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1610" s="5" t="s">
-        <v>196</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="1611" spans="1:7">
       <c r="A1611" s="3" t="s">
-        <v>1413</v>
+        <v>706</v>
       </c>
       <c r="B1611" s="4" t="s">
-        <v>2567</v>
+        <v>2570</v>
       </c>
       <c r="C1611" s="5">
-        <v>49242</v>
+        <v>49202</v>
       </c>
       <c r="D1611" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1611" s="5">
         <v>40</v>
       </c>
       <c r="F1611" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1611" s="5" t="s">
-        <v>2443</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="1612" spans="1:7">
       <c r="A1612" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1612" s="4" t="s">
-        <v>2568</v>
+        <v>2571</v>
       </c>
       <c r="C1612" s="5">
-        <v>49251</v>
+        <v>49219</v>
       </c>
       <c r="D1612" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1612" s="5">
         <v>40</v>
       </c>
       <c r="F1612" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1612" s="5" t="s">
-        <v>2131</v>
+        <v>196</v>
       </c>
     </row>
     <row r="1613" spans="1:7">
       <c r="A1613" s="3" t="s">
-        <v>706</v>
+        <v>1413</v>
       </c>
       <c r="B1613" s="4" t="s">
-        <v>2569</v>
+        <v>2572</v>
       </c>
       <c r="C1613" s="5">
-        <v>49252</v>
+        <v>49242</v>
       </c>
       <c r="D1613" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1613" s="5">
         <v>40</v>
       </c>
       <c r="F1613" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1613" s="5" t="s">
-        <v>1355</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="1614" spans="1:7">
       <c r="A1614" s="3" t="s">
-        <v>1413</v>
+        <v>706</v>
       </c>
       <c r="B1614" s="4" t="s">
-        <v>2570</v>
+        <v>2573</v>
       </c>
       <c r="C1614" s="5">
-        <v>49268</v>
+        <v>49251</v>
       </c>
       <c r="D1614" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1614" s="5">
         <v>40</v>
       </c>
       <c r="F1614" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1614" s="5" t="s">
-        <v>837</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="1615" spans="1:7">
       <c r="A1615" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1615" s="4" t="s">
-        <v>2571</v>
+        <v>2574</v>
       </c>
       <c r="C1615" s="5">
-        <v>49269</v>
+        <v>49252</v>
       </c>
       <c r="D1615" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1615" s="5">
         <v>40</v>
       </c>
       <c r="F1615" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1615" s="5" t="s">
-        <v>997</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="1616" spans="1:7">
       <c r="A1616" s="3" t="s">
-        <v>2572</v>
+        <v>1413</v>
       </c>
       <c r="B1616" s="4" t="s">
-        <v>2573</v>
+        <v>2575</v>
       </c>
       <c r="C1616" s="5">
-        <v>49275</v>
+        <v>49268</v>
       </c>
       <c r="D1616" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1616" s="5">
         <v>40</v>
       </c>
       <c r="F1616" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1616" s="5" t="s">
-        <v>2148</v>
+        <v>837</v>
       </c>
     </row>
     <row r="1617" spans="1:7">
       <c r="A1617" s="3" t="s">
-        <v>2522</v>
+        <v>706</v>
       </c>
       <c r="B1617" s="4" t="s">
-        <v>2574</v>
+        <v>2576</v>
       </c>
       <c r="C1617" s="5">
+        <v>49269</v>
+      </c>
+      <c r="D1617" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1617" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1617" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1617" s="5" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="1618" spans="1:7">
+      <c r="A1618" s="3" t="s">
+        <v>2577</v>
+      </c>
+      <c r="B1618" s="4" t="s">
+        <v>2578</v>
+      </c>
+      <c r="C1618" s="5">
         <v>49275</v>
       </c>
-      <c r="D1617" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G1617" s="5" t="s">
+      <c r="D1618" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1618" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1618" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1618" s="5" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="1619" spans="1:7">
+      <c r="A1619" s="3" t="s">
+        <v>2527</v>
+      </c>
+      <c r="B1619" s="4" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C1619" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D1619" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1619" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1619" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1619" s="5" t="s">
         <v>315</v>
       </c>
     </row>
-    <row r="1618" spans="1:7">
-[...4 lines deleted...]
-      <c r="G1618" s="1"/>
+    <row r="1620" spans="1:7">
+      <c r="A1620" s="2"/>
+      <c r="C1620" s="1"/>
+      <c r="E1620" s="1"/>
+      <c r="F1620" s="1"/>
+      <c r="G1620" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">