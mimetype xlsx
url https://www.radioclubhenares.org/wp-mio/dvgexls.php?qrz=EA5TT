--- v1 (2025-12-07)
+++ v2 (2026-01-25)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2580">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2582">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5TT</t>
   </si>
   <si>
-    <t>1.288 Referencias DVGE - 1.614 QSO encontrados - 1.008 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #756 (07-12-2025 15:40)</t>
+    <t>1.288 Referencias DVGE - 1.617 QSO encontrados - 1.008 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #756 (25-01-2026 06:07)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA1DX/5</t>
   </si>
@@ -7035,50 +7035,56 @@
     <t>03/12/2023</t>
   </si>
   <si>
     <t>VGV-166</t>
   </si>
   <si>
     <t>VGV-169</t>
   </si>
   <si>
     <t>VGV-170</t>
   </si>
   <si>
     <t>26/12/2015</t>
   </si>
   <si>
     <t>VGV-174</t>
   </si>
   <si>
     <t>VGV-175</t>
   </si>
   <si>
     <t>21/06/2020</t>
   </si>
   <si>
     <t>VGV-179</t>
+  </si>
+  <si>
+    <t>EA5QG</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
   </si>
   <si>
     <t>VGV-180</t>
   </si>
   <si>
     <t>28/04/2014</t>
   </si>
   <si>
     <t>VGV-181</t>
   </si>
   <si>
     <t>VGV-183</t>
   </si>
   <si>
     <t>25/04/2014</t>
   </si>
   <si>
     <t>VGV-184</t>
   </si>
   <si>
     <t>24/11/2024</t>
   </si>
   <si>
     <t>VGV-185</t>
   </si>
@@ -8209,51 +8215,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1620"/>
+  <dimension ref="A1:G1623"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -41119,4332 +41125,4401 @@
     <row r="1433" spans="1:7">
       <c r="A1433" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1433" s="4" t="s">
         <v>2340</v>
       </c>
       <c r="C1433" s="5">
         <v>46214</v>
       </c>
       <c r="D1433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1433" s="5">
         <v>2</v>
       </c>
       <c r="F1433" s="5" t="s">
         <v>158</v>
       </c>
       <c r="G1433" s="5" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="1434" spans="1:7">
       <c r="A1434" s="3" t="s">
-        <v>14</v>
+        <v>2341</v>
       </c>
       <c r="B1434" s="4" t="s">
-        <v>2341</v>
+        <v>2340</v>
       </c>
       <c r="C1434" s="5">
-        <v>46220</v>
+        <v>46214</v>
       </c>
       <c r="D1434" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1434" s="5">
         <v>40</v>
       </c>
       <c r="F1434" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1434" s="5" t="s">
         <v>2342</v>
       </c>
     </row>
     <row r="1435" spans="1:7">
       <c r="A1435" s="3" t="s">
-        <v>14</v>
+        <v>2341</v>
       </c>
       <c r="B1435" s="4" t="s">
-        <v>2341</v>
+        <v>2340</v>
       </c>
       <c r="C1435" s="5">
-        <v>46220</v>
+        <v>46214</v>
       </c>
       <c r="D1435" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1435" s="5">
         <v>40</v>
       </c>
       <c r="F1435" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1435" s="5" t="s">
         <v>2342</v>
       </c>
     </row>
     <row r="1436" spans="1:7">
       <c r="A1436" s="3" t="s">
-        <v>14</v>
+        <v>2341</v>
       </c>
       <c r="B1436" s="4" t="s">
-        <v>2343</v>
+        <v>2340</v>
       </c>
       <c r="C1436" s="5">
-        <v>46220</v>
+        <v>46214</v>
       </c>
       <c r="D1436" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1436" s="5">
         <v>40</v>
       </c>
       <c r="F1436" s="5" t="s">
-        <v>17</v>
+        <v>1381</v>
       </c>
       <c r="G1436" s="5" t="s">
-        <v>1400</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="1437" spans="1:7">
       <c r="A1437" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1437" s="4" t="s">
         <v>2343</v>
       </c>
       <c r="C1437" s="5">
         <v>46220</v>
       </c>
       <c r="D1437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1437" s="5">
         <v>40</v>
       </c>
       <c r="F1437" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1437" s="5" t="s">
-        <v>1400</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="1438" spans="1:7">
       <c r="A1438" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1438" s="4" t="s">
+        <v>2343</v>
+      </c>
+      <c r="C1438" s="5">
+        <v>46220</v>
+      </c>
+      <c r="D1438" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1438" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1438" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1438" s="5" t="s">
         <v>2344</v>
-      </c>
-[...13 lines deleted...]
-        <v>2345</v>
       </c>
     </row>
     <row r="1439" spans="1:7">
       <c r="A1439" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1439" s="4" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
       <c r="C1439" s="5">
-        <v>46224</v>
+        <v>46220</v>
       </c>
       <c r="D1439" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1439" s="5">
         <v>40</v>
       </c>
       <c r="F1439" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1439" s="5" t="s">
-        <v>2345</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="1440" spans="1:7">
       <c r="A1440" s="3" t="s">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="B1440" s="4" t="s">
-        <v>2346</v>
+        <v>2345</v>
       </c>
       <c r="C1440" s="5">
-        <v>46225</v>
+        <v>46220</v>
       </c>
       <c r="D1440" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1440" s="5">
         <v>40</v>
       </c>
       <c r="F1440" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1440" s="5" t="s">
-        <v>2347</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="1441" spans="1:7">
       <c r="A1441" s="3" t="s">
-        <v>139</v>
+        <v>14</v>
       </c>
       <c r="B1441" s="4" t="s">
-        <v>2348</v>
+        <v>2346</v>
       </c>
       <c r="C1441" s="5">
-        <v>46228</v>
+        <v>46224</v>
       </c>
       <c r="D1441" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1441" s="5">
         <v>40</v>
       </c>
       <c r="F1441" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1441" s="5" t="s">
-        <v>79</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="1442" spans="1:7">
       <c r="A1442" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1442" s="4" t="s">
-        <v>2349</v>
+        <v>2346</v>
       </c>
       <c r="C1442" s="5">
-        <v>46228</v>
+        <v>46224</v>
       </c>
       <c r="D1442" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1442" s="5">
         <v>40</v>
       </c>
       <c r="F1442" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1442" s="5" t="s">
-        <v>1887</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="1443" spans="1:7">
       <c r="A1443" s="3" t="s">
-        <v>14</v>
+        <v>97</v>
       </c>
       <c r="B1443" s="4" t="s">
+        <v>2348</v>
+      </c>
+      <c r="C1443" s="5">
+        <v>46225</v>
+      </c>
+      <c r="D1443" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1443" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1443" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1443" s="5" t="s">
         <v>2349</v>
-      </c>
-[...13 lines deleted...]
-        <v>1887</v>
       </c>
     </row>
     <row r="1444" spans="1:7">
       <c r="A1444" s="3" t="s">
-        <v>2257</v>
+        <v>139</v>
       </c>
       <c r="B1444" s="4" t="s">
-        <v>2349</v>
+        <v>2350</v>
       </c>
       <c r="C1444" s="5">
         <v>46228</v>
       </c>
       <c r="D1444" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1444" s="5">
         <v>40</v>
       </c>
       <c r="F1444" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1444" s="5" t="s">
-        <v>1636</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1445" spans="1:7">
       <c r="A1445" s="3" t="s">
-        <v>168</v>
+        <v>14</v>
       </c>
       <c r="B1445" s="4" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
       <c r="C1445" s="5">
-        <v>46233</v>
+        <v>46228</v>
       </c>
       <c r="D1445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1445" s="5">
         <v>40</v>
       </c>
       <c r="F1445" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1445" s="5" t="s">
-        <v>470</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="1446" spans="1:7">
       <c r="A1446" s="3" t="s">
-        <v>168</v>
+        <v>14</v>
       </c>
       <c r="B1446" s="4" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
       <c r="C1446" s="5">
-        <v>46233</v>
+        <v>46228</v>
       </c>
       <c r="D1446" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1446" s="5">
         <v>40</v>
       </c>
       <c r="F1446" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1446" s="5" t="s">
-        <v>470</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="1447" spans="1:7">
       <c r="A1447" s="3" t="s">
-        <v>47</v>
+        <v>2257</v>
       </c>
       <c r="B1447" s="4" t="s">
         <v>2351</v>
       </c>
       <c r="C1447" s="5">
-        <v>46234</v>
+        <v>46228</v>
       </c>
       <c r="D1447" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1447" s="5">
         <v>40</v>
       </c>
       <c r="F1447" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1447" s="5" t="s">
-        <v>2352</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="1448" spans="1:7">
       <c r="A1448" s="3" t="s">
-        <v>47</v>
+        <v>168</v>
       </c>
       <c r="B1448" s="4" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="C1448" s="5">
-        <v>46234</v>
+        <v>46233</v>
       </c>
       <c r="D1448" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1448" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F1448" s="5" t="s">
-        <v>158</v>
+        <v>15</v>
       </c>
       <c r="G1448" s="5" t="s">
-        <v>2352</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1449" spans="1:7">
       <c r="A1449" s="3" t="s">
-        <v>47</v>
+        <v>168</v>
       </c>
       <c r="B1449" s="4" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="C1449" s="5">
-        <v>46234</v>
+        <v>46233</v>
       </c>
       <c r="D1449" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1449" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1449" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1449" s="5" t="s">
-        <v>2352</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1450" spans="1:7">
       <c r="A1450" s="3" t="s">
-        <v>168</v>
+        <v>47</v>
       </c>
       <c r="B1450" s="4" t="s">
         <v>2353</v>
       </c>
       <c r="C1450" s="5">
-        <v>46235</v>
+        <v>46234</v>
       </c>
       <c r="D1450" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1450" s="5">
         <v>40</v>
       </c>
       <c r="F1450" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1450" s="5" t="s">
         <v>2354</v>
       </c>
     </row>
     <row r="1451" spans="1:7">
       <c r="A1451" s="3" t="s">
-        <v>168</v>
+        <v>47</v>
       </c>
       <c r="B1451" s="4" t="s">
-        <v>2355</v>
+        <v>2353</v>
       </c>
       <c r="C1451" s="5">
-        <v>46235</v>
+        <v>46234</v>
       </c>
       <c r="D1451" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1451" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F1451" s="5" t="s">
-        <v>18</v>
+        <v>158</v>
       </c>
       <c r="G1451" s="5" t="s">
-        <v>1136</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="1452" spans="1:7">
       <c r="A1452" s="3" t="s">
-        <v>397</v>
+        <v>47</v>
       </c>
       <c r="B1452" s="4" t="s">
-        <v>2356</v>
+        <v>2353</v>
       </c>
       <c r="C1452" s="5">
-        <v>46238</v>
+        <v>46234</v>
       </c>
       <c r="D1452" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1452" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1452" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1452" s="5" t="s">
-        <v>243</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="1453" spans="1:7">
       <c r="A1453" s="3" t="s">
-        <v>191</v>
+        <v>168</v>
       </c>
       <c r="B1453" s="4" t="s">
-        <v>2357</v>
+        <v>2355</v>
       </c>
       <c r="C1453" s="5">
-        <v>46239</v>
+        <v>46235</v>
       </c>
       <c r="D1453" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1453" s="5">
         <v>40</v>
       </c>
       <c r="F1453" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1453" s="5" t="s">
-        <v>2358</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="1454" spans="1:7">
       <c r="A1454" s="3" t="s">
-        <v>191</v>
+        <v>168</v>
       </c>
       <c r="B1454" s="4" t="s">
         <v>2357</v>
       </c>
       <c r="C1454" s="5">
-        <v>46239</v>
+        <v>46235</v>
       </c>
       <c r="D1454" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1454" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F1454" s="5" t="s">
-        <v>158</v>
+        <v>18</v>
       </c>
       <c r="G1454" s="5" t="s">
-        <v>2358</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="1455" spans="1:7">
       <c r="A1455" s="3" t="s">
-        <v>2247</v>
+        <v>397</v>
       </c>
       <c r="B1455" s="4" t="s">
-        <v>2359</v>
+        <v>2358</v>
       </c>
       <c r="C1455" s="5">
-        <v>46244</v>
+        <v>46238</v>
       </c>
       <c r="D1455" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1455" s="5">
         <v>40</v>
       </c>
       <c r="F1455" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1455" s="5" t="s">
-        <v>59</v>
+        <v>243</v>
       </c>
     </row>
     <row r="1456" spans="1:7">
       <c r="A1456" s="3" t="s">
-        <v>139</v>
+        <v>191</v>
       </c>
       <c r="B1456" s="4" t="s">
+        <v>2359</v>
+      </c>
+      <c r="C1456" s="5">
+        <v>46239</v>
+      </c>
+      <c r="D1456" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1456" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1456" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1456" s="5" t="s">
         <v>2360</v>
-      </c>
-[...13 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="1457" spans="1:7">
       <c r="A1457" s="3" t="s">
-        <v>139</v>
+        <v>191</v>
       </c>
       <c r="B1457" s="4" t="s">
-        <v>2361</v>
+        <v>2359</v>
       </c>
       <c r="C1457" s="5">
-        <v>46250</v>
+        <v>46239</v>
       </c>
       <c r="D1457" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1457" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F1457" s="5" t="s">
-        <v>15</v>
+        <v>158</v>
       </c>
       <c r="G1457" s="5" t="s">
-        <v>615</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="1458" spans="1:7">
       <c r="A1458" s="3" t="s">
-        <v>14</v>
+        <v>2247</v>
       </c>
       <c r="B1458" s="4" t="s">
-        <v>2362</v>
+        <v>2361</v>
       </c>
       <c r="C1458" s="5">
-        <v>46250</v>
+        <v>46244</v>
       </c>
       <c r="D1458" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1458" s="5">
         <v>40</v>
       </c>
       <c r="F1458" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1458" s="5" t="s">
-        <v>1225</v>
+        <v>59</v>
       </c>
     </row>
     <row r="1459" spans="1:7">
       <c r="A1459" s="3" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="B1459" s="4" t="s">
         <v>2362</v>
       </c>
       <c r="C1459" s="5">
-        <v>46250</v>
+        <v>46246</v>
       </c>
       <c r="D1459" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1459" s="5">
         <v>40</v>
       </c>
       <c r="F1459" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1459" s="5" t="s">
-        <v>1225</v>
+        <v>206</v>
       </c>
     </row>
     <row r="1460" spans="1:7">
       <c r="A1460" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B1460" s="4" t="s">
         <v>2363</v>
-      </c>
-[...1 lines deleted...]
-        <v>2364</v>
       </c>
       <c r="C1460" s="5">
         <v>46250</v>
       </c>
       <c r="D1460" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1460" s="5">
         <v>40</v>
       </c>
       <c r="F1460" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1460" s="5" t="s">
-        <v>58</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1461" spans="1:7">
       <c r="A1461" s="3" t="s">
-        <v>1073</v>
+        <v>14</v>
       </c>
       <c r="B1461" s="4" t="s">
-        <v>2365</v>
+        <v>2364</v>
       </c>
       <c r="C1461" s="5">
-        <v>46254</v>
+        <v>46250</v>
       </c>
       <c r="D1461" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1461" s="5">
         <v>40</v>
       </c>
       <c r="F1461" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1461" s="5" t="s">
-        <v>289</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="1462" spans="1:7">
       <c r="A1462" s="3" t="s">
-        <v>2257</v>
+        <v>14</v>
       </c>
       <c r="B1462" s="4" t="s">
-        <v>2366</v>
+        <v>2364</v>
       </c>
       <c r="C1462" s="5">
-        <v>46254</v>
+        <v>46250</v>
       </c>
       <c r="D1462" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1462" s="5">
         <v>40</v>
       </c>
       <c r="F1462" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1462" s="5" t="s">
-        <v>2367</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="1463" spans="1:7">
       <c r="A1463" s="3" t="s">
-        <v>14</v>
+        <v>2365</v>
       </c>
       <c r="B1463" s="4" t="s">
-        <v>2368</v>
+        <v>2366</v>
       </c>
       <c r="C1463" s="5">
-        <v>46256</v>
+        <v>46250</v>
       </c>
       <c r="D1463" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1463" s="5">
         <v>40</v>
       </c>
       <c r="F1463" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1463" s="5" t="s">
-        <v>2199</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1464" spans="1:7">
       <c r="A1464" s="3" t="s">
-        <v>14</v>
+        <v>1073</v>
       </c>
       <c r="B1464" s="4" t="s">
-        <v>2368</v>
+        <v>2367</v>
       </c>
       <c r="C1464" s="5">
-        <v>46256</v>
+        <v>46254</v>
       </c>
       <c r="D1464" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1464" s="5">
         <v>40</v>
       </c>
       <c r="F1464" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1464" s="5" t="s">
-        <v>2199</v>
+        <v>289</v>
       </c>
     </row>
     <row r="1465" spans="1:7">
       <c r="A1465" s="3" t="s">
-        <v>14</v>
+        <v>2257</v>
       </c>
       <c r="B1465" s="4" t="s">
+        <v>2368</v>
+      </c>
+      <c r="C1465" s="5">
+        <v>46254</v>
+      </c>
+      <c r="D1465" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1465" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1465" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1465" s="5" t="s">
         <v>2369</v>
-      </c>
-[...13 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="1466" spans="1:7">
       <c r="A1466" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1466" s="4" t="s">
-        <v>2369</v>
+        <v>2370</v>
       </c>
       <c r="C1466" s="5">
         <v>46256</v>
       </c>
       <c r="D1466" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1466" s="5">
         <v>40</v>
       </c>
       <c r="F1466" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1466" s="5" t="s">
-        <v>263</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="1467" spans="1:7">
       <c r="A1467" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1467" s="4" t="s">
         <v>2370</v>
       </c>
       <c r="C1467" s="5">
-        <v>46258</v>
+        <v>46256</v>
       </c>
       <c r="D1467" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1467" s="5">
         <v>40</v>
       </c>
       <c r="F1467" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1467" s="5" t="s">
-        <v>1466</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="1468" spans="1:7">
       <c r="A1468" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1468" s="4" t="s">
         <v>2371</v>
       </c>
       <c r="C1468" s="5">
-        <v>46902</v>
+        <v>46256</v>
       </c>
       <c r="D1468" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1468" s="5">
         <v>40</v>
       </c>
       <c r="F1468" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1468" s="5" t="s">
-        <v>2372</v>
+        <v>263</v>
       </c>
     </row>
     <row r="1469" spans="1:7">
       <c r="A1469" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1469" s="4" t="s">
         <v>2371</v>
       </c>
       <c r="C1469" s="5">
-        <v>46902</v>
+        <v>46256</v>
       </c>
       <c r="D1469" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1469" s="5">
         <v>40</v>
       </c>
       <c r="F1469" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1469" s="5" t="s">
-        <v>2372</v>
+        <v>263</v>
       </c>
     </row>
     <row r="1470" spans="1:7">
       <c r="A1470" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1470" s="4" t="s">
-        <v>2373</v>
+        <v>2372</v>
       </c>
       <c r="C1470" s="5">
-        <v>46902</v>
+        <v>46258</v>
       </c>
       <c r="D1470" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1470" s="5">
         <v>40</v>
       </c>
       <c r="F1470" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G1470" s="5" t="s">
-        <v>231</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="1471" spans="1:7">
       <c r="A1471" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B1471" s="4" t="s">
         <v>2373</v>
       </c>
       <c r="C1471" s="5">
         <v>46902</v>
       </c>
       <c r="D1471" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1471" s="5">
         <v>40</v>
       </c>
       <c r="F1471" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1471" s="5" t="s">
-        <v>231</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="1472" spans="1:7">
       <c r="A1472" s="3" t="s">
-        <v>1413</v>
+        <v>14</v>
       </c>
       <c r="B1472" s="4" t="s">
+        <v>2373</v>
+      </c>
+      <c r="C1472" s="5">
+        <v>46902</v>
+      </c>
+      <c r="D1472" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1472" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1472" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G1472" s="5" t="s">
         <v>2374</v>
-      </c>
-[...13 lines deleted...]
-        <v>1429</v>
       </c>
     </row>
     <row r="1473" spans="1:7">
       <c r="A1473" s="3" t="s">
-        <v>1420</v>
+        <v>14</v>
       </c>
       <c r="B1473" s="4" t="s">
         <v>2375</v>
       </c>
       <c r="C1473" s="5">
-        <v>47035</v>
+        <v>46902</v>
       </c>
       <c r="D1473" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1473" s="5">
         <v>40</v>
       </c>
       <c r="F1473" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1473" s="5" t="s">
-        <v>1213</v>
+        <v>231</v>
       </c>
     </row>
     <row r="1474" spans="1:7">
       <c r="A1474" s="3" t="s">
-        <v>1413</v>
+        <v>14</v>
       </c>
       <c r="B1474" s="4" t="s">
-        <v>2376</v>
+        <v>2375</v>
       </c>
       <c r="C1474" s="5">
-        <v>47039</v>
+        <v>46902</v>
       </c>
       <c r="D1474" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1474" s="5">
         <v>40</v>
       </c>
       <c r="F1474" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1474" s="5" t="s">
-        <v>1399</v>
+        <v>231</v>
       </c>
     </row>
     <row r="1475" spans="1:7">
       <c r="A1475" s="3" t="s">
-        <v>1420</v>
+        <v>1413</v>
       </c>
       <c r="B1475" s="4" t="s">
-        <v>2377</v>
+        <v>2376</v>
       </c>
       <c r="C1475" s="5">
-        <v>47045</v>
+        <v>47010</v>
       </c>
       <c r="D1475" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1475" s="5">
         <v>40</v>
       </c>
       <c r="F1475" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1475" s="5" t="s">
-        <v>470</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="1476" spans="1:7">
       <c r="A1476" s="3" t="s">
-        <v>706</v>
+        <v>1420</v>
       </c>
       <c r="B1476" s="4" t="s">
-        <v>2378</v>
+        <v>2377</v>
       </c>
       <c r="C1476" s="5">
-        <v>47045</v>
+        <v>47035</v>
       </c>
       <c r="D1476" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1476" s="5">
         <v>40</v>
       </c>
       <c r="F1476" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1476" s="5" t="s">
-        <v>190</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="1477" spans="1:7">
       <c r="A1477" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1477" s="4" t="s">
-        <v>2379</v>
+        <v>2378</v>
       </c>
       <c r="C1477" s="5">
-        <v>47051</v>
+        <v>47039</v>
       </c>
       <c r="D1477" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1477" s="5">
         <v>40</v>
       </c>
       <c r="F1477" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1477" s="5" t="s">
-        <v>72</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="1478" spans="1:7">
       <c r="A1478" s="3" t="s">
-        <v>691</v>
+        <v>1420</v>
       </c>
       <c r="B1478" s="4" t="s">
-        <v>2380</v>
+        <v>2379</v>
       </c>
       <c r="C1478" s="5">
-        <v>47060</v>
+        <v>47045</v>
       </c>
       <c r="D1478" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1478" s="5">
         <v>40</v>
       </c>
       <c r="F1478" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1478" s="5" t="s">
-        <v>2381</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1479" spans="1:7">
       <c r="A1479" s="3" t="s">
-        <v>2382</v>
+        <v>706</v>
       </c>
       <c r="B1479" s="4" t="s">
-        <v>2383</v>
+        <v>2380</v>
       </c>
       <c r="C1479" s="5">
-        <v>47075</v>
+        <v>47045</v>
       </c>
       <c r="D1479" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1479" s="5">
         <v>40</v>
       </c>
       <c r="F1479" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1479" s="5" t="s">
-        <v>667</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1480" spans="1:7">
       <c r="A1480" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1480" s="4" t="s">
-        <v>2384</v>
+        <v>2381</v>
       </c>
       <c r="C1480" s="5">
-        <v>47110</v>
+        <v>47051</v>
       </c>
       <c r="D1480" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1480" s="5">
         <v>40</v>
       </c>
       <c r="F1480" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1480" s="5" t="s">
-        <v>2235</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1481" spans="1:7">
       <c r="A1481" s="3" t="s">
         <v>691</v>
       </c>
       <c r="B1481" s="4" t="s">
-        <v>2385</v>
+        <v>2382</v>
       </c>
       <c r="C1481" s="5">
-        <v>47116</v>
+        <v>47060</v>
       </c>
       <c r="D1481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1481" s="5">
         <v>40</v>
       </c>
       <c r="F1481" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1481" s="5" t="s">
-        <v>2386</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="1482" spans="1:7">
       <c r="A1482" s="3" t="s">
-        <v>1413</v>
+        <v>2384</v>
       </c>
       <c r="B1482" s="4" t="s">
-        <v>2387</v>
+        <v>2385</v>
       </c>
       <c r="C1482" s="5">
-        <v>47122</v>
+        <v>47075</v>
       </c>
       <c r="D1482" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1482" s="5">
         <v>40</v>
       </c>
       <c r="F1482" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1482" s="5" t="s">
-        <v>1880</v>
+        <v>667</v>
       </c>
     </row>
     <row r="1483" spans="1:7">
       <c r="A1483" s="3" t="s">
-        <v>2382</v>
+        <v>1413</v>
       </c>
       <c r="B1483" s="4" t="s">
-        <v>2388</v>
+        <v>2386</v>
       </c>
       <c r="C1483" s="5">
-        <v>47122</v>
+        <v>47110</v>
       </c>
       <c r="D1483" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1483" s="5">
         <v>40</v>
       </c>
       <c r="F1483" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1483" s="5" t="s">
-        <v>253</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="1484" spans="1:7">
       <c r="A1484" s="3" t="s">
         <v>691</v>
       </c>
       <c r="B1484" s="4" t="s">
-        <v>2389</v>
+        <v>2387</v>
       </c>
       <c r="C1484" s="5">
-        <v>47129</v>
+        <v>47116</v>
       </c>
       <c r="D1484" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1484" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F1484" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1484" s="5" t="s">
-        <v>2390</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="1485" spans="1:7">
       <c r="A1485" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1485" s="4" t="s">
-        <v>2391</v>
+        <v>2389</v>
       </c>
       <c r="C1485" s="5">
-        <v>47128</v>
+        <v>47122</v>
       </c>
       <c r="D1485" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1485" s="5">
         <v>40</v>
       </c>
       <c r="F1485" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1485" s="5" t="s">
-        <v>1825</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="1486" spans="1:7">
       <c r="A1486" s="3" t="s">
-        <v>2392</v>
+        <v>2384</v>
       </c>
       <c r="B1486" s="4" t="s">
-        <v>2393</v>
+        <v>2390</v>
       </c>
       <c r="C1486" s="5">
-        <v>47139</v>
+        <v>47122</v>
       </c>
       <c r="D1486" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1486" s="5">
         <v>40</v>
       </c>
       <c r="F1486" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1486" s="5" t="s">
-        <v>743</v>
+        <v>253</v>
       </c>
     </row>
     <row r="1487" spans="1:7">
       <c r="A1487" s="3" t="s">
-        <v>1739</v>
+        <v>691</v>
       </c>
       <c r="B1487" s="4" t="s">
-        <v>2394</v>
+        <v>2391</v>
       </c>
       <c r="C1487" s="5">
-        <v>47144</v>
+        <v>47129</v>
       </c>
       <c r="D1487" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1487" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F1487" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1487" s="5" t="s">
-        <v>38</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="1488" spans="1:7">
       <c r="A1488" s="3" t="s">
-        <v>691</v>
+        <v>1413</v>
       </c>
       <c r="B1488" s="4" t="s">
-        <v>2395</v>
+        <v>2393</v>
       </c>
       <c r="C1488" s="5">
-        <v>47170</v>
+        <v>47128</v>
       </c>
       <c r="D1488" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1488" s="5">
         <v>40</v>
       </c>
       <c r="F1488" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1488" s="5" t="s">
-        <v>890</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="1489" spans="1:7">
       <c r="A1489" s="3" t="s">
-        <v>2382</v>
+        <v>2394</v>
       </c>
       <c r="B1489" s="4" t="s">
-        <v>2396</v>
+        <v>2395</v>
       </c>
       <c r="C1489" s="5">
-        <v>47171</v>
+        <v>47139</v>
       </c>
       <c r="D1489" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1489" s="5">
         <v>40</v>
       </c>
       <c r="F1489" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1489" s="5" t="s">
-        <v>2009</v>
+        <v>743</v>
       </c>
     </row>
     <row r="1490" spans="1:7">
       <c r="A1490" s="3" t="s">
-        <v>1413</v>
+        <v>1739</v>
       </c>
       <c r="B1490" s="4" t="s">
-        <v>2397</v>
+        <v>2396</v>
       </c>
       <c r="C1490" s="5">
-        <v>47181</v>
+        <v>47144</v>
       </c>
       <c r="D1490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1490" s="5">
         <v>40</v>
       </c>
       <c r="F1490" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1490" s="5" t="s">
-        <v>1180</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1491" spans="1:7">
       <c r="A1491" s="3" t="s">
-        <v>2398</v>
+        <v>691</v>
       </c>
       <c r="B1491" s="4" t="s">
         <v>2397</v>
       </c>
       <c r="C1491" s="5">
-        <v>47181</v>
+        <v>47170</v>
       </c>
       <c r="D1491" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1491" s="5">
         <v>40</v>
       </c>
       <c r="F1491" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1491" s="5" t="s">
-        <v>2399</v>
+        <v>890</v>
       </c>
     </row>
     <row r="1492" spans="1:7">
       <c r="A1492" s="3" t="s">
-        <v>1413</v>
+        <v>2384</v>
       </c>
       <c r="B1492" s="4" t="s">
-        <v>2400</v>
+        <v>2398</v>
       </c>
       <c r="C1492" s="5">
-        <v>47186</v>
+        <v>47171</v>
       </c>
       <c r="D1492" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1492" s="5">
         <v>40</v>
       </c>
       <c r="F1492" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G1492" s="5" t="s">
-        <v>2166</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="1493" spans="1:7">
       <c r="A1493" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1493" s="4" t="s">
-        <v>2401</v>
+        <v>2399</v>
       </c>
       <c r="C1493" s="5">
-        <v>47197</v>
+        <v>47181</v>
       </c>
       <c r="D1493" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1493" s="5">
         <v>40</v>
       </c>
       <c r="F1493" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1493" s="5" t="s">
-        <v>2402</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="1494" spans="1:7">
       <c r="A1494" s="3" t="s">
-        <v>2382</v>
+        <v>2400</v>
       </c>
       <c r="B1494" s="4" t="s">
-        <v>2403</v>
+        <v>2399</v>
       </c>
       <c r="C1494" s="5">
-        <v>47197</v>
+        <v>47181</v>
       </c>
       <c r="D1494" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1494" s="5">
         <v>40</v>
       </c>
       <c r="F1494" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1494" s="5" t="s">
-        <v>2404</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="1495" spans="1:7">
       <c r="A1495" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1495" s="4" t="s">
-        <v>2405</v>
+        <v>2402</v>
       </c>
       <c r="C1495" s="5">
-        <v>47205</v>
+        <v>47186</v>
       </c>
       <c r="D1495" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1495" s="5">
         <v>40</v>
       </c>
       <c r="F1495" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G1495" s="5" t="s">
-        <v>202</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="1496" spans="1:7">
       <c r="A1496" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1496" s="4" t="s">
-        <v>2405</v>
+        <v>2403</v>
       </c>
       <c r="C1496" s="5">
-        <v>47205</v>
+        <v>47197</v>
       </c>
       <c r="D1496" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1496" s="5">
         <v>40</v>
       </c>
       <c r="F1496" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1496" s="5" t="s">
-        <v>202</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="1497" spans="1:7">
       <c r="A1497" s="3" t="s">
-        <v>1750</v>
+        <v>2384</v>
       </c>
       <c r="B1497" s="4" t="s">
+        <v>2405</v>
+      </c>
+      <c r="C1497" s="5">
+        <v>47197</v>
+      </c>
+      <c r="D1497" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1497" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1497" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1497" s="5" t="s">
         <v>2406</v>
-      </c>
-[...13 lines deleted...]
-        <v>1708</v>
       </c>
     </row>
     <row r="1498" spans="1:7">
       <c r="A1498" s="3" t="s">
-        <v>2382</v>
+        <v>1413</v>
       </c>
       <c r="B1498" s="4" t="s">
         <v>2407</v>
       </c>
       <c r="C1498" s="5">
-        <v>47216</v>
+        <v>47205</v>
       </c>
       <c r="D1498" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1498" s="5">
         <v>40</v>
       </c>
       <c r="F1498" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G1498" s="5" t="s">
-        <v>2408</v>
+        <v>202</v>
       </c>
     </row>
     <row r="1499" spans="1:7">
       <c r="A1499" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1499" s="4" t="s">
-        <v>2409</v>
+        <v>2407</v>
       </c>
       <c r="C1499" s="5">
-        <v>47220</v>
+        <v>47205</v>
       </c>
       <c r="D1499" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1499" s="5">
         <v>40</v>
       </c>
       <c r="F1499" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1499" s="5" t="s">
-        <v>1355</v>
+        <v>202</v>
       </c>
     </row>
     <row r="1500" spans="1:7">
       <c r="A1500" s="3" t="s">
-        <v>659</v>
+        <v>1750</v>
       </c>
       <c r="B1500" s="4" t="s">
-        <v>2410</v>
-[...2 lines deleted...]
-        <v>2411</v>
+        <v>2408</v>
+      </c>
+      <c r="C1500" s="5">
+        <v>47206</v>
       </c>
       <c r="D1500" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1500" s="5">
         <v>40</v>
       </c>
       <c r="F1500" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1500" s="5" t="s">
-        <v>181</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="1501" spans="1:7">
       <c r="A1501" s="3" t="s">
-        <v>2412</v>
+        <v>2384</v>
       </c>
       <c r="B1501" s="4" t="s">
-        <v>2413</v>
-[...2 lines deleted...]
-        <v>2414</v>
+        <v>2409</v>
+      </c>
+      <c r="C1501" s="5">
+        <v>47216</v>
       </c>
       <c r="D1501" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1501" s="5">
         <v>40</v>
       </c>
       <c r="F1501" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1501" s="5" t="s">
-        <v>206</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="1502" spans="1:7">
       <c r="A1502" s="3" t="s">
-        <v>2415</v>
+        <v>1413</v>
       </c>
       <c r="B1502" s="4" t="s">
-        <v>2413</v>
-[...2 lines deleted...]
-        <v>2414</v>
+        <v>2411</v>
+      </c>
+      <c r="C1502" s="5">
+        <v>47220</v>
       </c>
       <c r="D1502" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1502" s="5">
         <v>40</v>
       </c>
       <c r="F1502" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1502" s="5" t="s">
-        <v>2416</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="1503" spans="1:7">
       <c r="A1503" s="3" t="s">
-        <v>638</v>
+        <v>659</v>
       </c>
       <c r="B1503" s="4" t="s">
-        <v>2417</v>
+        <v>2412</v>
       </c>
       <c r="C1503" s="5" t="s">
-        <v>2418</v>
+        <v>2413</v>
       </c>
       <c r="D1503" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1503" s="5">
         <v>40</v>
       </c>
       <c r="F1503" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1503" s="5" t="s">
-        <v>1462</v>
+        <v>181</v>
       </c>
     </row>
     <row r="1504" spans="1:7">
       <c r="A1504" s="3" t="s">
+        <v>2414</v>
+      </c>
+      <c r="B1504" s="4" t="s">
         <v>2415</v>
       </c>
-      <c r="B1504" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1504" s="5" t="s">
-        <v>2420</v>
+        <v>2416</v>
       </c>
       <c r="D1504" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1504" s="5">
         <v>40</v>
       </c>
       <c r="F1504" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1504" s="5" t="s">
-        <v>567</v>
+        <v>206</v>
       </c>
     </row>
     <row r="1505" spans="1:7">
       <c r="A1505" s="3" t="s">
-        <v>2421</v>
+        <v>2417</v>
       </c>
       <c r="B1505" s="4" t="s">
-        <v>2422</v>
+        <v>2415</v>
       </c>
       <c r="C1505" s="5" t="s">
-        <v>2420</v>
+        <v>2416</v>
       </c>
       <c r="D1505" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1505" s="5">
         <v>40</v>
       </c>
       <c r="F1505" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1505" s="5" t="s">
-        <v>822</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="1506" spans="1:7">
       <c r="A1506" s="3" t="s">
-        <v>2415</v>
+        <v>638</v>
       </c>
       <c r="B1506" s="4" t="s">
-        <v>2423</v>
+        <v>2419</v>
       </c>
       <c r="C1506" s="5" t="s">
-        <v>2424</v>
+        <v>2420</v>
       </c>
       <c r="D1506" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1506" s="5">
         <v>40</v>
       </c>
       <c r="F1506" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1506" s="5" t="s">
-        <v>2425</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="1507" spans="1:7">
       <c r="A1507" s="3" t="s">
-        <v>2426</v>
+        <v>2417</v>
       </c>
       <c r="B1507" s="4" t="s">
-        <v>2427</v>
+        <v>2421</v>
       </c>
       <c r="C1507" s="5" t="s">
-        <v>2424</v>
+        <v>2422</v>
       </c>
       <c r="D1507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1507" s="5">
         <v>40</v>
       </c>
       <c r="F1507" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1507" s="5" t="s">
-        <v>393</v>
+        <v>567</v>
       </c>
     </row>
     <row r="1508" spans="1:7">
       <c r="A1508" s="3" t="s">
-        <v>2428</v>
+        <v>2423</v>
       </c>
       <c r="B1508" s="4" t="s">
-        <v>2429</v>
+        <v>2424</v>
       </c>
       <c r="C1508" s="5" t="s">
-        <v>2430</v>
+        <v>2422</v>
       </c>
       <c r="D1508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1508" s="5">
         <v>40</v>
       </c>
       <c r="F1508" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1508" s="5" t="s">
-        <v>863</v>
+        <v>822</v>
       </c>
     </row>
     <row r="1509" spans="1:7">
       <c r="A1509" s="3" t="s">
-        <v>2428</v>
+        <v>2417</v>
       </c>
       <c r="B1509" s="4" t="s">
-        <v>2431</v>
+        <v>2425</v>
       </c>
       <c r="C1509" s="5" t="s">
-        <v>2430</v>
+        <v>2426</v>
       </c>
       <c r="D1509" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1509" s="5">
         <v>40</v>
       </c>
       <c r="F1509" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1509" s="5" t="s">
-        <v>963</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="1510" spans="1:7">
       <c r="A1510" s="3" t="s">
-        <v>631</v>
+        <v>2428</v>
       </c>
       <c r="B1510" s="4" t="s">
-        <v>2432</v>
+        <v>2429</v>
       </c>
       <c r="C1510" s="5" t="s">
-        <v>2433</v>
+        <v>2426</v>
       </c>
       <c r="D1510" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1510" s="5">
         <v>40</v>
       </c>
       <c r="F1510" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1510" s="5" t="s">
-        <v>2434</v>
+        <v>393</v>
       </c>
     </row>
     <row r="1511" spans="1:7">
       <c r="A1511" s="3" t="s">
-        <v>659</v>
+        <v>2430</v>
       </c>
       <c r="B1511" s="4" t="s">
-        <v>2435</v>
+        <v>2431</v>
       </c>
       <c r="C1511" s="5" t="s">
-        <v>2433</v>
+        <v>2432</v>
       </c>
       <c r="D1511" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1511" s="5">
         <v>40</v>
       </c>
       <c r="F1511" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1511" s="5" t="s">
-        <v>196</v>
+        <v>863</v>
       </c>
     </row>
     <row r="1512" spans="1:7">
       <c r="A1512" s="3" t="s">
-        <v>2436</v>
+        <v>2430</v>
       </c>
       <c r="B1512" s="4" t="s">
-        <v>2437</v>
+        <v>2433</v>
       </c>
       <c r="C1512" s="5" t="s">
-        <v>2438</v>
+        <v>2432</v>
       </c>
       <c r="D1512" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1512" s="5">
         <v>40</v>
       </c>
       <c r="F1512" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1512" s="5" t="s">
-        <v>474</v>
+        <v>963</v>
       </c>
     </row>
     <row r="1513" spans="1:7">
       <c r="A1513" s="3" t="s">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="B1513" s="4" t="s">
-        <v>2439</v>
+        <v>2434</v>
       </c>
       <c r="C1513" s="5" t="s">
-        <v>2440</v>
+        <v>2435</v>
       </c>
       <c r="D1513" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1513" s="5">
         <v>40</v>
       </c>
       <c r="F1513" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1513" s="5" t="s">
-        <v>1384</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="1514" spans="1:7">
       <c r="A1514" s="3" t="s">
-        <v>635</v>
+        <v>659</v>
       </c>
       <c r="B1514" s="4" t="s">
-        <v>2441</v>
+        <v>2437</v>
       </c>
       <c r="C1514" s="5" t="s">
-        <v>2440</v>
+        <v>2435</v>
       </c>
       <c r="D1514" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1514" s="5">
         <v>40</v>
       </c>
       <c r="F1514" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1514" s="5" t="s">
-        <v>2442</v>
+        <v>196</v>
       </c>
     </row>
     <row r="1515" spans="1:7">
       <c r="A1515" s="3" t="s">
-        <v>2421</v>
+        <v>2438</v>
       </c>
       <c r="B1515" s="4" t="s">
-        <v>2443</v>
+        <v>2439</v>
       </c>
       <c r="C1515" s="5" t="s">
-        <v>2444</v>
+        <v>2440</v>
       </c>
       <c r="D1515" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1515" s="5">
         <v>40</v>
       </c>
       <c r="F1515" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1515" s="5" t="s">
-        <v>535</v>
+        <v>474</v>
       </c>
     </row>
     <row r="1516" spans="1:7">
       <c r="A1516" s="3" t="s">
-        <v>2445</v>
+        <v>622</v>
       </c>
       <c r="B1516" s="4" t="s">
-        <v>2446</v>
+        <v>2441</v>
       </c>
       <c r="C1516" s="5" t="s">
-        <v>2447</v>
+        <v>2442</v>
       </c>
       <c r="D1516" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1516" s="5">
         <v>40</v>
       </c>
       <c r="F1516" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1516" s="5" t="s">
-        <v>2448</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="1517" spans="1:7">
       <c r="A1517" s="3" t="s">
-        <v>622</v>
+        <v>635</v>
       </c>
       <c r="B1517" s="4" t="s">
-        <v>2449</v>
+        <v>2443</v>
       </c>
       <c r="C1517" s="5" t="s">
-        <v>2418</v>
+        <v>2442</v>
       </c>
       <c r="D1517" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1517" s="5">
         <v>40</v>
       </c>
       <c r="F1517" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1517" s="5" t="s">
-        <v>2450</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="1518" spans="1:7">
       <c r="A1518" s="3" t="s">
-        <v>2451</v>
+        <v>2423</v>
       </c>
       <c r="B1518" s="4" t="s">
-        <v>2452</v>
+        <v>2445</v>
       </c>
       <c r="C1518" s="5" t="s">
-        <v>2453</v>
+        <v>2446</v>
       </c>
       <c r="D1518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1518" s="5">
         <v>40</v>
       </c>
       <c r="F1518" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1518" s="5" t="s">
-        <v>206</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1519" spans="1:7">
       <c r="A1519" s="3" t="s">
-        <v>2428</v>
+        <v>2447</v>
       </c>
       <c r="B1519" s="4" t="s">
-        <v>2454</v>
+        <v>2448</v>
       </c>
       <c r="C1519" s="5" t="s">
-        <v>2455</v>
+        <v>2449</v>
       </c>
       <c r="D1519" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1519" s="5">
         <v>40</v>
       </c>
       <c r="F1519" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1519" s="5" t="s">
-        <v>2456</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="1520" spans="1:7">
       <c r="A1520" s="3" t="s">
-        <v>2426</v>
+        <v>622</v>
       </c>
       <c r="B1520" s="4" t="s">
-        <v>2457</v>
+        <v>2451</v>
       </c>
       <c r="C1520" s="5" t="s">
-        <v>2458</v>
+        <v>2420</v>
       </c>
       <c r="D1520" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1520" s="5">
         <v>40</v>
       </c>
       <c r="F1520" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1520" s="5" t="s">
-        <v>822</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="1521" spans="1:7">
       <c r="A1521" s="3" t="s">
-        <v>2459</v>
+        <v>2453</v>
       </c>
       <c r="B1521" s="4" t="s">
-        <v>2460</v>
+        <v>2454</v>
       </c>
       <c r="C1521" s="5" t="s">
-        <v>2461</v>
+        <v>2455</v>
       </c>
       <c r="D1521" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1521" s="5">
         <v>40</v>
       </c>
       <c r="F1521" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1521" s="5" t="s">
-        <v>2061</v>
+        <v>206</v>
       </c>
     </row>
     <row r="1522" spans="1:7">
       <c r="A1522" s="3" t="s">
-        <v>2428</v>
+        <v>2430</v>
       </c>
       <c r="B1522" s="4" t="s">
-        <v>2462</v>
+        <v>2456</v>
       </c>
       <c r="C1522" s="5" t="s">
-        <v>2463</v>
+        <v>2457</v>
       </c>
       <c r="D1522" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1522" s="5">
         <v>40</v>
       </c>
       <c r="F1522" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1522" s="5" t="s">
-        <v>1329</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="1523" spans="1:7">
       <c r="A1523" s="3" t="s">
-        <v>2412</v>
+        <v>2428</v>
       </c>
       <c r="B1523" s="4" t="s">
-        <v>2464</v>
+        <v>2459</v>
       </c>
       <c r="C1523" s="5" t="s">
-        <v>2420</v>
+        <v>2460</v>
       </c>
       <c r="D1523" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1523" s="5">
         <v>40</v>
       </c>
       <c r="F1523" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1523" s="5" t="s">
-        <v>2465</v>
+        <v>822</v>
       </c>
     </row>
     <row r="1524" spans="1:7">
       <c r="A1524" s="3" t="s">
-        <v>2466</v>
+        <v>2461</v>
       </c>
       <c r="B1524" s="4" t="s">
-        <v>2467</v>
+        <v>2462</v>
       </c>
       <c r="C1524" s="5" t="s">
-        <v>2420</v>
+        <v>2463</v>
       </c>
       <c r="D1524" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1524" s="5">
         <v>40</v>
       </c>
       <c r="F1524" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1524" s="5" t="s">
-        <v>1039</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="1525" spans="1:7">
       <c r="A1525" s="3" t="s">
-        <v>2445</v>
+        <v>2430</v>
       </c>
       <c r="B1525" s="4" t="s">
-        <v>2468</v>
+        <v>2464</v>
       </c>
       <c r="C1525" s="5" t="s">
-        <v>2420</v>
+        <v>2465</v>
       </c>
       <c r="D1525" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1525" s="5">
         <v>40</v>
       </c>
       <c r="F1525" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1525" s="5" t="s">
-        <v>1825</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="1526" spans="1:7">
       <c r="A1526" s="3" t="s">
-        <v>2469</v>
+        <v>2414</v>
       </c>
       <c r="B1526" s="4" t="s">
-        <v>2470</v>
+        <v>2466</v>
       </c>
       <c r="C1526" s="5" t="s">
-        <v>2420</v>
+        <v>2422</v>
       </c>
       <c r="D1526" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1526" s="5">
         <v>40</v>
       </c>
       <c r="F1526" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1526" s="5" t="s">
-        <v>1139</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="1527" spans="1:7">
       <c r="A1527" s="3" t="s">
-        <v>2471</v>
+        <v>2468</v>
       </c>
       <c r="B1527" s="4" t="s">
-        <v>2472</v>
+        <v>2469</v>
       </c>
       <c r="C1527" s="5" t="s">
-        <v>2420</v>
+        <v>2422</v>
       </c>
       <c r="D1527" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1527" s="5">
         <v>40</v>
       </c>
       <c r="F1527" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1527" s="5" t="s">
-        <v>1130</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="1528" spans="1:7">
       <c r="A1528" s="3" t="s">
-        <v>2445</v>
+        <v>2447</v>
       </c>
       <c r="B1528" s="4" t="s">
-        <v>2473</v>
+        <v>2470</v>
       </c>
       <c r="C1528" s="5" t="s">
-        <v>2420</v>
+        <v>2422</v>
       </c>
       <c r="D1528" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1528" s="5">
         <v>40</v>
       </c>
       <c r="F1528" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1528" s="5" t="s">
-        <v>1955</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="1529" spans="1:7">
       <c r="A1529" s="3" t="s">
-        <v>2451</v>
+        <v>2471</v>
       </c>
       <c r="B1529" s="4" t="s">
-        <v>2474</v>
+        <v>2472</v>
       </c>
       <c r="C1529" s="5" t="s">
-        <v>2475</v>
+        <v>2422</v>
       </c>
       <c r="D1529" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1529" s="5">
         <v>40</v>
       </c>
       <c r="F1529" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1529" s="5" t="s">
-        <v>183</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="1530" spans="1:7">
       <c r="A1530" s="3" t="s">
-        <v>2476</v>
+        <v>2473</v>
       </c>
       <c r="B1530" s="4" t="s">
-        <v>2477</v>
-[...2 lines deleted...]
-        <v>50004</v>
+        <v>2474</v>
+      </c>
+      <c r="C1530" s="5" t="s">
+        <v>2422</v>
       </c>
       <c r="D1530" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1530" s="5">
         <v>40</v>
       </c>
       <c r="F1530" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1530" s="5" t="s">
-        <v>2448</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="1531" spans="1:7">
       <c r="A1531" s="3" t="s">
-        <v>2476</v>
+        <v>2447</v>
       </c>
       <c r="B1531" s="4" t="s">
-        <v>2478</v>
-[...2 lines deleted...]
-        <v>50008</v>
+        <v>2475</v>
+      </c>
+      <c r="C1531" s="5" t="s">
+        <v>2422</v>
       </c>
       <c r="D1531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1531" s="5">
         <v>40</v>
       </c>
       <c r="F1531" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1531" s="5" t="s">
-        <v>989</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="1532" spans="1:7">
       <c r="A1532" s="3" t="s">
+        <v>2453</v>
+      </c>
+      <c r="B1532" s="4" t="s">
         <v>2476</v>
       </c>
-      <c r="B1532" s="4" t="s">
-[...3 lines deleted...]
-        <v>50008</v>
+      <c r="C1532" s="5" t="s">
+        <v>2477</v>
       </c>
       <c r="D1532" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1532" s="5">
         <v>40</v>
       </c>
       <c r="F1532" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1532" s="5" t="s">
-        <v>2479</v>
+        <v>183</v>
       </c>
     </row>
     <row r="1533" spans="1:7">
       <c r="A1533" s="3" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="B1533" s="4" t="s">
-        <v>2480</v>
+        <v>2479</v>
       </c>
       <c r="C1533" s="5">
-        <v>50018</v>
+        <v>50004</v>
       </c>
       <c r="D1533" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1533" s="5">
         <v>40</v>
       </c>
       <c r="F1533" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1533" s="5" t="s">
-        <v>2481</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="1534" spans="1:7">
       <c r="A1534" s="3" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="B1534" s="4" t="s">
         <v>2480</v>
       </c>
       <c r="C1534" s="5">
-        <v>50018</v>
+        <v>50008</v>
       </c>
       <c r="D1534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1534" s="5">
         <v>40</v>
       </c>
       <c r="F1534" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1534" s="5" t="s">
-        <v>2342</v>
+        <v>989</v>
       </c>
     </row>
     <row r="1535" spans="1:7">
       <c r="A1535" s="3" t="s">
-        <v>1972</v>
+        <v>2478</v>
       </c>
       <c r="B1535" s="4" t="s">
-        <v>2482</v>
+        <v>2480</v>
       </c>
       <c r="C1535" s="5">
-        <v>50022</v>
+        <v>50008</v>
       </c>
       <c r="D1535" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1535" s="5">
         <v>40</v>
       </c>
       <c r="F1535" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1535" s="5" t="s">
-        <v>1125</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="1536" spans="1:7">
       <c r="A1536" s="3" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B1536" s="4" t="s">
+        <v>2482</v>
+      </c>
+      <c r="C1536" s="5">
+        <v>50018</v>
+      </c>
+      <c r="D1536" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1536" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1536" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1536" s="5" t="s">
         <v>2483</v>
-      </c>
-[...16 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="1537" spans="1:7">
       <c r="A1537" s="3" t="s">
-        <v>2485</v>
+        <v>2478</v>
       </c>
       <c r="B1537" s="4" t="s">
-        <v>2486</v>
+        <v>2482</v>
       </c>
       <c r="C1537" s="5">
-        <v>50030</v>
+        <v>50018</v>
       </c>
       <c r="D1537" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1537" s="5">
         <v>40</v>
       </c>
       <c r="F1537" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1537" s="5" t="s">
-        <v>2155</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="1538" spans="1:7">
       <c r="A1538" s="3" t="s">
-        <v>2476</v>
+        <v>1972</v>
       </c>
       <c r="B1538" s="4" t="s">
-        <v>2487</v>
+        <v>2484</v>
       </c>
       <c r="C1538" s="5">
-        <v>50055</v>
+        <v>50022</v>
       </c>
       <c r="D1538" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1538" s="5">
         <v>40</v>
       </c>
       <c r="F1538" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1538" s="5" t="s">
-        <v>839</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="1539" spans="1:7">
       <c r="A1539" s="3" t="s">
-        <v>2476</v>
+        <v>2485</v>
       </c>
       <c r="B1539" s="4" t="s">
-        <v>2488</v>
+        <v>2486</v>
       </c>
       <c r="C1539" s="5">
-        <v>50067</v>
+        <v>50022</v>
       </c>
       <c r="D1539" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1539" s="5">
         <v>40</v>
       </c>
       <c r="F1539" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1539" s="5" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1540" spans="1:7">
       <c r="A1540" s="3" t="s">
-        <v>2476</v>
+        <v>2487</v>
       </c>
       <c r="B1540" s="4" t="s">
-        <v>2489</v>
+        <v>2488</v>
       </c>
       <c r="C1540" s="5">
-        <v>50068</v>
+        <v>50030</v>
       </c>
       <c r="D1540" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1540" s="5">
         <v>40</v>
       </c>
       <c r="F1540" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1540" s="5" t="s">
-        <v>965</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="1541" spans="1:7">
       <c r="A1541" s="3" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="B1541" s="4" t="s">
         <v>2489</v>
       </c>
       <c r="C1541" s="5">
-        <v>50068</v>
+        <v>50055</v>
       </c>
       <c r="D1541" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1541" s="5">
         <v>40</v>
       </c>
       <c r="F1541" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1541" s="5" t="s">
-        <v>2490</v>
+        <v>839</v>
       </c>
     </row>
     <row r="1542" spans="1:7">
       <c r="A1542" s="3" t="s">
-        <v>1972</v>
+        <v>2478</v>
       </c>
       <c r="B1542" s="4" t="s">
-        <v>2491</v>
+        <v>2490</v>
       </c>
       <c r="C1542" s="5">
-        <v>50073</v>
+        <v>50067</v>
       </c>
       <c r="D1542" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1542" s="5">
         <v>40</v>
       </c>
       <c r="F1542" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1542" s="5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
     </row>
     <row r="1543" spans="1:7">
       <c r="A1543" s="3" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="B1543" s="4" t="s">
-        <v>2492</v>
+        <v>2491</v>
       </c>
       <c r="C1543" s="5">
-        <v>50099</v>
+        <v>50068</v>
       </c>
       <c r="D1543" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1543" s="5">
         <v>40</v>
       </c>
       <c r="F1543" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1543" s="5" t="s">
-        <v>76</v>
+        <v>965</v>
       </c>
     </row>
     <row r="1544" spans="1:7">
       <c r="A1544" s="3" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="B1544" s="4" t="s">
+        <v>2491</v>
+      </c>
+      <c r="C1544" s="5">
+        <v>50068</v>
+      </c>
+      <c r="D1544" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1544" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1544" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1544" s="5" t="s">
         <v>2492</v>
-      </c>
-[...13 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="1545" spans="1:7">
       <c r="A1545" s="3" t="s">
-        <v>2476</v>
+        <v>1972</v>
       </c>
       <c r="B1545" s="4" t="s">
         <v>2493</v>
       </c>
       <c r="C1545" s="5">
-        <v>50113</v>
+        <v>50073</v>
       </c>
       <c r="D1545" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1545" s="5">
         <v>40</v>
       </c>
       <c r="F1545" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1545" s="5" t="s">
-        <v>2494</v>
+        <v>62</v>
       </c>
     </row>
     <row r="1546" spans="1:7">
       <c r="A1546" s="3" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="B1546" s="4" t="s">
-        <v>2495</v>
+        <v>2494</v>
       </c>
       <c r="C1546" s="5">
-        <v>50114</v>
+        <v>50099</v>
       </c>
       <c r="D1546" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1546" s="5">
         <v>40</v>
       </c>
       <c r="F1546" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1546" s="5" t="s">
-        <v>1314</v>
+        <v>76</v>
       </c>
     </row>
     <row r="1547" spans="1:7">
       <c r="A1547" s="3" t="s">
-        <v>1972</v>
+        <v>2478</v>
       </c>
       <c r="B1547" s="4" t="s">
-        <v>2496</v>
+        <v>2494</v>
       </c>
       <c r="C1547" s="5">
-        <v>50115</v>
+        <v>50099</v>
       </c>
       <c r="D1547" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1547" s="5">
         <v>40</v>
       </c>
       <c r="F1547" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1547" s="5" t="s">
-        <v>866</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="1548" spans="1:7">
       <c r="A1548" s="3" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="B1548" s="4" t="s">
-        <v>2497</v>
+        <v>2495</v>
       </c>
       <c r="C1548" s="5">
-        <v>50118</v>
+        <v>50113</v>
       </c>
       <c r="D1548" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1548" s="5">
         <v>40</v>
       </c>
       <c r="F1548" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1548" s="5" t="s">
-        <v>1941</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="1549" spans="1:7">
       <c r="A1549" s="3" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="B1549" s="4" t="s">
-        <v>2498</v>
+        <v>2497</v>
       </c>
       <c r="C1549" s="5">
-        <v>50120</v>
+        <v>50114</v>
       </c>
       <c r="D1549" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1549" s="5">
         <v>40</v>
       </c>
       <c r="F1549" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1549" s="5" t="s">
-        <v>2499</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="1550" spans="1:7">
       <c r="A1550" s="3" t="s">
-        <v>2476</v>
+        <v>1972</v>
       </c>
       <c r="B1550" s="4" t="s">
-        <v>2500</v>
+        <v>2498</v>
       </c>
       <c r="C1550" s="5">
-        <v>50124</v>
+        <v>50115</v>
       </c>
       <c r="D1550" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1550" s="5">
         <v>40</v>
       </c>
       <c r="F1550" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1550" s="5" t="s">
-        <v>807</v>
+        <v>866</v>
       </c>
     </row>
     <row r="1551" spans="1:7">
       <c r="A1551" s="3" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="B1551" s="4" t="s">
-        <v>2501</v>
+        <v>2499</v>
       </c>
       <c r="C1551" s="5">
-        <v>50124</v>
+        <v>50118</v>
       </c>
       <c r="D1551" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1551" s="5">
         <v>40</v>
       </c>
       <c r="F1551" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1551" s="5" t="s">
-        <v>2502</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="1552" spans="1:7">
       <c r="A1552" s="3" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="B1552" s="4" t="s">
-        <v>2503</v>
+        <v>2500</v>
       </c>
       <c r="C1552" s="5">
-        <v>50153</v>
+        <v>50120</v>
       </c>
       <c r="D1552" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1552" s="5">
         <v>40</v>
       </c>
       <c r="F1552" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1552" s="5" t="s">
-        <v>1180</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="1553" spans="1:7">
       <c r="A1553" s="3" t="s">
-        <v>1972</v>
+        <v>2478</v>
       </c>
       <c r="B1553" s="4" t="s">
-        <v>2504</v>
+        <v>2502</v>
       </c>
       <c r="C1553" s="5">
-        <v>50154</v>
+        <v>50124</v>
       </c>
       <c r="D1553" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1553" s="5">
         <v>40</v>
       </c>
       <c r="F1553" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1553" s="5" t="s">
-        <v>58</v>
+        <v>807</v>
       </c>
     </row>
     <row r="1554" spans="1:7">
       <c r="A1554" s="3" t="s">
-        <v>1217</v>
+        <v>2478</v>
       </c>
       <c r="B1554" s="4" t="s">
-        <v>2505</v>
+        <v>2503</v>
       </c>
       <c r="C1554" s="5">
-        <v>50163</v>
+        <v>50124</v>
       </c>
       <c r="D1554" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1554" s="5">
         <v>40</v>
       </c>
       <c r="F1554" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1554" s="5" t="s">
-        <v>2506</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="1555" spans="1:7">
       <c r="A1555" s="3" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="B1555" s="4" t="s">
-        <v>2507</v>
+        <v>2505</v>
       </c>
       <c r="C1555" s="5">
-        <v>50182</v>
+        <v>50153</v>
       </c>
       <c r="D1555" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1555" s="5">
         <v>40</v>
       </c>
       <c r="F1555" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1555" s="5" t="s">
-        <v>1019</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="1556" spans="1:7">
       <c r="A1556" s="3" t="s">
-        <v>2476</v>
+        <v>1972</v>
       </c>
       <c r="B1556" s="4" t="s">
-        <v>2508</v>
+        <v>2506</v>
       </c>
       <c r="C1556" s="5">
-        <v>50182</v>
+        <v>50154</v>
       </c>
       <c r="D1556" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1556" s="5">
         <v>40</v>
       </c>
       <c r="F1556" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1556" s="5" t="s">
-        <v>1164</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1557" spans="1:7">
       <c r="A1557" s="3" t="s">
-        <v>1972</v>
+        <v>1217</v>
       </c>
       <c r="B1557" s="4" t="s">
-        <v>2509</v>
+        <v>2507</v>
       </c>
       <c r="C1557" s="5">
-        <v>50902</v>
+        <v>50163</v>
       </c>
       <c r="D1557" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1557" s="5">
         <v>40</v>
       </c>
       <c r="F1557" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1557" s="5" t="s">
-        <v>1581</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="1558" spans="1:7">
       <c r="A1558" s="3" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="B1558" s="4" t="s">
-        <v>2510</v>
+        <v>2509</v>
       </c>
       <c r="C1558" s="5">
-        <v>50211</v>
+        <v>50182</v>
       </c>
       <c r="D1558" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1558" s="5">
         <v>40</v>
       </c>
       <c r="F1558" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1558" s="5" t="s">
-        <v>1856</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="1559" spans="1:7">
       <c r="A1559" s="3" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="B1559" s="4" t="s">
-        <v>2511</v>
+        <v>2510</v>
       </c>
       <c r="C1559" s="5">
-        <v>50223</v>
+        <v>50182</v>
       </c>
       <c r="D1559" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1559" s="5">
         <v>40</v>
       </c>
       <c r="F1559" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1559" s="5" t="s">
-        <v>415</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="1560" spans="1:7">
       <c r="A1560" s="3" t="s">
         <v>1972</v>
       </c>
       <c r="B1560" s="4" t="s">
-        <v>2512</v>
+        <v>2511</v>
       </c>
       <c r="C1560" s="5">
-        <v>50235</v>
+        <v>50902</v>
       </c>
       <c r="D1560" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1560" s="5">
         <v>40</v>
       </c>
       <c r="F1560" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1560" s="5" t="s">
-        <v>72</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="1561" spans="1:7">
       <c r="A1561" s="3" t="s">
-        <v>1972</v>
+        <v>2478</v>
       </c>
       <c r="B1561" s="4" t="s">
-        <v>2513</v>
+        <v>2512</v>
       </c>
       <c r="C1561" s="5">
-        <v>50244</v>
+        <v>50211</v>
       </c>
       <c r="D1561" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1561" s="5">
         <v>40</v>
       </c>
       <c r="F1561" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1561" s="5" t="s">
-        <v>1004</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="1562" spans="1:7">
       <c r="A1562" s="3" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="B1562" s="4" t="s">
-        <v>2514</v>
+        <v>2513</v>
       </c>
       <c r="C1562" s="5">
-        <v>50252</v>
+        <v>50223</v>
       </c>
       <c r="D1562" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1562" s="5">
         <v>40</v>
       </c>
       <c r="F1562" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1562" s="5" t="s">
-        <v>377</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1563" spans="1:7">
       <c r="A1563" s="3" t="s">
-        <v>2476</v>
+        <v>1972</v>
       </c>
       <c r="B1563" s="4" t="s">
-        <v>2515</v>
+        <v>2514</v>
       </c>
       <c r="C1563" s="5">
-        <v>50264</v>
+        <v>50235</v>
       </c>
       <c r="D1563" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1563" s="5">
         <v>40</v>
       </c>
       <c r="F1563" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1563" s="5" t="s">
-        <v>2516</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1564" spans="1:7">
       <c r="A1564" s="3" t="s">
         <v>1972</v>
       </c>
       <c r="B1564" s="4" t="s">
-        <v>2517</v>
+        <v>2515</v>
       </c>
       <c r="C1564" s="5">
-        <v>50274</v>
+        <v>50244</v>
       </c>
       <c r="D1564" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1564" s="5">
         <v>40</v>
       </c>
       <c r="F1564" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1564" s="5" t="s">
-        <v>253</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="1565" spans="1:7">
       <c r="A1565" s="3" t="s">
-        <v>1972</v>
+        <v>2478</v>
       </c>
       <c r="B1565" s="4" t="s">
-        <v>2518</v>
+        <v>2516</v>
       </c>
       <c r="C1565" s="5">
-        <v>50285</v>
+        <v>50252</v>
       </c>
       <c r="D1565" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1565" s="5">
         <v>40</v>
       </c>
       <c r="F1565" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1565" s="5" t="s">
-        <v>1412</v>
+        <v>377</v>
       </c>
     </row>
     <row r="1566" spans="1:7">
       <c r="A1566" s="3" t="s">
-        <v>2519</v>
+        <v>2478</v>
       </c>
       <c r="B1566" s="4" t="s">
-        <v>2520</v>
+        <v>2517</v>
       </c>
       <c r="C1566" s="5">
-        <v>50288</v>
+        <v>50264</v>
       </c>
       <c r="D1566" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1566" s="5">
         <v>40</v>
       </c>
       <c r="F1566" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1566" s="5" t="s">
-        <v>1678</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="1567" spans="1:7">
       <c r="A1567" s="3" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B1567" s="4" t="s">
         <v>2519</v>
       </c>
-      <c r="B1567" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1567" s="5">
-        <v>50293</v>
+        <v>50274</v>
       </c>
       <c r="D1567" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1567" s="5">
         <v>40</v>
       </c>
       <c r="F1567" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1567" s="5" t="s">
-        <v>1019</v>
+        <v>253</v>
       </c>
     </row>
     <row r="1568" spans="1:7">
       <c r="A1568" s="3" t="s">
         <v>1972</v>
       </c>
       <c r="B1568" s="4" t="s">
-        <v>2522</v>
+        <v>2520</v>
       </c>
       <c r="C1568" s="5">
-        <v>50903</v>
+        <v>50285</v>
       </c>
       <c r="D1568" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1568" s="5">
         <v>40</v>
       </c>
       <c r="F1568" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1568" s="5" t="s">
-        <v>87</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="1569" spans="1:7">
       <c r="A1569" s="3" t="s">
-        <v>1217</v>
+        <v>2521</v>
       </c>
       <c r="B1569" s="4" t="s">
-        <v>2523</v>
+        <v>2522</v>
       </c>
       <c r="C1569" s="5">
-        <v>50298</v>
+        <v>50288</v>
       </c>
       <c r="D1569" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1569" s="5">
         <v>40</v>
       </c>
       <c r="F1569" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1569" s="5" t="s">
-        <v>2524</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="1570" spans="1:7">
       <c r="A1570" s="3" t="s">
-        <v>1972</v>
+        <v>2521</v>
       </c>
       <c r="B1570" s="4" t="s">
-        <v>2525</v>
+        <v>2523</v>
       </c>
       <c r="C1570" s="5">
-        <v>50298</v>
+        <v>50293</v>
       </c>
       <c r="D1570" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1570" s="5">
         <v>40</v>
       </c>
       <c r="F1570" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1570" s="5" t="s">
-        <v>615</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="1571" spans="1:7">
       <c r="A1571" s="3" t="s">
         <v>1972</v>
       </c>
       <c r="B1571" s="4" t="s">
-        <v>2526</v>
+        <v>2524</v>
       </c>
       <c r="C1571" s="5">
-        <v>50298</v>
+        <v>50903</v>
       </c>
       <c r="D1571" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1571" s="5">
         <v>40</v>
       </c>
       <c r="F1571" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1571" s="5" t="s">
-        <v>1302</v>
+        <v>87</v>
       </c>
     </row>
     <row r="1572" spans="1:7">
       <c r="A1572" s="3" t="s">
-        <v>2527</v>
+        <v>1217</v>
       </c>
       <c r="B1572" s="4" t="s">
-        <v>2528</v>
+        <v>2525</v>
       </c>
       <c r="C1572" s="5">
-        <v>49006</v>
+        <v>50298</v>
       </c>
       <c r="D1572" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1572" s="5">
         <v>40</v>
       </c>
       <c r="F1572" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1572" s="5" t="s">
-        <v>341</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="1573" spans="1:7">
       <c r="A1573" s="3" t="s">
-        <v>706</v>
+        <v>1972</v>
       </c>
       <c r="B1573" s="4" t="s">
-        <v>2529</v>
+        <v>2527</v>
       </c>
       <c r="C1573" s="5">
-        <v>49010</v>
+        <v>50298</v>
       </c>
       <c r="D1573" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1573" s="5">
         <v>40</v>
       </c>
       <c r="F1573" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1573" s="5" t="s">
-        <v>1039</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1574" spans="1:7">
       <c r="A1574" s="3" t="s">
-        <v>1413</v>
+        <v>1972</v>
       </c>
       <c r="B1574" s="4" t="s">
-        <v>2530</v>
+        <v>2528</v>
       </c>
       <c r="C1574" s="5">
-        <v>49019</v>
+        <v>50298</v>
       </c>
       <c r="D1574" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1574" s="5">
         <v>40</v>
       </c>
       <c r="F1574" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1574" s="5" t="s">
-        <v>491</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="1575" spans="1:7">
       <c r="A1575" s="3" t="s">
-        <v>706</v>
+        <v>2529</v>
       </c>
       <c r="B1575" s="4" t="s">
-        <v>2531</v>
+        <v>2530</v>
       </c>
       <c r="C1575" s="5">
-        <v>49023</v>
+        <v>49006</v>
       </c>
       <c r="D1575" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1575" s="5">
         <v>40</v>
       </c>
       <c r="F1575" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1575" s="5" t="s">
-        <v>743</v>
+        <v>341</v>
       </c>
     </row>
     <row r="1576" spans="1:7">
       <c r="A1576" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1576" s="4" t="s">
-        <v>2532</v>
+        <v>2531</v>
       </c>
       <c r="C1576" s="5">
-        <v>49034</v>
+        <v>49010</v>
       </c>
       <c r="D1576" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1576" s="5">
         <v>40</v>
       </c>
       <c r="F1576" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1576" s="5" t="s">
-        <v>963</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="1577" spans="1:7">
       <c r="A1577" s="3" t="s">
-        <v>47</v>
+        <v>1413</v>
       </c>
       <c r="B1577" s="4" t="s">
-        <v>2533</v>
+        <v>2532</v>
       </c>
       <c r="C1577" s="5">
-        <v>49038</v>
+        <v>49019</v>
       </c>
       <c r="D1577" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1577" s="5">
         <v>40</v>
       </c>
       <c r="F1577" s="5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G1577" s="5" t="s">
-        <v>2534</v>
+        <v>491</v>
       </c>
     </row>
     <row r="1578" spans="1:7">
       <c r="A1578" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1578" s="4" t="s">
-        <v>2535</v>
+        <v>2533</v>
       </c>
       <c r="C1578" s="5">
-        <v>49040</v>
+        <v>49023</v>
       </c>
       <c r="D1578" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1578" s="5">
         <v>40</v>
       </c>
       <c r="F1578" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1578" s="5" t="s">
-        <v>2184</v>
+        <v>743</v>
       </c>
     </row>
     <row r="1579" spans="1:7">
       <c r="A1579" s="3" t="s">
-        <v>1413</v>
+        <v>706</v>
       </c>
       <c r="B1579" s="4" t="s">
-        <v>2536</v>
+        <v>2534</v>
       </c>
       <c r="C1579" s="5">
-        <v>49041</v>
+        <v>49034</v>
       </c>
       <c r="D1579" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1579" s="5">
         <v>40</v>
       </c>
       <c r="F1579" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1579" s="5" t="s">
-        <v>644</v>
+        <v>963</v>
       </c>
     </row>
     <row r="1580" spans="1:7">
       <c r="A1580" s="3" t="s">
-        <v>1413</v>
+        <v>47</v>
       </c>
       <c r="B1580" s="4" t="s">
-        <v>2537</v>
+        <v>2535</v>
       </c>
       <c r="C1580" s="5">
-        <v>49042</v>
+        <v>49038</v>
       </c>
       <c r="D1580" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1580" s="5">
         <v>40</v>
       </c>
       <c r="F1580" s="5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G1580" s="5" t="s">
-        <v>1964</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="1581" spans="1:7">
       <c r="A1581" s="3" t="s">
-        <v>1413</v>
+        <v>706</v>
       </c>
       <c r="B1581" s="4" t="s">
-        <v>2538</v>
+        <v>2537</v>
       </c>
       <c r="C1581" s="5">
-        <v>49043</v>
+        <v>49040</v>
       </c>
       <c r="D1581" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1581" s="5">
         <v>40</v>
       </c>
       <c r="F1581" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1581" s="5" t="s">
-        <v>1329</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="1582" spans="1:7">
       <c r="A1582" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1582" s="4" t="s">
-        <v>2539</v>
+        <v>2538</v>
       </c>
       <c r="C1582" s="5">
-        <v>49043</v>
+        <v>49041</v>
       </c>
       <c r="D1582" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1582" s="5">
         <v>40</v>
       </c>
       <c r="F1582" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1582" s="5" t="s">
-        <v>684</v>
+        <v>644</v>
       </c>
     </row>
     <row r="1583" spans="1:7">
       <c r="A1583" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1583" s="4" t="s">
         <v>2539</v>
       </c>
       <c r="C1583" s="5">
-        <v>49043</v>
+        <v>49042</v>
       </c>
       <c r="D1583" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1583" s="5">
         <v>40</v>
       </c>
       <c r="F1583" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G1583" s="5" t="s">
-        <v>684</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="1584" spans="1:7">
       <c r="A1584" s="3" t="s">
-        <v>1420</v>
+        <v>1413</v>
       </c>
       <c r="B1584" s="4" t="s">
         <v>2540</v>
       </c>
       <c r="C1584" s="5">
-        <v>49055</v>
+        <v>49043</v>
       </c>
       <c r="D1584" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1584" s="5">
         <v>40</v>
       </c>
       <c r="F1584" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1584" s="5" t="s">
-        <v>1355</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="1585" spans="1:7">
       <c r="A1585" s="3" t="s">
-        <v>706</v>
+        <v>1413</v>
       </c>
       <c r="B1585" s="4" t="s">
         <v>2541</v>
       </c>
       <c r="C1585" s="5">
-        <v>49056</v>
+        <v>49043</v>
       </c>
       <c r="D1585" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1585" s="5">
         <v>40</v>
       </c>
       <c r="F1585" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1585" s="5" t="s">
-        <v>2542</v>
+        <v>684</v>
       </c>
     </row>
     <row r="1586" spans="1:7">
       <c r="A1586" s="3" t="s">
-        <v>706</v>
+        <v>1413</v>
       </c>
       <c r="B1586" s="4" t="s">
-        <v>2543</v>
+        <v>2541</v>
       </c>
       <c r="C1586" s="5">
-        <v>49063</v>
+        <v>49043</v>
       </c>
       <c r="D1586" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1586" s="5">
         <v>40</v>
       </c>
       <c r="F1586" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G1586" s="5" t="s">
-        <v>380</v>
+        <v>684</v>
       </c>
     </row>
     <row r="1587" spans="1:7">
       <c r="A1587" s="3" t="s">
-        <v>706</v>
+        <v>1420</v>
       </c>
       <c r="B1587" s="4" t="s">
-        <v>2544</v>
+        <v>2542</v>
       </c>
       <c r="C1587" s="5">
-        <v>49068</v>
+        <v>49055</v>
       </c>
       <c r="D1587" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1587" s="5">
         <v>40</v>
       </c>
       <c r="F1587" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1587" s="5" t="s">
-        <v>522</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="1588" spans="1:7">
       <c r="A1588" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1588" s="4" t="s">
-        <v>2545</v>
+        <v>2543</v>
       </c>
       <c r="C1588" s="5">
-        <v>49071</v>
+        <v>49056</v>
       </c>
       <c r="D1588" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1588" s="5">
         <v>40</v>
       </c>
       <c r="F1588" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1588" s="5" t="s">
-        <v>62</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="1589" spans="1:7">
       <c r="A1589" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1589" s="4" t="s">
-        <v>2546</v>
+        <v>2545</v>
       </c>
       <c r="C1589" s="5">
-        <v>49071</v>
+        <v>49063</v>
       </c>
       <c r="D1589" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1589" s="5">
         <v>40</v>
       </c>
       <c r="F1589" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1589" s="5" t="s">
-        <v>1023</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1590" spans="1:7">
       <c r="A1590" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1590" s="4" t="s">
-        <v>2547</v>
+        <v>2546</v>
       </c>
       <c r="C1590" s="5">
-        <v>49071</v>
+        <v>49068</v>
       </c>
       <c r="D1590" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1590" s="5">
         <v>40</v>
       </c>
       <c r="F1590" s="5" t="s">
-        <v>721</v>
+        <v>15</v>
       </c>
       <c r="G1590" s="5" t="s">
-        <v>559</v>
+        <v>522</v>
       </c>
     </row>
     <row r="1591" spans="1:7">
       <c r="A1591" s="3" t="s">
-        <v>2548</v>
+        <v>706</v>
       </c>
       <c r="B1591" s="4" t="s">
-        <v>2549</v>
+        <v>2547</v>
       </c>
       <c r="C1591" s="5">
-        <v>49095</v>
+        <v>49071</v>
       </c>
       <c r="D1591" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1591" s="5">
         <v>40</v>
       </c>
       <c r="F1591" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1591" s="5" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
     </row>
     <row r="1592" spans="1:7">
       <c r="A1592" s="3" t="s">
-        <v>2550</v>
+        <v>706</v>
       </c>
       <c r="B1592" s="4" t="s">
-        <v>2551</v>
+        <v>2548</v>
       </c>
       <c r="C1592" s="5">
-        <v>49100</v>
+        <v>49071</v>
       </c>
       <c r="D1592" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1592" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1592" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1592" s="5" t="s">
-        <v>58</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="1593" spans="1:7">
       <c r="A1593" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1593" s="4" t="s">
-        <v>2552</v>
+        <v>2549</v>
       </c>
       <c r="C1593" s="5">
-        <v>49108</v>
+        <v>49071</v>
       </c>
       <c r="D1593" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1593" s="5">
         <v>40</v>
       </c>
       <c r="F1593" s="5" t="s">
-        <v>15</v>
+        <v>721</v>
       </c>
       <c r="G1593" s="5" t="s">
-        <v>989</v>
+        <v>559</v>
       </c>
     </row>
     <row r="1594" spans="1:7">
       <c r="A1594" s="3" t="s">
-        <v>706</v>
+        <v>2550</v>
       </c>
       <c r="B1594" s="4" t="s">
-        <v>2553</v>
+        <v>2551</v>
       </c>
       <c r="C1594" s="5">
-        <v>49122</v>
+        <v>49095</v>
       </c>
       <c r="D1594" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1594" s="5">
         <v>40</v>
       </c>
       <c r="F1594" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1594" s="5" t="s">
-        <v>87</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1595" spans="1:7">
       <c r="A1595" s="3" t="s">
-        <v>706</v>
+        <v>2552</v>
       </c>
       <c r="B1595" s="4" t="s">
-        <v>2554</v>
+        <v>2553</v>
       </c>
       <c r="C1595" s="5">
-        <v>49126</v>
+        <v>49100</v>
       </c>
       <c r="D1595" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1595" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1595" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1595" s="5" t="s">
-        <v>543</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1596" spans="1:7">
       <c r="A1596" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1596" s="4" t="s">
-        <v>2555</v>
+        <v>2554</v>
       </c>
       <c r="C1596" s="5">
-        <v>49131</v>
+        <v>49108</v>
       </c>
       <c r="D1596" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1596" s="5">
         <v>40</v>
       </c>
       <c r="F1596" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1596" s="5" t="s">
-        <v>1092</v>
+        <v>989</v>
       </c>
     </row>
     <row r="1597" spans="1:7">
       <c r="A1597" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1597" s="4" t="s">
         <v>2555</v>
       </c>
       <c r="C1597" s="5">
-        <v>49131</v>
+        <v>49122</v>
       </c>
       <c r="D1597" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1597" s="5">
         <v>40</v>
       </c>
       <c r="F1597" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G1597" s="5" t="s">
-        <v>1092</v>
+        <v>87</v>
       </c>
     </row>
     <row r="1598" spans="1:7">
       <c r="A1598" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1598" s="4" t="s">
         <v>2556</v>
       </c>
       <c r="C1598" s="5">
-        <v>49133</v>
+        <v>49126</v>
       </c>
       <c r="D1598" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1598" s="5">
         <v>40</v>
       </c>
       <c r="F1598" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1598" s="5" t="s">
-        <v>1576</v>
+        <v>543</v>
       </c>
     </row>
     <row r="1599" spans="1:7">
       <c r="A1599" s="3" t="s">
-        <v>1397</v>
+        <v>706</v>
       </c>
       <c r="B1599" s="4" t="s">
         <v>2557</v>
       </c>
       <c r="C1599" s="5">
-        <v>49145</v>
+        <v>49131</v>
       </c>
       <c r="D1599" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1599" s="5">
         <v>40</v>
       </c>
       <c r="F1599" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1599" s="5" t="s">
-        <v>1347</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="1600" spans="1:7">
       <c r="A1600" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1600" s="4" t="s">
-        <v>2558</v>
+        <v>2557</v>
       </c>
       <c r="C1600" s="5">
-        <v>49146</v>
+        <v>49131</v>
       </c>
       <c r="D1600" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1600" s="5">
         <v>40</v>
       </c>
       <c r="F1600" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G1600" s="5" t="s">
-        <v>925</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="1601" spans="1:7">
       <c r="A1601" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1601" s="4" t="s">
-        <v>2559</v>
+        <v>2558</v>
       </c>
       <c r="C1601" s="5">
-        <v>49151</v>
+        <v>49133</v>
       </c>
       <c r="D1601" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1601" s="5">
         <v>40</v>
       </c>
       <c r="F1601" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1601" s="5" t="s">
-        <v>2560</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="1602" spans="1:7">
       <c r="A1602" s="3" t="s">
-        <v>706</v>
+        <v>1397</v>
       </c>
       <c r="B1602" s="4" t="s">
-        <v>2561</v>
+        <v>2559</v>
       </c>
       <c r="C1602" s="5">
-        <v>49152</v>
+        <v>49145</v>
       </c>
       <c r="D1602" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1602" s="5">
         <v>40</v>
       </c>
       <c r="F1602" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1602" s="5" t="s">
-        <v>577</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="1603" spans="1:7">
       <c r="A1603" s="3" t="s">
-        <v>2527</v>
+        <v>706</v>
       </c>
       <c r="B1603" s="4" t="s">
-        <v>2562</v>
+        <v>2560</v>
       </c>
       <c r="C1603" s="5">
-        <v>49152</v>
+        <v>49146</v>
       </c>
       <c r="D1603" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1603" s="5">
         <v>40</v>
       </c>
       <c r="F1603" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1603" s="5" t="s">
-        <v>1415</v>
+        <v>925</v>
       </c>
     </row>
     <row r="1604" spans="1:7">
       <c r="A1604" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1604" s="4" t="s">
-        <v>2563</v>
+        <v>2561</v>
       </c>
       <c r="C1604" s="5">
-        <v>49156</v>
+        <v>49151</v>
       </c>
       <c r="D1604" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1604" s="5">
         <v>40</v>
       </c>
       <c r="F1604" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1604" s="5" t="s">
-        <v>417</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="1605" spans="1:7">
       <c r="A1605" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1605" s="4" t="s">
-        <v>2564</v>
+        <v>2563</v>
       </c>
       <c r="C1605" s="5">
-        <v>49160</v>
+        <v>49152</v>
       </c>
       <c r="D1605" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1605" s="5">
         <v>40</v>
       </c>
       <c r="F1605" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1605" s="5" t="s">
-        <v>103</v>
+        <v>577</v>
       </c>
     </row>
     <row r="1606" spans="1:7">
       <c r="A1606" s="3" t="s">
-        <v>1413</v>
+        <v>2529</v>
       </c>
       <c r="B1606" s="4" t="s">
-        <v>2565</v>
+        <v>2564</v>
       </c>
       <c r="C1606" s="5">
-        <v>49175</v>
+        <v>49152</v>
       </c>
       <c r="D1606" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1606" s="5">
         <v>40</v>
       </c>
       <c r="F1606" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1606" s="5" t="s">
-        <v>181</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="1607" spans="1:7">
       <c r="A1607" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1607" s="4" t="s">
-        <v>2566</v>
+        <v>2565</v>
       </c>
       <c r="C1607" s="5">
-        <v>49179</v>
+        <v>49156</v>
       </c>
       <c r="D1607" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1607" s="5">
         <v>40</v>
       </c>
       <c r="F1607" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1607" s="5" t="s">
-        <v>787</v>
+        <v>417</v>
       </c>
     </row>
     <row r="1608" spans="1:7">
       <c r="A1608" s="3" t="s">
-        <v>1413</v>
+        <v>706</v>
       </c>
       <c r="B1608" s="4" t="s">
-        <v>2567</v>
+        <v>2566</v>
       </c>
       <c r="C1608" s="5">
-        <v>49188</v>
+        <v>49160</v>
       </c>
       <c r="D1608" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1608" s="5">
         <v>40</v>
       </c>
       <c r="F1608" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1608" s="5" t="s">
-        <v>1278</v>
+        <v>103</v>
       </c>
     </row>
     <row r="1609" spans="1:7">
       <c r="A1609" s="3" t="s">
-        <v>706</v>
+        <v>1413</v>
       </c>
       <c r="B1609" s="4" t="s">
-        <v>2568</v>
+        <v>2567</v>
       </c>
       <c r="C1609" s="5">
-        <v>49208</v>
+        <v>49175</v>
       </c>
       <c r="D1609" s="4" t="s">
-        <v>2241</v>
+        <v>14</v>
       </c>
       <c r="E1609" s="5">
         <v>40</v>
       </c>
       <c r="F1609" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1609" s="5" t="s">
-        <v>1225</v>
+        <v>181</v>
       </c>
     </row>
     <row r="1610" spans="1:7">
       <c r="A1610" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1610" s="4" t="s">
-        <v>2569</v>
+        <v>2568</v>
       </c>
       <c r="C1610" s="5">
-        <v>49197</v>
+        <v>49179</v>
       </c>
       <c r="D1610" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1610" s="5">
         <v>40</v>
       </c>
       <c r="F1610" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1610" s="5" t="s">
-        <v>1314</v>
+        <v>787</v>
       </c>
     </row>
     <row r="1611" spans="1:7">
       <c r="A1611" s="3" t="s">
-        <v>706</v>
+        <v>1413</v>
       </c>
       <c r="B1611" s="4" t="s">
-        <v>2570</v>
+        <v>2569</v>
       </c>
       <c r="C1611" s="5">
-        <v>49202</v>
+        <v>49188</v>
       </c>
       <c r="D1611" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1611" s="5">
         <v>40</v>
       </c>
       <c r="F1611" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1611" s="5" t="s">
-        <v>1268</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="1612" spans="1:7">
       <c r="A1612" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1612" s="4" t="s">
-        <v>2571</v>
+        <v>2570</v>
       </c>
       <c r="C1612" s="5">
-        <v>49219</v>
+        <v>49208</v>
       </c>
       <c r="D1612" s="4" t="s">
-        <v>14</v>
+        <v>2241</v>
       </c>
       <c r="E1612" s="5">
         <v>40</v>
       </c>
       <c r="F1612" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1612" s="5" t="s">
-        <v>196</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="1613" spans="1:7">
       <c r="A1613" s="3" t="s">
-        <v>1413</v>
+        <v>706</v>
       </c>
       <c r="B1613" s="4" t="s">
-        <v>2572</v>
+        <v>2571</v>
       </c>
       <c r="C1613" s="5">
-        <v>49242</v>
+        <v>49197</v>
       </c>
       <c r="D1613" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1613" s="5">
         <v>40</v>
       </c>
       <c r="F1613" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1613" s="5" t="s">
-        <v>2448</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="1614" spans="1:7">
       <c r="A1614" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1614" s="4" t="s">
-        <v>2573</v>
+        <v>2572</v>
       </c>
       <c r="C1614" s="5">
-        <v>49251</v>
+        <v>49202</v>
       </c>
       <c r="D1614" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1614" s="5">
         <v>40</v>
       </c>
       <c r="F1614" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1614" s="5" t="s">
-        <v>2134</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="1615" spans="1:7">
       <c r="A1615" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1615" s="4" t="s">
-        <v>2574</v>
+        <v>2573</v>
       </c>
       <c r="C1615" s="5">
-        <v>49252</v>
+        <v>49219</v>
       </c>
       <c r="D1615" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1615" s="5">
         <v>40</v>
       </c>
       <c r="F1615" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1615" s="5" t="s">
-        <v>1355</v>
+        <v>196</v>
       </c>
     </row>
     <row r="1616" spans="1:7">
       <c r="A1616" s="3" t="s">
         <v>1413</v>
       </c>
       <c r="B1616" s="4" t="s">
-        <v>2575</v>
+        <v>2574</v>
       </c>
       <c r="C1616" s="5">
-        <v>49268</v>
+        <v>49242</v>
       </c>
       <c r="D1616" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1616" s="5">
         <v>40</v>
       </c>
       <c r="F1616" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1616" s="5" t="s">
-        <v>837</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="1617" spans="1:7">
       <c r="A1617" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B1617" s="4" t="s">
-        <v>2576</v>
+        <v>2575</v>
       </c>
       <c r="C1617" s="5">
-        <v>49269</v>
+        <v>49251</v>
       </c>
       <c r="D1617" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1617" s="5">
         <v>40</v>
       </c>
       <c r="F1617" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1617" s="5" t="s">
-        <v>997</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="1618" spans="1:7">
       <c r="A1618" s="3" t="s">
-        <v>2577</v>
+        <v>706</v>
       </c>
       <c r="B1618" s="4" t="s">
-        <v>2578</v>
+        <v>2576</v>
       </c>
       <c r="C1618" s="5">
-        <v>49275</v>
+        <v>49252</v>
       </c>
       <c r="D1618" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1618" s="5">
         <v>40</v>
       </c>
       <c r="F1618" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1618" s="5" t="s">
-        <v>2151</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="1619" spans="1:7">
       <c r="A1619" s="3" t="s">
-        <v>2527</v>
+        <v>1413</v>
       </c>
       <c r="B1619" s="4" t="s">
+        <v>2577</v>
+      </c>
+      <c r="C1619" s="5">
+        <v>49268</v>
+      </c>
+      <c r="D1619" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1619" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1619" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1619" s="5" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="1620" spans="1:7">
+      <c r="A1620" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="B1620" s="4" t="s">
+        <v>2578</v>
+      </c>
+      <c r="C1620" s="5">
+        <v>49269</v>
+      </c>
+      <c r="D1620" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1620" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1620" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1620" s="5" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="1621" spans="1:7">
+      <c r="A1621" s="3" t="s">
         <v>2579</v>
       </c>
-      <c r="C1619" s="5">
+      <c r="B1621" s="4" t="s">
+        <v>2580</v>
+      </c>
+      <c r="C1621" s="5">
         <v>49275</v>
       </c>
-      <c r="D1619" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G1619" s="5" t="s">
+      <c r="D1621" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1621" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1621" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1621" s="5" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="1622" spans="1:7">
+      <c r="A1622" s="3" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B1622" s="4" t="s">
+        <v>2581</v>
+      </c>
+      <c r="C1622" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D1622" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1622" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1622" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1622" s="5" t="s">
         <v>315</v>
       </c>
     </row>
-    <row r="1620" spans="1:7">
-[...4 lines deleted...]
-      <c r="G1620" s="1"/>
+    <row r="1623" spans="1:7">
+      <c r="A1623" s="2"/>
+      <c r="C1623" s="1"/>
+      <c r="E1623" s="1"/>
+      <c r="F1623" s="1"/>
+      <c r="G1623" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">