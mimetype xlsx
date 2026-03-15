--- v2 (2026-01-25)
+++ v3 (2026-03-15)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2582">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5TT</t>
   </si>
   <si>
     <t>1.288 Referencias DVGE - 1.617 QSO encontrados - 1.008 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #756 (25-01-2026 06:07)</t>
+    <t>Ranking #756 (15-03-2026 18:12)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA1DX/5</t>
   </si>