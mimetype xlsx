--- v0 (2025-10-16)
+++ v1 (2026-01-22)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1572">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1576">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5URR</t>
   </si>
   <si>
-    <t>700 Referencias DVGE - 854 QSO encontrados - 589 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1227 (16-10-2025 08:39)</t>
+    <t>702 Referencias DVGE - 856 QSO encontrados - 591 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1227 (22-01-2026 07:45)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW/P</t>
   </si>
@@ -2903,50 +2903,56 @@
   <si>
     <t>EA3RKM</t>
   </si>
   <si>
     <t>VGL-229</t>
   </si>
   <si>
     <t>27/08/2022</t>
   </si>
   <si>
     <t>VGL-241</t>
   </si>
   <si>
     <t>VGL-249</t>
   </si>
   <si>
     <t>23/02/2016</t>
   </si>
   <si>
     <t>EA1RRL/P</t>
   </si>
   <si>
     <t>VGLE-251</t>
   </si>
   <si>
+    <t>VGLO-011</t>
+  </si>
+  <si>
+    <t>29/11/2025</t>
+  </si>
+  <si>
     <t>VGLO-033</t>
   </si>
   <si>
     <t>VGLO-044</t>
   </si>
   <si>
     <t>10/10/2022</t>
   </si>
   <si>
     <t>VGLO-064</t>
   </si>
   <si>
     <t>11/05/2010</t>
   </si>
   <si>
     <t>EA2ABI/1</t>
   </si>
   <si>
     <t>VGLO-067</t>
   </si>
   <si>
     <t>01/08/2010</t>
   </si>
   <si>
     <t>VGLO-090</t>
@@ -3399,50 +3405,56 @@
     <t>20/09/2011</t>
   </si>
   <si>
     <t>EA1ILV</t>
   </si>
   <si>
     <t>VGOU-011</t>
   </si>
   <si>
     <t>03/02/2017</t>
   </si>
   <si>
     <t>EA1IYF</t>
   </si>
   <si>
     <t>VGOU-082</t>
   </si>
   <si>
     <t>VGP-006</t>
   </si>
   <si>
     <t>21/08/2019</t>
   </si>
   <si>
     <t>VGP-016</t>
+  </si>
+  <si>
+    <t>VGP-045</t>
+  </si>
+  <si>
+    <t>26/10/2025</t>
   </si>
   <si>
     <t>VGP-053</t>
   </si>
   <si>
     <t>VGP-070</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>VGP-086</t>
   </si>
   <si>
     <t>VGP-093</t>
   </si>
   <si>
     <t>16/08/2023</t>
   </si>
   <si>
     <t>EB2FS/1</t>
   </si>
   <si>
     <t>VGP-100</t>
   </si>
@@ -5185,51 +5197,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G860"/>
+  <dimension ref="A1:G862"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -16521,8426 +16533,8472 @@
     <row r="495" spans="1:7">
       <c r="A495" s="3" t="s">
         <v>961</v>
       </c>
       <c r="B495" s="4" t="s">
         <v>962</v>
       </c>
       <c r="C495" s="5">
         <v>24210</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E495" s="5">
         <v>40</v>
       </c>
       <c r="F495" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G495" s="5" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" s="3" t="s">
-        <v>553</v>
+        <v>435</v>
       </c>
       <c r="B496" s="4" t="s">
         <v>963</v>
       </c>
       <c r="C496" s="5">
-        <v>26061</v>
+        <v>26020</v>
       </c>
       <c r="D496" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E496" s="5">
         <v>40</v>
       </c>
       <c r="F496" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G496" s="5" t="s">
-        <v>864</v>
+        <v>964</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" s="3" t="s">
-        <v>171</v>
+        <v>553</v>
       </c>
       <c r="B497" s="4" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C497" s="5">
-        <v>26072</v>
+        <v>26061</v>
       </c>
       <c r="D497" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E497" s="5">
         <v>40</v>
       </c>
       <c r="F497" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G497" s="5" t="s">
-        <v>965</v>
+        <v>864</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" s="3" t="s">
-        <v>553</v>
+        <v>171</v>
       </c>
       <c r="B498" s="4" t="s">
         <v>966</v>
       </c>
       <c r="C498" s="5">
-        <v>26108</v>
+        <v>26072</v>
       </c>
       <c r="D498" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E498" s="5">
         <v>40</v>
       </c>
       <c r="F498" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G498" s="5" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="B499" s="4" t="s">
         <v>968</v>
       </c>
-      <c r="B499" s="4" t="s">
+      <c r="C499" s="5">
+        <v>26108</v>
+      </c>
+      <c r="D499" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E499" s="5">
+        <v>40</v>
+      </c>
+      <c r="F499" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G499" s="5" t="s">
         <v>969</v>
-      </c>
-[...13 lines deleted...]
-        <v>970</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" s="3" t="s">
-        <v>553</v>
+        <v>970</v>
       </c>
       <c r="B500" s="4" t="s">
         <v>971</v>
       </c>
       <c r="C500" s="5">
-        <v>26180</v>
+        <v>26124</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E500" s="5">
         <v>40</v>
       </c>
       <c r="F500" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G500" s="5" t="s">
-        <v>915</v>
+        <v>972</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" s="3" t="s">
-        <v>972</v>
+        <v>553</v>
       </c>
       <c r="B501" s="4" t="s">
         <v>973</v>
       </c>
       <c r="C501" s="5">
-        <v>27016</v>
+        <v>26180</v>
       </c>
       <c r="D501" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E501" s="5">
         <v>40</v>
       </c>
       <c r="F501" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G501" s="5" t="s">
-        <v>881</v>
+        <v>915</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" s="3" t="s">
-        <v>435</v>
+        <v>974</v>
       </c>
       <c r="B502" s="4" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="C502" s="5">
-        <v>27021</v>
+        <v>27016</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E502" s="5">
         <v>40</v>
       </c>
       <c r="F502" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G502" s="5" t="s">
-        <v>975</v>
+        <v>881</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="B503" s="4" t="s">
         <v>976</v>
       </c>
-      <c r="B503" s="4" t="s">
+      <c r="C503" s="5">
+        <v>27021</v>
+      </c>
+      <c r="D503" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E503" s="5">
+        <v>40</v>
+      </c>
+      <c r="F503" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G503" s="5" t="s">
         <v>977</v>
-      </c>
-[...13 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" s="3" t="s">
-        <v>171</v>
+        <v>978</v>
       </c>
       <c r="B504" s="4" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C504" s="5">
-        <v>28004</v>
+        <v>27028</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E504" s="5">
         <v>40</v>
       </c>
       <c r="F504" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G504" s="5" t="s">
-        <v>979</v>
+        <v>646</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" s="3" t="s">
-        <v>789</v>
+        <v>171</v>
       </c>
       <c r="B505" s="4" t="s">
         <v>980</v>
       </c>
       <c r="C505" s="5">
-        <v>28007</v>
+        <v>28004</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E505" s="5">
         <v>40</v>
       </c>
       <c r="F505" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G505" s="5" t="s">
-        <v>820</v>
+        <v>981</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" s="3" t="s">
-        <v>171</v>
+        <v>789</v>
       </c>
       <c r="B506" s="4" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C506" s="5">
-        <v>28013</v>
+        <v>28007</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E506" s="5">
         <v>40</v>
       </c>
       <c r="F506" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G506" s="5" t="s">
-        <v>982</v>
+        <v>820</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" s="3" t="s">
-        <v>655</v>
+        <v>171</v>
       </c>
       <c r="B507" s="4" t="s">
         <v>983</v>
       </c>
       <c r="C507" s="5">
-        <v>28017</v>
+        <v>28013</v>
       </c>
       <c r="D507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E507" s="5">
         <v>40</v>
       </c>
       <c r="F507" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G507" s="5" t="s">
-        <v>456</v>
+        <v>984</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" s="3" t="s">
-        <v>789</v>
+        <v>655</v>
       </c>
       <c r="B508" s="4" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C508" s="5">
-        <v>28052</v>
+        <v>28017</v>
       </c>
       <c r="D508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E508" s="5">
         <v>40</v>
       </c>
       <c r="F508" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G508" s="5" t="s">
-        <v>648</v>
+        <v>456</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" s="3" t="s">
-        <v>985</v>
+        <v>789</v>
       </c>
       <c r="B509" s="4" t="s">
         <v>986</v>
       </c>
       <c r="C509" s="5">
-        <v>28045</v>
+        <v>28052</v>
       </c>
       <c r="D509" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E509" s="5">
         <v>40</v>
       </c>
       <c r="F509" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G509" s="5" t="s">
-        <v>987</v>
+        <v>648</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" s="3" t="s">
+        <v>987</v>
+      </c>
+      <c r="B510" s="4" t="s">
         <v>988</v>
       </c>
-      <c r="B510" s="4" t="s">
+      <c r="C510" s="5">
+        <v>28045</v>
+      </c>
+      <c r="D510" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E510" s="5">
+        <v>40</v>
+      </c>
+      <c r="F510" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G510" s="5" t="s">
         <v>989</v>
-      </c>
-[...13 lines deleted...]
-        <v>990</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" s="3" t="s">
-        <v>171</v>
+        <v>990</v>
       </c>
       <c r="B511" s="4" t="s">
         <v>991</v>
       </c>
       <c r="C511" s="5">
-        <v>28066</v>
+        <v>28049</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E511" s="5">
         <v>40</v>
       </c>
       <c r="F511" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G511" s="5" t="s">
         <v>992</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" s="3" t="s">
-        <v>789</v>
+        <v>171</v>
       </c>
       <c r="B512" s="4" t="s">
         <v>993</v>
       </c>
       <c r="C512" s="5">
         <v>28066</v>
       </c>
       <c r="D512" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E512" s="5">
         <v>40</v>
       </c>
       <c r="F512" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G512" s="5" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" s="3" t="s">
-        <v>171</v>
+        <v>789</v>
       </c>
       <c r="B513" s="4" t="s">
         <v>995</v>
       </c>
       <c r="C513" s="5">
-        <v>28079</v>
+        <v>28066</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E513" s="5">
         <v>40</v>
       </c>
       <c r="F513" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G513" s="5" t="s">
         <v>996</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B514" s="4" t="s">
         <v>997</v>
       </c>
       <c r="C514" s="5">
-        <v>28080</v>
+        <v>28079</v>
       </c>
       <c r="D514" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E514" s="5">
         <v>40</v>
       </c>
       <c r="F514" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G514" s="5" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B515" s="4" t="s">
+        <v>999</v>
+      </c>
+      <c r="C515" s="5">
+        <v>28080</v>
+      </c>
+      <c r="D515" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E515" s="5">
+        <v>40</v>
+      </c>
+      <c r="F515" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G515" s="5" t="s">
         <v>998</v>
-      </c>
-[...13 lines deleted...]
-        <v>999</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B516" s="4" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="C516" s="5">
         <v>28096</v>
       </c>
       <c r="D516" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E516" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F516" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G516" s="5" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B517" s="4" t="s">
         <v>1000</v>
       </c>
-      <c r="B517" s="4" t="s">
+      <c r="C517" s="5">
+        <v>28096</v>
+      </c>
+      <c r="D517" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E517" s="5">
+        <v>40</v>
+      </c>
+      <c r="F517" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G517" s="5" t="s">
         <v>1001</v>
-      </c>
-[...13 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" s="3" t="s">
         <v>1002</v>
       </c>
       <c r="B518" s="4" t="s">
         <v>1003</v>
       </c>
       <c r="C518" s="5">
-        <v>28107</v>
+        <v>28106</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="5">
         <v>40</v>
       </c>
       <c r="F518" s="5" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="G518" s="5" t="s">
-        <v>360</v>
+        <v>79</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" s="3" t="s">
         <v>1004</v>
       </c>
       <c r="B519" s="4" t="s">
         <v>1005</v>
       </c>
       <c r="C519" s="5">
-        <v>28113</v>
+        <v>28107</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E519" s="5">
         <v>40</v>
       </c>
       <c r="F519" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G519" s="5" t="s">
-        <v>534</v>
+        <v>360</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" s="3" t="s">
-        <v>755</v>
+        <v>1006</v>
       </c>
       <c r="B520" s="4" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C520" s="5">
-        <v>28118</v>
+        <v>28113</v>
       </c>
       <c r="D520" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E520" s="5">
         <v>40</v>
       </c>
       <c r="F520" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G520" s="5" t="s">
-        <v>488</v>
+        <v>534</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" s="3" t="s">
-        <v>1007</v>
+        <v>755</v>
       </c>
       <c r="B521" s="4" t="s">
         <v>1008</v>
       </c>
       <c r="C521" s="5">
-        <v>28120</v>
+        <v>28118</v>
       </c>
       <c r="D521" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E521" s="5">
         <v>40</v>
       </c>
       <c r="F521" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G521" s="5" t="s">
-        <v>1009</v>
+        <v>488</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" s="3" t="s">
-        <v>171</v>
+        <v>1009</v>
       </c>
       <c r="B522" s="4" t="s">
         <v>1010</v>
       </c>
       <c r="C522" s="5">
-        <v>28124</v>
+        <v>28120</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E522" s="5">
         <v>40</v>
       </c>
       <c r="F522" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G522" s="5" t="s">
         <v>1011</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B523" s="4" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="C523" s="5">
         <v>28124</v>
       </c>
       <c r="D523" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E523" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F523" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G523" s="5" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B524" s="4" t="s">
         <v>1012</v>
       </c>
-      <c r="B524" s="4" t="s">
+      <c r="C524" s="5">
+        <v>28124</v>
+      </c>
+      <c r="D524" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E524" s="5">
+        <v>80</v>
+      </c>
+      <c r="F524" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G524" s="5" t="s">
         <v>1013</v>
-      </c>
-[...13 lines deleted...]
-        <v>899</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" s="3" t="s">
         <v>1014</v>
       </c>
       <c r="B525" s="4" t="s">
         <v>1015</v>
       </c>
       <c r="C525" s="5">
-        <v>28132</v>
+        <v>28127</v>
       </c>
       <c r="D525" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E525" s="5">
         <v>40</v>
       </c>
       <c r="F525" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G525" s="5" t="s">
-        <v>1016</v>
+        <v>899</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" s="3" t="s">
-        <v>171</v>
+        <v>1016</v>
       </c>
       <c r="B526" s="4" t="s">
         <v>1017</v>
       </c>
       <c r="C526" s="5">
-        <v>28145</v>
+        <v>28132</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E526" s="5">
         <v>40</v>
       </c>
       <c r="F526" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G526" s="5" t="s">
-        <v>1011</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" s="3" t="s">
-        <v>655</v>
+        <v>171</v>
       </c>
       <c r="B527" s="4" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C527" s="5">
-        <v>28149</v>
+        <v>28145</v>
       </c>
       <c r="D527" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E527" s="5">
         <v>40</v>
       </c>
       <c r="F527" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G527" s="5" t="s">
-        <v>313</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" s="3" t="s">
-        <v>1019</v>
+        <v>655</v>
       </c>
       <c r="B528" s="4" t="s">
         <v>1020</v>
       </c>
       <c r="C528" s="5">
-        <v>28161</v>
+        <v>28149</v>
       </c>
       <c r="D528" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E528" s="5">
         <v>40</v>
       </c>
       <c r="F528" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G528" s="5" t="s">
-        <v>1021</v>
+        <v>313</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" s="3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B529" s="4" t="s">
         <v>1022</v>
       </c>
-      <c r="B529" s="4" t="s">
+      <c r="C529" s="5">
+        <v>28161</v>
+      </c>
+      <c r="D529" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E529" s="5">
+        <v>40</v>
+      </c>
+      <c r="F529" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G529" s="5" t="s">
         <v>1023</v>
-      </c>
-[...13 lines deleted...]
-        <v>1024</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" s="3" t="s">
-        <v>789</v>
+        <v>1024</v>
       </c>
       <c r="B530" s="4" t="s">
         <v>1025</v>
       </c>
       <c r="C530" s="5">
-        <v>28178</v>
+        <v>28163</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E530" s="5">
         <v>40</v>
       </c>
       <c r="F530" s="5" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="G530" s="5" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="B531" s="4" t="s">
         <v>1027</v>
-      </c>
-[...1 lines deleted...]
-        <v>1025</v>
       </c>
       <c r="C531" s="5">
         <v>28178</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E531" s="5">
         <v>40</v>
       </c>
       <c r="F531" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G531" s="5" t="s">
         <v>1028</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" s="3" t="s">
-        <v>789</v>
+        <v>1029</v>
       </c>
       <c r="B532" s="4" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="C532" s="5">
-        <v>28181</v>
+        <v>28178</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E532" s="5">
         <v>40</v>
       </c>
       <c r="F532" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G532" s="5" t="s">
         <v>1030</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="B533" s="4" t="s">
         <v>1031</v>
-      </c>
-[...1 lines deleted...]
-        <v>1032</v>
       </c>
       <c r="C533" s="5">
         <v>28181</v>
       </c>
       <c r="D533" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E533" s="5">
         <v>40</v>
       </c>
       <c r="F533" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G533" s="5" t="s">
-        <v>641</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" s="3" t="s">
-        <v>826</v>
+        <v>1033</v>
       </c>
       <c r="B534" s="4" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="C534" s="5">
-        <v>29007</v>
+        <v>28181</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E534" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F534" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G534" s="5" t="s">
-        <v>1034</v>
+        <v>641</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" s="3" t="s">
         <v>826</v>
       </c>
       <c r="B535" s="4" t="s">
         <v>1035</v>
       </c>
       <c r="C535" s="5">
-        <v>29017</v>
+        <v>29007</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E535" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F535" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G535" s="5" t="s">
-        <v>648</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" s="3" t="s">
         <v>826</v>
       </c>
       <c r="B536" s="4" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="C536" s="5">
-        <v>29032</v>
+        <v>29017</v>
       </c>
       <c r="D536" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E536" s="5">
         <v>40</v>
       </c>
       <c r="F536" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G536" s="5" t="s">
-        <v>544</v>
+        <v>648</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" s="3" t="s">
         <v>826</v>
       </c>
       <c r="B537" s="4" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C537" s="5">
-        <v>29039</v>
+        <v>29032</v>
       </c>
       <c r="D537" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E537" s="5">
         <v>40</v>
       </c>
       <c r="F537" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G537" s="5" t="s">
-        <v>432</v>
+        <v>544</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" s="3" t="s">
-        <v>1038</v>
+        <v>826</v>
       </c>
       <c r="B538" s="4" t="s">
         <v>1039</v>
       </c>
       <c r="C538" s="5">
-        <v>29042</v>
+        <v>29039</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E538" s="5">
         <v>40</v>
       </c>
       <c r="F538" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G538" s="5" t="s">
-        <v>1040</v>
+        <v>432</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" s="3" t="s">
-        <v>826</v>
+        <v>1040</v>
       </c>
       <c r="B539" s="4" t="s">
         <v>1041</v>
       </c>
       <c r="C539" s="5">
         <v>29042</v>
       </c>
       <c r="D539" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E539" s="5">
         <v>40</v>
       </c>
       <c r="F539" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G539" s="5" t="s">
         <v>1042</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" s="3" t="s">
         <v>826</v>
       </c>
       <c r="B540" s="4" t="s">
         <v>1043</v>
       </c>
       <c r="C540" s="5">
-        <v>29062</v>
+        <v>29042</v>
       </c>
       <c r="D540" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E540" s="5">
         <v>40</v>
       </c>
       <c r="F540" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G540" s="5" t="s">
-        <v>641</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" s="3" t="s">
         <v>826</v>
       </c>
       <c r="B541" s="4" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C541" s="5">
-        <v>29067</v>
+        <v>29062</v>
       </c>
       <c r="D541" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E541" s="5">
         <v>40</v>
       </c>
       <c r="F541" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G541" s="5" t="s">
-        <v>360</v>
+        <v>641</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" s="3" t="s">
-        <v>1038</v>
+        <v>826</v>
       </c>
       <c r="B542" s="4" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="C542" s="5">
         <v>29067</v>
       </c>
       <c r="D542" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E542" s="5">
         <v>40</v>
       </c>
       <c r="F542" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G542" s="5" t="s">
-        <v>1046</v>
+        <v>360</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" s="3" t="s">
-        <v>826</v>
+        <v>1040</v>
       </c>
       <c r="B543" s="4" t="s">
         <v>1047</v>
       </c>
       <c r="C543" s="5">
         <v>29067</v>
       </c>
       <c r="D543" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E543" s="5">
         <v>40</v>
       </c>
       <c r="F543" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G543" s="5" t="s">
         <v>1048</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" s="3" t="s">
         <v>826</v>
       </c>
       <c r="B544" s="4" t="s">
         <v>1049</v>
       </c>
       <c r="C544" s="5">
-        <v>29094</v>
+        <v>29067</v>
       </c>
       <c r="D544" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E544" s="5">
         <v>40</v>
       </c>
       <c r="F544" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G544" s="5" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" s="3" t="s">
         <v>826</v>
       </c>
       <c r="B545" s="4" t="s">
         <v>1051</v>
       </c>
       <c r="C545" s="5">
-        <v>29096</v>
+        <v>29094</v>
       </c>
       <c r="D545" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E545" s="5">
         <v>40</v>
       </c>
       <c r="F545" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G545" s="5" t="s">
-        <v>653</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" s="3" t="s">
         <v>826</v>
       </c>
       <c r="B546" s="4" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="C546" s="5">
-        <v>29097</v>
+        <v>29096</v>
       </c>
       <c r="D546" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E546" s="5">
         <v>40</v>
       </c>
       <c r="F546" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G546" s="5" t="s">
-        <v>253</v>
+        <v>653</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" s="3" t="s">
-        <v>103</v>
+        <v>826</v>
       </c>
       <c r="B547" s="4" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="C547" s="5">
-        <v>30001</v>
+        <v>29097</v>
       </c>
       <c r="D547" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E547" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F547" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G547" s="5" t="s">
-        <v>1054</v>
+        <v>253</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B548" s="4" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="C548" s="5">
         <v>30001</v>
       </c>
       <c r="D548" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E548" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F548" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G548" s="5" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B549" s="4" t="s">
         <v>1055</v>
       </c>
-      <c r="B549" s="4" t="s">
+      <c r="C549" s="5">
+        <v>30001</v>
+      </c>
+      <c r="D549" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E549" s="5">
+        <v>40</v>
+      </c>
+      <c r="F549" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G549" s="5" t="s">
         <v>1056</v>
-      </c>
-[...13 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" s="3" t="s">
-        <v>171</v>
+        <v>1057</v>
       </c>
       <c r="B550" s="4" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="C550" s="5">
-        <v>30003</v>
+        <v>30002</v>
       </c>
       <c r="D550" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E550" s="5">
         <v>40</v>
       </c>
       <c r="F550" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G550" s="5" t="s">
-        <v>706</v>
+        <v>456</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" s="3" t="s">
-        <v>1058</v>
+        <v>171</v>
       </c>
       <c r="B551" s="4" t="s">
         <v>1059</v>
       </c>
       <c r="C551" s="5">
         <v>30003</v>
       </c>
       <c r="D551" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E551" s="5">
         <v>40</v>
       </c>
       <c r="F551" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G551" s="5" t="s">
-        <v>460</v>
+        <v>706</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" s="3" t="s">
-        <v>171</v>
+        <v>1060</v>
       </c>
       <c r="B552" s="4" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="C552" s="5">
         <v>30003</v>
       </c>
       <c r="D552" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E552" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F552" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G552" s="5" t="s">
-        <v>706</v>
+        <v>460</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B553" s="4" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="C553" s="5">
         <v>30003</v>
       </c>
       <c r="D553" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E553" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F553" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G553" s="5" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" s="3" t="s">
-        <v>202</v>
+        <v>171</v>
       </c>
       <c r="B554" s="4" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="C554" s="5">
-        <v>30010</v>
+        <v>30003</v>
       </c>
       <c r="D554" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E554" s="5">
         <v>40</v>
       </c>
       <c r="F554" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G554" s="5" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" s="3" t="s">
-        <v>171</v>
+        <v>202</v>
       </c>
       <c r="B555" s="4" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="C555" s="5">
-        <v>30016</v>
+        <v>30010</v>
       </c>
       <c r="D555" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E555" s="5">
         <v>40</v>
       </c>
       <c r="F555" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G555" s="5" t="s">
-        <v>1062</v>
+        <v>711</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B556" s="4" t="s">
         <v>1063</v>
       </c>
       <c r="C556" s="5">
         <v>30016</v>
       </c>
       <c r="D556" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E556" s="5">
         <v>40</v>
       </c>
       <c r="F556" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G556" s="5" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" s="3" t="s">
-        <v>1058</v>
+        <v>171</v>
       </c>
       <c r="B557" s="4" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="C557" s="5">
         <v>30016</v>
       </c>
       <c r="D557" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E557" s="5">
         <v>40</v>
       </c>
       <c r="F557" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G557" s="5" t="s">
-        <v>757</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" s="3" t="s">
-        <v>1065</v>
+        <v>1060</v>
       </c>
       <c r="B558" s="4" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="C558" s="5">
         <v>30016</v>
       </c>
       <c r="D558" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E558" s="5">
         <v>40</v>
       </c>
       <c r="F558" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G558" s="5" t="s">
-        <v>1066</v>
+        <v>757</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" s="3" t="s">
         <v>1067</v>
       </c>
       <c r="B559" s="4" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C559" s="5">
+        <v>30016</v>
+      </c>
+      <c r="D559" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E559" s="5">
+        <v>40</v>
+      </c>
+      <c r="F559" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G559" s="5" t="s">
         <v>1068</v>
-      </c>
-[...13 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" s="3" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="B560" s="4" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="C560" s="5">
         <v>30017</v>
       </c>
       <c r="D560" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E560" s="5">
         <v>40</v>
       </c>
       <c r="F560" s="5" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="G560" s="5" t="s">
-        <v>424</v>
+        <v>79</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" s="3" t="s">
-        <v>159</v>
+        <v>1069</v>
       </c>
       <c r="B561" s="4" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C561" s="5">
-        <v>30022</v>
+        <v>30017</v>
       </c>
       <c r="D561" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E561" s="5">
         <v>40</v>
       </c>
       <c r="F561" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G561" s="5" t="s">
-        <v>1071</v>
+        <v>424</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" s="3" t="s">
-        <v>103</v>
+        <v>159</v>
       </c>
       <c r="B562" s="4" t="s">
         <v>1072</v>
       </c>
       <c r="C562" s="5">
         <v>30022</v>
       </c>
       <c r="D562" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E562" s="5">
         <v>40</v>
       </c>
       <c r="F562" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G562" s="5" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B563" s="4" t="s">
         <v>1074</v>
-      </c>
-[...1 lines deleted...]
-        <v>1072</v>
       </c>
       <c r="C563" s="5">
         <v>30022</v>
       </c>
       <c r="D563" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E563" s="5">
         <v>40</v>
       </c>
       <c r="F563" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G563" s="5" t="s">
         <v>1075</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" s="3" t="s">
-        <v>171</v>
+        <v>1076</v>
       </c>
       <c r="B564" s="4" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
       <c r="C564" s="5">
-        <v>30024</v>
+        <v>30022</v>
       </c>
       <c r="D564" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E564" s="5">
         <v>40</v>
       </c>
       <c r="F564" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G564" s="5" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B565" s="4" t="s">
         <v>1078</v>
       </c>
       <c r="C565" s="5">
         <v>30024</v>
       </c>
       <c r="D565" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E565" s="5">
         <v>40</v>
       </c>
       <c r="F565" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G565" s="5" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" s="3" t="s">
-        <v>1079</v>
+        <v>171</v>
       </c>
       <c r="B566" s="4" t="s">
         <v>1080</v>
       </c>
       <c r="C566" s="5">
-        <v>30029</v>
+        <v>30024</v>
       </c>
       <c r="D566" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E566" s="5">
         <v>40</v>
       </c>
       <c r="F566" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G566" s="5" t="s">
-        <v>1081</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" s="3" t="s">
-        <v>1058</v>
+        <v>1081</v>
       </c>
       <c r="B567" s="4" t="s">
         <v>1082</v>
       </c>
       <c r="C567" s="5">
-        <v>30030</v>
+        <v>30029</v>
       </c>
       <c r="D567" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E567" s="5">
         <v>40</v>
       </c>
       <c r="F567" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G567" s="5" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" s="3" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="B568" s="4" t="s">
         <v>1084</v>
       </c>
       <c r="C568" s="5">
         <v>30030</v>
       </c>
       <c r="D568" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E568" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F568" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G568" s="5" t="s">
         <v>1085</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" s="3" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="B569" s="4" t="s">
         <v>1086</v>
       </c>
       <c r="C569" s="5">
         <v>30030</v>
       </c>
       <c r="D569" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E569" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F569" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G569" s="5" t="s">
         <v>1087</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" s="3" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="B570" s="4" t="s">
         <v>1088</v>
       </c>
       <c r="C570" s="5">
         <v>30030</v>
       </c>
       <c r="D570" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E570" s="5">
         <v>40</v>
       </c>
       <c r="F570" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G570" s="5" t="s">
         <v>1089</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" s="3" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="B571" s="4" t="s">
         <v>1090</v>
       </c>
       <c r="C571" s="5">
-        <v>30034</v>
+        <v>30030</v>
       </c>
       <c r="D571" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E571" s="5">
         <v>40</v>
       </c>
       <c r="F571" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G571" s="5" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" s="3" t="s">
-        <v>454</v>
+        <v>1057</v>
       </c>
       <c r="B572" s="4" t="s">
         <v>1092</v>
       </c>
       <c r="C572" s="5">
-        <v>31057</v>
+        <v>30034</v>
       </c>
       <c r="D572" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E572" s="5">
         <v>40</v>
       </c>
       <c r="F572" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G572" s="5" t="s">
         <v>1093</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" s="3" t="s">
-        <v>171</v>
+        <v>454</v>
       </c>
       <c r="B573" s="4" t="s">
         <v>1094</v>
       </c>
       <c r="C573" s="5">
-        <v>31066</v>
+        <v>31057</v>
       </c>
       <c r="D573" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E573" s="5">
         <v>40</v>
       </c>
       <c r="F573" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G573" s="5" t="s">
         <v>1095</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" s="3" t="s">
-        <v>454</v>
+        <v>171</v>
       </c>
       <c r="B574" s="4" t="s">
         <v>1096</v>
       </c>
       <c r="C574" s="5">
-        <v>31072</v>
+        <v>31066</v>
       </c>
       <c r="D574" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E574" s="5">
         <v>40</v>
       </c>
       <c r="F574" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G574" s="5" t="s">
-        <v>639</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" s="3" t="s">
         <v>454</v>
       </c>
       <c r="B575" s="4" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="C575" s="5">
-        <v>31078</v>
+        <v>31072</v>
       </c>
       <c r="D575" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E575" s="5">
         <v>40</v>
       </c>
       <c r="F575" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G575" s="5" t="s">
-        <v>1098</v>
+        <v>639</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" s="3" t="s">
-        <v>314</v>
+        <v>454</v>
       </c>
       <c r="B576" s="4" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="C576" s="5">
         <v>31078</v>
       </c>
       <c r="D576" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E576" s="5">
         <v>40</v>
       </c>
       <c r="F576" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G576" s="5" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" s="3" t="s">
-        <v>171</v>
+        <v>314</v>
       </c>
       <c r="B577" s="4" t="s">
-        <v>1100</v>
+        <v>1099</v>
       </c>
       <c r="C577" s="5">
-        <v>31109</v>
+        <v>31078</v>
       </c>
       <c r="D577" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E577" s="5">
         <v>40</v>
       </c>
       <c r="F577" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G577" s="5" t="s">
-        <v>1095</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" s="3" t="s">
-        <v>454</v>
+        <v>171</v>
       </c>
       <c r="B578" s="4" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="C578" s="5">
-        <v>31142</v>
+        <v>31109</v>
       </c>
       <c r="D578" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E578" s="5">
         <v>40</v>
       </c>
       <c r="F578" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G578" s="5" t="s">
-        <v>1102</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" s="3" t="s">
-        <v>936</v>
+        <v>454</v>
       </c>
       <c r="B579" s="4" t="s">
         <v>1103</v>
       </c>
       <c r="C579" s="5">
-        <v>31178</v>
+        <v>31142</v>
       </c>
       <c r="D579" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E579" s="5">
         <v>40</v>
       </c>
       <c r="F579" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G579" s="5" t="s">
         <v>1104</v>
       </c>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" s="3" t="s">
-        <v>465</v>
+        <v>936</v>
       </c>
       <c r="B580" s="4" t="s">
         <v>1105</v>
       </c>
       <c r="C580" s="5">
-        <v>31217</v>
+        <v>31178</v>
       </c>
       <c r="D580" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E580" s="5">
         <v>40</v>
       </c>
       <c r="F580" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G580" s="5" t="s">
         <v>1106</v>
       </c>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="B581" s="4" t="s">
         <v>1107</v>
       </c>
-      <c r="B581" s="4" t="s">
+      <c r="C581" s="5">
+        <v>31217</v>
+      </c>
+      <c r="D581" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E581" s="5">
+        <v>40</v>
+      </c>
+      <c r="F581" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G581" s="5" t="s">
         <v>1108</v>
-      </c>
-[...13 lines deleted...]
-        <v>1109</v>
       </c>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" s="3" t="s">
-        <v>936</v>
+        <v>1109</v>
       </c>
       <c r="B582" s="4" t="s">
         <v>1110</v>
       </c>
       <c r="C582" s="5">
-        <v>31235</v>
+        <v>31232</v>
       </c>
       <c r="D582" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E582" s="5">
         <v>40</v>
       </c>
       <c r="F582" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G582" s="5" t="s">
         <v>1111</v>
       </c>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" s="3" t="s">
+        <v>936</v>
+      </c>
+      <c r="B583" s="4" t="s">
         <v>1112</v>
       </c>
-      <c r="B583" s="4" t="s">
+      <c r="C583" s="5">
+        <v>31235</v>
+      </c>
+      <c r="D583" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E583" s="5">
+        <v>40</v>
+      </c>
+      <c r="F583" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G583" s="5" t="s">
         <v>1113</v>
-      </c>
-[...13 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" s="3" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B584" s="4" t="s">
         <v>1115</v>
       </c>
-      <c r="B584" s="4" t="s">
+      <c r="C584" s="5">
+        <v>33014</v>
+      </c>
+      <c r="D584" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E584" s="5">
+        <v>40</v>
+      </c>
+      <c r="F584" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G584" s="5" t="s">
         <v>1116</v>
-      </c>
-[...13 lines deleted...]
-        <v>1117</v>
       </c>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" s="3" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B585" s="4" t="s">
         <v>1118</v>
       </c>
-      <c r="B585" s="4" t="s">
+      <c r="C585" s="5">
+        <v>33024</v>
+      </c>
+      <c r="D585" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E585" s="5">
+        <v>40</v>
+      </c>
+      <c r="F585" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G585" s="5" t="s">
         <v>1119</v>
-      </c>
-[...13 lines deleted...]
-        <v>1120</v>
       </c>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B586" s="4" t="s">
         <v>1121</v>
       </c>
-      <c r="B586" s="4" t="s">
+      <c r="C586" s="5">
+        <v>33056</v>
+      </c>
+      <c r="D586" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E586" s="5">
+        <v>40</v>
+      </c>
+      <c r="F586" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G586" s="5" t="s">
         <v>1122</v>
-      </c>
-[...13 lines deleted...]
-        <v>1123</v>
       </c>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" s="3" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B587" s="4" t="s">
         <v>1124</v>
       </c>
-      <c r="B587" s="4" t="s">
+      <c r="C587" s="5">
+        <v>32012</v>
+      </c>
+      <c r="D587" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E587" s="5">
+        <v>40</v>
+      </c>
+      <c r="F587" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G587" s="5" t="s">
         <v>1125</v>
-      </c>
-[...13 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" s="3" t="s">
-        <v>314</v>
+        <v>1126</v>
       </c>
       <c r="B588" s="4" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="C588" s="5">
-        <v>34004</v>
+        <v>32060</v>
       </c>
       <c r="D588" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E588" s="5">
         <v>40</v>
       </c>
       <c r="F588" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G588" s="5" t="s">
-        <v>1127</v>
+        <v>463</v>
       </c>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" s="3" t="s">
-        <v>435</v>
+        <v>314</v>
       </c>
       <c r="B589" s="4" t="s">
         <v>1128</v>
       </c>
       <c r="C589" s="5">
-        <v>34017</v>
+        <v>34004</v>
       </c>
       <c r="D589" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E589" s="5">
         <v>40</v>
       </c>
       <c r="F589" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G589" s="5" t="s">
-        <v>530</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" s="3" t="s">
-        <v>505</v>
+        <v>435</v>
       </c>
       <c r="B590" s="4" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="C590" s="5">
-        <v>34069</v>
+        <v>34017</v>
       </c>
       <c r="D590" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E590" s="5">
         <v>40</v>
       </c>
       <c r="F590" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G590" s="5" t="s">
-        <v>662</v>
+        <v>530</v>
       </c>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" s="3" t="s">
         <v>435</v>
       </c>
       <c r="B591" s="4" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="C591" s="5">
-        <v>34099</v>
+        <v>34058</v>
       </c>
       <c r="D591" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E591" s="5">
         <v>40</v>
       </c>
       <c r="F591" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G591" s="5" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" s="3" t="s">
-        <v>314</v>
+        <v>505</v>
       </c>
       <c r="B592" s="4" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="C592" s="5">
-        <v>34120</v>
+        <v>34069</v>
       </c>
       <c r="D592" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E592" s="5">
         <v>40</v>
       </c>
       <c r="F592" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G592" s="5" t="s">
-        <v>511</v>
+        <v>662</v>
       </c>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" s="3" t="s">
-        <v>171</v>
+        <v>435</v>
       </c>
       <c r="B593" s="4" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="C593" s="5">
-        <v>34220</v>
+        <v>34099</v>
       </c>
       <c r="D593" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E593" s="5">
         <v>40</v>
       </c>
       <c r="F593" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G593" s="5" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" s="3" t="s">
-        <v>1135</v>
+        <v>314</v>
       </c>
       <c r="B594" s="4" t="s">
         <v>1136</v>
       </c>
       <c r="C594" s="5">
-        <v>34135</v>
+        <v>34120</v>
       </c>
       <c r="D594" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E594" s="5">
         <v>40</v>
       </c>
       <c r="F594" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G594" s="5" t="s">
-        <v>1137</v>
+        <v>511</v>
       </c>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" s="3" t="s">
-        <v>541</v>
+        <v>171</v>
       </c>
       <c r="B595" s="4" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="C595" s="5">
-        <v>34135</v>
+        <v>34220</v>
       </c>
       <c r="D595" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E595" s="5">
         <v>40</v>
       </c>
       <c r="F595" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G595" s="5" t="s">
         <v>1138</v>
       </c>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" s="3" t="s">
-        <v>314</v>
+        <v>1139</v>
       </c>
       <c r="B596" s="4" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="C596" s="5">
-        <v>34223</v>
+        <v>34135</v>
       </c>
       <c r="D596" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E596" s="5">
         <v>40</v>
       </c>
       <c r="F596" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G596" s="5" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" s="3" t="s">
-        <v>1141</v>
+        <v>541</v>
       </c>
       <c r="B597" s="4" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C597" s="5">
+        <v>34135</v>
+      </c>
+      <c r="D597" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E597" s="5">
+        <v>40</v>
+      </c>
+      <c r="F597" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G597" s="5" t="s">
         <v>1142</v>
-      </c>
-[...13 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" s="3" t="s">
-        <v>1141</v>
+        <v>314</v>
       </c>
       <c r="B598" s="4" t="s">
         <v>1143</v>
       </c>
       <c r="C598" s="5">
-        <v>36030</v>
+        <v>34223</v>
       </c>
       <c r="D598" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E598" s="5">
         <v>40</v>
       </c>
       <c r="F598" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G598" s="5" t="s">
         <v>1144</v>
       </c>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" s="3" t="s">
         <v>1145</v>
       </c>
       <c r="B599" s="4" t="s">
         <v>1146</v>
       </c>
       <c r="C599" s="5">
-        <v>36053</v>
+        <v>36009</v>
       </c>
       <c r="D599" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E599" s="5">
         <v>40</v>
       </c>
       <c r="F599" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G599" s="5" t="s">
-        <v>1147</v>
+        <v>327</v>
       </c>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" s="3" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B600" s="4" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C600" s="5">
+        <v>36030</v>
+      </c>
+      <c r="D600" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E600" s="5">
+        <v>40</v>
+      </c>
+      <c r="F600" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G600" s="5" t="s">
         <v>1148</v>
-      </c>
-[...16 lines deleted...]
-        <v>935</v>
       </c>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" s="3" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B601" s="4" t="s">
         <v>1150</v>
       </c>
-      <c r="B601" s="4" t="s">
+      <c r="C601" s="5">
+        <v>36053</v>
+      </c>
+      <c r="D601" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E601" s="5">
+        <v>40</v>
+      </c>
+      <c r="F601" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G601" s="5" t="s">
         <v>1151</v>
-      </c>
-[...13 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" s="3" t="s">
         <v>1152</v>
       </c>
       <c r="B602" s="4" t="s">
         <v>1153</v>
       </c>
       <c r="C602" s="5">
-        <v>39016</v>
+        <v>39004</v>
       </c>
       <c r="D602" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E602" s="5">
         <v>40</v>
       </c>
       <c r="F602" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G602" s="5" t="s">
-        <v>685</v>
+        <v>935</v>
       </c>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" s="3" t="s">
-        <v>465</v>
+        <v>1154</v>
       </c>
       <c r="B603" s="4" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="C603" s="5">
-        <v>39020</v>
+        <v>39011</v>
       </c>
       <c r="D603" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E603" s="5">
         <v>40</v>
       </c>
       <c r="F603" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G603" s="5" t="s">
-        <v>1155</v>
+        <v>662</v>
       </c>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" s="3" t="s">
-        <v>553</v>
+        <v>1156</v>
       </c>
       <c r="B604" s="4" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="C604" s="5">
-        <v>39034</v>
+        <v>39016</v>
       </c>
       <c r="D604" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E604" s="5">
         <v>40</v>
       </c>
       <c r="F604" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G604" s="5" t="s">
-        <v>1157</v>
+        <v>685</v>
       </c>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" s="3" t="s">
-        <v>550</v>
+        <v>465</v>
       </c>
       <c r="B605" s="4" t="s">
         <v>1158</v>
       </c>
       <c r="C605" s="5">
-        <v>39040</v>
+        <v>39020</v>
       </c>
       <c r="D605" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E605" s="5">
         <v>40</v>
       </c>
       <c r="F605" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G605" s="5" t="s">
         <v>1159</v>
       </c>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" s="3" t="s">
         <v>553</v>
       </c>
       <c r="B606" s="4" t="s">
         <v>1160</v>
       </c>
       <c r="C606" s="5">
-        <v>39042</v>
+        <v>39034</v>
       </c>
       <c r="D606" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E606" s="5">
         <v>40</v>
       </c>
       <c r="F606" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G606" s="5" t="s">
-        <v>1050</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" s="3" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="B607" s="4" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="C607" s="5">
-        <v>39042</v>
+        <v>39040</v>
       </c>
       <c r="D607" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E607" s="5">
         <v>40</v>
       </c>
       <c r="F607" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G607" s="5" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" s="3" t="s">
-        <v>505</v>
+        <v>553</v>
       </c>
       <c r="B608" s="4" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="C608" s="5">
-        <v>37005</v>
+        <v>39042</v>
       </c>
       <c r="D608" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E608" s="5">
         <v>40</v>
       </c>
       <c r="F608" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G608" s="5" t="s">
-        <v>1163</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" s="3" t="s">
         <v>553</v>
       </c>
       <c r="B609" s="4" t="s">
         <v>1164</v>
       </c>
       <c r="C609" s="5">
-        <v>37006</v>
+        <v>39042</v>
       </c>
       <c r="D609" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E609" s="5">
         <v>40</v>
       </c>
       <c r="F609" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G609" s="5" t="s">
         <v>1165</v>
       </c>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" s="3" t="s">
-        <v>314</v>
+        <v>505</v>
       </c>
       <c r="B610" s="4" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="C610" s="5">
-        <v>37006</v>
+        <v>37005</v>
       </c>
       <c r="D610" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E610" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F610" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G610" s="5" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" s="3" t="s">
-        <v>314</v>
+        <v>553</v>
       </c>
       <c r="B611" s="4" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="C611" s="5">
         <v>37006</v>
       </c>
       <c r="D611" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E611" s="5">
         <v>40</v>
       </c>
       <c r="F611" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G611" s="5" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" s="3" t="s">
-        <v>553</v>
+        <v>314</v>
       </c>
       <c r="B612" s="4" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="C612" s="5">
-        <v>37026</v>
+        <v>37006</v>
       </c>
       <c r="D612" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E612" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F612" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G612" s="5" t="s">
-        <v>327</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B613" s="4" t="s">
         <v>1168</v>
       </c>
       <c r="C613" s="5">
-        <v>37037</v>
+        <v>37006</v>
       </c>
       <c r="D613" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E613" s="5">
         <v>40</v>
       </c>
       <c r="F613" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G613" s="5" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" s="3" t="s">
-        <v>1170</v>
+        <v>553</v>
       </c>
       <c r="B614" s="4" t="s">
         <v>1171</v>
       </c>
       <c r="C614" s="5">
-        <v>37115</v>
+        <v>37026</v>
       </c>
       <c r="D614" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E614" s="5">
         <v>40</v>
       </c>
       <c r="F614" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G614" s="5" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" s="3" t="s">
-        <v>505</v>
+        <v>314</v>
       </c>
       <c r="B615" s="4" t="s">
         <v>1172</v>
       </c>
       <c r="C615" s="5">
-        <v>37121</v>
+        <v>37037</v>
       </c>
       <c r="D615" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E615" s="5">
         <v>40</v>
       </c>
       <c r="F615" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G615" s="5" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" s="3" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="B616" s="4" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="C616" s="5">
-        <v>37136</v>
+        <v>37115</v>
       </c>
       <c r="D616" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E616" s="5">
         <v>40</v>
       </c>
       <c r="F616" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G616" s="5" t="s">
-        <v>662</v>
+        <v>327</v>
       </c>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" s="3" t="s">
-        <v>425</v>
+        <v>505</v>
       </c>
       <c r="B617" s="4" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="C617" s="5">
-        <v>37179</v>
+        <v>37121</v>
       </c>
       <c r="D617" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E617" s="5">
         <v>40</v>
       </c>
       <c r="F617" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G617" s="5" t="s">
-        <v>940</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" s="3" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="B618" s="4" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="C618" s="5">
-        <v>37234</v>
+        <v>37136</v>
       </c>
       <c r="D618" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E618" s="5">
         <v>40</v>
       </c>
       <c r="F618" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G618" s="5" t="s">
-        <v>1177</v>
+        <v>662</v>
       </c>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" s="3" t="s">
-        <v>1170</v>
+        <v>425</v>
       </c>
       <c r="B619" s="4" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C619" s="5">
-        <v>37303</v>
+        <v>37179</v>
       </c>
       <c r="D619" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E619" s="5">
         <v>40</v>
       </c>
       <c r="F619" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G619" s="5" t="s">
-        <v>456</v>
+        <v>940</v>
       </c>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" s="3" t="s">
-        <v>435</v>
+        <v>1174</v>
       </c>
       <c r="B620" s="4" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="C620" s="5">
-        <v>37276</v>
+        <v>37234</v>
       </c>
       <c r="D620" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E620" s="5">
         <v>40</v>
       </c>
       <c r="F620" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G620" s="5" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" s="3" t="s">
-        <v>314</v>
+        <v>1174</v>
       </c>
       <c r="B621" s="4" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="C621" s="5">
-        <v>37359</v>
+        <v>37303</v>
       </c>
       <c r="D621" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E621" s="5">
         <v>40</v>
       </c>
       <c r="F621" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G621" s="5" t="s">
-        <v>1182</v>
+        <v>456</v>
       </c>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" s="3" t="s">
         <v>435</v>
       </c>
       <c r="B622" s="4" t="s">
         <v>1183</v>
       </c>
       <c r="C622" s="5">
-        <v>37382</v>
+        <v>37276</v>
       </c>
       <c r="D622" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E622" s="5">
         <v>40</v>
       </c>
       <c r="F622" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G622" s="5" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="B623" s="4" t="s">
         <v>1185</v>
       </c>
-      <c r="B623" s="4" t="s">
+      <c r="C623" s="5">
+        <v>37359</v>
+      </c>
+      <c r="D623" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E623" s="5">
+        <v>40</v>
+      </c>
+      <c r="F623" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G623" s="5" t="s">
         <v>1186</v>
-      </c>
-[...13 lines deleted...]
-        <v>1187</v>
       </c>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" s="3" t="s">
-        <v>425</v>
+        <v>435</v>
       </c>
       <c r="B624" s="4" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C624" s="5">
+        <v>37382</v>
+      </c>
+      <c r="D624" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E624" s="5">
+        <v>40</v>
+      </c>
+      <c r="F624" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G624" s="5" t="s">
         <v>1188</v>
-      </c>
-[...13 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" s="3" t="s">
         <v>1189</v>
       </c>
       <c r="B625" s="4" t="s">
         <v>1190</v>
       </c>
       <c r="C625" s="5">
-        <v>41013</v>
+        <v>41002</v>
       </c>
       <c r="D625" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E625" s="5">
         <v>40</v>
       </c>
       <c r="F625" s="5" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="G625" s="5" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="B626" s="4" t="s">
         <v>1192</v>
       </c>
-      <c r="B626" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C626" s="5">
-        <v>41018</v>
+        <v>41007</v>
       </c>
       <c r="D626" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E626" s="5">
         <v>40</v>
       </c>
       <c r="F626" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G626" s="5" t="s">
-        <v>648</v>
+        <v>749</v>
       </c>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" s="3" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B627" s="4" t="s">
         <v>1194</v>
       </c>
-      <c r="B627" s="4" t="s">
+      <c r="C627" s="5">
+        <v>41013</v>
+      </c>
+      <c r="D627" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E627" s="5">
+        <v>40</v>
+      </c>
+      <c r="F627" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G627" s="5" t="s">
         <v>1195</v>
-      </c>
-[...13 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" s="3" t="s">
-        <v>425</v>
+        <v>1196</v>
       </c>
       <c r="B628" s="4" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="C628" s="5">
-        <v>41022</v>
+        <v>41018</v>
       </c>
       <c r="D628" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E628" s="5">
         <v>40</v>
       </c>
       <c r="F628" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G628" s="5" t="s">
-        <v>1196</v>
+        <v>648</v>
       </c>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" s="3" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
       <c r="B629" s="4" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="C629" s="5">
-        <v>41024</v>
+        <v>41022</v>
       </c>
       <c r="D629" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E629" s="5">
         <v>40</v>
       </c>
       <c r="F629" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G629" s="5" t="s">
-        <v>253</v>
+        <v>544</v>
       </c>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" s="3" t="s">
-        <v>699</v>
+        <v>425</v>
       </c>
       <c r="B630" s="4" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="C630" s="5">
-        <v>41039</v>
+        <v>41022</v>
       </c>
       <c r="D630" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E630" s="5">
         <v>40</v>
       </c>
       <c r="F630" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G630" s="5" t="s">
-        <v>363</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" s="3" t="s">
-        <v>1189</v>
+        <v>1196</v>
       </c>
       <c r="B631" s="4" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="C631" s="5">
-        <v>41049</v>
+        <v>41024</v>
       </c>
       <c r="D631" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E631" s="5">
         <v>40</v>
       </c>
       <c r="F631" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G631" s="5" t="s">
-        <v>1200</v>
+        <v>253</v>
       </c>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" s="3" t="s">
-        <v>1189</v>
+        <v>699</v>
       </c>
       <c r="B632" s="4" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="C632" s="5">
-        <v>41051</v>
+        <v>41039</v>
       </c>
       <c r="D632" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E632" s="5">
         <v>40</v>
       </c>
       <c r="F632" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G632" s="5" t="s">
-        <v>662</v>
+        <v>363</v>
       </c>
     </row>
     <row r="633" spans="1:7">
       <c r="A633" s="3" t="s">
-        <v>1194</v>
+        <v>1193</v>
       </c>
       <c r="B633" s="4" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="C633" s="5">
-        <v>41055</v>
+        <v>41049</v>
       </c>
       <c r="D633" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E633" s="5">
         <v>40</v>
       </c>
       <c r="F633" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G633" s="5" t="s">
-        <v>641</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="634" spans="1:7">
       <c r="A634" s="3" t="s">
-        <v>1194</v>
+        <v>1193</v>
       </c>
       <c r="B634" s="4" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="C634" s="5">
-        <v>41055</v>
+        <v>41051</v>
       </c>
       <c r="D634" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E634" s="5">
         <v>40</v>
       </c>
       <c r="F634" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G634" s="5" t="s">
-        <v>1204</v>
+        <v>662</v>
       </c>
     </row>
     <row r="635" spans="1:7">
       <c r="A635" s="3" t="s">
-        <v>1205</v>
+        <v>1198</v>
       </c>
       <c r="B635" s="4" t="s">
         <v>1206</v>
       </c>
       <c r="C635" s="5">
-        <v>41068</v>
+        <v>41055</v>
       </c>
       <c r="D635" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E635" s="5">
         <v>40</v>
       </c>
       <c r="F635" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G635" s="5" t="s">
-        <v>1042</v>
+        <v>641</v>
       </c>
     </row>
     <row r="636" spans="1:7">
       <c r="A636" s="3" t="s">
-        <v>1205</v>
+        <v>1198</v>
       </c>
       <c r="B636" s="4" t="s">
         <v>1207</v>
       </c>
       <c r="C636" s="5">
-        <v>41068</v>
+        <v>41055</v>
       </c>
       <c r="D636" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E636" s="5">
         <v>40</v>
       </c>
       <c r="F636" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G636" s="5" t="s">
-        <v>363</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="637" spans="1:7">
       <c r="A637" s="3" t="s">
-        <v>1189</v>
+        <v>1209</v>
       </c>
       <c r="B637" s="4" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="C637" s="5">
-        <v>41069</v>
+        <v>41068</v>
       </c>
       <c r="D637" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E637" s="5">
         <v>40</v>
       </c>
       <c r="F637" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G637" s="5" t="s">
-        <v>1209</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="638" spans="1:7">
       <c r="A638" s="3" t="s">
-        <v>425</v>
+        <v>1209</v>
       </c>
       <c r="B638" s="4" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="C638" s="5">
-        <v>41069</v>
+        <v>41068</v>
       </c>
       <c r="D638" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E638" s="5">
         <v>40</v>
       </c>
       <c r="F638" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G638" s="5" t="s">
-        <v>1211</v>
+        <v>363</v>
       </c>
     </row>
     <row r="639" spans="1:7">
       <c r="A639" s="3" t="s">
-        <v>425</v>
+        <v>1193</v>
       </c>
       <c r="B639" s="4" t="s">
         <v>1212</v>
       </c>
       <c r="C639" s="5">
-        <v>41071</v>
+        <v>41069</v>
       </c>
       <c r="D639" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E639" s="5">
         <v>40</v>
       </c>
       <c r="F639" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G639" s="5" t="s">
         <v>1213</v>
       </c>
     </row>
     <row r="640" spans="1:7">
       <c r="A640" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="B640" s="4" t="s">
         <v>1214</v>
       </c>
-      <c r="B640" s="4" t="s">
+      <c r="C640" s="5">
+        <v>41069</v>
+      </c>
+      <c r="D640" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E640" s="5">
+        <v>40</v>
+      </c>
+      <c r="F640" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G640" s="5" t="s">
         <v>1215</v>
-      </c>
-[...13 lines deleted...]
-        <v>1138</v>
       </c>
     </row>
     <row r="641" spans="1:7">
       <c r="A641" s="3" t="s">
-        <v>417</v>
+        <v>425</v>
       </c>
       <c r="B641" s="4" t="s">
         <v>1216</v>
       </c>
       <c r="C641" s="5">
-        <v>41077</v>
+        <v>41071</v>
       </c>
       <c r="D641" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E641" s="5">
         <v>40</v>
       </c>
       <c r="F641" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G641" s="5" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="642" spans="1:7">
       <c r="A642" s="3" t="s">
-        <v>425</v>
+        <v>1218</v>
       </c>
       <c r="B642" s="4" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="C642" s="5">
-        <v>41078</v>
+        <v>41065</v>
       </c>
       <c r="D642" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E642" s="5">
         <v>40</v>
       </c>
       <c r="F642" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G642" s="5" t="s">
-        <v>1218</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="643" spans="1:7">
       <c r="A643" s="3" t="s">
         <v>417</v>
       </c>
       <c r="B643" s="4" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="C643" s="5">
-        <v>41099</v>
+        <v>41077</v>
       </c>
       <c r="D643" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E643" s="5">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F643" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G643" s="5" t="s">
-        <v>1220</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="644" spans="1:7">
       <c r="A644" s="3" t="s">
-        <v>417</v>
+        <v>425</v>
       </c>
       <c r="B644" s="4" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="C644" s="5">
-        <v>41099</v>
+        <v>41078</v>
       </c>
       <c r="D644" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E644" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F644" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G644" s="5" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="645" spans="1:7">
       <c r="A645" s="3" t="s">
-        <v>1192</v>
+        <v>417</v>
       </c>
       <c r="B645" s="4" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="C645" s="5">
-        <v>41102</v>
+        <v>41099</v>
       </c>
       <c r="D645" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E645" s="5">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="F645" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G645" s="5" t="s">
-        <v>544</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="646" spans="1:7">
       <c r="A646" s="3" t="s">
-        <v>497</v>
+        <v>417</v>
       </c>
       <c r="B646" s="4" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="C646" s="5">
-        <v>40014</v>
+        <v>41099</v>
       </c>
       <c r="D646" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E646" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F646" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G646" s="5" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="647" spans="1:7">
       <c r="A647" s="3" t="s">
-        <v>314</v>
+        <v>1196</v>
       </c>
       <c r="B647" s="4" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="C647" s="5">
-        <v>40026</v>
+        <v>41102</v>
       </c>
       <c r="D647" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E647" s="5">
         <v>40</v>
       </c>
       <c r="F647" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G647" s="5" t="s">
-        <v>1225</v>
+        <v>544</v>
       </c>
     </row>
     <row r="648" spans="1:7">
       <c r="A648" s="3" t="s">
         <v>497</v>
       </c>
       <c r="B648" s="4" t="s">
         <v>1226</v>
       </c>
       <c r="C648" s="5">
-        <v>40032</v>
+        <v>40014</v>
       </c>
       <c r="D648" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E648" s="5">
         <v>40</v>
       </c>
       <c r="F648" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G648" s="5" t="s">
         <v>1227</v>
       </c>
     </row>
     <row r="649" spans="1:7">
       <c r="A649" s="3" t="s">
-        <v>497</v>
+        <v>314</v>
       </c>
       <c r="B649" s="4" t="s">
         <v>1228</v>
       </c>
       <c r="C649" s="5">
-        <v>40046</v>
+        <v>40026</v>
       </c>
       <c r="D649" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E649" s="5">
         <v>40</v>
       </c>
       <c r="F649" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G649" s="5" t="s">
         <v>1229</v>
       </c>
     </row>
     <row r="650" spans="1:7">
       <c r="A650" s="3" t="s">
-        <v>435</v>
+        <v>497</v>
       </c>
       <c r="B650" s="4" t="s">
         <v>1230</v>
       </c>
       <c r="C650" s="5">
-        <v>40058</v>
+        <v>40032</v>
       </c>
       <c r="D650" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E650" s="5">
         <v>40</v>
       </c>
       <c r="F650" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G650" s="5" t="s">
         <v>1231</v>
       </c>
     </row>
     <row r="651" spans="1:7">
       <c r="A651" s="3" t="s">
         <v>497</v>
       </c>
       <c r="B651" s="4" t="s">
         <v>1232</v>
       </c>
       <c r="C651" s="5">
-        <v>40905</v>
+        <v>40046</v>
       </c>
       <c r="D651" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E651" s="5">
         <v>40</v>
       </c>
       <c r="F651" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G651" s="5" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="652" spans="1:7">
       <c r="A652" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="B652" s="4" t="s">
         <v>1234</v>
       </c>
-      <c r="B652" s="4" t="s">
+      <c r="C652" s="5">
+        <v>40058</v>
+      </c>
+      <c r="D652" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E652" s="5">
+        <v>40</v>
+      </c>
+      <c r="F652" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G652" s="5" t="s">
         <v>1235</v>
-      </c>
-[...13 lines deleted...]
-        <v>1236</v>
       </c>
     </row>
     <row r="653" spans="1:7">
       <c r="A653" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="B653" s="4" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C653" s="5">
+        <v>40905</v>
+      </c>
+      <c r="D653" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E653" s="5">
+        <v>40</v>
+      </c>
+      <c r="F653" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G653" s="5" t="s">
         <v>1237</v>
-      </c>
-[...16 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="654" spans="1:7">
       <c r="A654" s="3" t="s">
-        <v>497</v>
+        <v>1238</v>
       </c>
       <c r="B654" s="4" t="s">
         <v>1239</v>
       </c>
       <c r="C654" s="5">
-        <v>40132</v>
+        <v>40068</v>
       </c>
       <c r="D654" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E654" s="5">
         <v>40</v>
       </c>
       <c r="F654" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G654" s="5" t="s">
         <v>1240</v>
       </c>
     </row>
     <row r="655" spans="1:7">
       <c r="A655" s="3" t="s">
         <v>1241</v>
       </c>
       <c r="B655" s="4" t="s">
         <v>1242</v>
       </c>
       <c r="C655" s="5">
-        <v>40135</v>
+        <v>40097</v>
       </c>
       <c r="D655" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E655" s="5">
         <v>40</v>
       </c>
       <c r="F655" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G655" s="5" t="s">
-        <v>1243</v>
+        <v>685</v>
       </c>
     </row>
     <row r="656" spans="1:7">
       <c r="A656" s="3" t="s">
-        <v>417</v>
+        <v>497</v>
       </c>
       <c r="B656" s="4" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C656" s="5">
+        <v>40132</v>
+      </c>
+      <c r="D656" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E656" s="5">
+        <v>40</v>
+      </c>
+      <c r="F656" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G656" s="5" t="s">
         <v>1244</v>
-      </c>
-[...13 lines deleted...]
-        <v>1245</v>
       </c>
     </row>
     <row r="657" spans="1:7">
       <c r="A657" s="3" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B657" s="4" t="s">
         <v>1246</v>
       </c>
-      <c r="B657" s="4" t="s">
+      <c r="C657" s="5">
+        <v>40135</v>
+      </c>
+      <c r="D657" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E657" s="5">
+        <v>40</v>
+      </c>
+      <c r="F657" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G657" s="5" t="s">
         <v>1247</v>
-      </c>
-[...13 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="658" spans="1:7">
       <c r="A658" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="B658" s="4" t="s">
         <v>1248</v>
       </c>
-      <c r="B658" s="4" t="s">
+      <c r="C658" s="5">
+        <v>40140</v>
+      </c>
+      <c r="D658" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E658" s="5">
+        <v>40</v>
+      </c>
+      <c r="F658" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G658" s="5" t="s">
         <v>1249</v>
-      </c>
-[...13 lines deleted...]
-        <v>1250</v>
       </c>
     </row>
     <row r="659" spans="1:7">
       <c r="A659" s="3" t="s">
-        <v>497</v>
+        <v>1250</v>
       </c>
       <c r="B659" s="4" t="s">
         <v>1251</v>
       </c>
       <c r="C659" s="5">
-        <v>40202</v>
+        <v>40159</v>
       </c>
       <c r="D659" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E659" s="5">
         <v>40</v>
       </c>
       <c r="F659" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G659" s="5" t="s">
-        <v>1252</v>
+        <v>356</v>
       </c>
     </row>
     <row r="660" spans="1:7">
       <c r="A660" s="3" t="s">
-        <v>1241</v>
+        <v>1252</v>
       </c>
       <c r="B660" s="4" t="s">
         <v>1253</v>
       </c>
       <c r="C660" s="5">
-        <v>40216</v>
+        <v>40164</v>
       </c>
       <c r="D660" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E660" s="5">
         <v>40</v>
       </c>
       <c r="F660" s="5" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="G660" s="5" t="s">
         <v>1254</v>
       </c>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" s="3" t="s">
-        <v>831</v>
+        <v>497</v>
       </c>
       <c r="B661" s="4" t="s">
         <v>1255</v>
       </c>
       <c r="C661" s="5">
-        <v>42020</v>
+        <v>40202</v>
       </c>
       <c r="D661" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E661" s="5">
         <v>40</v>
       </c>
       <c r="F661" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G661" s="5" t="s">
         <v>1256</v>
       </c>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" s="3" t="s">
-        <v>833</v>
+        <v>1245</v>
       </c>
       <c r="B662" s="4" t="s">
         <v>1257</v>
       </c>
       <c r="C662" s="5">
-        <v>42025</v>
+        <v>40216</v>
       </c>
       <c r="D662" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E662" s="5">
         <v>40</v>
       </c>
       <c r="F662" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G662" s="5" t="s">
         <v>1258</v>
       </c>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" s="3" t="s">
         <v>831</v>
       </c>
       <c r="B663" s="4" t="s">
         <v>1259</v>
       </c>
       <c r="C663" s="5">
-        <v>42029</v>
+        <v>42020</v>
       </c>
       <c r="D663" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E663" s="5">
         <v>40</v>
       </c>
       <c r="F663" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G663" s="5" t="s">
-        <v>797</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" s="3" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="B664" s="4" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="C664" s="5">
-        <v>42060</v>
+        <v>42025</v>
       </c>
       <c r="D664" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E664" s="5">
         <v>40</v>
       </c>
       <c r="F664" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G664" s="5" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" s="3" t="s">
-        <v>972</v>
+        <v>831</v>
       </c>
       <c r="B665" s="4" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C665" s="5">
-        <v>42071</v>
+        <v>42029</v>
       </c>
       <c r="D665" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E665" s="5">
         <v>40</v>
       </c>
       <c r="F665" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G665" s="5" t="s">
-        <v>463</v>
+        <v>797</v>
       </c>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" s="3" t="s">
-        <v>497</v>
+        <v>831</v>
       </c>
       <c r="B666" s="4" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="C666" s="5">
-        <v>42080</v>
+        <v>42060</v>
       </c>
       <c r="D666" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E666" s="5">
         <v>40</v>
       </c>
       <c r="F666" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G666" s="5" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" s="3" t="s">
-        <v>831</v>
+        <v>974</v>
       </c>
       <c r="B667" s="4" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="C667" s="5">
-        <v>42113</v>
+        <v>42071</v>
       </c>
       <c r="D667" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E667" s="5">
         <v>40</v>
       </c>
       <c r="F667" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G667" s="5" t="s">
-        <v>1196</v>
+        <v>463</v>
       </c>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" s="3" t="s">
-        <v>972</v>
+        <v>497</v>
       </c>
       <c r="B668" s="4" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="C668" s="5">
-        <v>42123</v>
+        <v>42080</v>
       </c>
       <c r="D668" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E668" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F668" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G668" s="5" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" s="3" t="s">
-        <v>171</v>
+        <v>831</v>
       </c>
       <c r="B669" s="4" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="C669" s="5">
-        <v>42175</v>
+        <v>42113</v>
       </c>
       <c r="D669" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E669" s="5">
         <v>40</v>
       </c>
       <c r="F669" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G669" s="5" t="s">
-        <v>659</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" s="3" t="s">
-        <v>171</v>
+        <v>974</v>
       </c>
       <c r="B670" s="4" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C670" s="5">
-        <v>42175</v>
+        <v>42123</v>
       </c>
       <c r="D670" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E670" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F670" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G670" s="5" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" s="3" t="s">
-        <v>454</v>
+        <v>171</v>
       </c>
       <c r="B671" s="4" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="C671" s="5">
-        <v>20029</v>
+        <v>42175</v>
       </c>
       <c r="D671" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E671" s="5">
         <v>40</v>
       </c>
       <c r="F671" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G671" s="5" t="s">
-        <v>1272</v>
+        <v>659</v>
       </c>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B672" s="4" t="s">
         <v>1273</v>
       </c>
-      <c r="B672" s="4" t="s">
+      <c r="C672" s="5">
+        <v>42175</v>
+      </c>
+      <c r="D672" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E672" s="5">
+        <v>40</v>
+      </c>
+      <c r="F672" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G672" s="5" t="s">
         <v>1274</v>
-      </c>
-[...13 lines deleted...]
-        <v>1275</v>
       </c>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="B673" s="4" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C673" s="5">
+        <v>20029</v>
+      </c>
+      <c r="D673" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E673" s="5">
+        <v>40</v>
+      </c>
+      <c r="F673" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G673" s="5" t="s">
         <v>1276</v>
-      </c>
-[...16 lines deleted...]
-        <v>1278</v>
       </c>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" s="3" t="s">
-        <v>435</v>
+        <v>1277</v>
       </c>
       <c r="B674" s="4" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C674" s="5">
+        <v>20020</v>
+      </c>
+      <c r="D674" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E674" s="5">
+        <v>40</v>
+      </c>
+      <c r="F674" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G674" s="5" t="s">
         <v>1279</v>
-      </c>
-[...13 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="675" spans="1:7">
       <c r="A675" s="3" t="s">
         <v>1280</v>
       </c>
       <c r="B675" s="4" t="s">
         <v>1281</v>
       </c>
       <c r="C675" s="5">
-        <v>43120</v>
+        <v>43025</v>
       </c>
       <c r="D675" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E675" s="5">
         <v>40</v>
       </c>
       <c r="F675" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G675" s="5" t="s">
         <v>1282</v>
       </c>
     </row>
     <row r="676" spans="1:7">
       <c r="A676" s="3" t="s">
         <v>435</v>
       </c>
       <c r="B676" s="4" t="s">
         <v>1283</v>
       </c>
       <c r="C676" s="5">
-        <v>43125</v>
+        <v>43110</v>
       </c>
       <c r="D676" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E676" s="5">
         <v>40</v>
       </c>
       <c r="F676" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G676" s="5" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="677" spans="1:7">
       <c r="A677" s="3" t="s">
         <v>1284</v>
       </c>
       <c r="B677" s="4" t="s">
         <v>1285</v>
       </c>
       <c r="C677" s="5">
-        <v>43902</v>
+        <v>43120</v>
       </c>
       <c r="D677" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E677" s="5">
         <v>40</v>
       </c>
       <c r="F677" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G677" s="5" t="s">
-        <v>820</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="678" spans="1:7">
       <c r="A678" s="3" t="s">
-        <v>1286</v>
+        <v>435</v>
       </c>
       <c r="B678" s="4" t="s">
         <v>1287</v>
       </c>
       <c r="C678" s="5">
-        <v>43138</v>
+        <v>43125</v>
       </c>
       <c r="D678" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E678" s="5">
         <v>40</v>
       </c>
       <c r="F678" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G678" s="5" t="s">
-        <v>398</v>
+        <v>524</v>
       </c>
     </row>
     <row r="679" spans="1:7">
       <c r="A679" s="3" t="s">
-        <v>368</v>
+        <v>1288</v>
       </c>
       <c r="B679" s="4" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="C679" s="5">
-        <v>43155</v>
+        <v>43902</v>
       </c>
       <c r="D679" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E679" s="5">
         <v>40</v>
       </c>
       <c r="F679" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G679" s="5" t="s">
-        <v>1289</v>
+        <v>820</v>
       </c>
     </row>
     <row r="680" spans="1:7">
       <c r="A680" s="3" t="s">
-        <v>368</v>
+        <v>1290</v>
       </c>
       <c r="B680" s="4" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="C680" s="5">
-        <v>43155</v>
+        <v>43138</v>
       </c>
       <c r="D680" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E680" s="5">
         <v>40</v>
       </c>
       <c r="F680" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G680" s="5" t="s">
-        <v>1291</v>
+        <v>398</v>
       </c>
     </row>
     <row r="681" spans="1:7">
       <c r="A681" s="3" t="s">
-        <v>334</v>
+        <v>368</v>
       </c>
       <c r="B681" s="4" t="s">
         <v>1292</v>
       </c>
       <c r="C681" s="5">
-        <v>44008</v>
+        <v>43155</v>
       </c>
       <c r="D681" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E681" s="5">
         <v>40</v>
       </c>
       <c r="F681" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G681" s="5" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="682" spans="1:7">
       <c r="A682" s="3" t="s">
-        <v>334</v>
+        <v>368</v>
       </c>
       <c r="B682" s="4" t="s">
         <v>1294</v>
       </c>
       <c r="C682" s="5">
-        <v>44017</v>
+        <v>43155</v>
       </c>
       <c r="D682" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E682" s="5">
         <v>40</v>
       </c>
       <c r="F682" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G682" s="5" t="s">
         <v>1295</v>
       </c>
     </row>
     <row r="683" spans="1:7">
       <c r="A683" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B683" s="4" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="C683" s="5">
-        <v>44017</v>
+        <v>44008</v>
       </c>
       <c r="D683" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E683" s="5">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F683" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G683" s="5" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="684" spans="1:7">
       <c r="A684" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B684" s="4" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="C684" s="5">
         <v>44017</v>
       </c>
       <c r="D684" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E684" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F684" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G684" s="5" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="685" spans="1:7">
       <c r="A685" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B685" s="4" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="C685" s="5">
-        <v>44025</v>
+        <v>44017</v>
       </c>
       <c r="D685" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E685" s="5">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="F685" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G685" s="5" t="s">
-        <v>899</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="686" spans="1:7">
       <c r="A686" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B686" s="4" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="C686" s="5">
-        <v>44042</v>
+        <v>44017</v>
       </c>
       <c r="D686" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E686" s="5">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="F686" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G686" s="5" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="687" spans="1:7">
       <c r="A687" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B687" s="4" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="C687" s="5">
-        <v>44042</v>
+        <v>44025</v>
       </c>
       <c r="D687" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E687" s="5">
         <v>40</v>
       </c>
       <c r="F687" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G687" s="5" t="s">
-        <v>1298</v>
+        <v>899</v>
       </c>
     </row>
     <row r="688" spans="1:7">
       <c r="A688" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B688" s="4" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="C688" s="5">
         <v>44042</v>
       </c>
       <c r="D688" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E688" s="5">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="F688" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G688" s="5" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="689" spans="1:7">
       <c r="A689" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B689" s="4" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="C689" s="5">
         <v>44042</v>
       </c>
       <c r="D689" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E689" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F689" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G689" s="5" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="690" spans="1:7">
       <c r="A690" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B690" s="4" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="C690" s="5">
-        <v>44043</v>
+        <v>44042</v>
       </c>
       <c r="D690" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E690" s="5">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="F690" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G690" s="5" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="691" spans="1:7">
       <c r="A691" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B691" s="4" t="s">
         <v>1301</v>
       </c>
       <c r="C691" s="5">
-        <v>44049</v>
+        <v>44042</v>
       </c>
       <c r="D691" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E691" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F691" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G691" s="5" t="s">
-        <v>405</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="692" spans="1:7">
       <c r="A692" s="3" t="s">
-        <v>870</v>
+        <v>334</v>
       </c>
       <c r="B692" s="4" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C692" s="5">
-        <v>44050</v>
+        <v>44043</v>
       </c>
       <c r="D692" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E692" s="5">
         <v>40</v>
       </c>
       <c r="F692" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G692" s="5" t="s">
-        <v>675</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="693" spans="1:7">
       <c r="A693" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B693" s="4" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="C693" s="5">
-        <v>44056</v>
+        <v>44049</v>
       </c>
       <c r="D693" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E693" s="5">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F693" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G693" s="5" t="s">
-        <v>1304</v>
+        <v>405</v>
       </c>
     </row>
     <row r="694" spans="1:7">
       <c r="A694" s="3" t="s">
-        <v>334</v>
+        <v>870</v>
       </c>
       <c r="B694" s="4" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="C694" s="5">
-        <v>44059</v>
+        <v>44050</v>
       </c>
       <c r="D694" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E694" s="5">
         <v>40</v>
       </c>
       <c r="F694" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G694" s="5" t="s">
-        <v>175</v>
+        <v>675</v>
       </c>
     </row>
     <row r="695" spans="1:7">
       <c r="A695" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B695" s="4" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C695" s="5">
-        <v>44063</v>
+        <v>44056</v>
       </c>
       <c r="D695" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E695" s="5">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="F695" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G695" s="5" t="s">
-        <v>951</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="696" spans="1:7">
       <c r="A696" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B696" s="4" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="C696" s="5">
-        <v>44068</v>
+        <v>44059</v>
       </c>
       <c r="D696" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E696" s="5">
         <v>40</v>
       </c>
       <c r="F696" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G696" s="5" t="s">
-        <v>1062</v>
+        <v>175</v>
       </c>
     </row>
     <row r="697" spans="1:7">
       <c r="A697" s="3" t="s">
-        <v>435</v>
+        <v>334</v>
       </c>
       <c r="B697" s="4" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="C697" s="5">
-        <v>44074</v>
+        <v>44063</v>
       </c>
       <c r="D697" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E697" s="5">
         <v>40</v>
       </c>
       <c r="F697" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G697" s="5" t="s">
-        <v>1309</v>
+        <v>951</v>
       </c>
     </row>
     <row r="698" spans="1:7">
       <c r="A698" s="3" t="s">
-        <v>435</v>
+        <v>334</v>
       </c>
       <c r="B698" s="4" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="C698" s="5">
-        <v>44082</v>
+        <v>44068</v>
       </c>
       <c r="D698" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E698" s="5">
         <v>40</v>
       </c>
       <c r="F698" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G698" s="5" t="s">
-        <v>1311</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="699" spans="1:7">
       <c r="A699" s="3" t="s">
-        <v>171</v>
+        <v>435</v>
       </c>
       <c r="B699" s="4" t="s">
         <v>1312</v>
       </c>
       <c r="C699" s="5">
-        <v>44097</v>
+        <v>44074</v>
       </c>
       <c r="D699" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E699" s="5">
         <v>40</v>
       </c>
       <c r="F699" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G699" s="5" t="s">
         <v>1313</v>
       </c>
     </row>
     <row r="700" spans="1:7">
       <c r="A700" s="3" t="s">
         <v>435</v>
       </c>
       <c r="B700" s="4" t="s">
         <v>1314</v>
       </c>
       <c r="C700" s="5">
-        <v>44109</v>
+        <v>44082</v>
       </c>
       <c r="D700" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E700" s="5">
         <v>40</v>
       </c>
       <c r="F700" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G700" s="5" t="s">
         <v>1315</v>
       </c>
     </row>
     <row r="701" spans="1:7">
       <c r="A701" s="3" t="s">
-        <v>334</v>
+        <v>171</v>
       </c>
       <c r="B701" s="4" t="s">
         <v>1316</v>
       </c>
       <c r="C701" s="5">
-        <v>44122</v>
+        <v>44097</v>
       </c>
       <c r="D701" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E701" s="5">
         <v>40</v>
       </c>
       <c r="F701" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G701" s="5" t="s">
         <v>1317</v>
       </c>
     </row>
     <row r="702" spans="1:7">
       <c r="A702" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="B702" s="4" t="s">
         <v>1318</v>
       </c>
-      <c r="B702" s="4" t="s">
+      <c r="C702" s="5">
+        <v>44109</v>
+      </c>
+      <c r="D702" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E702" s="5">
+        <v>40</v>
+      </c>
+      <c r="F702" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G702" s="5" t="s">
         <v>1319</v>
-      </c>
-[...13 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="703" spans="1:7">
       <c r="A703" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B703" s="4" t="s">
         <v>1320</v>
       </c>
       <c r="C703" s="5">
-        <v>44151</v>
+        <v>44122</v>
       </c>
       <c r="D703" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E703" s="5">
         <v>40</v>
       </c>
       <c r="F703" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G703" s="5" t="s">
         <v>1321</v>
       </c>
     </row>
     <row r="704" spans="1:7">
       <c r="A704" s="3" t="s">
-        <v>334</v>
+        <v>1322</v>
       </c>
       <c r="B704" s="4" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
       <c r="C704" s="5">
-        <v>44151</v>
+        <v>44127</v>
       </c>
       <c r="D704" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E704" s="5">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F704" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G704" s="5" t="s">
-        <v>1321</v>
+        <v>363</v>
       </c>
     </row>
     <row r="705" spans="1:7">
       <c r="A705" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B705" s="4" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="C705" s="5">
         <v>44151</v>
       </c>
       <c r="D705" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E705" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F705" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G705" s="5" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="706" spans="1:7">
       <c r="A706" s="3" t="s">
-        <v>171</v>
+        <v>334</v>
       </c>
       <c r="B706" s="4" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="C706" s="5">
-        <v>44158</v>
+        <v>44151</v>
       </c>
       <c r="D706" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E706" s="5">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="F706" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G706" s="5" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="707" spans="1:7">
       <c r="A707" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B707" s="4" t="s">
         <v>1324</v>
       </c>
       <c r="C707" s="5">
-        <v>44161</v>
+        <v>44151</v>
       </c>
       <c r="D707" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E707" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F707" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G707" s="5" t="s">
-        <v>1300</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="708" spans="1:7">
       <c r="A708" s="3" t="s">
-        <v>435</v>
+        <v>171</v>
       </c>
       <c r="B708" s="4" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="C708" s="5">
-        <v>44182</v>
+        <v>44158</v>
       </c>
       <c r="D708" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E708" s="5">
         <v>40</v>
       </c>
       <c r="F708" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G708" s="5" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="709" spans="1:7">
       <c r="A709" s="3" t="s">
-        <v>435</v>
+        <v>334</v>
       </c>
       <c r="B709" s="4" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="C709" s="5">
-        <v>44189</v>
+        <v>44161</v>
       </c>
       <c r="D709" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E709" s="5">
         <v>40</v>
       </c>
       <c r="F709" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G709" s="5" t="s">
-        <v>1328</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="710" spans="1:7">
       <c r="A710" s="3" t="s">
-        <v>334</v>
+        <v>435</v>
       </c>
       <c r="B710" s="4" t="s">
         <v>1329</v>
       </c>
       <c r="C710" s="5">
-        <v>44191</v>
+        <v>44182</v>
       </c>
       <c r="D710" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E710" s="5">
         <v>40</v>
       </c>
       <c r="F710" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G710" s="5" t="s">
         <v>1330</v>
       </c>
     </row>
     <row r="711" spans="1:7">
       <c r="A711" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="B711" s="4" t="s">
         <v>1331</v>
       </c>
-      <c r="B711" s="4" t="s">
+      <c r="C711" s="5">
+        <v>44189</v>
+      </c>
+      <c r="D711" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E711" s="5">
+        <v>40</v>
+      </c>
+      <c r="F711" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G711" s="5" t="s">
         <v>1332</v>
-      </c>
-[...13 lines deleted...]
-        <v>1333</v>
       </c>
     </row>
     <row r="712" spans="1:7">
       <c r="A712" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B712" s="4" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C712" s="5">
+        <v>44191</v>
+      </c>
+      <c r="D712" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E712" s="5">
+        <v>40</v>
+      </c>
+      <c r="F712" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G712" s="5" t="s">
         <v>1334</v>
-      </c>
-[...13 lines deleted...]
-        <v>1335</v>
       </c>
     </row>
     <row r="713" spans="1:7">
       <c r="A713" s="3" t="s">
-        <v>334</v>
+        <v>1335</v>
       </c>
       <c r="B713" s="4" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="C713" s="5">
-        <v>44200</v>
+        <v>44192</v>
       </c>
       <c r="D713" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E713" s="5">
         <v>40</v>
       </c>
       <c r="F713" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G713" s="5" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="714" spans="1:7">
       <c r="A714" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B714" s="4" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
       <c r="C714" s="5">
         <v>44200</v>
       </c>
       <c r="D714" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E714" s="5">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F714" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G714" s="5" t="s">
-        <v>1335</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="715" spans="1:7">
       <c r="A715" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B715" s="4" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
       <c r="C715" s="5">
         <v>44200</v>
       </c>
       <c r="D715" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E715" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F715" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G715" s="5" t="s">
-        <v>1335</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="716" spans="1:7">
       <c r="A716" s="3" t="s">
-        <v>1336</v>
+        <v>334</v>
       </c>
       <c r="B716" s="4" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="C716" s="5">
-        <v>44210</v>
+        <v>44200</v>
       </c>
       <c r="D716" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E716" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F716" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G716" s="5" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="717" spans="1:7">
       <c r="A717" s="3" t="s">
-        <v>171</v>
+        <v>334</v>
       </c>
       <c r="B717" s="4" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="C717" s="5">
-        <v>44210</v>
+        <v>44200</v>
       </c>
       <c r="D717" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E717" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F717" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G717" s="5" t="s">
-        <v>1323</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="718" spans="1:7">
       <c r="A718" s="3" t="s">
-        <v>334</v>
+        <v>1340</v>
       </c>
       <c r="B718" s="4" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="C718" s="5">
-        <v>44241</v>
+        <v>44210</v>
       </c>
       <c r="D718" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E718" s="5">
         <v>40</v>
       </c>
       <c r="F718" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G718" s="5" t="s">
-        <v>405</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="719" spans="1:7">
       <c r="A719" s="3" t="s">
-        <v>1340</v>
+        <v>171</v>
       </c>
       <c r="B719" s="4" t="s">
         <v>1341</v>
       </c>
       <c r="C719" s="5">
-        <v>38018</v>
+        <v>44210</v>
       </c>
       <c r="D719" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E719" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F719" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G719" s="5" t="s">
-        <v>556</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="720" spans="1:7">
       <c r="A720" s="3" t="s">
-        <v>1342</v>
+        <v>334</v>
       </c>
       <c r="B720" s="4" t="s">
         <v>1343</v>
       </c>
       <c r="C720" s="5">
-        <v>38023</v>
+        <v>44241</v>
       </c>
       <c r="D720" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E720" s="5">
         <v>40</v>
       </c>
       <c r="F720" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G720" s="5" t="s">
-        <v>1344</v>
+        <v>405</v>
       </c>
     </row>
     <row r="721" spans="1:7">
       <c r="A721" s="3" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B721" s="4" t="s">
         <v>1345</v>
       </c>
-      <c r="B721" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C721" s="5">
-        <v>38038</v>
+        <v>38018</v>
       </c>
       <c r="D721" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E721" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F721" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G721" s="5" t="s">
-        <v>356</v>
+        <v>556</v>
       </c>
     </row>
     <row r="722" spans="1:7">
       <c r="A722" s="3" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="B722" s="4" t="s">
         <v>1347</v>
       </c>
       <c r="C722" s="5">
-        <v>38048</v>
+        <v>38023</v>
       </c>
       <c r="D722" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E722" s="5">
         <v>40</v>
       </c>
       <c r="F722" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G722" s="5" t="s">
         <v>1348</v>
       </c>
     </row>
     <row r="723" spans="1:7">
       <c r="A723" s="3" t="s">
-        <v>1342</v>
+        <v>1349</v>
       </c>
       <c r="B723" s="4" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="C723" s="5">
-        <v>38048</v>
+        <v>38038</v>
       </c>
       <c r="D723" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E723" s="5">
         <v>40</v>
       </c>
       <c r="F723" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G723" s="5" t="s">
-        <v>1350</v>
+        <v>356</v>
       </c>
     </row>
     <row r="724" spans="1:7">
       <c r="A724" s="3" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B724" s="4" t="s">
         <v>1351</v>
       </c>
-      <c r="B724" s="4" t="s">
+      <c r="C724" s="5">
+        <v>38048</v>
+      </c>
+      <c r="D724" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E724" s="5">
+        <v>40</v>
+      </c>
+      <c r="F724" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G724" s="5" t="s">
         <v>1352</v>
-      </c>
-[...13 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="725" spans="1:7">
       <c r="A725" s="3" t="s">
-        <v>171</v>
+        <v>1346</v>
       </c>
       <c r="B725" s="4" t="s">
         <v>1353</v>
       </c>
       <c r="C725" s="5">
-        <v>45002</v>
+        <v>38048</v>
       </c>
       <c r="D725" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E725" s="5">
         <v>40</v>
       </c>
       <c r="F725" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G725" s="5" t="s">
-        <v>979</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="726" spans="1:7">
       <c r="A726" s="3" t="s">
-        <v>655</v>
+        <v>1355</v>
       </c>
       <c r="B726" s="4" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="C726" s="5">
-        <v>45014</v>
+        <v>45001</v>
       </c>
       <c r="D726" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E726" s="5">
         <v>40</v>
       </c>
       <c r="F726" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G726" s="5" t="s">
-        <v>816</v>
+        <v>249</v>
       </c>
     </row>
     <row r="727" spans="1:7">
       <c r="A727" s="3" t="s">
-        <v>1355</v>
+        <v>171</v>
       </c>
       <c r="B727" s="4" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="C727" s="5">
-        <v>45026</v>
+        <v>45002</v>
       </c>
       <c r="D727" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E727" s="5">
         <v>40</v>
       </c>
       <c r="F727" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G727" s="5" t="s">
-        <v>356</v>
+        <v>981</v>
       </c>
     </row>
     <row r="728" spans="1:7">
       <c r="A728" s="3" t="s">
-        <v>171</v>
+        <v>655</v>
       </c>
       <c r="B728" s="4" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="C728" s="5">
-        <v>45027</v>
+        <v>45014</v>
       </c>
       <c r="D728" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E728" s="5">
         <v>40</v>
       </c>
       <c r="F728" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G728" s="5" t="s">
-        <v>1358</v>
+        <v>816</v>
       </c>
     </row>
     <row r="729" spans="1:7">
       <c r="A729" s="3" t="s">
         <v>1359</v>
       </c>
       <c r="B729" s="4" t="s">
         <v>1360</v>
       </c>
       <c r="C729" s="5">
-        <v>45030</v>
+        <v>45026</v>
       </c>
       <c r="D729" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E729" s="5">
         <v>40</v>
       </c>
       <c r="F729" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G729" s="5" t="s">
-        <v>327</v>
+        <v>356</v>
       </c>
     </row>
     <row r="730" spans="1:7">
       <c r="A730" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B730" s="4" t="s">
         <v>1361</v>
       </c>
       <c r="C730" s="5">
-        <v>45041</v>
+        <v>45027</v>
       </c>
       <c r="D730" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E730" s="5">
         <v>40</v>
       </c>
       <c r="F730" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G730" s="5" t="s">
         <v>1362</v>
       </c>
     </row>
     <row r="731" spans="1:7">
       <c r="A731" s="3" t="s">
-        <v>171</v>
+        <v>1363</v>
       </c>
       <c r="B731" s="4" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="C731" s="5">
-        <v>45041</v>
+        <v>45030</v>
       </c>
       <c r="D731" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E731" s="5">
         <v>40</v>
       </c>
       <c r="F731" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G731" s="5" t="s">
-        <v>992</v>
+        <v>327</v>
       </c>
     </row>
     <row r="732" spans="1:7">
       <c r="A732" s="3" t="s">
-        <v>41</v>
+        <v>171</v>
       </c>
       <c r="B732" s="4" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="C732" s="5">
-        <v>45050</v>
+        <v>45041</v>
       </c>
       <c r="D732" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E732" s="5">
         <v>40</v>
       </c>
       <c r="F732" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G732" s="5" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="733" spans="1:7">
       <c r="A733" s="3" t="s">
-        <v>41</v>
+        <v>171</v>
       </c>
       <c r="B733" s="4" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="C733" s="5">
-        <v>45050</v>
+        <v>45041</v>
       </c>
       <c r="D733" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E733" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F733" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G733" s="5" t="s">
-        <v>1365</v>
+        <v>994</v>
       </c>
     </row>
     <row r="734" spans="1:7">
       <c r="A734" s="3" t="s">
-        <v>171</v>
+        <v>41</v>
       </c>
       <c r="B734" s="4" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="C734" s="5">
-        <v>45054</v>
+        <v>45050</v>
       </c>
       <c r="D734" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E734" s="5">
         <v>40</v>
       </c>
       <c r="F734" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G734" s="5" t="s">
-        <v>1358</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="735" spans="1:7">
       <c r="A735" s="3" t="s">
-        <v>171</v>
+        <v>41</v>
       </c>
       <c r="B735" s="4" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="C735" s="5">
-        <v>45059</v>
+        <v>45050</v>
       </c>
       <c r="D735" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E735" s="5">
         <v>80</v>
       </c>
       <c r="F735" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G735" s="5" t="s">
-        <v>806</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="736" spans="1:7">
       <c r="A736" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B736" s="4" t="s">
-        <v>1367</v>
+        <v>1370</v>
       </c>
       <c r="C736" s="5">
-        <v>45059</v>
+        <v>45054</v>
       </c>
       <c r="D736" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E736" s="5">
         <v>40</v>
       </c>
       <c r="F736" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G736" s="5" t="s">
-        <v>806</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="737" spans="1:7">
       <c r="A737" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B737" s="4" t="s">
-        <v>1368</v>
+        <v>1371</v>
       </c>
       <c r="C737" s="5">
-        <v>45064</v>
+        <v>45059</v>
       </c>
       <c r="D737" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E737" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F737" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G737" s="5" t="s">
-        <v>982</v>
+        <v>806</v>
       </c>
     </row>
     <row r="738" spans="1:7">
       <c r="A738" s="3" t="s">
-        <v>1369</v>
+        <v>171</v>
       </c>
       <c r="B738" s="4" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="C738" s="5">
-        <v>45064</v>
+        <v>45059</v>
       </c>
       <c r="D738" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E738" s="5">
         <v>40</v>
       </c>
       <c r="F738" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G738" s="5" t="s">
-        <v>662</v>
+        <v>806</v>
       </c>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B739" s="4" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="C739" s="5">
-        <v>45066</v>
+        <v>45064</v>
       </c>
       <c r="D739" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E739" s="5">
         <v>40</v>
       </c>
       <c r="F739" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G739" s="5" t="s">
-        <v>1372</v>
+        <v>984</v>
       </c>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" s="3" t="s">
-        <v>1359</v>
+        <v>1373</v>
       </c>
       <c r="B740" s="4" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="C740" s="5">
-        <v>45116</v>
+        <v>45064</v>
       </c>
       <c r="D740" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E740" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F740" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G740" s="5" t="s">
-        <v>1144</v>
+        <v>662</v>
       </c>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" s="3" t="s">
-        <v>41</v>
+        <v>171</v>
       </c>
       <c r="B741" s="4" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="C741" s="5">
-        <v>45134</v>
+        <v>45066</v>
       </c>
       <c r="D741" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E741" s="5">
         <v>40</v>
       </c>
       <c r="F741" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G741" s="5" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" s="3" t="s">
-        <v>41</v>
+        <v>1363</v>
       </c>
       <c r="B742" s="4" t="s">
-        <v>1374</v>
+        <v>1377</v>
       </c>
       <c r="C742" s="5">
-        <v>45134</v>
+        <v>45116</v>
       </c>
       <c r="D742" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E742" s="5">
         <v>80</v>
       </c>
       <c r="F742" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G742" s="5" t="s">
-        <v>1375</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" s="3" t="s">
-        <v>171</v>
+        <v>41</v>
       </c>
       <c r="B743" s="4" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="C743" s="5">
-        <v>45135</v>
+        <v>45134</v>
       </c>
       <c r="D743" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E743" s="5">
         <v>40</v>
       </c>
       <c r="F743" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G743" s="5" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" s="3" t="s">
-        <v>171</v>
+        <v>41</v>
       </c>
       <c r="B744" s="4" t="s">
         <v>1378</v>
       </c>
       <c r="C744" s="5">
-        <v>45142</v>
+        <v>45134</v>
       </c>
       <c r="D744" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E744" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F744" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G744" s="5" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B745" s="4" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="C745" s="5">
-        <v>45156</v>
+        <v>45135</v>
       </c>
       <c r="D745" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E745" s="5">
         <v>40</v>
       </c>
       <c r="F745" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G745" s="5" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B746" s="4" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C746" s="5">
+        <v>45142</v>
+      </c>
+      <c r="D746" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E746" s="5">
+        <v>40</v>
+      </c>
+      <c r="F746" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G746" s="5" t="s">
         <v>1381</v>
-      </c>
-[...13 lines deleted...]
-        <v>1380</v>
       </c>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B747" s="4" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="C747" s="5">
-        <v>45157</v>
+        <v>45156</v>
       </c>
       <c r="D747" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E747" s="5">
         <v>40</v>
       </c>
       <c r="F747" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G747" s="5" t="s">
-        <v>1372</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" s="3" t="s">
-        <v>1383</v>
+        <v>171</v>
       </c>
       <c r="B748" s="4" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C748" s="5">
+        <v>45156</v>
+      </c>
+      <c r="D748" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E748" s="5">
+        <v>40</v>
+      </c>
+      <c r="F748" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G748" s="5" t="s">
         <v>1384</v>
-      </c>
-[...13 lines deleted...]
-        <v>1385</v>
       </c>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B749" s="4" t="s">
         <v>1386</v>
       </c>
       <c r="C749" s="5">
-        <v>45167</v>
+        <v>45157</v>
       </c>
       <c r="D749" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E749" s="5">
         <v>40</v>
       </c>
       <c r="F749" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G749" s="5" t="s">
-        <v>94</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" s="3" t="s">
-        <v>171</v>
+        <v>1387</v>
       </c>
       <c r="B750" s="4" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="C750" s="5">
-        <v>45171</v>
+        <v>45161</v>
       </c>
       <c r="D750" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E750" s="5">
         <v>40</v>
       </c>
       <c r="F750" s="5" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="G750" s="5" t="s">
-        <v>1362</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" s="3" t="s">
-        <v>1388</v>
+        <v>171</v>
       </c>
       <c r="B751" s="4" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="C751" s="5">
-        <v>45180</v>
+        <v>45167</v>
       </c>
       <c r="D751" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E751" s="5">
         <v>40</v>
       </c>
       <c r="F751" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G751" s="5" t="s">
-        <v>757</v>
+        <v>94</v>
       </c>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" s="3" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="B752" s="4" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="C752" s="5">
-        <v>46044</v>
+        <v>45171</v>
       </c>
       <c r="D752" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E752" s="5">
         <v>40</v>
       </c>
       <c r="F752" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G752" s="5" t="s">
-        <v>1391</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" s="3" t="s">
-        <v>159</v>
+        <v>1392</v>
       </c>
       <c r="B753" s="4" t="s">
-        <v>1390</v>
+        <v>1393</v>
       </c>
       <c r="C753" s="5">
-        <v>46044</v>
+        <v>45180</v>
       </c>
       <c r="D753" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E753" s="5">
         <v>40</v>
       </c>
       <c r="F753" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G753" s="5" t="s">
-        <v>1392</v>
+        <v>757</v>
       </c>
     </row>
     <row r="754" spans="1:7">
       <c r="A754" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B754" s="4" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="C754" s="5">
         <v>46044</v>
       </c>
       <c r="D754" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E754" s="5">
         <v>40</v>
       </c>
       <c r="F754" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G754" s="5" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="755" spans="1:7">
       <c r="A755" s="3" t="s">
-        <v>1395</v>
+        <v>159</v>
       </c>
       <c r="B755" s="4" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C755" s="5">
+        <v>46044</v>
+      </c>
+      <c r="D755" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E755" s="5">
+        <v>40</v>
+      </c>
+      <c r="F755" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G755" s="5" t="s">
         <v>1396</v>
-      </c>
-[...13 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="756" spans="1:7">
       <c r="A756" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B756" s="4" t="s">
         <v>1397</v>
       </c>
       <c r="C756" s="5">
-        <v>46071</v>
+        <v>46044</v>
       </c>
       <c r="D756" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E756" s="5">
         <v>40</v>
       </c>
       <c r="F756" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G756" s="5" t="s">
         <v>1398</v>
       </c>
     </row>
     <row r="757" spans="1:7">
       <c r="A757" s="3" t="s">
-        <v>11</v>
+        <v>1399</v>
       </c>
       <c r="B757" s="4" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="C757" s="5">
-        <v>46072</v>
+        <v>46070</v>
       </c>
       <c r="D757" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E757" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F757" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G757" s="5" t="s">
-        <v>1400</v>
+        <v>648</v>
       </c>
     </row>
     <row r="758" spans="1:7">
       <c r="A758" s="3" t="s">
-        <v>41</v>
+        <v>159</v>
       </c>
       <c r="B758" s="4" t="s">
         <v>1401</v>
       </c>
       <c r="C758" s="5">
-        <v>46072</v>
+        <v>46071</v>
       </c>
       <c r="D758" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E758" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F758" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G758" s="5" t="s">
         <v>1402</v>
       </c>
     </row>
     <row r="759" spans="1:7">
       <c r="A759" s="3" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="B759" s="4" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="C759" s="5">
         <v>46072</v>
       </c>
       <c r="D759" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E759" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F759" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G759" s="5" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="760" spans="1:7">
       <c r="A760" s="3" t="s">
-        <v>103</v>
+        <v>41</v>
       </c>
       <c r="B760" s="4" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="C760" s="5">
         <v>46072</v>
       </c>
       <c r="D760" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E760" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F760" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G760" s="5" t="s">
-        <v>1403</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" s="3" t="s">
-        <v>1404</v>
+        <v>41</v>
       </c>
       <c r="B761" s="4" t="s">
         <v>1405</v>
       </c>
       <c r="C761" s="5">
-        <v>46082</v>
+        <v>46072</v>
       </c>
       <c r="D761" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E761" s="5">
         <v>40</v>
       </c>
       <c r="F761" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G761" s="5" t="s">
-        <v>757</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" s="3" t="s">
-        <v>199</v>
+        <v>103</v>
       </c>
       <c r="B762" s="4" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="C762" s="5">
-        <v>46083</v>
+        <v>46072</v>
       </c>
       <c r="D762" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E762" s="5">
         <v>40</v>
       </c>
       <c r="F762" s="5" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="G762" s="5" t="s">
         <v>1407</v>
       </c>
     </row>
     <row r="763" spans="1:7">
       <c r="A763" s="3" t="s">
         <v>1408</v>
       </c>
       <c r="B763" s="4" t="s">
         <v>1409</v>
       </c>
       <c r="C763" s="5">
-        <v>46111</v>
+        <v>46082</v>
       </c>
       <c r="D763" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E763" s="5">
         <v>40</v>
       </c>
       <c r="F763" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G763" s="5" t="s">
-        <v>115</v>
+        <v>757</v>
       </c>
     </row>
     <row r="764" spans="1:7">
       <c r="A764" s="3" t="s">
-        <v>159</v>
+        <v>199</v>
       </c>
       <c r="B764" s="4" t="s">
         <v>1410</v>
       </c>
       <c r="C764" s="5">
-        <v>46097</v>
+        <v>46083</v>
       </c>
       <c r="D764" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E764" s="5">
         <v>40</v>
       </c>
       <c r="F764" s="5" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="G764" s="5" t="s">
-        <v>537</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="765" spans="1:7">
       <c r="A765" s="3" t="s">
-        <v>99</v>
+        <v>1412</v>
       </c>
       <c r="B765" s="4" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="C765" s="5">
-        <v>46097</v>
+        <v>46111</v>
       </c>
       <c r="D765" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E765" s="5">
         <v>40</v>
       </c>
       <c r="F765" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G765" s="5" t="s">
-        <v>1412</v>
+        <v>115</v>
       </c>
     </row>
     <row r="766" spans="1:7">
       <c r="A766" s="3" t="s">
-        <v>1413</v>
+        <v>159</v>
       </c>
       <c r="B766" s="4" t="s">
-        <v>1411</v>
+        <v>1414</v>
       </c>
       <c r="C766" s="5">
         <v>46097</v>
       </c>
       <c r="D766" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E766" s="5">
         <v>40</v>
       </c>
       <c r="F766" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G766" s="5" t="s">
-        <v>1414</v>
+        <v>537</v>
       </c>
     </row>
     <row r="767" spans="1:7">
       <c r="A767" s="3" t="s">
-        <v>159</v>
+        <v>99</v>
       </c>
       <c r="B767" s="4" t="s">
         <v>1415</v>
       </c>
       <c r="C767" s="5">
-        <v>46099</v>
+        <v>46097</v>
       </c>
       <c r="D767" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E767" s="5">
         <v>40</v>
       </c>
       <c r="F767" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G767" s="5" t="s">
         <v>1416</v>
       </c>
     </row>
     <row r="768" spans="1:7">
       <c r="A768" s="3" t="s">
-        <v>159</v>
+        <v>1417</v>
       </c>
       <c r="B768" s="4" t="s">
-        <v>1417</v>
+        <v>1415</v>
       </c>
       <c r="C768" s="5">
-        <v>46099</v>
+        <v>46097</v>
       </c>
       <c r="D768" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E768" s="5">
         <v>40</v>
       </c>
       <c r="F768" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G768" s="5" t="s">
-        <v>813</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="769" spans="1:7">
       <c r="A769" s="3" t="s">
-        <v>1418</v>
+        <v>159</v>
       </c>
       <c r="B769" s="4" t="s">
         <v>1419</v>
       </c>
       <c r="C769" s="5">
-        <v>46105</v>
+        <v>46099</v>
       </c>
       <c r="D769" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E769" s="5">
         <v>40</v>
       </c>
       <c r="F769" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G769" s="5" t="s">
         <v>1420</v>
       </c>
     </row>
     <row r="770" spans="1:7">
       <c r="A770" s="3" t="s">
-        <v>41</v>
+        <v>159</v>
       </c>
       <c r="B770" s="4" t="s">
         <v>1421</v>
       </c>
       <c r="C770" s="5">
-        <v>46124</v>
+        <v>46099</v>
       </c>
       <c r="D770" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E770" s="5">
         <v>40</v>
       </c>
       <c r="F770" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G770" s="5" t="s">
-        <v>165</v>
+        <v>813</v>
       </c>
     </row>
     <row r="771" spans="1:7">
       <c r="A771" s="3" t="s">
-        <v>41</v>
+        <v>1422</v>
       </c>
       <c r="B771" s="4" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="C771" s="5">
-        <v>46124</v>
+        <v>46105</v>
       </c>
       <c r="D771" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E771" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F771" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G771" s="5" t="s">
-        <v>165</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="772" spans="1:7">
       <c r="A772" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B772" s="4" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="C772" s="5">
-        <v>46128</v>
+        <v>46124</v>
       </c>
       <c r="D772" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E772" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F772" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G772" s="5" t="s">
-        <v>1423</v>
+        <v>165</v>
       </c>
     </row>
     <row r="773" spans="1:7">
       <c r="A773" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B773" s="4" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="C773" s="5">
-        <v>46128</v>
+        <v>46124</v>
       </c>
       <c r="D773" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E773" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F773" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G773" s="5" t="s">
-        <v>1423</v>
+        <v>165</v>
       </c>
     </row>
     <row r="774" spans="1:7">
       <c r="A774" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B774" s="4" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="C774" s="5">
         <v>46128</v>
       </c>
       <c r="D774" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E774" s="5">
         <v>80</v>
       </c>
       <c r="F774" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G774" s="5" t="s">
-        <v>33</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="775" spans="1:7">
       <c r="A775" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B775" s="4" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="C775" s="5">
         <v>46128</v>
       </c>
       <c r="D775" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E775" s="5">
         <v>40</v>
       </c>
       <c r="F775" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G775" s="5" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="776" spans="1:7">
       <c r="A776" s="3" t="s">
-        <v>159</v>
+        <v>41</v>
       </c>
       <c r="B776" s="4" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="C776" s="5">
-        <v>46142</v>
+        <v>46128</v>
       </c>
       <c r="D776" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E776" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F776" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G776" s="5" t="s">
-        <v>1427</v>
+        <v>33</v>
       </c>
     </row>
     <row r="777" spans="1:7">
       <c r="A777" s="3" t="s">
-        <v>159</v>
+        <v>41</v>
       </c>
       <c r="B777" s="4" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="C777" s="5">
-        <v>46142</v>
+        <v>46128</v>
       </c>
       <c r="D777" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E777" s="5">
         <v>40</v>
       </c>
       <c r="F777" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G777" s="5" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="778" spans="1:7">
       <c r="A778" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B778" s="4" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="C778" s="5">
         <v>46142</v>
       </c>
       <c r="D778" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E778" s="5">
         <v>40</v>
       </c>
       <c r="F778" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G778" s="5" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="779" spans="1:7">
       <c r="A779" s="3" t="s">
-        <v>1413</v>
+        <v>159</v>
       </c>
       <c r="B779" s="4" t="s">
         <v>1430</v>
       </c>
       <c r="C779" s="5">
-        <v>46144</v>
+        <v>46142</v>
       </c>
       <c r="D779" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E779" s="5">
         <v>40</v>
       </c>
       <c r="F779" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G779" s="5" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="780" spans="1:7">
       <c r="A780" s="3" t="s">
-        <v>1408</v>
+        <v>159</v>
       </c>
       <c r="B780" s="4" t="s">
-        <v>1432</v>
+        <v>1430</v>
       </c>
       <c r="C780" s="5">
-        <v>46167</v>
+        <v>46142</v>
       </c>
       <c r="D780" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E780" s="5">
         <v>40</v>
       </c>
       <c r="F780" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G780" s="5" t="s">
         <v>1433</v>
       </c>
     </row>
     <row r="781" spans="1:7">
       <c r="A781" s="3" t="s">
-        <v>159</v>
+        <v>1417</v>
       </c>
       <c r="B781" s="4" t="s">
         <v>1434</v>
       </c>
       <c r="C781" s="5">
-        <v>46170</v>
+        <v>46144</v>
       </c>
       <c r="D781" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E781" s="5">
         <v>40</v>
       </c>
       <c r="F781" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G781" s="5" t="s">
         <v>1435</v>
       </c>
     </row>
     <row r="782" spans="1:7">
       <c r="A782" s="3" t="s">
-        <v>199</v>
+        <v>1412</v>
       </c>
       <c r="B782" s="4" t="s">
         <v>1436</v>
       </c>
       <c r="C782" s="5">
-        <v>46181</v>
+        <v>46167</v>
       </c>
       <c r="D782" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E782" s="5">
         <v>40</v>
       </c>
       <c r="F782" s="5" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="G782" s="5" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="783" spans="1:7">
       <c r="A783" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B783" s="4" t="s">
         <v>1438</v>
       </c>
-      <c r="B783" s="4" t="s">
+      <c r="C783" s="5">
+        <v>46170</v>
+      </c>
+      <c r="D783" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E783" s="5">
+        <v>40</v>
+      </c>
+      <c r="F783" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G783" s="5" t="s">
         <v>1439</v>
-      </c>
-[...13 lines deleted...]
-        <v>1440</v>
       </c>
     </row>
     <row r="784" spans="1:7">
       <c r="A784" s="3" t="s">
-        <v>171</v>
+        <v>199</v>
       </c>
       <c r="B784" s="4" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C784" s="5">
+        <v>46181</v>
+      </c>
+      <c r="D784" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E784" s="5">
+        <v>40</v>
+      </c>
+      <c r="F784" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="G784" s="5" t="s">
         <v>1441</v>
-      </c>
-[...13 lines deleted...]
-        <v>1442</v>
       </c>
     </row>
     <row r="785" spans="1:7">
       <c r="A785" s="3" t="s">
-        <v>1395</v>
+        <v>1442</v>
       </c>
       <c r="B785" s="4" t="s">
         <v>1443</v>
       </c>
       <c r="C785" s="5">
-        <v>46213</v>
+        <v>46182</v>
       </c>
       <c r="D785" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E785" s="5">
         <v>40</v>
       </c>
       <c r="F785" s="5" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="G785" s="5" t="s">
-        <v>398</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="786" spans="1:7">
       <c r="A786" s="3" t="s">
-        <v>1395</v>
+        <v>171</v>
       </c>
       <c r="B786" s="4" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="C786" s="5">
-        <v>46213</v>
+        <v>46206</v>
       </c>
       <c r="D786" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E786" s="5">
         <v>40</v>
       </c>
       <c r="F786" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G786" s="5" t="s">
-        <v>820</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="787" spans="1:7">
       <c r="A787" s="3" t="s">
-        <v>159</v>
+        <v>1399</v>
       </c>
       <c r="B787" s="4" t="s">
-        <v>1444</v>
+        <v>1447</v>
       </c>
       <c r="C787" s="5">
         <v>46213</v>
       </c>
       <c r="D787" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E787" s="5">
         <v>40</v>
       </c>
       <c r="F787" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G787" s="5" t="s">
-        <v>1445</v>
+        <v>398</v>
       </c>
     </row>
     <row r="788" spans="1:7">
       <c r="A788" s="3" t="s">
-        <v>159</v>
+        <v>1399</v>
       </c>
       <c r="B788" s="4" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="C788" s="5">
         <v>46213</v>
       </c>
       <c r="D788" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E788" s="5">
         <v>40</v>
       </c>
       <c r="F788" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G788" s="5" t="s">
-        <v>1447</v>
+        <v>820</v>
       </c>
     </row>
     <row r="789" spans="1:7">
       <c r="A789" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B789" s="4" t="s">
         <v>1448</v>
       </c>
-      <c r="B789" s="4" t="s">
+      <c r="C789" s="5">
+        <v>46213</v>
+      </c>
+      <c r="D789" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E789" s="5">
+        <v>40</v>
+      </c>
+      <c r="F789" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G789" s="5" t="s">
         <v>1449</v>
-      </c>
-[...13 lines deleted...]
-        <v>1450</v>
       </c>
     </row>
     <row r="790" spans="1:7">
       <c r="A790" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B790" s="4" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C790" s="5">
+        <v>46213</v>
+      </c>
+      <c r="D790" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E790" s="5">
+        <v>40</v>
+      </c>
+      <c r="F790" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G790" s="5" t="s">
         <v>1451</v>
-      </c>
-[...16 lines deleted...]
-        <v>938</v>
       </c>
     </row>
     <row r="791" spans="1:7">
       <c r="A791" s="3" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B791" s="4" t="s">
         <v>1453</v>
       </c>
-      <c r="B791" s="4" t="s">
+      <c r="C791" s="5">
+        <v>46233</v>
+      </c>
+      <c r="D791" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E791" s="5">
+        <v>40</v>
+      </c>
+      <c r="F791" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G791" s="5" t="s">
         <v>1454</v>
-      </c>
-[...13 lines deleted...]
-        <v>736</v>
       </c>
     </row>
     <row r="792" spans="1:7">
       <c r="A792" s="3" t="s">
-        <v>1395</v>
+        <v>1455</v>
       </c>
       <c r="B792" s="4" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="C792" s="5">
-        <v>46248</v>
+        <v>46239</v>
       </c>
       <c r="D792" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E792" s="5">
         <v>40</v>
       </c>
       <c r="F792" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G792" s="5" t="s">
-        <v>313</v>
+        <v>938</v>
       </c>
     </row>
     <row r="793" spans="1:7">
       <c r="A793" s="3" t="s">
-        <v>1395</v>
+        <v>1457</v>
       </c>
       <c r="B793" s="4" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="C793" s="5">
-        <v>46249</v>
+        <v>46244</v>
       </c>
       <c r="D793" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E793" s="5">
         <v>40</v>
       </c>
       <c r="F793" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G793" s="5" t="s">
-        <v>757</v>
+        <v>736</v>
       </c>
     </row>
     <row r="794" spans="1:7">
       <c r="A794" s="3" t="s">
-        <v>1453</v>
+        <v>1399</v>
       </c>
       <c r="B794" s="4" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="C794" s="5">
-        <v>46250</v>
+        <v>46248</v>
       </c>
       <c r="D794" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E794" s="5">
         <v>40</v>
       </c>
       <c r="F794" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G794" s="5" t="s">
-        <v>448</v>
+        <v>313</v>
       </c>
     </row>
     <row r="795" spans="1:7">
       <c r="A795" s="3" t="s">
-        <v>171</v>
+        <v>1399</v>
       </c>
       <c r="B795" s="4" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="C795" s="5">
-        <v>46257</v>
+        <v>46249</v>
       </c>
       <c r="D795" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E795" s="5">
         <v>40</v>
       </c>
       <c r="F795" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G795" s="5" t="s">
-        <v>1459</v>
+        <v>757</v>
       </c>
     </row>
     <row r="796" spans="1:7">
       <c r="A796" s="3" t="s">
-        <v>1395</v>
+        <v>1457</v>
       </c>
       <c r="B796" s="4" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="C796" s="5">
-        <v>46259</v>
+        <v>46250</v>
       </c>
       <c r="D796" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E796" s="5">
         <v>40</v>
       </c>
       <c r="F796" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G796" s="5" t="s">
-        <v>456</v>
+        <v>448</v>
       </c>
     </row>
     <row r="797" spans="1:7">
       <c r="A797" s="3" t="s">
-        <v>1241</v>
+        <v>171</v>
       </c>
       <c r="B797" s="4" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="C797" s="5">
-        <v>47035</v>
+        <v>46257</v>
       </c>
       <c r="D797" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E797" s="5">
         <v>40</v>
       </c>
       <c r="F797" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G797" s="5" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="798" spans="1:7">
       <c r="A798" s="3" t="s">
-        <v>497</v>
+        <v>1399</v>
       </c>
       <c r="B798" s="4" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="C798" s="5">
-        <v>47039</v>
+        <v>46259</v>
       </c>
       <c r="D798" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E798" s="5">
         <v>40</v>
       </c>
       <c r="F798" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G798" s="5" t="s">
-        <v>1464</v>
+        <v>456</v>
       </c>
     </row>
     <row r="799" spans="1:7">
       <c r="A799" s="3" t="s">
-        <v>497</v>
+        <v>1245</v>
       </c>
       <c r="B799" s="4" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="C799" s="5">
-        <v>47039</v>
+        <v>47035</v>
       </c>
       <c r="D799" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E799" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F799" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G799" s="5" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="800" spans="1:7">
       <c r="A800" s="3" t="s">
-        <v>171</v>
+        <v>497</v>
       </c>
       <c r="B800" s="4" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="C800" s="5">
-        <v>47044</v>
+        <v>47039</v>
       </c>
       <c r="D800" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E800" s="5">
         <v>40</v>
       </c>
       <c r="F800" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G800" s="5" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="801" spans="1:7">
       <c r="A801" s="3" t="s">
         <v>497</v>
       </c>
       <c r="B801" s="4" t="s">
         <v>1467</v>
       </c>
       <c r="C801" s="5">
-        <v>47047</v>
+        <v>47039</v>
       </c>
       <c r="D801" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E801" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F801" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G801" s="5" t="s">
         <v>1468</v>
       </c>
     </row>
     <row r="802" spans="1:7">
       <c r="A802" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B802" s="4" t="s">
         <v>1469</v>
       </c>
-      <c r="B802" s="4" t="s">
+      <c r="C802" s="5">
+        <v>47044</v>
+      </c>
+      <c r="D802" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E802" s="5">
+        <v>40</v>
+      </c>
+      <c r="F802" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G802" s="5" t="s">
         <v>1470</v>
-      </c>
-[...13 lines deleted...]
-        <v>1048</v>
       </c>
     </row>
     <row r="803" spans="1:7">
       <c r="A803" s="3" t="s">
-        <v>171</v>
+        <v>497</v>
       </c>
       <c r="B803" s="4" t="s">
         <v>1471</v>
       </c>
       <c r="C803" s="5">
-        <v>47058</v>
+        <v>47047</v>
       </c>
       <c r="D803" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E803" s="5">
         <v>40</v>
       </c>
       <c r="F803" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G803" s="5" t="s">
         <v>1472</v>
       </c>
     </row>
     <row r="804" spans="1:7">
       <c r="A804" s="3" t="s">
         <v>1473</v>
       </c>
       <c r="B804" s="4" t="s">
         <v>1474</v>
       </c>
       <c r="C804" s="5">
-        <v>47071</v>
+        <v>47052</v>
       </c>
       <c r="D804" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E804" s="5">
         <v>40</v>
       </c>
       <c r="F804" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G804" s="5" t="s">
-        <v>1420</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="805" spans="1:7">
       <c r="A805" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B805" s="4" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="C805" s="5">
-        <v>47071</v>
+        <v>47058</v>
       </c>
       <c r="D805" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E805" s="5">
         <v>40</v>
       </c>
       <c r="F805" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G805" s="5" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="806" spans="1:7">
       <c r="A806" s="3" t="s">
-        <v>505</v>
+        <v>1477</v>
       </c>
       <c r="B806" s="4" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="C806" s="5">
         <v>47071</v>
       </c>
       <c r="D806" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E806" s="5">
         <v>40</v>
       </c>
       <c r="F806" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G806" s="5" t="s">
-        <v>518</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="807" spans="1:7">
       <c r="A807" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B807" s="4" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="C807" s="5">
-        <v>47086</v>
+        <v>47071</v>
       </c>
       <c r="D807" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E807" s="5">
         <v>40</v>
       </c>
       <c r="F807" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G807" s="5" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="808" spans="1:7">
       <c r="A808" s="3" t="s">
-        <v>1479</v>
+        <v>505</v>
       </c>
       <c r="B808" s="4" t="s">
         <v>1480</v>
       </c>
       <c r="C808" s="5">
-        <v>47101</v>
+        <v>47071</v>
       </c>
       <c r="D808" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E808" s="5">
         <v>40</v>
       </c>
       <c r="F808" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G808" s="5" t="s">
-        <v>685</v>
+        <v>518</v>
       </c>
     </row>
     <row r="809" spans="1:7">
       <c r="A809" s="3" t="s">
-        <v>497</v>
+        <v>171</v>
       </c>
       <c r="B809" s="4" t="s">
         <v>1481</v>
       </c>
       <c r="C809" s="5">
-        <v>47127</v>
+        <v>47086</v>
       </c>
       <c r="D809" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E809" s="5">
         <v>40</v>
       </c>
       <c r="F809" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G809" s="5" t="s">
         <v>1482</v>
       </c>
     </row>
     <row r="810" spans="1:7">
       <c r="A810" s="3" t="s">
-        <v>1479</v>
+        <v>1483</v>
       </c>
       <c r="B810" s="4" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="C810" s="5">
-        <v>47142</v>
+        <v>47101</v>
       </c>
       <c r="D810" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E810" s="5">
         <v>40</v>
       </c>
       <c r="F810" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G810" s="5" t="s">
-        <v>757</v>
+        <v>685</v>
       </c>
     </row>
     <row r="811" spans="1:7">
       <c r="A811" s="3" t="s">
-        <v>171</v>
+        <v>497</v>
       </c>
       <c r="B811" s="4" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="C811" s="5">
-        <v>47153</v>
+        <v>47127</v>
       </c>
       <c r="D811" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E811" s="5">
         <v>40</v>
       </c>
       <c r="F811" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G811" s="5" t="s">
-        <v>1472</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="812" spans="1:7">
       <c r="A812" s="3" t="s">
-        <v>171</v>
+        <v>1483</v>
       </c>
       <c r="B812" s="4" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="C812" s="5">
-        <v>47197</v>
+        <v>47142</v>
       </c>
       <c r="D812" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E812" s="5">
         <v>40</v>
       </c>
       <c r="F812" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G812" s="5" t="s">
-        <v>1478</v>
+        <v>757</v>
       </c>
     </row>
     <row r="813" spans="1:7">
       <c r="A813" s="3" t="s">
-        <v>425</v>
+        <v>171</v>
       </c>
       <c r="B813" s="4" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="C813" s="5">
-        <v>47211</v>
+        <v>47153</v>
       </c>
       <c r="D813" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E813" s="5">
         <v>40</v>
       </c>
       <c r="F813" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G813" s="5" t="s">
-        <v>1487</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="814" spans="1:7">
       <c r="A814" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B814" s="4" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="C814" s="5">
-        <v>47212</v>
+        <v>47197</v>
       </c>
       <c r="D814" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E814" s="5">
         <v>40</v>
       </c>
       <c r="F814" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G814" s="5" t="s">
-        <v>1466</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="815" spans="1:7">
       <c r="A815" s="3" t="s">
-        <v>171</v>
+        <v>425</v>
       </c>
       <c r="B815" s="4" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="C815" s="5">
-        <v>47216</v>
+        <v>47211</v>
       </c>
       <c r="D815" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E815" s="5">
         <v>40</v>
       </c>
       <c r="F815" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G815" s="5" t="s">
-        <v>1475</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="816" spans="1:7">
       <c r="A816" s="3" t="s">
-        <v>1490</v>
+        <v>171</v>
       </c>
       <c r="B816" s="4" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="C816" s="5">
-        <v>47217</v>
+        <v>47212</v>
       </c>
       <c r="D816" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E816" s="5">
         <v>40</v>
       </c>
       <c r="F816" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G816" s="5" t="s">
-        <v>864</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="817" spans="1:7">
       <c r="A817" s="3" t="s">
-        <v>1492</v>
+        <v>171</v>
       </c>
       <c r="B817" s="4" t="s">
         <v>1493</v>
       </c>
-      <c r="C817" s="5" t="s">
-        <v>1494</v>
+      <c r="C817" s="5">
+        <v>47216</v>
       </c>
       <c r="D817" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E817" s="5">
         <v>40</v>
       </c>
       <c r="F817" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G817" s="5" t="s">
-        <v>1109</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="818" spans="1:7">
       <c r="A818" s="3" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B818" s="4" t="s">
         <v>1495</v>
       </c>
-      <c r="B818" s="4" t="s">
-[...3 lines deleted...]
-        <v>1497</v>
+      <c r="C818" s="5">
+        <v>47217</v>
       </c>
       <c r="D818" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E818" s="5">
         <v>40</v>
       </c>
       <c r="F818" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G818" s="5" t="s">
-        <v>970</v>
+        <v>864</v>
       </c>
     </row>
     <row r="819" spans="1:7">
       <c r="A819" s="3" t="s">
-        <v>458</v>
+        <v>1496</v>
       </c>
       <c r="B819" s="4" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C819" s="5" t="s">
         <v>1498</v>
       </c>
-      <c r="C819" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D819" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E819" s="5">
         <v>40</v>
       </c>
       <c r="F819" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G819" s="5" t="s">
-        <v>375</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="820" spans="1:7">
       <c r="A820" s="3" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
       <c r="B820" s="4" t="s">
         <v>1500</v>
       </c>
       <c r="C820" s="5" t="s">
         <v>1501</v>
       </c>
       <c r="D820" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E820" s="5">
         <v>40</v>
       </c>
       <c r="F820" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G820" s="5" t="s">
-        <v>460</v>
+        <v>972</v>
       </c>
     </row>
     <row r="821" spans="1:7">
       <c r="A821" s="3" t="s">
-        <v>1495</v>
+        <v>458</v>
       </c>
       <c r="B821" s="4" t="s">
         <v>1502</v>
       </c>
       <c r="C821" s="5" t="s">
         <v>1503</v>
       </c>
       <c r="D821" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E821" s="5">
         <v>40</v>
       </c>
       <c r="F821" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G821" s="5" t="s">
-        <v>685</v>
+        <v>375</v>
       </c>
     </row>
     <row r="822" spans="1:7">
       <c r="A822" s="3" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
       <c r="B822" s="4" t="s">
         <v>1504</v>
       </c>
       <c r="C822" s="5" t="s">
         <v>1505</v>
       </c>
       <c r="D822" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E822" s="5">
         <v>40</v>
       </c>
       <c r="F822" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G822" s="5" t="s">
-        <v>675</v>
+        <v>460</v>
       </c>
     </row>
     <row r="823" spans="1:7">
       <c r="A823" s="3" t="s">
-        <v>465</v>
+        <v>1499</v>
       </c>
       <c r="B823" s="4" t="s">
         <v>1506</v>
       </c>
       <c r="C823" s="5" t="s">
         <v>1507</v>
       </c>
       <c r="D823" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E823" s="5">
         <v>40</v>
       </c>
       <c r="F823" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G823" s="5" t="s">
-        <v>1508</v>
+        <v>685</v>
       </c>
     </row>
     <row r="824" spans="1:7">
       <c r="A824" s="3" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
       <c r="B824" s="4" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C824" s="5" t="s">
         <v>1509</v>
       </c>
-      <c r="C824" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D824" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E824" s="5">
         <v>40</v>
       </c>
       <c r="F824" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G824" s="5" t="s">
-        <v>492</v>
+        <v>675</v>
       </c>
     </row>
     <row r="825" spans="1:7">
       <c r="A825" s="3" t="s">
-        <v>1495</v>
+        <v>465</v>
       </c>
       <c r="B825" s="4" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C825" s="5" t="s">
         <v>1511</v>
       </c>
-      <c r="C825" s="5" t="s">
+      <c r="D825" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E825" s="5">
+        <v>40</v>
+      </c>
+      <c r="F825" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G825" s="5" t="s">
         <v>1512</v>
-      </c>
-[...10 lines deleted...]
-        <v>1513</v>
       </c>
     </row>
     <row r="826" spans="1:7">
       <c r="A826" s="3" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
       <c r="B826" s="4" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C826" s="5" t="s">
         <v>1514</v>
       </c>
-      <c r="C826" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D826" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E826" s="5">
         <v>40</v>
       </c>
       <c r="F826" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G826" s="5" t="s">
-        <v>1515</v>
+        <v>492</v>
       </c>
     </row>
     <row r="827" spans="1:7">
       <c r="A827" s="3" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B827" s="4" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C827" s="5" t="s">
         <v>1516</v>
       </c>
-      <c r="B827" s="4" t="s">
+      <c r="D827" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E827" s="5">
+        <v>40</v>
+      </c>
+      <c r="F827" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G827" s="5" t="s">
         <v>1517</v>
-      </c>
-[...13 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="828" spans="1:7">
       <c r="A828" s="3" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B828" s="4" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C828" s="5" t="s">
         <v>1516</v>
       </c>
-      <c r="B828" s="4" t="s">
+      <c r="D828" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E828" s="5">
+        <v>40</v>
+      </c>
+      <c r="F828" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G828" s="5" t="s">
         <v>1519</v>
-      </c>
-[...13 lines deleted...]
-        <v>1521</v>
       </c>
     </row>
     <row r="829" spans="1:7">
       <c r="A829" s="3" t="s">
+        <v>1520</v>
+      </c>
+      <c r="B829" s="4" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C829" s="5" t="s">
         <v>1522</v>
       </c>
-      <c r="B829" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D829" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E829" s="5">
         <v>40</v>
       </c>
       <c r="F829" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G829" s="5" t="s">
-        <v>1524</v>
+        <v>662</v>
       </c>
     </row>
     <row r="830" spans="1:7">
       <c r="A830" s="3" t="s">
-        <v>454</v>
+        <v>1520</v>
       </c>
       <c r="B830" s="4" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C830" s="5" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D830" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E830" s="5">
+        <v>40</v>
+      </c>
+      <c r="F830" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G830" s="5" t="s">
         <v>1525</v>
-      </c>
-[...13 lines deleted...]
-        <v>1344</v>
       </c>
     </row>
     <row r="831" spans="1:7">
       <c r="A831" s="3" t="s">
         <v>1526</v>
       </c>
       <c r="B831" s="4" t="s">
         <v>1527</v>
       </c>
       <c r="C831" s="5">
-        <v>50065</v>
+        <v>50030</v>
       </c>
       <c r="D831" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E831" s="5">
         <v>40</v>
       </c>
       <c r="F831" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G831" s="5" t="s">
         <v>1528</v>
       </c>
     </row>
     <row r="832" spans="1:7">
       <c r="A832" s="3" t="s">
-        <v>334</v>
+        <v>454</v>
       </c>
       <c r="B832" s="4" t="s">
         <v>1529</v>
       </c>
       <c r="C832" s="5">
-        <v>50074</v>
+        <v>50055</v>
       </c>
       <c r="D832" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E832" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F832" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G832" s="5" t="s">
-        <v>1530</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="833" spans="1:7">
       <c r="A833" s="3" t="s">
-        <v>334</v>
+        <v>1530</v>
       </c>
       <c r="B833" s="4" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="C833" s="5">
-        <v>50074</v>
+        <v>50065</v>
       </c>
       <c r="D833" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E833" s="5">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F833" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G833" s="5" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="834" spans="1:7">
       <c r="A834" s="3" t="s">
-        <v>435</v>
+        <v>334</v>
       </c>
       <c r="B834" s="4" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="C834" s="5">
-        <v>50119</v>
+        <v>50074</v>
       </c>
       <c r="D834" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E834" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F834" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G834" s="5" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="835" spans="1:7">
       <c r="A835" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="B835" s="4" t="s">
         <v>1533</v>
       </c>
-      <c r="B835" s="4" t="s">
+      <c r="C835" s="5">
+        <v>50074</v>
+      </c>
+      <c r="D835" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E835" s="5">
+        <v>60</v>
+      </c>
+      <c r="F835" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G835" s="5" t="s">
         <v>1534</v>
-      </c>
-[...13 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="836" spans="1:7">
       <c r="A836" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="B836" s="4" t="s">
         <v>1535</v>
       </c>
-      <c r="B836" s="4" t="s">
+      <c r="C836" s="5">
+        <v>50119</v>
+      </c>
+      <c r="D836" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E836" s="5">
+        <v>40</v>
+      </c>
+      <c r="F836" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G836" s="5" t="s">
         <v>1536</v>
-      </c>
-[...13 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="837" spans="1:7">
       <c r="A837" s="3" t="s">
-        <v>729</v>
+        <v>1537</v>
       </c>
       <c r="B837" s="4" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="C837" s="5">
-        <v>50206</v>
+        <v>50182</v>
       </c>
       <c r="D837" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E837" s="5">
         <v>40</v>
       </c>
       <c r="F837" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G837" s="5" t="s">
-        <v>1538</v>
+        <v>360</v>
       </c>
     </row>
     <row r="838" spans="1:7">
       <c r="A838" s="3" t="s">
-        <v>435</v>
+        <v>1539</v>
       </c>
       <c r="B838" s="4" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="C838" s="5">
-        <v>50210</v>
+        <v>50182</v>
       </c>
       <c r="D838" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E838" s="5">
         <v>40</v>
       </c>
       <c r="F838" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G838" s="5" t="s">
-        <v>1403</v>
+        <v>313</v>
       </c>
     </row>
     <row r="839" spans="1:7">
       <c r="A839" s="3" t="s">
-        <v>1241</v>
+        <v>729</v>
       </c>
       <c r="B839" s="4" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="C839" s="5">
-        <v>50251</v>
+        <v>50206</v>
       </c>
       <c r="D839" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E839" s="5">
         <v>40</v>
       </c>
       <c r="F839" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G839" s="5" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="840" spans="1:7">
       <c r="A840" s="3" t="s">
-        <v>1535</v>
+        <v>435</v>
       </c>
       <c r="B840" s="4" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="C840" s="5">
-        <v>50269</v>
+        <v>50210</v>
       </c>
       <c r="D840" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E840" s="5">
         <v>40</v>
       </c>
       <c r="F840" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G840" s="5" t="s">
-        <v>456</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="841" spans="1:7">
       <c r="A841" s="3" t="s">
-        <v>435</v>
+        <v>1245</v>
       </c>
       <c r="B841" s="4" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="C841" s="5">
-        <v>50271</v>
+        <v>50251</v>
       </c>
       <c r="D841" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E841" s="5">
         <v>40</v>
       </c>
       <c r="F841" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G841" s="5" t="s">
-        <v>36</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="842" spans="1:7">
       <c r="A842" s="3" t="s">
-        <v>435</v>
+        <v>1539</v>
       </c>
       <c r="B842" s="4" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="C842" s="5">
-        <v>50291</v>
+        <v>50269</v>
       </c>
       <c r="D842" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E842" s="5">
         <v>40</v>
       </c>
       <c r="F842" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G842" s="5" t="s">
-        <v>1545</v>
+        <v>456</v>
       </c>
     </row>
     <row r="843" spans="1:7">
       <c r="A843" s="3" t="s">
-        <v>553</v>
+        <v>435</v>
       </c>
       <c r="B843" s="4" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="C843" s="5">
-        <v>49003</v>
+        <v>50271</v>
       </c>
       <c r="D843" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E843" s="5">
         <v>40</v>
       </c>
       <c r="F843" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G843" s="5" t="s">
-        <v>641</v>
+        <v>36</v>
       </c>
     </row>
     <row r="844" spans="1:7">
       <c r="A844" s="3" t="s">
-        <v>553</v>
+        <v>435</v>
       </c>
       <c r="B844" s="4" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="C844" s="5">
-        <v>49008</v>
+        <v>50291</v>
       </c>
       <c r="D844" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E844" s="5">
         <v>40</v>
       </c>
       <c r="F844" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G844" s="5" t="s">
-        <v>398</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="845" spans="1:7">
       <c r="A845" s="3" t="s">
-        <v>417</v>
+        <v>553</v>
       </c>
       <c r="B845" s="4" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="C845" s="5">
-        <v>49019</v>
+        <v>49003</v>
       </c>
       <c r="D845" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E845" s="5">
         <v>40</v>
       </c>
       <c r="F845" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G845" s="5" t="s">
-        <v>940</v>
+        <v>641</v>
       </c>
     </row>
     <row r="846" spans="1:7">
       <c r="A846" s="3" t="s">
-        <v>435</v>
+        <v>553</v>
       </c>
       <c r="B846" s="4" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="C846" s="5">
-        <v>49040</v>
+        <v>49008</v>
       </c>
       <c r="D846" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E846" s="5">
         <v>40</v>
       </c>
       <c r="F846" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G846" s="5" t="s">
-        <v>1550</v>
+        <v>398</v>
       </c>
     </row>
     <row r="847" spans="1:7">
       <c r="A847" s="3" t="s">
-        <v>1551</v>
+        <v>417</v>
       </c>
       <c r="B847" s="4" t="s">
         <v>1552</v>
       </c>
       <c r="C847" s="5">
-        <v>49069</v>
+        <v>49019</v>
       </c>
       <c r="D847" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E847" s="5">
         <v>40</v>
       </c>
       <c r="F847" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G847" s="5" t="s">
-        <v>1553</v>
+        <v>940</v>
       </c>
     </row>
     <row r="848" spans="1:7">
       <c r="A848" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="B848" s="4" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C848" s="5">
+        <v>49040</v>
+      </c>
+      <c r="D848" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E848" s="5">
+        <v>40</v>
+      </c>
+      <c r="F848" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G848" s="5" t="s">
         <v>1554</v>
-      </c>
-[...16 lines deleted...]
-        <v>1556</v>
       </c>
     </row>
     <row r="849" spans="1:7">
       <c r="A849" s="3" t="s">
-        <v>553</v>
+        <v>1555</v>
       </c>
       <c r="B849" s="4" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C849" s="5">
+        <v>49069</v>
+      </c>
+      <c r="D849" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E849" s="5">
+        <v>40</v>
+      </c>
+      <c r="F849" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G849" s="5" t="s">
         <v>1557</v>
-      </c>
-[...13 lines deleted...]
-        <v>994</v>
       </c>
     </row>
     <row r="850" spans="1:7">
       <c r="A850" s="3" t="s">
-        <v>553</v>
+        <v>1558</v>
       </c>
       <c r="B850" s="4" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="C850" s="5">
-        <v>49178</v>
+        <v>49095</v>
       </c>
       <c r="D850" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E850" s="5">
         <v>40</v>
       </c>
       <c r="F850" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G850" s="5" t="s">
-        <v>823</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="851" spans="1:7">
       <c r="A851" s="3" t="s">
-        <v>1559</v>
+        <v>553</v>
       </c>
       <c r="B851" s="4" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="C851" s="5">
-        <v>49186</v>
+        <v>49123</v>
       </c>
       <c r="D851" s="4" t="s">
-        <v>476</v>
+        <v>14</v>
       </c>
       <c r="E851" s="5">
         <v>40</v>
       </c>
       <c r="F851" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G851" s="5" t="s">
-        <v>1561</v>
+        <v>996</v>
       </c>
     </row>
     <row r="852" spans="1:7">
       <c r="A852" s="3" t="s">
         <v>553</v>
       </c>
       <c r="B852" s="4" t="s">
         <v>1562</v>
       </c>
       <c r="C852" s="5">
-        <v>49219</v>
+        <v>49178</v>
       </c>
       <c r="D852" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E852" s="5">
         <v>40</v>
       </c>
       <c r="F852" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G852" s="5" t="s">
-        <v>313</v>
+        <v>823</v>
       </c>
     </row>
     <row r="853" spans="1:7">
       <c r="A853" s="3" t="s">
-        <v>553</v>
+        <v>1563</v>
       </c>
       <c r="B853" s="4" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="C853" s="5">
-        <v>49219</v>
+        <v>49186</v>
       </c>
       <c r="D853" s="4" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="E853" s="5">
         <v>40</v>
       </c>
       <c r="F853" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G853" s="5" t="s">
-        <v>970</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="854" spans="1:7">
       <c r="A854" s="3" t="s">
-        <v>454</v>
+        <v>553</v>
       </c>
       <c r="B854" s="4" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="C854" s="5">
         <v>49219</v>
       </c>
       <c r="D854" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E854" s="5">
         <v>40</v>
       </c>
       <c r="F854" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G854" s="5" t="s">
-        <v>646</v>
+        <v>313</v>
       </c>
     </row>
     <row r="855" spans="1:7">
       <c r="A855" s="3" t="s">
-        <v>454</v>
+        <v>553</v>
       </c>
       <c r="B855" s="4" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
       <c r="C855" s="5">
         <v>49219</v>
       </c>
       <c r="D855" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E855" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F855" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G855" s="5" t="s">
-        <v>646</v>
+        <v>972</v>
       </c>
     </row>
     <row r="856" spans="1:7">
       <c r="A856" s="3" t="s">
-        <v>553</v>
+        <v>454</v>
       </c>
       <c r="B856" s="4" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="C856" s="5">
-        <v>49234</v>
+        <v>49219</v>
       </c>
       <c r="D856" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E856" s="5">
         <v>40</v>
       </c>
       <c r="F856" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G856" s="5" t="s">
-        <v>1048</v>
+        <v>646</v>
       </c>
     </row>
     <row r="857" spans="1:7">
       <c r="A857" s="3" t="s">
-        <v>435</v>
+        <v>454</v>
       </c>
       <c r="B857" s="4" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="C857" s="5">
-        <v>49243</v>
+        <v>49219</v>
       </c>
       <c r="D857" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E857" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F857" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G857" s="5" t="s">
-        <v>1567</v>
+        <v>646</v>
       </c>
     </row>
     <row r="858" spans="1:7">
       <c r="A858" s="3" t="s">
         <v>553</v>
       </c>
       <c r="B858" s="4" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="C858" s="5">
-        <v>49258</v>
+        <v>49234</v>
       </c>
       <c r="D858" s="4" t="s">
-        <v>476</v>
+        <v>14</v>
       </c>
       <c r="E858" s="5">
         <v>40</v>
       </c>
       <c r="F858" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G858" s="5" t="s">
-        <v>1569</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="859" spans="1:7">
       <c r="A859" s="3" t="s">
-        <v>505</v>
+        <v>435</v>
       </c>
       <c r="B859" s="4" t="s">
         <v>1570</v>
       </c>
       <c r="C859" s="5">
-        <v>49275</v>
+        <v>49243</v>
       </c>
       <c r="D859" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E859" s="5">
         <v>40</v>
       </c>
       <c r="F859" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G859" s="5" t="s">
         <v>1571</v>
       </c>
     </row>
     <row r="860" spans="1:7">
-      <c r="A860" s="2"/>
-[...3 lines deleted...]
-      <c r="G860" s="1"/>
+      <c r="A860" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="B860" s="4" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C860" s="5">
+        <v>49258</v>
+      </c>
+      <c r="D860" s="4" t="s">
+        <v>476</v>
+      </c>
+      <c r="E860" s="5">
+        <v>40</v>
+      </c>
+      <c r="F860" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G860" s="5" t="s">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="861" spans="1:7">
+      <c r="A861" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="B861" s="4" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C861" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D861" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E861" s="5">
+        <v>40</v>
+      </c>
+      <c r="F861" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G861" s="5" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="862" spans="1:7">
+      <c r="A862" s="2"/>
+      <c r="C862" s="1"/>
+      <c r="E862" s="1"/>
+      <c r="F862" s="1"/>
+      <c r="G862" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">