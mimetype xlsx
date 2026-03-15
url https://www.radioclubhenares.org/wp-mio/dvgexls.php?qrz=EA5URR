--- v1 (2026-01-22)
+++ v2 (2026-03-15)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1576">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5URR</t>
   </si>
   <si>
     <t>702 Referencias DVGE - 856 QSO encontrados - 591 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1227 (22-01-2026 07:45)</t>
+    <t>Ranking #1227 (15-03-2026 16:13)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW/P</t>
   </si>