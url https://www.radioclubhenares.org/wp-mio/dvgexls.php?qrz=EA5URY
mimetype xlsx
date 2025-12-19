--- v0 (2025-10-31)
+++ v1 (2025-12-19)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1081">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1082">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5URY</t>
   </si>
   <si>
-    <t>524 Referencias DVGE - 530 QSO encontrados - 436 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1467 (31-10-2025 20:51)</t>
+    <t>524 Referencias DVGE - 531 QSO encontrados - 436 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1467 (19-12-2025 08:04)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5CMP/P</t>
   </si>
@@ -2901,50 +2901,53 @@
     <t>EA5TT/P</t>
   </si>
   <si>
     <t>VGV-050</t>
   </si>
   <si>
     <t>VGV-057</t>
   </si>
   <si>
     <t>04/09/2021</t>
   </si>
   <si>
     <t>VGV-062</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
   <si>
     <t>VGV-073</t>
   </si>
   <si>
     <t>VGV-074</t>
   </si>
   <si>
     <t>19/08/2021</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
   </si>
   <si>
     <t>EA5RKL/P</t>
   </si>
   <si>
     <t>VGV-075</t>
   </si>
   <si>
     <t>12/09/2020</t>
   </si>
   <si>
     <t>VGV-076</t>
   </si>
   <si>
     <t>VGV-085</t>
   </si>
   <si>
     <t>VGV-087</t>
   </si>
   <si>
     <t>VGV-088</t>
   </si>
   <si>
     <t>EA5IGS/P</t>
   </si>
@@ -3712,51 +3715,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G536"/>
+  <dimension ref="A1:G537"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -14358,1664 +14361,1687 @@
     <row r="465" spans="1:7">
       <c r="A465" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B465" s="4" t="s">
         <v>961</v>
       </c>
       <c r="C465" s="5">
         <v>46111</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E465" s="5">
         <v>40</v>
       </c>
       <c r="F465" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G465" s="5" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" s="3" t="s">
-        <v>963</v>
+        <v>103</v>
       </c>
       <c r="B466" s="4" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="C466" s="5">
         <v>46111</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E466" s="5">
         <v>40</v>
       </c>
       <c r="F466" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G466" s="5" t="s">
-        <v>627</v>
+        <v>963</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" s="3" t="s">
-        <v>103</v>
+        <v>964</v>
       </c>
       <c r="B467" s="4" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C467" s="5">
         <v>46111</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E467" s="5">
         <v>40</v>
       </c>
       <c r="F467" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G467" s="5" t="s">
-        <v>965</v>
+        <v>627</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B468" s="4" t="s">
-        <v>966</v>
+        <v>965</v>
       </c>
       <c r="C468" s="5">
         <v>46111</v>
       </c>
       <c r="D468" s="4" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="E468" s="5">
         <v>40</v>
       </c>
       <c r="F468" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G468" s="5" t="s">
-        <v>35</v>
+        <v>966</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" s="3" t="s">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="B469" s="4" t="s">
         <v>967</v>
       </c>
       <c r="C469" s="5">
-        <v>46099</v>
+        <v>46111</v>
       </c>
       <c r="D469" s="4" t="s">
-        <v>14</v>
+        <v>103</v>
       </c>
       <c r="E469" s="5">
         <v>40</v>
       </c>
       <c r="F469" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G469" s="5" t="s">
-        <v>194</v>
+        <v>35</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B470" s="4" t="s">
         <v>968</v>
       </c>
       <c r="C470" s="5">
         <v>46099</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E470" s="5">
         <v>40</v>
       </c>
       <c r="F470" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G470" s="5" t="s">
-        <v>709</v>
+        <v>194</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B471" s="4" t="s">
         <v>969</v>
       </c>
       <c r="C471" s="5">
         <v>46099</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E471" s="5">
         <v>40</v>
       </c>
       <c r="F471" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G471" s="5" t="s">
-        <v>817</v>
+        <v>709</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B472" s="4" t="s">
         <v>970</v>
       </c>
-      <c r="B472" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C472" s="5">
-        <v>46105</v>
+        <v>46099</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E472" s="5">
         <v>40</v>
       </c>
       <c r="F472" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G472" s="5" t="s">
-        <v>31</v>
+        <v>817</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" s="3" t="s">
-        <v>56</v>
+        <v>971</v>
       </c>
       <c r="B473" s="4" t="s">
         <v>972</v>
       </c>
       <c r="C473" s="5">
-        <v>46118</v>
+        <v>46105</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E473" s="5">
         <v>40</v>
       </c>
       <c r="F473" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G473" s="5" t="s">
-        <v>481</v>
+        <v>31</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B474" s="4" t="s">
         <v>973</v>
       </c>
-      <c r="B474" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C474" s="5">
-        <v>46128</v>
+        <v>46118</v>
       </c>
       <c r="D474" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E474" s="5">
         <v>40</v>
       </c>
       <c r="F474" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G474" s="5" t="s">
-        <v>975</v>
+        <v>481</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" s="3" t="s">
-        <v>11</v>
+        <v>974</v>
       </c>
       <c r="B475" s="4" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="C475" s="5">
         <v>46128</v>
       </c>
       <c r="D475" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E475" s="5">
         <v>40</v>
       </c>
       <c r="F475" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G475" s="5" t="s">
-        <v>448</v>
+        <v>976</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" s="3" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
       <c r="B476" s="4" t="s">
-        <v>976</v>
+        <v>975</v>
       </c>
       <c r="C476" s="5">
-        <v>46136</v>
+        <v>46128</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E476" s="5">
         <v>40</v>
       </c>
       <c r="F476" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G476" s="5" t="s">
-        <v>977</v>
+        <v>448</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B477" s="4" t="s">
+        <v>977</v>
+      </c>
+      <c r="C477" s="5">
+        <v>46136</v>
+      </c>
+      <c r="D477" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E477" s="5">
+        <v>40</v>
+      </c>
+      <c r="F477" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G477" s="5" t="s">
         <v>978</v>
-      </c>
-[...13 lines deleted...]
-        <v>979</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B478" s="4" t="s">
-        <v>980</v>
+        <v>979</v>
       </c>
       <c r="C478" s="5">
         <v>46147</v>
       </c>
       <c r="D478" s="4" t="s">
-        <v>14</v>
+        <v>103</v>
       </c>
       <c r="E478" s="5">
         <v>40</v>
       </c>
       <c r="F478" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G478" s="5" t="s">
-        <v>981</v>
+        <v>980</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" s="3" t="s">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="B479" s="4" t="s">
+        <v>981</v>
+      </c>
+      <c r="C479" s="5">
+        <v>46147</v>
+      </c>
+      <c r="D479" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E479" s="5">
+        <v>40</v>
+      </c>
+      <c r="F479" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G479" s="5" t="s">
         <v>982</v>
-      </c>
-[...13 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B480" s="4" t="s">
         <v>983</v>
       </c>
       <c r="C480" s="5">
         <v>46170</v>
       </c>
       <c r="D480" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E480" s="5">
         <v>40</v>
       </c>
       <c r="F480" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G480" s="5" t="s">
-        <v>984</v>
+        <v>162</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" s="3" t="s">
-        <v>114</v>
+        <v>56</v>
       </c>
       <c r="B481" s="4" t="s">
+        <v>984</v>
+      </c>
+      <c r="C481" s="5">
+        <v>46170</v>
+      </c>
+      <c r="D481" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E481" s="5">
+        <v>40</v>
+      </c>
+      <c r="F481" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G481" s="5" t="s">
         <v>985</v>
-      </c>
-[...13 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" s="3" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="B482" s="4" t="s">
         <v>986</v>
       </c>
       <c r="C482" s="5">
-        <v>46202</v>
+        <v>46184</v>
       </c>
       <c r="D482" s="4" t="s">
-        <v>14</v>
+        <v>103</v>
       </c>
       <c r="E482" s="5">
         <v>40</v>
       </c>
       <c r="F482" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G482" s="5" t="s">
-        <v>987</v>
+        <v>572</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B483" s="4" t="s">
+        <v>987</v>
+      </c>
+      <c r="C483" s="5">
+        <v>46202</v>
+      </c>
+      <c r="D483" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E483" s="5">
+        <v>40</v>
+      </c>
+      <c r="F483" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G483" s="5" t="s">
         <v>988</v>
-      </c>
-[...16 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" s="3" t="s">
-        <v>56</v>
+        <v>989</v>
       </c>
       <c r="B484" s="4" t="s">
         <v>990</v>
       </c>
       <c r="C484" s="5">
         <v>46213</v>
       </c>
       <c r="D484" s="4" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="E484" s="5">
         <v>40</v>
       </c>
       <c r="F484" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G484" s="5" t="s">
-        <v>991</v>
+        <v>73</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B485" s="4" t="s">
-        <v>992</v>
+        <v>991</v>
       </c>
       <c r="C485" s="5">
         <v>46213</v>
       </c>
       <c r="D485" s="4" t="s">
-        <v>14</v>
+        <v>103</v>
       </c>
       <c r="E485" s="5">
         <v>40</v>
       </c>
       <c r="F485" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G485" s="5" t="s">
-        <v>524</v>
+        <v>992</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" s="3" t="s">
-        <v>103</v>
+        <v>56</v>
       </c>
       <c r="B486" s="4" t="s">
         <v>993</v>
       </c>
       <c r="C486" s="5">
         <v>46213</v>
       </c>
       <c r="D486" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E486" s="5">
         <v>40</v>
       </c>
       <c r="F486" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G486" s="5" t="s">
-        <v>994</v>
+        <v>524</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B487" s="4" t="s">
-        <v>995</v>
+        <v>994</v>
       </c>
       <c r="C487" s="5">
         <v>46213</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E487" s="5">
         <v>40</v>
       </c>
       <c r="F487" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G487" s="5" t="s">
-        <v>996</v>
+        <v>995</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B488" s="4" t="s">
+        <v>996</v>
+      </c>
+      <c r="C488" s="5">
+        <v>46213</v>
+      </c>
+      <c r="D488" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E488" s="5">
+        <v>40</v>
+      </c>
+      <c r="F488" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G488" s="5" t="s">
         <v>997</v>
-      </c>
-[...16 lines deleted...]
-        <v>999</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" s="3" t="s">
-        <v>14</v>
+        <v>998</v>
       </c>
       <c r="B489" s="4" t="s">
+        <v>999</v>
+      </c>
+      <c r="C489" s="5">
+        <v>46214</v>
+      </c>
+      <c r="D489" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E489" s="5">
+        <v>2</v>
+      </c>
+      <c r="F489" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="G489" s="5" t="s">
         <v>1000</v>
-      </c>
-[...13 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" s="3" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="B490" s="4" t="s">
         <v>1001</v>
       </c>
       <c r="C490" s="5">
-        <v>46230</v>
+        <v>46229</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E490" s="5">
         <v>40</v>
       </c>
       <c r="F490" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G490" s="5" t="s">
-        <v>1002</v>
+        <v>507</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B491" s="4" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C491" s="5">
+        <v>46230</v>
+      </c>
+      <c r="D491" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E491" s="5">
+        <v>40</v>
+      </c>
+      <c r="F491" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G491" s="5" t="s">
         <v>1003</v>
-      </c>
-[...16 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" s="3" t="s">
-        <v>56</v>
+        <v>1004</v>
       </c>
       <c r="B492" s="4" t="s">
         <v>1005</v>
       </c>
       <c r="C492" s="5">
-        <v>46239</v>
+        <v>46238</v>
       </c>
       <c r="D492" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E492" s="5">
         <v>40</v>
       </c>
       <c r="F492" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G492" s="5" t="s">
-        <v>526</v>
+        <v>82</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" s="3" t="s">
-        <v>103</v>
+        <v>56</v>
       </c>
       <c r="B493" s="4" t="s">
         <v>1006</v>
       </c>
       <c r="C493" s="5">
-        <v>46244</v>
+        <v>46239</v>
       </c>
       <c r="D493" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E493" s="5">
         <v>40</v>
       </c>
       <c r="F493" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G493" s="5" t="s">
-        <v>793</v>
+        <v>526</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B494" s="4" t="s">
         <v>1007</v>
       </c>
-      <c r="B494" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C494" s="5">
-        <v>46263</v>
+        <v>46244</v>
       </c>
       <c r="D494" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E494" s="5">
         <v>40</v>
       </c>
       <c r="F494" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G494" s="5" t="s">
-        <v>805</v>
+        <v>793</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" s="3" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B495" s="4" t="s">
         <v>1009</v>
       </c>
-      <c r="B495" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C495" s="5">
-        <v>46902</v>
+        <v>46263</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E495" s="5">
         <v>40</v>
       </c>
       <c r="F495" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G495" s="5" t="s">
-        <v>1011</v>
+        <v>805</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" s="3" t="s">
-        <v>324</v>
+        <v>1010</v>
       </c>
       <c r="B496" s="4" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C496" s="5">
+        <v>46902</v>
+      </c>
+      <c r="D496" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E496" s="5">
+        <v>40</v>
+      </c>
+      <c r="F496" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G496" s="5" t="s">
         <v>1012</v>
-      </c>
-[...13 lines deleted...]
-        <v>526</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B497" s="4" t="s">
         <v>1013</v>
       </c>
       <c r="C497" s="5">
-        <v>47047</v>
+        <v>47038</v>
       </c>
       <c r="D497" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E497" s="5">
         <v>40</v>
       </c>
       <c r="F497" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G497" s="5" t="s">
-        <v>217</v>
+        <v>526</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="B498" s="4" t="s">
         <v>1014</v>
       </c>
-      <c r="B498" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C498" s="5">
-        <v>47052</v>
+        <v>47047</v>
       </c>
       <c r="D498" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E498" s="5">
         <v>40</v>
       </c>
       <c r="F498" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G498" s="5" t="s">
-        <v>1016</v>
+        <v>217</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" s="3" t="s">
-        <v>324</v>
+        <v>1015</v>
       </c>
       <c r="B499" s="4" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C499" s="5">
+        <v>47052</v>
+      </c>
+      <c r="D499" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E499" s="5">
+        <v>40</v>
+      </c>
+      <c r="F499" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G499" s="5" t="s">
         <v>1017</v>
-      </c>
-[...13 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B500" s="4" t="s">
         <v>1018</v>
       </c>
       <c r="C500" s="5">
-        <v>47172</v>
+        <v>47116</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E500" s="5">
         <v>40</v>
       </c>
       <c r="F500" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G500" s="5" t="s">
-        <v>1019</v>
+        <v>79</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B501" s="4" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C501" s="5">
+        <v>47172</v>
+      </c>
+      <c r="D501" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E501" s="5">
+        <v>40</v>
+      </c>
+      <c r="F501" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G501" s="5" t="s">
         <v>1020</v>
-      </c>
-[...13 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" s="3" t="s">
-        <v>789</v>
+        <v>324</v>
       </c>
       <c r="B502" s="4" t="s">
         <v>1021</v>
       </c>
       <c r="C502" s="5">
-        <v>47184</v>
+        <v>47179</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E502" s="5">
         <v>40</v>
       </c>
       <c r="F502" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G502" s="5" t="s">
-        <v>845</v>
+        <v>518</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="B503" s="4" t="s">
         <v>1022</v>
       </c>
-      <c r="B503" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C503" s="5">
-        <v>47217</v>
+        <v>47184</v>
       </c>
       <c r="D503" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E503" s="5">
         <v>40</v>
       </c>
       <c r="F503" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G503" s="5" t="s">
-        <v>1024</v>
+        <v>845</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" s="3" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B504" s="4" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C504" s="5">
+        <v>47217</v>
+      </c>
+      <c r="D504" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E504" s="5">
+        <v>40</v>
+      </c>
+      <c r="F504" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G504" s="5" t="s">
         <v>1025</v>
-      </c>
-[...16 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" s="3" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="B505" s="4" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="C505" s="5" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E505" s="5">
         <v>40</v>
       </c>
       <c r="F505" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G505" s="5" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" s="3" t="s">
-        <v>276</v>
+        <v>1026</v>
       </c>
       <c r="B506" s="4" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C506" s="5" t="s">
         <v>1028</v>
       </c>
-      <c r="C506" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D506" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E506" s="5">
         <v>40</v>
       </c>
       <c r="F506" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G506" s="5" t="s">
-        <v>405</v>
+        <v>239</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B507" s="4" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C507" s="5" t="s">
         <v>1030</v>
       </c>
-      <c r="C507" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E507" s="5">
         <v>40</v>
       </c>
       <c r="F507" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G507" s="5" t="s">
-        <v>28</v>
+        <v>405</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B508" s="4" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C508" s="5" t="s">
         <v>1032</v>
       </c>
-      <c r="C508" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E508" s="5">
         <v>40</v>
       </c>
       <c r="F508" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G508" s="5" t="s">
-        <v>761</v>
+        <v>28</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B509" s="4" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C509" s="5" t="s">
         <v>1034</v>
       </c>
-      <c r="C509" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D509" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E509" s="5">
         <v>40</v>
       </c>
       <c r="F509" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G509" s="5" t="s">
-        <v>1036</v>
+        <v>761</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B510" s="4" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C510" s="5" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D510" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E510" s="5">
+        <v>40</v>
+      </c>
+      <c r="F510" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G510" s="5" t="s">
         <v>1037</v>
-      </c>
-[...13 lines deleted...]
-        <v>817</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B511" s="4" t="s">
         <v>1038</v>
       </c>
       <c r="C511" s="5" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E511" s="5">
         <v>40</v>
       </c>
       <c r="F511" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G511" s="5" t="s">
-        <v>70</v>
+        <v>817</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B512" s="4" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C512" s="5" t="s">
         <v>1040</v>
       </c>
-      <c r="C512" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D512" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E512" s="5">
         <v>40</v>
       </c>
       <c r="F512" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G512" s="5" t="s">
-        <v>327</v>
+        <v>70</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B513" s="4" t="s">
         <v>1041</v>
       </c>
       <c r="C513" s="5" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E513" s="5">
         <v>40</v>
       </c>
       <c r="F513" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G513" s="5" t="s">
-        <v>1042</v>
+        <v>327</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B514" s="4" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C514" s="5" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D514" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E514" s="5">
+        <v>40</v>
+      </c>
+      <c r="F514" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G514" s="5" t="s">
         <v>1043</v>
-      </c>
-[...13 lines deleted...]
-        <v>1044</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="B515" s="4" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C515" s="5" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D515" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E515" s="5">
+        <v>40</v>
+      </c>
+      <c r="F515" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G515" s="5" t="s">
         <v>1045</v>
-      </c>
-[...16 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" s="3" t="s">
-        <v>827</v>
+        <v>1046</v>
       </c>
       <c r="B516" s="4" t="s">
         <v>1047</v>
       </c>
       <c r="C516" s="5">
         <v>50017</v>
       </c>
       <c r="D516" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E516" s="5">
         <v>40</v>
       </c>
       <c r="F516" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G516" s="5" t="s">
-        <v>1048</v>
+        <v>121</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" s="3" t="s">
+        <v>827</v>
+      </c>
+      <c r="B517" s="4" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C517" s="5">
+        <v>50017</v>
+      </c>
+      <c r="D517" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E517" s="5">
+        <v>40</v>
+      </c>
+      <c r="F517" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G517" s="5" t="s">
         <v>1049</v>
-      </c>
-[...16 lines deleted...]
-        <v>931</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" s="3" t="s">
-        <v>746</v>
+        <v>1050</v>
       </c>
       <c r="B518" s="4" t="s">
         <v>1051</v>
       </c>
       <c r="C518" s="5">
-        <v>50025</v>
+        <v>50022</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="5">
         <v>40</v>
       </c>
       <c r="F518" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G518" s="5" t="s">
-        <v>150</v>
+        <v>931</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" s="3" t="s">
         <v>746</v>
       </c>
       <c r="B519" s="4" t="s">
         <v>1052</v>
       </c>
       <c r="C519" s="5">
-        <v>50073</v>
+        <v>50025</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E519" s="5">
         <v>40</v>
       </c>
       <c r="F519" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G519" s="5" t="s">
-        <v>598</v>
+        <v>150</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" s="3" t="s">
+        <v>746</v>
+      </c>
+      <c r="B520" s="4" t="s">
         <v>1053</v>
       </c>
-      <c r="B520" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C520" s="5">
-        <v>50136</v>
+        <v>50073</v>
       </c>
       <c r="D520" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E520" s="5">
         <v>40</v>
       </c>
       <c r="F520" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G520" s="5" t="s">
-        <v>1055</v>
+        <v>598</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" s="3" t="s">
-        <v>903</v>
+        <v>1054</v>
       </c>
       <c r="B521" s="4" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C521" s="5">
+        <v>50136</v>
+      </c>
+      <c r="D521" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E521" s="5">
+        <v>40</v>
+      </c>
+      <c r="F521" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G521" s="5" t="s">
         <v>1056</v>
-      </c>
-[...13 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" s="3" t="s">
-        <v>746</v>
+        <v>903</v>
       </c>
       <c r="B522" s="4" t="s">
         <v>1057</v>
       </c>
       <c r="C522" s="5">
-        <v>50225</v>
+        <v>50222</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E522" s="5">
         <v>40</v>
       </c>
       <c r="F522" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G522" s="5" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" s="3" t="s">
-        <v>877</v>
+        <v>746</v>
       </c>
       <c r="B523" s="4" t="s">
         <v>1058</v>
       </c>
       <c r="C523" s="5">
-        <v>50266</v>
+        <v>50225</v>
       </c>
       <c r="D523" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E523" s="5">
         <v>40</v>
       </c>
       <c r="F523" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G523" s="5" t="s">
-        <v>692</v>
+        <v>88</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" s="3" t="s">
-        <v>903</v>
+        <v>877</v>
       </c>
       <c r="B524" s="4" t="s">
         <v>1059</v>
       </c>
       <c r="C524" s="5">
-        <v>50297</v>
+        <v>50266</v>
       </c>
       <c r="D524" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E524" s="5">
         <v>40</v>
       </c>
       <c r="F524" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G524" s="5" t="s">
-        <v>1060</v>
+        <v>692</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" s="3" t="s">
-        <v>1053</v>
+        <v>903</v>
       </c>
       <c r="B525" s="4" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
       <c r="C525" s="5">
         <v>50297</v>
       </c>
       <c r="D525" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E525" s="5">
         <v>40</v>
       </c>
       <c r="F525" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G525" s="5" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" s="3" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="B526" s="4" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
       <c r="C526" s="5">
         <v>50297</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E526" s="5">
         <v>40</v>
       </c>
       <c r="F526" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G526" s="5" t="s">
-        <v>1064</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" s="3" t="s">
-        <v>827</v>
+        <v>1054</v>
       </c>
       <c r="B527" s="4" t="s">
-        <v>1065</v>
+        <v>1064</v>
       </c>
       <c r="C527" s="5">
         <v>50297</v>
       </c>
       <c r="D527" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E527" s="5">
         <v>40</v>
       </c>
       <c r="F527" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G527" s="5" t="s">
-        <v>1066</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" s="3" t="s">
+        <v>827</v>
+      </c>
+      <c r="B528" s="4" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C528" s="5">
+        <v>50297</v>
+      </c>
+      <c r="D528" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E528" s="5">
+        <v>40</v>
+      </c>
+      <c r="F528" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G528" s="5" t="s">
         <v>1067</v>
-      </c>
-[...16 lines deleted...]
-        <v>1069</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" s="3" t="s">
-        <v>794</v>
+        <v>1068</v>
       </c>
       <c r="B529" s="4" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C529" s="5">
+        <v>49022</v>
+      </c>
+      <c r="D529" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E529" s="5">
+        <v>40</v>
+      </c>
+      <c r="F529" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G529" s="5" t="s">
         <v>1070</v>
-      </c>
-[...13 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="B530" s="4" t="s">
         <v>1071</v>
       </c>
-      <c r="B530" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C530" s="5">
-        <v>49037</v>
+        <v>49034</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E530" s="5">
         <v>40</v>
       </c>
       <c r="F530" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G530" s="5" t="s">
-        <v>207</v>
+        <v>524</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" s="3" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B531" s="4" t="s">
         <v>1073</v>
       </c>
-      <c r="B531" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C531" s="5">
-        <v>49095</v>
+        <v>49037</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E531" s="5">
         <v>40</v>
       </c>
       <c r="F531" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G531" s="5" t="s">
-        <v>931</v>
+        <v>207</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" s="3" t="s">
-        <v>159</v>
+        <v>1074</v>
       </c>
       <c r="B532" s="4" t="s">
         <v>1075</v>
       </c>
       <c r="C532" s="5">
-        <v>49101</v>
+        <v>49095</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E532" s="5">
         <v>40</v>
       </c>
       <c r="F532" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G532" s="5" t="s">
-        <v>1076</v>
+        <v>931</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" s="3" t="s">
-        <v>681</v>
+        <v>159</v>
       </c>
       <c r="B533" s="4" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C533" s="5">
+        <v>49101</v>
+      </c>
+      <c r="D533" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E533" s="5">
+        <v>40</v>
+      </c>
+      <c r="F533" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G533" s="5" t="s">
         <v>1077</v>
-      </c>
-[...13 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" s="3" t="s">
-        <v>1067</v>
+        <v>681</v>
       </c>
       <c r="B534" s="4" t="s">
         <v>1078</v>
       </c>
       <c r="C534" s="5">
-        <v>49172</v>
+        <v>49145</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E534" s="5">
         <v>40</v>
       </c>
       <c r="F534" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G534" s="5" t="s">
-        <v>282</v>
+        <v>150</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" s="3" t="s">
-        <v>715</v>
+        <v>1068</v>
       </c>
       <c r="B535" s="4" t="s">
         <v>1079</v>
       </c>
       <c r="C535" s="5">
+        <v>49172</v>
+      </c>
+      <c r="D535" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E535" s="5">
+        <v>40</v>
+      </c>
+      <c r="F535" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G535" s="5" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="536" spans="1:7">
+      <c r="A536" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="B536" s="4" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C536" s="5">
         <v>49275</v>
       </c>
-      <c r="D535" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G536" s="1"/>
+      <c r="D536" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E536" s="5">
+        <v>40</v>
+      </c>
+      <c r="F536" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G536" s="5" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="537" spans="1:7">
+      <c r="A537" s="2"/>
+      <c r="C537" s="1"/>
+      <c r="E537" s="1"/>
+      <c r="F537" s="1"/>
+      <c r="G537" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">