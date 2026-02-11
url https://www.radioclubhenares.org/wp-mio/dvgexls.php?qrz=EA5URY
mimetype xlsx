--- v1 (2025-12-19)
+++ v2 (2026-02-11)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1082">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5URY</t>
   </si>
   <si>
     <t>524 Referencias DVGE - 531 QSO encontrados - 436 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1467 (19-12-2025 08:04)</t>
+    <t>Ranking #1467 (12-02-2026 00:01)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5CMP/P</t>
   </si>