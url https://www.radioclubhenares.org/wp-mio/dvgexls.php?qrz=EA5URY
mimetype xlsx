--- v2 (2026-02-11)
+++ v3 (2026-03-31)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1082">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5URY</t>
   </si>
   <si>
     <t>524 Referencias DVGE - 531 QSO encontrados - 436 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1467 (12-02-2026 00:01)</t>
+    <t>Ranking #1467 (31-03-2026 08:34)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5CMP/P</t>
   </si>