--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5VN</t>
   </si>
   <si>
-    <t>83 Referencias DVGE - 101 QSO encontrados - 58 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #3822 (04-11-2025 13:34)</t>
+    <t>84 Referencias DVGE - 102 QSO encontrados - 59 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #3822 (23-12-2025 02:31)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5AJX/M</t>
   </si>
@@ -702,50 +702,59 @@
     <t>VGV-171</t>
   </si>
   <si>
     <t>25/07/2015</t>
   </si>
   <si>
     <t>VGV-172</t>
   </si>
   <si>
     <t>14/08/2015</t>
   </si>
   <si>
     <t>EA5URY/P</t>
   </si>
   <si>
     <t>VGV-177</t>
   </si>
   <si>
     <t>30/04/2015</t>
   </si>
   <si>
     <t>VGV-178</t>
   </si>
   <si>
     <t>30/08/2016</t>
+  </si>
+  <si>
+    <t>EA5QG</t>
+  </si>
+  <si>
+    <t>VGV-179</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
   </si>
   <si>
     <t>EA5DCL</t>
   </si>
   <si>
     <t>VGV-199</t>
   </si>
   <si>
     <t>VGV-200</t>
   </si>
   <si>
     <t>28/07/2015</t>
   </si>
   <si>
     <t>EA5DCL/P</t>
   </si>
   <si>
     <t>EC2AMN/1</t>
   </si>
   <si>
     <t>VGZA-196</t>
   </si>
   <si>
     <t>EA5HQY/1</t>
   </si>
@@ -1189,51 +1198,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G107"/>
+  <dimension ref="A1:G108"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -3400,232 +3409,255 @@
       </c>
       <c r="C98" s="5">
         <v>46213</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="5">
         <v>40</v>
       </c>
       <c r="F98" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G98" s="5" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B99" s="4" t="s">
         <v>231</v>
       </c>
       <c r="C99" s="5">
-        <v>46239</v>
+        <v>46214</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="5">
         <v>40</v>
       </c>
       <c r="F99" s="5" t="s">
         <v>25</v>
       </c>
       <c r="G99" s="5" t="s">
-        <v>134</v>
+        <v>232</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="3" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="B100" s="4" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C100" s="5">
         <v>46239</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="5">
         <v>40</v>
       </c>
       <c r="F100" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="G100" s="5" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="3" t="s">
-        <v>26</v>
+        <v>233</v>
       </c>
       <c r="B101" s="4" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C101" s="5">
         <v>46239</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="5">
         <v>40</v>
       </c>
       <c r="F101" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G101" s="5" t="s">
-        <v>233</v>
+        <v>134</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="3" t="s">
-        <v>234</v>
+        <v>26</v>
       </c>
       <c r="B102" s="4" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C102" s="5">
         <v>46239</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="5">
         <v>40</v>
       </c>
       <c r="F102" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G102" s="5" t="s">
-        <v>112</v>
+        <v>236</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="3" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B103" s="4" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C103" s="5">
         <v>46239</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F103" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G103" s="5" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="3" t="s">
-        <v>111</v>
+        <v>237</v>
       </c>
       <c r="B104" s="4" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C104" s="5">
         <v>46239</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F104" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="G104" s="5" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B105" s="4" t="s">
         <v>235</v>
       </c>
-      <c r="B105" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="5">
-        <v>49240</v>
+        <v>46239</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="5">
         <v>40</v>
       </c>
       <c r="F105" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G105" s="5" t="s">
-        <v>166</v>
+        <v>112</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B106" s="4" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C106" s="5">
+        <v>49240</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="5">
+        <v>40</v>
+      </c>
+      <c r="F106" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G106" s="5" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7">
+      <c r="A107" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="B107" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="C107" s="5">
         <v>49249</v>
       </c>
-      <c r="D106" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G107" s="1"/>
+      <c r="D107" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="5">
+        <v>40</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G107" s="5" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7">
+      <c r="A108" s="2"/>
+      <c r="C108" s="1"/>
+      <c r="E108" s="1"/>
+      <c r="F108" s="1"/>
+      <c r="G108" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">