--- v1 (2025-12-23)
+++ v2 (2026-02-06)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA5VN</t>
   </si>
   <si>
     <t>84 Referencias DVGE - 102 QSO encontrados - 59 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #3822 (23-12-2025 02:31)</t>
+    <t>Ranking #3822 (06-02-2026 08:12)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5AJX/M</t>
   </si>