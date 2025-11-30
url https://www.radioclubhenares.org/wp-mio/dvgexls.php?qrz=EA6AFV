--- v0 (2025-10-13)
+++ v1 (2025-11-30)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1783">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1786">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA6AFV</t>
   </si>
   <si>
-    <t>894 Referencias DVGE - 947 QSO encontrados - 713 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1034 (13-10-2025 16:44)</t>
+    <t>895 Referencias DVGE - 948 QSO encontrados - 714 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1034 (30-11-2025 20:56)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5GUW/P/QRP</t>
   </si>
@@ -4842,50 +4842,59 @@
     <t>VGV-128</t>
   </si>
   <si>
     <t>EA5XU/P</t>
   </si>
   <si>
     <t>VGV-137</t>
   </si>
   <si>
     <t>EA5ICD/P</t>
   </si>
   <si>
     <t>VGV-142</t>
   </si>
   <si>
     <t>VGV-148</t>
   </si>
   <si>
     <t>EA5KB/P</t>
   </si>
   <si>
     <t>VGV-149</t>
   </si>
   <si>
     <t>VGV-150</t>
+  </si>
+  <si>
+    <t>EB5URT</t>
+  </si>
+  <si>
+    <t>VGV-151</t>
+  </si>
+  <si>
+    <t>09/11/2025</t>
   </si>
   <si>
     <t>VGV-154</t>
   </si>
   <si>
     <t>VGV-156</t>
   </si>
   <si>
     <t>VGV-157</t>
   </si>
   <si>
     <t>VGV-165</t>
   </si>
   <si>
     <t>VGV-192</t>
   </si>
   <si>
     <t>VGV-198</t>
   </si>
   <si>
     <t>EA5KB</t>
   </si>
   <si>
     <t>VGV-213</t>
   </si>
@@ -5818,51 +5827,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G953"/>
+  <dimension ref="A1:G954"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -25135,2584 +25144,2607 @@
     <row r="842" spans="1:7">
       <c r="A842" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B842" s="4" t="s">
         <v>1609</v>
       </c>
       <c r="C842" s="5">
         <v>46199</v>
       </c>
       <c r="D842" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E842" s="5">
         <v>40</v>
       </c>
       <c r="F842" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G842" s="5" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="843" spans="1:7">
       <c r="A843" s="3" t="s">
-        <v>28</v>
+        <v>1610</v>
       </c>
       <c r="B843" s="4" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="C843" s="5">
-        <v>46197</v>
+        <v>46202</v>
       </c>
       <c r="D843" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E843" s="5">
         <v>40</v>
       </c>
       <c r="F843" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G843" s="5" t="s">
-        <v>369</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="844" spans="1:7">
       <c r="A844" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B844" s="4" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="C844" s="5">
-        <v>46204</v>
+        <v>46197</v>
       </c>
       <c r="D844" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E844" s="5">
         <v>40</v>
       </c>
       <c r="F844" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G844" s="5" t="s">
-        <v>335</v>
+        <v>369</v>
       </c>
     </row>
     <row r="845" spans="1:7">
       <c r="A845" s="3" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B845" s="4" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="C845" s="5">
-        <v>46104</v>
+        <v>46204</v>
       </c>
       <c r="D845" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E845" s="5">
         <v>40</v>
       </c>
       <c r="F845" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G845" s="5" t="s">
-        <v>738</v>
+        <v>335</v>
       </c>
     </row>
     <row r="846" spans="1:7">
       <c r="A846" s="3" t="s">
-        <v>110</v>
+        <v>32</v>
       </c>
       <c r="B846" s="4" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="C846" s="5">
-        <v>46213</v>
+        <v>46104</v>
       </c>
       <c r="D846" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E846" s="5">
         <v>40</v>
       </c>
       <c r="F846" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G846" s="5" t="s">
-        <v>910</v>
+        <v>738</v>
       </c>
     </row>
     <row r="847" spans="1:7">
       <c r="A847" s="3" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="B847" s="4" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="C847" s="5">
-        <v>46233</v>
+        <v>46213</v>
       </c>
       <c r="D847" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E847" s="5">
         <v>40</v>
       </c>
       <c r="F847" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G847" s="5" t="s">
-        <v>227</v>
+        <v>910</v>
       </c>
     </row>
     <row r="848" spans="1:7">
       <c r="A848" s="3" t="s">
-        <v>28</v>
+        <v>85</v>
       </c>
       <c r="B848" s="4" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="C848" s="5">
-        <v>46238</v>
+        <v>46233</v>
       </c>
       <c r="D848" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E848" s="5">
         <v>40</v>
       </c>
       <c r="F848" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G848" s="5" t="s">
-        <v>177</v>
+        <v>227</v>
       </c>
     </row>
     <row r="849" spans="1:7">
       <c r="A849" s="3" t="s">
-        <v>1616</v>
+        <v>28</v>
       </c>
       <c r="B849" s="4" t="s">
-        <v>1615</v>
+        <v>1618</v>
       </c>
       <c r="C849" s="5">
         <v>46238</v>
       </c>
       <c r="D849" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E849" s="5">
         <v>40</v>
       </c>
       <c r="F849" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G849" s="5" t="s">
-        <v>658</v>
+        <v>177</v>
       </c>
     </row>
     <row r="850" spans="1:7">
       <c r="A850" s="3" t="s">
-        <v>28</v>
+        <v>1619</v>
       </c>
       <c r="B850" s="4" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="C850" s="5">
-        <v>46249</v>
+        <v>46238</v>
       </c>
       <c r="D850" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E850" s="5">
         <v>40</v>
       </c>
       <c r="F850" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G850" s="5" t="s">
-        <v>1251</v>
+        <v>658</v>
       </c>
     </row>
     <row r="851" spans="1:7">
       <c r="A851" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B851" s="4" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="C851" s="5">
-        <v>46250</v>
+        <v>46249</v>
       </c>
       <c r="D851" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E851" s="5">
         <v>40</v>
       </c>
       <c r="F851" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G851" s="5" t="s">
-        <v>363</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="852" spans="1:7">
       <c r="A852" s="3" t="s">
-        <v>110</v>
+        <v>28</v>
       </c>
       <c r="B852" s="4" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="C852" s="5">
-        <v>46254</v>
+        <v>46250</v>
       </c>
       <c r="D852" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E852" s="5">
         <v>40</v>
       </c>
       <c r="F852" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G852" s="5" t="s">
-        <v>56</v>
+        <v>363</v>
       </c>
     </row>
     <row r="853" spans="1:7">
       <c r="A853" s="3" t="s">
-        <v>1560</v>
+        <v>110</v>
       </c>
       <c r="B853" s="4" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="C853" s="5">
-        <v>46902</v>
+        <v>46254</v>
       </c>
       <c r="D853" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E853" s="5">
         <v>40</v>
       </c>
       <c r="F853" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G853" s="5" t="s">
-        <v>1621</v>
+        <v>56</v>
       </c>
     </row>
     <row r="854" spans="1:7">
       <c r="A854" s="3" t="s">
-        <v>1622</v>
+        <v>1560</v>
       </c>
       <c r="B854" s="4" t="s">
         <v>1623</v>
       </c>
       <c r="C854" s="5">
-        <v>47008</v>
+        <v>46902</v>
       </c>
       <c r="D854" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E854" s="5">
         <v>40</v>
       </c>
       <c r="F854" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G854" s="5" t="s">
         <v>1624</v>
       </c>
     </row>
     <row r="855" spans="1:7">
       <c r="A855" s="3" t="s">
-        <v>474</v>
+        <v>1625</v>
       </c>
       <c r="B855" s="4" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="C855" s="5">
-        <v>47031</v>
+        <v>47008</v>
       </c>
       <c r="D855" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E855" s="5">
         <v>40</v>
       </c>
       <c r="F855" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G855" s="5" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="856" spans="1:7">
       <c r="A856" s="3" t="s">
-        <v>1627</v>
+        <v>474</v>
       </c>
       <c r="B856" s="4" t="s">
         <v>1628</v>
       </c>
       <c r="C856" s="5">
-        <v>47039</v>
+        <v>47031</v>
       </c>
       <c r="D856" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E856" s="5">
         <v>40</v>
       </c>
       <c r="F856" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G856" s="5" t="s">
-        <v>1018</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="857" spans="1:7">
       <c r="A857" s="3" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="B857" s="4" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="C857" s="5">
-        <v>47043</v>
+        <v>47039</v>
       </c>
       <c r="D857" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E857" s="5">
         <v>40</v>
       </c>
       <c r="F857" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G857" s="5" t="s">
-        <v>1591</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="858" spans="1:7">
       <c r="A858" s="3" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="B858" s="4" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="C858" s="5">
-        <v>47045</v>
+        <v>47043</v>
       </c>
       <c r="D858" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E858" s="5">
         <v>40</v>
       </c>
       <c r="F858" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G858" s="5" t="s">
-        <v>227</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="859" spans="1:7">
       <c r="A859" s="3" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="B859" s="4" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="C859" s="5">
-        <v>47052</v>
+        <v>47045</v>
       </c>
       <c r="D859" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E859" s="5">
         <v>40</v>
       </c>
       <c r="F859" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G859" s="5" t="s">
-        <v>572</v>
+        <v>227</v>
       </c>
     </row>
     <row r="860" spans="1:7">
       <c r="A860" s="3" t="s">
-        <v>462</v>
+        <v>1636</v>
       </c>
       <c r="B860" s="4" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="C860" s="5">
-        <v>47054</v>
+        <v>47052</v>
       </c>
       <c r="D860" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E860" s="5">
         <v>40</v>
       </c>
       <c r="F860" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G860" s="5" t="s">
-        <v>1636</v>
+        <v>572</v>
       </c>
     </row>
     <row r="861" spans="1:7">
       <c r="A861" s="3" t="s">
-        <v>495</v>
+        <v>462</v>
       </c>
       <c r="B861" s="4" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="C861" s="5">
-        <v>47101</v>
+        <v>47054</v>
       </c>
       <c r="D861" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E861" s="5">
         <v>40</v>
       </c>
       <c r="F861" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G861" s="5" t="s">
-        <v>684</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="862" spans="1:7">
       <c r="A862" s="3" t="s">
-        <v>1638</v>
+        <v>495</v>
       </c>
       <c r="B862" s="4" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="C862" s="5">
-        <v>47163</v>
+        <v>47101</v>
       </c>
       <c r="D862" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E862" s="5">
         <v>40</v>
       </c>
       <c r="F862" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G862" s="5" t="s">
-        <v>1640</v>
+        <v>684</v>
       </c>
     </row>
     <row r="863" spans="1:7">
       <c r="A863" s="3" t="s">
-        <v>1633</v>
+        <v>1641</v>
       </c>
       <c r="B863" s="4" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="C863" s="5">
-        <v>47165</v>
+        <v>47163</v>
       </c>
       <c r="D863" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E863" s="5">
         <v>40</v>
       </c>
       <c r="F863" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G863" s="5" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="864" spans="1:7">
       <c r="A864" s="3" t="s">
-        <v>1643</v>
+        <v>1636</v>
       </c>
       <c r="B864" s="4" t="s">
         <v>1644</v>
       </c>
       <c r="C864" s="5">
-        <v>47217</v>
+        <v>47165</v>
       </c>
       <c r="D864" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E864" s="5">
         <v>40</v>
       </c>
       <c r="F864" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G864" s="5" t="s">
-        <v>829</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="865" spans="1:7">
       <c r="A865" s="3" t="s">
-        <v>1627</v>
+        <v>1646</v>
       </c>
       <c r="B865" s="4" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="C865" s="5">
-        <v>47218</v>
+        <v>47217</v>
       </c>
       <c r="D865" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E865" s="5">
         <v>40</v>
       </c>
       <c r="F865" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G865" s="5" t="s">
-        <v>95</v>
+        <v>829</v>
       </c>
     </row>
     <row r="866" spans="1:7">
       <c r="A866" s="3" t="s">
-        <v>1646</v>
+        <v>1630</v>
       </c>
       <c r="B866" s="4" t="s">
-        <v>1647</v>
-[...1 lines deleted...]
-      <c r="C866" s="5" t="s">
         <v>1648</v>
       </c>
+      <c r="C866" s="5">
+        <v>47218</v>
+      </c>
       <c r="D866" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E866" s="5">
         <v>40</v>
       </c>
       <c r="F866" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G866" s="5" t="s">
-        <v>910</v>
+        <v>95</v>
       </c>
     </row>
     <row r="867" spans="1:7">
       <c r="A867" s="3" t="s">
         <v>1649</v>
       </c>
       <c r="B867" s="4" t="s">
         <v>1650</v>
       </c>
       <c r="C867" s="5" t="s">
         <v>1651</v>
       </c>
       <c r="D867" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E867" s="5">
         <v>40</v>
       </c>
       <c r="F867" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G867" s="5" t="s">
-        <v>1652</v>
+        <v>910</v>
       </c>
     </row>
     <row r="868" spans="1:7">
       <c r="A868" s="3" t="s">
-        <v>1646</v>
+        <v>1652</v>
       </c>
       <c r="B868" s="4" t="s">
         <v>1653</v>
       </c>
       <c r="C868" s="5" t="s">
-        <v>1651</v>
+        <v>1654</v>
       </c>
       <c r="D868" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E868" s="5">
         <v>40</v>
       </c>
       <c r="F868" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G868" s="5" t="s">
-        <v>439</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="869" spans="1:7">
       <c r="A869" s="3" t="s">
         <v>1649</v>
       </c>
       <c r="B869" s="4" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C869" s="5" t="s">
         <v>1654</v>
       </c>
-      <c r="C869" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D869" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E869" s="5">
         <v>40</v>
       </c>
       <c r="F869" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G869" s="5" t="s">
-        <v>211</v>
+        <v>439</v>
       </c>
     </row>
     <row r="870" spans="1:7">
       <c r="A870" s="3" t="s">
-        <v>1646</v>
+        <v>1652</v>
       </c>
       <c r="B870" s="4" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="C870" s="5" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="D870" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E870" s="5">
         <v>40</v>
       </c>
       <c r="F870" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G870" s="5" t="s">
-        <v>366</v>
+        <v>211</v>
       </c>
     </row>
     <row r="871" spans="1:7">
       <c r="A871" s="3" t="s">
-        <v>1646</v>
+        <v>1649</v>
       </c>
       <c r="B871" s="4" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="C871" s="5" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="D871" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E871" s="5">
         <v>40</v>
       </c>
       <c r="F871" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G871" s="5" t="s">
-        <v>119</v>
+        <v>366</v>
       </c>
     </row>
     <row r="872" spans="1:7">
       <c r="A872" s="3" t="s">
-        <v>1660</v>
+        <v>1649</v>
       </c>
       <c r="B872" s="4" t="s">
         <v>1661</v>
       </c>
       <c r="C872" s="5" t="s">
-        <v>1659</v>
+        <v>1662</v>
       </c>
       <c r="D872" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E872" s="5">
         <v>40</v>
       </c>
       <c r="F872" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G872" s="5" t="s">
-        <v>88</v>
+        <v>119</v>
       </c>
     </row>
     <row r="873" spans="1:7">
       <c r="A873" s="3" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B873" s="4" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C873" s="5" t="s">
         <v>1662</v>
       </c>
-      <c r="B873" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D873" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E873" s="5">
         <v>40</v>
       </c>
       <c r="F873" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G873" s="5" t="s">
-        <v>1018</v>
+        <v>88</v>
       </c>
     </row>
     <row r="874" spans="1:7">
       <c r="A874" s="3" t="s">
-        <v>418</v>
+        <v>1665</v>
       </c>
       <c r="B874" s="4" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="C874" s="5" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="D874" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E874" s="5">
         <v>40</v>
       </c>
       <c r="F874" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G874" s="5" t="s">
-        <v>597</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="875" spans="1:7">
       <c r="A875" s="3" t="s">
-        <v>1649</v>
+        <v>418</v>
       </c>
       <c r="B875" s="4" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="C875" s="5" t="s">
-        <v>1648</v>
+        <v>1669</v>
       </c>
       <c r="D875" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E875" s="5">
         <v>40</v>
       </c>
       <c r="F875" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G875" s="5" t="s">
-        <v>738</v>
+        <v>597</v>
       </c>
     </row>
     <row r="876" spans="1:7">
       <c r="A876" s="3" t="s">
-        <v>1668</v>
+        <v>1652</v>
       </c>
       <c r="B876" s="4" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="C876" s="5" t="s">
-        <v>1670</v>
+        <v>1651</v>
       </c>
       <c r="D876" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E876" s="5">
         <v>40</v>
       </c>
       <c r="F876" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G876" s="5" t="s">
-        <v>387</v>
+        <v>738</v>
       </c>
     </row>
     <row r="877" spans="1:7">
       <c r="A877" s="3" t="s">
-        <v>418</v>
+        <v>1671</v>
       </c>
       <c r="B877" s="4" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="C877" s="5" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="D877" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E877" s="5">
         <v>40</v>
       </c>
       <c r="F877" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G877" s="5" t="s">
-        <v>973</v>
+        <v>387</v>
       </c>
     </row>
     <row r="878" spans="1:7">
       <c r="A878" s="3" t="s">
-        <v>1646</v>
+        <v>418</v>
       </c>
       <c r="B878" s="4" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="C878" s="5" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="D878" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E878" s="5">
         <v>40</v>
       </c>
       <c r="F878" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G878" s="5" t="s">
-        <v>231</v>
+        <v>973</v>
       </c>
     </row>
     <row r="879" spans="1:7">
       <c r="A879" s="3" t="s">
-        <v>1668</v>
+        <v>1649</v>
       </c>
       <c r="B879" s="4" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="C879" s="5" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="D879" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E879" s="5">
         <v>40</v>
       </c>
       <c r="F879" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G879" s="5" t="s">
-        <v>448</v>
+        <v>231</v>
       </c>
     </row>
     <row r="880" spans="1:7">
       <c r="A880" s="3" t="s">
-        <v>1649</v>
+        <v>1671</v>
       </c>
       <c r="B880" s="4" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="C880" s="5" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="D880" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E880" s="5">
         <v>40</v>
       </c>
       <c r="F880" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G880" s="5" t="s">
-        <v>56</v>
+        <v>448</v>
       </c>
     </row>
     <row r="881" spans="1:7">
       <c r="A881" s="3" t="s">
-        <v>1668</v>
+        <v>1652</v>
       </c>
       <c r="B881" s="4" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="C881" s="5" t="s">
-        <v>1655</v>
+        <v>1681</v>
       </c>
       <c r="D881" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E881" s="5">
         <v>40</v>
       </c>
       <c r="F881" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G881" s="5" t="s">
-        <v>618</v>
+        <v>56</v>
       </c>
     </row>
     <row r="882" spans="1:7">
       <c r="A882" s="3" t="s">
-        <v>418</v>
+        <v>1671</v>
       </c>
       <c r="B882" s="4" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="C882" s="5" t="s">
-        <v>1681</v>
+        <v>1658</v>
       </c>
       <c r="D882" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E882" s="5">
         <v>40</v>
       </c>
       <c r="F882" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G882" s="5" t="s">
-        <v>1682</v>
+        <v>618</v>
       </c>
     </row>
     <row r="883" spans="1:7">
       <c r="A883" s="3" t="s">
-        <v>1668</v>
+        <v>418</v>
       </c>
       <c r="B883" s="4" t="s">
         <v>1683</v>
       </c>
       <c r="C883" s="5" t="s">
         <v>1684</v>
       </c>
       <c r="D883" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E883" s="5">
         <v>40</v>
       </c>
       <c r="F883" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G883" s="5" t="s">
-        <v>615</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="884" spans="1:7">
       <c r="A884" s="3" t="s">
-        <v>1668</v>
+        <v>1671</v>
       </c>
       <c r="B884" s="4" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="C884" s="5" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
       <c r="D884" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E884" s="5">
         <v>40</v>
       </c>
       <c r="F884" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G884" s="5" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
     </row>
     <row r="885" spans="1:7">
       <c r="A885" s="3" t="s">
-        <v>1686</v>
+        <v>1671</v>
       </c>
       <c r="B885" s="4" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C885" s="5" t="s">
         <v>1687</v>
-      </c>
-[...1 lines deleted...]
-        <v>1688</v>
       </c>
       <c r="D885" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E885" s="5">
         <v>40</v>
       </c>
       <c r="F885" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G885" s="5" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="886" spans="1:7">
       <c r="A886" s="3" t="s">
         <v>1689</v>
       </c>
       <c r="B886" s="4" t="s">
         <v>1690</v>
       </c>
       <c r="C886" s="5" t="s">
-        <v>1657</v>
+        <v>1691</v>
       </c>
       <c r="D886" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E886" s="5">
         <v>40</v>
       </c>
       <c r="F886" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G886" s="5" t="s">
-        <v>31</v>
+        <v>613</v>
       </c>
     </row>
     <row r="887" spans="1:7">
       <c r="A887" s="3" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B887" s="4" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C887" s="5" t="s">
         <v>1660</v>
       </c>
-      <c r="B887" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D887" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E887" s="5">
         <v>40</v>
       </c>
       <c r="F887" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G887" s="5" t="s">
-        <v>1692</v>
+        <v>31</v>
       </c>
     </row>
     <row r="888" spans="1:7">
       <c r="A888" s="3" t="s">
-        <v>1646</v>
+        <v>1663</v>
       </c>
       <c r="B888" s="4" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="C888" s="5" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="D888" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E888" s="5">
         <v>40</v>
       </c>
       <c r="F888" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G888" s="5" t="s">
-        <v>1626</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="889" spans="1:7">
       <c r="A889" s="3" t="s">
-        <v>1668</v>
+        <v>1649</v>
       </c>
       <c r="B889" s="4" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="C889" s="5" t="s">
-        <v>1695</v>
+        <v>1660</v>
       </c>
       <c r="D889" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E889" s="5">
         <v>40</v>
       </c>
       <c r="F889" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G889" s="5" t="s">
-        <v>1696</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="890" spans="1:7">
       <c r="A890" s="3" t="s">
-        <v>1649</v>
+        <v>1671</v>
       </c>
       <c r="B890" s="4" t="s">
         <v>1697</v>
       </c>
       <c r="C890" s="5" t="s">
-        <v>1651</v>
+        <v>1698</v>
       </c>
       <c r="D890" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E890" s="5">
         <v>40</v>
       </c>
       <c r="F890" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G890" s="5" t="s">
-        <v>696</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="891" spans="1:7">
       <c r="A891" s="3" t="s">
-        <v>1698</v>
+        <v>1652</v>
       </c>
       <c r="B891" s="4" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="C891" s="5" t="s">
-        <v>1651</v>
+        <v>1654</v>
       </c>
       <c r="D891" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E891" s="5">
         <v>40</v>
       </c>
       <c r="F891" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G891" s="5" t="s">
-        <v>600</v>
+        <v>696</v>
       </c>
     </row>
     <row r="892" spans="1:7">
       <c r="A892" s="3" t="s">
-        <v>1201</v>
+        <v>1701</v>
       </c>
       <c r="B892" s="4" t="s">
-        <v>1700</v>
-[...2 lines deleted...]
-        <v>50004</v>
+        <v>1702</v>
+      </c>
+      <c r="C892" s="5" t="s">
+        <v>1654</v>
       </c>
       <c r="D892" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E892" s="5">
         <v>40</v>
       </c>
       <c r="F892" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G892" s="5" t="s">
-        <v>698</v>
+        <v>600</v>
       </c>
     </row>
     <row r="893" spans="1:7">
       <c r="A893" s="3" t="s">
         <v>1201</v>
       </c>
       <c r="B893" s="4" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="C893" s="5">
-        <v>50013</v>
+        <v>50004</v>
       </c>
       <c r="D893" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E893" s="5">
         <v>40</v>
       </c>
       <c r="F893" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G893" s="5" t="s">
-        <v>1702</v>
+        <v>698</v>
       </c>
     </row>
     <row r="894" spans="1:7">
       <c r="A894" s="3" t="s">
-        <v>1703</v>
+        <v>1201</v>
       </c>
       <c r="B894" s="4" t="s">
         <v>1704</v>
       </c>
       <c r="C894" s="5">
-        <v>50017</v>
+        <v>50013</v>
       </c>
       <c r="D894" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E894" s="5">
         <v>40</v>
       </c>
       <c r="F894" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G894" s="5" t="s">
-        <v>588</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="895" spans="1:7">
       <c r="A895" s="3" t="s">
-        <v>1201</v>
+        <v>1706</v>
       </c>
       <c r="B895" s="4" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="C895" s="5">
-        <v>50018</v>
+        <v>50017</v>
       </c>
       <c r="D895" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E895" s="5">
         <v>40</v>
       </c>
       <c r="F895" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G895" s="5" t="s">
-        <v>1706</v>
+        <v>588</v>
       </c>
     </row>
     <row r="896" spans="1:7">
       <c r="A896" s="3" t="s">
         <v>1201</v>
       </c>
       <c r="B896" s="4" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="C896" s="5">
-        <v>50038</v>
+        <v>50018</v>
       </c>
       <c r="D896" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E896" s="5">
         <v>40</v>
       </c>
       <c r="F896" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G896" s="5" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="897" spans="1:7">
       <c r="A897" s="3" t="s">
-        <v>827</v>
+        <v>1201</v>
       </c>
       <c r="B897" s="4" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="C897" s="5">
-        <v>50059</v>
+        <v>50038</v>
       </c>
       <c r="D897" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E897" s="5">
         <v>40</v>
       </c>
       <c r="F897" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G897" s="5" t="s">
-        <v>672</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="898" spans="1:7">
       <c r="A898" s="3" t="s">
-        <v>1201</v>
+        <v>827</v>
       </c>
       <c r="B898" s="4" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="C898" s="5">
-        <v>50068</v>
+        <v>50059</v>
       </c>
       <c r="D898" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E898" s="5">
         <v>40</v>
       </c>
       <c r="F898" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G898" s="5" t="s">
-        <v>555</v>
+        <v>672</v>
       </c>
     </row>
     <row r="899" spans="1:7">
       <c r="A899" s="3" t="s">
-        <v>827</v>
+        <v>1201</v>
       </c>
       <c r="B899" s="4" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="C899" s="5">
-        <v>50073</v>
+        <v>50068</v>
       </c>
       <c r="D899" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E899" s="5">
         <v>40</v>
       </c>
       <c r="F899" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G899" s="5" t="s">
-        <v>49</v>
+        <v>555</v>
       </c>
     </row>
     <row r="900" spans="1:7">
       <c r="A900" s="3" t="s">
-        <v>1201</v>
+        <v>827</v>
       </c>
       <c r="B900" s="4" t="s">
-        <v>1711</v>
+        <v>1714</v>
       </c>
       <c r="C900" s="5">
         <v>50073</v>
       </c>
       <c r="D900" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E900" s="5">
         <v>40</v>
       </c>
       <c r="F900" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G900" s="5" t="s">
-        <v>1712</v>
+        <v>49</v>
       </c>
     </row>
     <row r="901" spans="1:7">
       <c r="A901" s="3" t="s">
-        <v>1713</v>
+        <v>1201</v>
       </c>
       <c r="B901" s="4" t="s">
         <v>1714</v>
       </c>
       <c r="C901" s="5">
-        <v>50095</v>
+        <v>50073</v>
       </c>
       <c r="D901" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E901" s="5">
         <v>40</v>
       </c>
       <c r="F901" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G901" s="5" t="s">
-        <v>414</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="902" spans="1:7">
       <c r="A902" s="3" t="s">
-        <v>1713</v>
+        <v>1716</v>
       </c>
       <c r="B902" s="4" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="C902" s="5">
         <v>50095</v>
       </c>
       <c r="D902" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E902" s="5">
         <v>40</v>
       </c>
       <c r="F902" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G902" s="5" t="s">
-        <v>501</v>
+        <v>414</v>
       </c>
     </row>
     <row r="903" spans="1:7">
       <c r="A903" s="3" t="s">
-        <v>843</v>
+        <v>1716</v>
       </c>
       <c r="B903" s="4" t="s">
-        <v>1715</v>
+        <v>1718</v>
       </c>
       <c r="C903" s="5">
         <v>50095</v>
       </c>
       <c r="D903" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E903" s="5">
         <v>40</v>
       </c>
       <c r="F903" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G903" s="5" t="s">
-        <v>1716</v>
+        <v>501</v>
       </c>
     </row>
     <row r="904" spans="1:7">
       <c r="A904" s="3" t="s">
-        <v>1201</v>
+        <v>843</v>
       </c>
       <c r="B904" s="4" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="C904" s="5">
-        <v>50099</v>
+        <v>50095</v>
       </c>
       <c r="D904" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E904" s="5">
         <v>40</v>
       </c>
       <c r="F904" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G904" s="5" t="s">
-        <v>60</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="905" spans="1:7">
       <c r="A905" s="3" t="s">
-        <v>1718</v>
+        <v>1201</v>
       </c>
       <c r="B905" s="4" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="C905" s="5">
-        <v>50101</v>
+        <v>50099</v>
       </c>
       <c r="D905" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E905" s="5">
         <v>40</v>
       </c>
       <c r="F905" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G905" s="5" t="s">
-        <v>538</v>
+        <v>60</v>
       </c>
     </row>
     <row r="906" spans="1:7">
       <c r="A906" s="3" t="s">
-        <v>827</v>
+        <v>1721</v>
       </c>
       <c r="B906" s="4" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="C906" s="5">
-        <v>50104</v>
+        <v>50101</v>
       </c>
       <c r="D906" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E906" s="5">
         <v>40</v>
       </c>
       <c r="F906" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G906" s="5" t="s">
-        <v>549</v>
+        <v>538</v>
       </c>
     </row>
     <row r="907" spans="1:7">
       <c r="A907" s="3" t="s">
-        <v>1201</v>
+        <v>827</v>
       </c>
       <c r="B907" s="4" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="C907" s="5">
-        <v>50113</v>
+        <v>50104</v>
       </c>
       <c r="D907" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E907" s="5">
         <v>40</v>
       </c>
       <c r="F907" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G907" s="5" t="s">
-        <v>513</v>
+        <v>549</v>
       </c>
     </row>
     <row r="908" spans="1:7">
       <c r="A908" s="3" t="s">
         <v>1201</v>
       </c>
       <c r="B908" s="4" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="C908" s="5">
-        <v>50118</v>
+        <v>50113</v>
       </c>
       <c r="D908" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E908" s="5">
         <v>40</v>
       </c>
       <c r="F908" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G908" s="5" t="s">
-        <v>1723</v>
+        <v>513</v>
       </c>
     </row>
     <row r="909" spans="1:7">
       <c r="A909" s="3" t="s">
         <v>1201</v>
       </c>
       <c r="B909" s="4" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="C909" s="5">
-        <v>50124</v>
+        <v>50118</v>
       </c>
       <c r="D909" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E909" s="5">
         <v>40</v>
       </c>
       <c r="F909" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G909" s="5" t="s">
-        <v>519</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="910" spans="1:7">
       <c r="A910" s="3" t="s">
         <v>1201</v>
       </c>
       <c r="B910" s="4" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="C910" s="5">
         <v>50124</v>
       </c>
       <c r="D910" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E910" s="5">
         <v>40</v>
       </c>
       <c r="F910" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G910" s="5" t="s">
-        <v>1726</v>
+        <v>519</v>
       </c>
     </row>
     <row r="911" spans="1:7">
       <c r="A911" s="3" t="s">
         <v>1201</v>
       </c>
       <c r="B911" s="4" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="C911" s="5">
-        <v>50131</v>
+        <v>50124</v>
       </c>
       <c r="D911" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E911" s="5">
         <v>40</v>
       </c>
       <c r="F911" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G911" s="5" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="912" spans="1:7">
       <c r="A912" s="3" t="s">
-        <v>1703</v>
+        <v>1201</v>
       </c>
       <c r="B912" s="4" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="C912" s="5">
-        <v>50137</v>
+        <v>50131</v>
       </c>
       <c r="D912" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E912" s="5">
         <v>40</v>
       </c>
       <c r="F912" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G912" s="5" t="s">
-        <v>597</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="913" spans="1:7">
       <c r="A913" s="3" t="s">
-        <v>827</v>
+        <v>1706</v>
       </c>
       <c r="B913" s="4" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="C913" s="5">
-        <v>50143</v>
+        <v>50137</v>
       </c>
       <c r="D913" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E913" s="5">
         <v>40</v>
       </c>
       <c r="F913" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G913" s="5" t="s">
-        <v>1368</v>
+        <v>597</v>
       </c>
     </row>
     <row r="914" spans="1:7">
       <c r="A914" s="3" t="s">
-        <v>1201</v>
+        <v>827</v>
       </c>
       <c r="B914" s="4" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="C914" s="5">
-        <v>50159</v>
+        <v>50143</v>
       </c>
       <c r="D914" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E914" s="5">
         <v>40</v>
       </c>
       <c r="F914" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G914" s="5" t="s">
-        <v>1732</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="915" spans="1:7">
       <c r="A915" s="3" t="s">
-        <v>1733</v>
+        <v>1201</v>
       </c>
       <c r="B915" s="4" t="s">
         <v>1734</v>
       </c>
       <c r="C915" s="5">
-        <v>50164</v>
+        <v>50159</v>
       </c>
       <c r="D915" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E915" s="5">
         <v>40</v>
       </c>
       <c r="F915" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G915" s="5" t="s">
-        <v>584</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="916" spans="1:7">
       <c r="A916" s="3" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="B916" s="4" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="C916" s="5">
-        <v>50182</v>
+        <v>50164</v>
       </c>
       <c r="D916" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E916" s="5">
         <v>40</v>
       </c>
       <c r="F916" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G916" s="5" t="s">
-        <v>778</v>
+        <v>584</v>
       </c>
     </row>
     <row r="917" spans="1:7">
       <c r="A917" s="3" t="s">
-        <v>1201</v>
+        <v>1738</v>
       </c>
       <c r="B917" s="4" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="C917" s="5">
         <v>50182</v>
       </c>
       <c r="D917" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E917" s="5">
         <v>40</v>
       </c>
       <c r="F917" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G917" s="5" t="s">
-        <v>986</v>
+        <v>778</v>
       </c>
     </row>
     <row r="918" spans="1:7">
       <c r="A918" s="3" t="s">
-        <v>827</v>
+        <v>1201</v>
       </c>
       <c r="B918" s="4" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="C918" s="5">
         <v>50182</v>
       </c>
       <c r="D918" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E918" s="5">
         <v>40</v>
       </c>
       <c r="F918" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G918" s="5" t="s">
-        <v>177</v>
+        <v>986</v>
       </c>
     </row>
     <row r="919" spans="1:7">
       <c r="A919" s="3" t="s">
-        <v>1201</v>
+        <v>827</v>
       </c>
       <c r="B919" s="4" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="C919" s="5">
-        <v>50204</v>
+        <v>50182</v>
       </c>
       <c r="D919" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E919" s="5">
         <v>40</v>
       </c>
       <c r="F919" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G919" s="5" t="s">
-        <v>1740</v>
+        <v>177</v>
       </c>
     </row>
     <row r="920" spans="1:7">
       <c r="A920" s="3" t="s">
-        <v>843</v>
+        <v>1201</v>
       </c>
       <c r="B920" s="4" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="C920" s="5">
-        <v>50902</v>
+        <v>50204</v>
       </c>
       <c r="D920" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E920" s="5">
         <v>40</v>
       </c>
       <c r="F920" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G920" s="5" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="921" spans="1:7">
       <c r="A921" s="3" t="s">
-        <v>1703</v>
+        <v>843</v>
       </c>
       <c r="B921" s="4" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="C921" s="5">
-        <v>50208</v>
+        <v>50902</v>
       </c>
       <c r="D921" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E921" s="5">
         <v>40</v>
       </c>
       <c r="F921" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G921" s="5" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="922" spans="1:7">
       <c r="A922" s="3" t="s">
-        <v>1703</v>
+        <v>1706</v>
       </c>
       <c r="B922" s="4" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="C922" s="5">
         <v>50208</v>
       </c>
       <c r="D922" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E922" s="5">
         <v>40</v>
       </c>
       <c r="F922" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G922" s="5" t="s">
-        <v>53</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="923" spans="1:7">
       <c r="A923" s="3" t="s">
-        <v>1201</v>
+        <v>1706</v>
       </c>
       <c r="B923" s="4" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="C923" s="5">
-        <v>50225</v>
+        <v>50208</v>
       </c>
       <c r="D923" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E923" s="5">
         <v>40</v>
       </c>
       <c r="F923" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G923" s="5" t="s">
-        <v>998</v>
+        <v>53</v>
       </c>
     </row>
     <row r="924" spans="1:7">
       <c r="A924" s="3" t="s">
         <v>1201</v>
       </c>
       <c r="B924" s="4" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="C924" s="5">
-        <v>50252</v>
+        <v>50225</v>
       </c>
       <c r="D924" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E924" s="5">
         <v>40</v>
       </c>
       <c r="F924" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G924" s="5" t="s">
-        <v>185</v>
+        <v>998</v>
       </c>
     </row>
     <row r="925" spans="1:7">
       <c r="A925" s="3" t="s">
         <v>1201</v>
       </c>
       <c r="B925" s="4" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="C925" s="5">
-        <v>50264</v>
+        <v>50252</v>
       </c>
       <c r="D925" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E925" s="5">
         <v>40</v>
       </c>
       <c r="F925" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G925" s="5" t="s">
-        <v>1749</v>
+        <v>185</v>
       </c>
     </row>
     <row r="926" spans="1:7">
       <c r="A926" s="3" t="s">
-        <v>1703</v>
+        <v>1201</v>
       </c>
       <c r="B926" s="4" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="C926" s="5">
-        <v>50269</v>
+        <v>50264</v>
       </c>
       <c r="D926" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E926" s="5">
         <v>40</v>
       </c>
       <c r="F926" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G926" s="5" t="s">
-        <v>376</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="927" spans="1:7">
       <c r="A927" s="3" t="s">
-        <v>1210</v>
+        <v>1706</v>
       </c>
       <c r="B927" s="4" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="C927" s="5">
-        <v>50291</v>
+        <v>50269</v>
       </c>
       <c r="D927" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E927" s="5">
         <v>40</v>
       </c>
       <c r="F927" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G927" s="5" t="s">
-        <v>1752</v>
+        <v>376</v>
       </c>
     </row>
     <row r="928" spans="1:7">
       <c r="A928" s="3" t="s">
-        <v>1753</v>
+        <v>1210</v>
       </c>
       <c r="B928" s="4" t="s">
         <v>1754</v>
       </c>
       <c r="C928" s="5">
-        <v>50297</v>
+        <v>50291</v>
       </c>
       <c r="D928" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E928" s="5">
         <v>40</v>
       </c>
       <c r="F928" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G928" s="5" t="s">
-        <v>219</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="929" spans="1:7">
       <c r="A929" s="3" t="s">
-        <v>827</v>
+        <v>1756</v>
       </c>
       <c r="B929" s="4" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="C929" s="5">
-        <v>50298</v>
+        <v>50297</v>
       </c>
       <c r="D929" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E929" s="5">
         <v>40</v>
       </c>
       <c r="F929" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G929" s="5" t="s">
-        <v>363</v>
+        <v>219</v>
       </c>
     </row>
     <row r="930" spans="1:7">
       <c r="A930" s="3" t="s">
-        <v>1756</v>
+        <v>827</v>
       </c>
       <c r="B930" s="4" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="C930" s="5">
-        <v>49010</v>
+        <v>50298</v>
       </c>
       <c r="D930" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E930" s="5">
         <v>40</v>
       </c>
       <c r="F930" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G930" s="5" t="s">
-        <v>719</v>
+        <v>363</v>
       </c>
     </row>
     <row r="931" spans="1:7">
       <c r="A931" s="3" t="s">
-        <v>502</v>
+        <v>1759</v>
       </c>
       <c r="B931" s="4" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="C931" s="5">
-        <v>49033</v>
+        <v>49010</v>
       </c>
       <c r="D931" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E931" s="5">
         <v>40</v>
       </c>
       <c r="F931" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G931" s="5" t="s">
-        <v>1368</v>
+        <v>719</v>
       </c>
     </row>
     <row r="932" spans="1:7">
       <c r="A932" s="3" t="s">
-        <v>474</v>
+        <v>502</v>
       </c>
       <c r="B932" s="4" t="s">
-        <v>1759</v>
+        <v>1761</v>
       </c>
       <c r="C932" s="5">
-        <v>49041</v>
+        <v>49033</v>
       </c>
       <c r="D932" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E932" s="5">
         <v>40</v>
       </c>
       <c r="F932" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G932" s="5" t="s">
         <v>1368</v>
       </c>
     </row>
     <row r="933" spans="1:7">
       <c r="A933" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B933" s="4" t="s">
-        <v>1760</v>
+        <v>1762</v>
       </c>
       <c r="C933" s="5">
-        <v>49042</v>
+        <v>49041</v>
       </c>
       <c r="D933" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E933" s="5">
         <v>40</v>
       </c>
       <c r="F933" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G933" s="5" t="s">
-        <v>757</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="934" spans="1:7">
       <c r="A934" s="3" t="s">
-        <v>1631</v>
+        <v>474</v>
       </c>
       <c r="B934" s="4" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="C934" s="5">
-        <v>49055</v>
+        <v>49042</v>
       </c>
       <c r="D934" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E934" s="5">
         <v>40</v>
       </c>
       <c r="F934" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G934" s="5" t="s">
-        <v>994</v>
+        <v>757</v>
       </c>
     </row>
     <row r="935" spans="1:7">
       <c r="A935" s="3" t="s">
-        <v>474</v>
+        <v>1634</v>
       </c>
       <c r="B935" s="4" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
       <c r="C935" s="5">
-        <v>49063</v>
+        <v>49055</v>
       </c>
       <c r="D935" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E935" s="5">
         <v>40</v>
       </c>
       <c r="F935" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G935" s="5" t="s">
-        <v>188</v>
+        <v>994</v>
       </c>
     </row>
     <row r="936" spans="1:7">
       <c r="A936" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B936" s="4" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="C936" s="5">
         <v>49063</v>
       </c>
       <c r="D936" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E936" s="5">
         <v>40</v>
       </c>
       <c r="F936" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G936" s="5" t="s">
-        <v>1289</v>
+        <v>188</v>
       </c>
     </row>
     <row r="937" spans="1:7">
       <c r="A937" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B937" s="4" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="C937" s="5">
-        <v>49071</v>
+        <v>49063</v>
       </c>
       <c r="D937" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E937" s="5">
         <v>40</v>
       </c>
       <c r="F937" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G937" s="5" t="s">
-        <v>49</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="938" spans="1:7">
       <c r="A938" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B938" s="4" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="C938" s="5">
-        <v>49081</v>
+        <v>49071</v>
       </c>
       <c r="D938" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E938" s="5">
         <v>40</v>
       </c>
       <c r="F938" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G938" s="5" t="s">
-        <v>546</v>
+        <v>49</v>
       </c>
     </row>
     <row r="939" spans="1:7">
       <c r="A939" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B939" s="4" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="C939" s="5">
-        <v>49103</v>
+        <v>49081</v>
       </c>
       <c r="D939" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E939" s="5">
         <v>40</v>
       </c>
       <c r="F939" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G939" s="5" t="s">
-        <v>1767</v>
+        <v>546</v>
       </c>
     </row>
     <row r="940" spans="1:7">
       <c r="A940" s="3" t="s">
-        <v>1768</v>
+        <v>474</v>
       </c>
       <c r="B940" s="4" t="s">
-        <v>1766</v>
+        <v>1769</v>
       </c>
       <c r="C940" s="5">
         <v>49103</v>
       </c>
       <c r="D940" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E940" s="5">
         <v>40</v>
       </c>
       <c r="F940" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G940" s="5" t="s">
-        <v>1133</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="941" spans="1:7">
       <c r="A941" s="3" t="s">
-        <v>474</v>
+        <v>1771</v>
       </c>
       <c r="B941" s="4" t="s">
         <v>1769</v>
       </c>
       <c r="C941" s="5">
-        <v>49126</v>
+        <v>49103</v>
       </c>
       <c r="D941" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E941" s="5">
         <v>40</v>
       </c>
       <c r="F941" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G941" s="5" t="s">
-        <v>305</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="942" spans="1:7">
       <c r="A942" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B942" s="4" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="C942" s="5">
-        <v>49129</v>
+        <v>49126</v>
       </c>
       <c r="D942" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E942" s="5">
         <v>40</v>
       </c>
       <c r="F942" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G942" s="5" t="s">
-        <v>590</v>
+        <v>305</v>
       </c>
     </row>
     <row r="943" spans="1:7">
       <c r="A943" s="3" t="s">
-        <v>1771</v>
+        <v>474</v>
       </c>
       <c r="B943" s="4" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="C943" s="5">
-        <v>49152</v>
+        <v>49129</v>
       </c>
       <c r="D943" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E943" s="5">
         <v>40</v>
       </c>
       <c r="F943" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G943" s="5" t="s">
-        <v>1061</v>
+        <v>590</v>
       </c>
     </row>
     <row r="944" spans="1:7">
       <c r="A944" s="3" t="s">
-        <v>474</v>
+        <v>1774</v>
       </c>
       <c r="B944" s="4" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="C944" s="5">
-        <v>49155</v>
+        <v>49152</v>
       </c>
       <c r="D944" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E944" s="5">
         <v>40</v>
       </c>
       <c r="F944" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G944" s="5" t="s">
-        <v>1469</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="945" spans="1:7">
       <c r="A945" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B945" s="4" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="C945" s="5">
-        <v>49156</v>
+        <v>49155</v>
       </c>
       <c r="D945" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E945" s="5">
         <v>40</v>
       </c>
       <c r="F945" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G945" s="5" t="s">
-        <v>1478</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="946" spans="1:7">
       <c r="A946" s="3" t="s">
-        <v>1631</v>
+        <v>474</v>
       </c>
       <c r="B946" s="4" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="C946" s="5">
-        <v>49175</v>
+        <v>49156</v>
       </c>
       <c r="D946" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E946" s="5">
         <v>40</v>
       </c>
       <c r="F946" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G946" s="5" t="s">
-        <v>1776</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="947" spans="1:7">
       <c r="A947" s="3" t="s">
-        <v>474</v>
+        <v>1634</v>
       </c>
       <c r="B947" s="4" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="C947" s="5">
-        <v>49202</v>
+        <v>49175</v>
       </c>
       <c r="D947" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E947" s="5">
         <v>40</v>
       </c>
       <c r="F947" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G947" s="5" t="s">
-        <v>904</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="948" spans="1:7">
       <c r="A948" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B948" s="4" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="C948" s="5">
-        <v>49219</v>
+        <v>49202</v>
       </c>
       <c r="D948" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E948" s="5">
         <v>40</v>
       </c>
       <c r="F948" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G948" s="5" t="s">
-        <v>576</v>
+        <v>904</v>
       </c>
     </row>
     <row r="949" spans="1:7">
       <c r="A949" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B949" s="4" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="C949" s="5">
         <v>49219</v>
       </c>
       <c r="D949" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E949" s="5">
         <v>40</v>
       </c>
       <c r="F949" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G949" s="5" t="s">
-        <v>481</v>
+        <v>576</v>
       </c>
     </row>
     <row r="950" spans="1:7">
       <c r="A950" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B950" s="4" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="C950" s="5">
         <v>49219</v>
       </c>
       <c r="D950" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E950" s="5">
         <v>40</v>
       </c>
       <c r="F950" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G950" s="5" t="s">
-        <v>973</v>
+        <v>481</v>
       </c>
     </row>
     <row r="951" spans="1:7">
       <c r="A951" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B951" s="4" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="C951" s="5">
-        <v>49239</v>
+        <v>49219</v>
       </c>
       <c r="D951" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E951" s="5">
         <v>40</v>
       </c>
       <c r="F951" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G951" s="5" t="s">
-        <v>155</v>
+        <v>973</v>
       </c>
     </row>
     <row r="952" spans="1:7">
       <c r="A952" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B952" s="4" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="C952" s="5">
+        <v>49239</v>
+      </c>
+      <c r="D952" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E952" s="5">
+        <v>40</v>
+      </c>
+      <c r="F952" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G952" s="5" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="953" spans="1:7">
+      <c r="A953" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="B953" s="4" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C953" s="5">
         <v>49255</v>
       </c>
-      <c r="D952" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G952" s="5" t="s">
+      <c r="D953" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E953" s="5">
+        <v>40</v>
+      </c>
+      <c r="F953" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G953" s="5" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="953" spans="1:7">
-[...4 lines deleted...]
-      <c r="G953" s="1"/>
+    <row r="954" spans="1:7">
+      <c r="A954" s="2"/>
+      <c r="C954" s="1"/>
+      <c r="E954" s="1"/>
+      <c r="F954" s="1"/>
+      <c r="G954" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">