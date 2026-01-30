--- v1 (2025-11-30)
+++ v2 (2026-01-30)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1786">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA6AFV</t>
   </si>
   <si>
     <t>895 Referencias DVGE - 948 QSO encontrados - 714 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1034 (30-11-2025 20:56)</t>
+    <t>Ranking #1034 (30-01-2026 02:53)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5GUW/P/QRP</t>
   </si>