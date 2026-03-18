--- v2 (2026-01-30)
+++ v3 (2026-03-18)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1786">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA6AFV</t>
   </si>
   <si>
     <t>895 Referencias DVGE - 948 QSO encontrados - 714 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1034 (30-01-2026 02:53)</t>
+    <t>Ranking #1034 (18-03-2026 04:47)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5GUW/P/QRP</t>
   </si>