--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="289">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA6ANY</t>
   </si>
   <si>
-    <t>91 Referencias DVGE - 118 QSO encontrados - 81 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #3794 (21-10-2025 11:21)</t>
+    <t>93 Referencias DVGE - 120 QSO encontrados - 83 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #3794 (07-12-2025 08:11)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5JNP</t>
   </si>
@@ -803,54 +803,72 @@
   <si>
     <t>VGTF-118</t>
   </si>
   <si>
     <t>EA5S</t>
   </si>
   <si>
     <t>VGV-025</t>
   </si>
   <si>
     <t>14/06/2024</t>
   </si>
   <si>
     <t>VGV-052</t>
   </si>
   <si>
     <t>15/01/2023</t>
   </si>
   <si>
     <t>EA5HUS/P</t>
   </si>
   <si>
     <t>VGV-054</t>
   </si>
   <si>
+    <t>EA5URY/P</t>
+  </si>
+  <si>
+    <t>VGV-074</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
+  </si>
+  <si>
     <t>VGV-097</t>
   </si>
   <si>
     <t>18/02/2024</t>
+  </si>
+  <si>
+    <t>EB5URT</t>
+  </si>
+  <si>
+    <t>VGV-151</t>
+  </si>
+  <si>
+    <t>09/11/2025</t>
   </si>
   <si>
     <t>EA5JEG</t>
   </si>
   <si>
     <t>VGV-191</t>
   </si>
   <si>
     <t>14/05/2022</t>
   </si>
   <si>
     <t>EB5IVP</t>
   </si>
   <si>
     <t>VGV-194</t>
   </si>
   <si>
     <t>12/02/2022</t>
   </si>
   <si>
     <t>VGV-206</t>
   </si>
   <si>
     <t>14/11/2021</t>
   </si>
@@ -1318,51 +1336,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G124"/>
+  <dimension ref="A1:G126"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -3914,238 +3932,284 @@
     <row r="115" spans="1:7">
       <c r="A115" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B115" s="4" t="s">
         <v>262</v>
       </c>
       <c r="C115" s="5">
         <v>46082</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="5">
         <v>40</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="5" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" s="3" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="B116" s="4" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C116" s="5">
-        <v>46118</v>
+        <v>46111</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="5">
         <v>40</v>
       </c>
       <c r="F116" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G116" s="5" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" s="3" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="B117" s="4" t="s">
         <v>266</v>
       </c>
       <c r="C117" s="5">
-        <v>46232</v>
+        <v>46118</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="5">
         <v>40</v>
       </c>
       <c r="F117" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G117" s="5" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B118" s="4" t="s">
         <v>269</v>
       </c>
       <c r="C118" s="5">
-        <v>46235</v>
+        <v>46202</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="5">
         <v>40</v>
       </c>
       <c r="F118" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G118" s="5" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" s="3" t="s">
-        <v>256</v>
+        <v>271</v>
       </c>
       <c r="B119" s="4" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C119" s="5">
-        <v>46246</v>
+        <v>46232</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="5">
         <v>40</v>
       </c>
       <c r="F119" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G119" s="5" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B120" s="4" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C120" s="5">
-        <v>47220</v>
+        <v>46235</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="5">
         <v>40</v>
       </c>
       <c r="F120" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G120" s="5" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" s="3" t="s">
-        <v>233</v>
+        <v>256</v>
       </c>
       <c r="B121" s="4" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C121" s="5">
-        <v>50054</v>
+        <v>46246</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="5">
         <v>40</v>
       </c>
       <c r="F121" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G121" s="5" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" s="3" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B122" s="4" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C122" s="5">
-        <v>49016</v>
+        <v>47220</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="5">
         <v>40</v>
       </c>
       <c r="F122" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G122" s="5" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="3" t="s">
-        <v>278</v>
+        <v>233</v>
       </c>
       <c r="B123" s="4" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C123" s="5">
+        <v>50054</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="5">
+        <v>40</v>
+      </c>
+      <c r="F123" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G123" s="5" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7">
+      <c r="A124" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="B124" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="C124" s="5">
+        <v>49016</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="5">
+        <v>40</v>
+      </c>
+      <c r="F124" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G124" s="5" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7">
+      <c r="A125" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="B125" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="C125" s="5">
         <v>49163</v>
       </c>
-      <c r="D123" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G124" s="1"/>
+      <c r="D125" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="5">
+        <v>40</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G125" s="5" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7">
+      <c r="A126" s="2"/>
+      <c r="C126" s="1"/>
+      <c r="E126" s="1"/>
+      <c r="F126" s="1"/>
+      <c r="G126" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">