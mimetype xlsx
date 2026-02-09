--- v1 (2025-12-07)
+++ v2 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="289">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA6ANY</t>
   </si>
   <si>
     <t>93 Referencias DVGE - 120 QSO encontrados - 83 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #3794 (07-12-2025 08:11)</t>
+    <t>Ranking #3794 (09-02-2026 23:56)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5JNP</t>
   </si>