--- v0 (2025-10-18)
+++ v1 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="751">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA6IN</t>
   </si>
   <si>
     <t>274 Referencias DVGE - 284 QSO encontrados - 254 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #2083 (18-10-2025 16:55)</t>
+    <t>Ranking #2083 (09-02-2026 06:26)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5CMP/P/QRP</t>
   </si>