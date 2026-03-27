--- v1 (2026-02-09)
+++ v2 (2026-03-27)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="751">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="753">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA6IN</t>
   </si>
   <si>
-    <t>274 Referencias DVGE - 284 QSO encontrados - 254 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #2083 (09-02-2026 06:26)</t>
+    <t>275 Referencias DVGE - 285 QSO encontrados - 255 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #2083 (27-03-2026 01:19)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5CMP/P/QRP</t>
   </si>
@@ -1956,50 +1956,56 @@
     <t>VGV-215</t>
   </si>
   <si>
     <t>30/03/2015</t>
   </si>
   <si>
     <t>VGV-217</t>
   </si>
   <si>
     <t>22/08/2014</t>
   </si>
   <si>
     <t>VGVA-016</t>
   </si>
   <si>
     <t>16/03/2018</t>
   </si>
   <si>
     <t>EA1FEJ/P</t>
   </si>
   <si>
     <t>VGVA-071</t>
   </si>
   <si>
     <t>08/08/2010</t>
+  </si>
+  <si>
+    <t>VGVA-082</t>
+  </si>
+  <si>
+    <t>17/03/2026</t>
   </si>
   <si>
     <t>VGVI-008</t>
   </si>
   <si>
     <t>01008</t>
   </si>
   <si>
     <t>22/03/2018</t>
   </si>
   <si>
     <t>VGVI-029</t>
   </si>
   <si>
     <t>01901</t>
   </si>
   <si>
     <t>13/04/2019</t>
   </si>
   <si>
     <t>EA2KU/P</t>
   </si>
   <si>
     <t>VGVI-084</t>
   </si>
@@ -2722,51 +2728,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G290"/>
+  <dimension ref="A1:G291"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -8308,1066 +8314,1089 @@
     <row r="245" spans="1:7">
       <c r="A245" s="3" t="s">
         <v>645</v>
       </c>
       <c r="B245" s="4" t="s">
         <v>646</v>
       </c>
       <c r="C245" s="5">
         <v>47101</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="5">
         <v>40</v>
       </c>
       <c r="F245" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G245" s="5" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" s="3" t="s">
-        <v>427</v>
+        <v>183</v>
       </c>
       <c r="B246" s="4" t="s">
         <v>648</v>
       </c>
-      <c r="C246" s="5" t="s">
+      <c r="C246" s="5">
+        <v>47114</v>
+      </c>
+      <c r="D246" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E246" s="5">
+        <v>40</v>
+      </c>
+      <c r="F246" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G246" s="5" t="s">
         <v>649</v>
-      </c>
-[...10 lines deleted...]
-        <v>650</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" s="3" t="s">
-        <v>136</v>
+        <v>427</v>
       </c>
       <c r="B247" s="4" t="s">
+        <v>650</v>
+      </c>
+      <c r="C247" s="5" t="s">
         <v>651</v>
       </c>
-      <c r="C247" s="5" t="s">
+      <c r="D247" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E247" s="5">
+        <v>40</v>
+      </c>
+      <c r="F247" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G247" s="5" t="s">
         <v>652</v>
-      </c>
-[...10 lines deleted...]
-        <v>653</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B248" s="4" t="s">
+        <v>653</v>
+      </c>
+      <c r="C248" s="5" t="s">
         <v>654</v>
       </c>
-      <c r="B248" s="4" t="s">
+      <c r="D248" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E248" s="5">
+        <v>40</v>
+      </c>
+      <c r="F248" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G248" s="5" t="s">
         <v>655</v>
-      </c>
-[...13 lines deleted...]
-        <v>656</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="B249" s="4" t="s">
         <v>657</v>
       </c>
-      <c r="B249" s="4" t="s">
+      <c r="C249" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="D249" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E249" s="5">
+        <v>40</v>
+      </c>
+      <c r="F249" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G249" s="5" t="s">
         <v>658</v>
-      </c>
-[...13 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" s="3" t="s">
-        <v>136</v>
+        <v>659</v>
       </c>
       <c r="B250" s="4" t="s">
+        <v>660</v>
+      </c>
+      <c r="C250" s="5" t="s">
         <v>661</v>
       </c>
-      <c r="C250" s="5" t="s">
+      <c r="D250" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E250" s="5">
+        <v>40</v>
+      </c>
+      <c r="F250" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G250" s="5" t="s">
         <v>662</v>
-      </c>
-[...10 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" s="3" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="B251" s="4" t="s">
+        <v>663</v>
+      </c>
+      <c r="C251" s="5" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="5">
         <v>40</v>
       </c>
       <c r="F251" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G251" s="5" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B252" s="4" t="s">
         <v>666</v>
       </c>
-      <c r="B252" s="4" t="s">
+      <c r="C252" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="D252" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E252" s="5">
+        <v>40</v>
+      </c>
+      <c r="F252" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G252" s="5" t="s">
         <v>667</v>
-      </c>
-[...13 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" s="3" t="s">
-        <v>136</v>
+        <v>668</v>
       </c>
       <c r="B253" s="4" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="5">
         <v>40</v>
       </c>
       <c r="F253" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G253" s="5" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" s="3" t="s">
-        <v>670</v>
+        <v>136</v>
       </c>
       <c r="B254" s="4" t="s">
+        <v>669</v>
+      </c>
+      <c r="C254" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="D254" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E254" s="5">
+        <v>40</v>
+      </c>
+      <c r="F254" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G254" s="5" t="s">
         <v>671</v>
-      </c>
-[...13 lines deleted...]
-        <v>673</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" s="3" t="s">
-        <v>657</v>
+        <v>672</v>
       </c>
       <c r="B255" s="4" t="s">
+        <v>673</v>
+      </c>
+      <c r="C255" s="5" t="s">
         <v>674</v>
       </c>
-      <c r="C255" s="5" t="s">
+      <c r="D255" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E255" s="5">
+        <v>40</v>
+      </c>
+      <c r="F255" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G255" s="5" t="s">
         <v>675</v>
-      </c>
-[...10 lines deleted...]
-        <v>676</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" s="3" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="B256" s="4" t="s">
+        <v>676</v>
+      </c>
+      <c r="C256" s="5" t="s">
         <v>677</v>
       </c>
-      <c r="C256" s="5" t="s">
+      <c r="D256" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E256" s="5">
+        <v>40</v>
+      </c>
+      <c r="F256" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G256" s="5" t="s">
         <v>678</v>
-      </c>
-[...10 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="B257" s="4" t="s">
         <v>679</v>
       </c>
-      <c r="B257" s="4" t="s">
+      <c r="C257" s="5" t="s">
         <v>680</v>
       </c>
-      <c r="C257" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="5">
         <v>40</v>
       </c>
       <c r="F257" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G257" s="5" t="s">
-        <v>682</v>
+        <v>318</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="B258" s="4" t="s">
+        <v>682</v>
+      </c>
+      <c r="C258" s="5" t="s">
         <v>683</v>
       </c>
-      <c r="B258" s="4" t="s">
+      <c r="D258" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E258" s="5">
+        <v>40</v>
+      </c>
+      <c r="F258" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G258" s="5" t="s">
         <v>684</v>
-      </c>
-[...13 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" s="3" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B259" s="4" t="s">
         <v>686</v>
       </c>
       <c r="C259" s="5">
-        <v>50025</v>
+        <v>50018</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="5">
         <v>40</v>
       </c>
       <c r="F259" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G259" s="5" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" s="3" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B260" s="4" t="s">
         <v>688</v>
       </c>
       <c r="C260" s="5">
-        <v>50038</v>
+        <v>50025</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="5">
         <v>40</v>
       </c>
       <c r="F260" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G260" s="5" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="B261" s="4" t="s">
         <v>690</v>
       </c>
-      <c r="B261" s="4" t="s">
+      <c r="C261" s="5">
+        <v>50038</v>
+      </c>
+      <c r="D261" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E261" s="5">
+        <v>40</v>
+      </c>
+      <c r="F261" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G261" s="5" t="s">
         <v>691</v>
-      </c>
-[...13 lines deleted...]
-        <v>692</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" s="3" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="B262" s="4" t="s">
         <v>693</v>
       </c>
       <c r="C262" s="5">
-        <v>50073</v>
+        <v>50055</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="5">
         <v>40</v>
       </c>
       <c r="F262" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G262" s="5" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" s="3" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B263" s="4" t="s">
         <v>695</v>
       </c>
       <c r="C263" s="5">
         <v>50073</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="5">
         <v>40</v>
       </c>
       <c r="F263" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G263" s="5" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="B264" s="4" t="s">
         <v>697</v>
       </c>
-      <c r="B264" s="4" t="s">
+      <c r="C264" s="5">
+        <v>50073</v>
+      </c>
+      <c r="D264" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E264" s="5">
+        <v>40</v>
+      </c>
+      <c r="F264" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G264" s="5" t="s">
         <v>698</v>
-      </c>
-[...13 lines deleted...]
-        <v>699</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" s="3" t="s">
-        <v>683</v>
+        <v>699</v>
       </c>
       <c r="B265" s="4" t="s">
         <v>700</v>
       </c>
       <c r="C265" s="5">
-        <v>50099</v>
+        <v>50074</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="5">
         <v>40</v>
       </c>
       <c r="F265" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G265" s="5" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" s="3" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B266" s="4" t="s">
         <v>702</v>
       </c>
       <c r="C266" s="5">
-        <v>50113</v>
+        <v>50099</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="5">
         <v>40</v>
       </c>
       <c r="F266" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G266" s="5" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" s="3" t="s">
-        <v>183</v>
+        <v>685</v>
       </c>
       <c r="B267" s="4" t="s">
         <v>704</v>
       </c>
       <c r="C267" s="5">
-        <v>50114</v>
+        <v>50113</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="5">
         <v>40</v>
       </c>
       <c r="F267" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G267" s="5" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" s="3" t="s">
-        <v>690</v>
+        <v>183</v>
       </c>
       <c r="B268" s="4" t="s">
         <v>706</v>
       </c>
       <c r="C268" s="5">
-        <v>50115</v>
+        <v>50114</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="5">
         <v>40</v>
       </c>
       <c r="F268" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G268" s="5" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" s="3" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="B269" s="4" t="s">
         <v>708</v>
       </c>
       <c r="C269" s="5">
-        <v>50124</v>
+        <v>50115</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="5">
         <v>40</v>
       </c>
       <c r="F269" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G269" s="5" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" s="3" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B270" s="4" t="s">
         <v>710</v>
       </c>
       <c r="C270" s="5">
         <v>50124</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="5">
         <v>40</v>
       </c>
       <c r="F270" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G270" s="5" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="B271" s="4" t="s">
         <v>712</v>
       </c>
-      <c r="B271" s="4" t="s">
+      <c r="C271" s="5">
+        <v>50124</v>
+      </c>
+      <c r="D271" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E271" s="5">
+        <v>40</v>
+      </c>
+      <c r="F271" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G271" s="5" t="s">
         <v>713</v>
-      </c>
-[...13 lines deleted...]
-        <v>714</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="B272" s="4" t="s">
         <v>715</v>
       </c>
-      <c r="B272" s="4" t="s">
+      <c r="C272" s="5">
+        <v>50151</v>
+      </c>
+      <c r="D272" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E272" s="5">
+        <v>40</v>
+      </c>
+      <c r="F272" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G272" s="5" t="s">
         <v>716</v>
-      </c>
-[...13 lines deleted...]
-        <v>717</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" s="3" t="s">
-        <v>683</v>
+        <v>717</v>
       </c>
       <c r="B273" s="4" t="s">
         <v>718</v>
       </c>
       <c r="C273" s="5">
-        <v>50159</v>
+        <v>50155</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="5">
         <v>40</v>
       </c>
       <c r="F273" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G273" s="5" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" s="3" t="s">
-        <v>183</v>
+        <v>685</v>
       </c>
       <c r="B274" s="4" t="s">
         <v>720</v>
       </c>
       <c r="C274" s="5">
-        <v>50165</v>
+        <v>50159</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="5">
         <v>40</v>
       </c>
       <c r="F274" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G274" s="5" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" s="3" t="s">
-        <v>683</v>
+        <v>183</v>
       </c>
       <c r="B275" s="4" t="s">
         <v>722</v>
       </c>
       <c r="C275" s="5">
-        <v>50182</v>
+        <v>50165</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="5">
         <v>40</v>
       </c>
       <c r="F275" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G275" s="5" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" s="3" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B276" s="4" t="s">
         <v>724</v>
       </c>
       <c r="C276" s="5">
-        <v>50204</v>
+        <v>50182</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="5">
         <v>40</v>
       </c>
       <c r="F276" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G276" s="5" t="s">
         <v>725</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="B277" s="4" t="s">
         <v>726</v>
       </c>
-      <c r="B277" s="4" t="s">
+      <c r="C277" s="5">
+        <v>50204</v>
+      </c>
+      <c r="D277" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E277" s="5">
+        <v>40</v>
+      </c>
+      <c r="F277" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G277" s="5" t="s">
         <v>727</v>
-      </c>
-[...13 lines deleted...]
-        <v>728</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" s="3" t="s">
-        <v>690</v>
+        <v>728</v>
       </c>
       <c r="B278" s="4" t="s">
         <v>729</v>
       </c>
       <c r="C278" s="5">
-        <v>50218</v>
+        <v>50208</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="5">
         <v>40</v>
       </c>
       <c r="F278" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G278" s="5" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" s="3" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="B279" s="4" t="s">
         <v>731</v>
       </c>
       <c r="C279" s="5">
-        <v>50225</v>
+        <v>50218</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="5">
         <v>40</v>
       </c>
       <c r="F279" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G279" s="5" t="s">
-        <v>52</v>
+        <v>732</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" s="3" t="s">
-        <v>732</v>
+        <v>685</v>
       </c>
       <c r="B280" s="4" t="s">
         <v>733</v>
       </c>
       <c r="C280" s="5">
-        <v>50244</v>
+        <v>50225</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="5">
         <v>40</v>
       </c>
       <c r="F280" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G280" s="5" t="s">
-        <v>734</v>
+        <v>52</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" s="3" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="B281" s="4" t="s">
         <v>735</v>
       </c>
       <c r="C281" s="5">
-        <v>50297</v>
+        <v>50244</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="5">
         <v>40</v>
       </c>
       <c r="F281" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G281" s="5" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" s="3" t="s">
-        <v>173</v>
+        <v>734</v>
       </c>
       <c r="B282" s="4" t="s">
         <v>737</v>
       </c>
       <c r="C282" s="5">
-        <v>49042</v>
+        <v>50297</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="5">
         <v>40</v>
       </c>
       <c r="F282" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G282" s="5" t="s">
-        <v>390</v>
+        <v>738</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" s="3" t="s">
-        <v>738</v>
+        <v>173</v>
       </c>
       <c r="B283" s="4" t="s">
         <v>739</v>
       </c>
       <c r="C283" s="5">
-        <v>49056</v>
+        <v>49042</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="5">
         <v>40</v>
       </c>
       <c r="F283" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G283" s="5" t="s">
-        <v>740</v>
+        <v>390</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" s="3" t="s">
-        <v>347</v>
+        <v>740</v>
       </c>
       <c r="B284" s="4" t="s">
         <v>741</v>
       </c>
       <c r="C284" s="5">
-        <v>49113</v>
+        <v>49056</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="5">
         <v>40</v>
       </c>
       <c r="F284" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G284" s="5" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" s="3" t="s">
-        <v>173</v>
+        <v>347</v>
       </c>
       <c r="B285" s="4" t="s">
         <v>743</v>
       </c>
       <c r="C285" s="5">
-        <v>49186</v>
+        <v>49113</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="5">
         <v>40</v>
       </c>
       <c r="F285" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G285" s="5" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B286" s="4" t="s">
         <v>745</v>
       </c>
       <c r="C286" s="5">
-        <v>49206</v>
+        <v>49186</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="5">
         <v>40</v>
       </c>
       <c r="F286" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G286" s="5" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B287" s="4" t="s">
         <v>747</v>
       </c>
       <c r="C287" s="5">
-        <v>49241</v>
+        <v>49206</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="5">
         <v>40</v>
       </c>
       <c r="F287" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G287" s="5" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B288" s="4" t="s">
         <v>749</v>
       </c>
       <c r="C288" s="5">
-        <v>49247</v>
+        <v>49241</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="5">
         <v>40</v>
       </c>
       <c r="F288" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G288" s="5" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="C289" s="5">
         <v>49247</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="5">
         <v>40</v>
       </c>
       <c r="F289" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G289" s="5" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
     </row>
     <row r="290" spans="1:7">
-      <c r="A290" s="2"/>
-[...3 lines deleted...]
-      <c r="G290" s="1"/>
+      <c r="A290" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B290" s="4" t="s">
+        <v>751</v>
+      </c>
+      <c r="C290" s="5">
+        <v>49247</v>
+      </c>
+      <c r="D290" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E290" s="5">
+        <v>40</v>
+      </c>
+      <c r="F290" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G290" s="5" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="291" spans="1:7">
+      <c r="A291" s="2"/>
+      <c r="C291" s="1"/>
+      <c r="E291" s="1"/>
+      <c r="F291" s="1"/>
+      <c r="G291" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">