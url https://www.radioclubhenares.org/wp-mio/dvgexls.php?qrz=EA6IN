--- v2 (2026-03-27)
+++ v3 (2026-03-27)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="753">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA6IN</t>
   </si>
   <si>
     <t>275 Referencias DVGE - 285 QSO encontrados - 255 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #2083 (27-03-2026 01:19)</t>
+    <t>Ranking #2083 (27-03-2026 02:26)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5CMP/P/QRP</t>
   </si>