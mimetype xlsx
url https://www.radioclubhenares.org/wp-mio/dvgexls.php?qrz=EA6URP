--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -20,54 +20,54 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="350">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA6URP</t>
   </si>
   <si>
-    <t>131 Referencias DVGE - 306 QSO encontrados - 125 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #3096 (04-11-2025 01:59)</t>
+    <t>131 Referencias DVGE - 312 QSO encontrados - 125 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #3096 (19-12-2025 04:01)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW/P</t>
   </si>
@@ -1519,51 +1519,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G312"/>
+  <dimension ref="A1:G318"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -6921,1756 +6921,1894 @@
     <row r="237" spans="1:7">
       <c r="A237" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B237" s="4" t="s">
         <v>208</v>
       </c>
       <c r="C237" s="5" t="s">
         <v>209</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="5">
         <v>80</v>
       </c>
       <c r="F237" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G237" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" s="3" t="s">
-        <v>202</v>
+        <v>14</v>
       </c>
       <c r="B238" s="4" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="C238" s="5" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="5">
         <v>20</v>
       </c>
       <c r="F238" s="5" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="G238" s="5" t="s">
-        <v>175</v>
+        <v>24</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" s="3" t="s">
-        <v>135</v>
+        <v>14</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>25064</v>
+        <v>208</v>
+      </c>
+      <c r="C239" s="5" t="s">
+        <v>209</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F239" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G239" s="5" t="s">
-        <v>178</v>
+        <v>24</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" s="3" t="s">
-        <v>213</v>
+        <v>14</v>
       </c>
       <c r="B240" s="4" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>24198</v>
+        <v>208</v>
+      </c>
+      <c r="C240" s="5" t="s">
+        <v>209</v>
       </c>
       <c r="D240" s="4" t="s">
-        <v>205</v>
+        <v>14</v>
       </c>
       <c r="E240" s="5">
         <v>40</v>
       </c>
       <c r="F240" s="5" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="G240" s="5" t="s">
-        <v>215</v>
+        <v>24</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" s="3" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="B241" s="4" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>28026</v>
+        <v>208</v>
+      </c>
+      <c r="C241" s="5" t="s">
+        <v>209</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="5">
         <v>40</v>
       </c>
       <c r="F241" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G241" s="5" t="s">
-        <v>218</v>
+        <v>24</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" s="3" t="s">
-        <v>219</v>
+        <v>14</v>
       </c>
       <c r="B242" s="4" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>28086</v>
+        <v>208</v>
+      </c>
+      <c r="C242" s="5" t="s">
+        <v>209</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F242" s="5" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="G242" s="5" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" s="3" t="s">
-        <v>221</v>
+        <v>14</v>
       </c>
       <c r="B243" s="4" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>28099</v>
+        <v>208</v>
+      </c>
+      <c r="C243" s="5" t="s">
+        <v>209</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F243" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G243" s="5" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" s="3" t="s">
-        <v>223</v>
+        <v>202</v>
       </c>
       <c r="B244" s="4" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>28113</v>
+        <v>210</v>
+      </c>
+      <c r="C244" s="5" t="s">
+        <v>211</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F244" s="5" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="G244" s="5" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" s="3" t="s">
-        <v>223</v>
+        <v>135</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>224</v>
+        <v>212</v>
       </c>
       <c r="C245" s="5">
-        <v>28113</v>
+        <v>25064</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="5">
         <v>40</v>
       </c>
       <c r="F245" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G245" s="5" t="s">
-        <v>24</v>
+        <v>178</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" s="3" t="s">
-        <v>225</v>
+        <v>213</v>
       </c>
       <c r="B246" s="4" t="s">
-        <v>226</v>
+        <v>214</v>
       </c>
       <c r="C246" s="5">
-        <v>28125</v>
+        <v>24198</v>
       </c>
       <c r="D246" s="4" t="s">
-        <v>14</v>
+        <v>205</v>
       </c>
       <c r="E246" s="5">
         <v>40</v>
       </c>
       <c r="F246" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G246" s="5" t="s">
-        <v>227</v>
+        <v>215</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" s="3" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="B247" s="4" t="s">
-        <v>229</v>
+        <v>217</v>
       </c>
       <c r="C247" s="5">
-        <v>28141</v>
+        <v>28026</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="5">
         <v>40</v>
       </c>
       <c r="F247" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G247" s="5" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" s="3" t="s">
-        <v>231</v>
+        <v>219</v>
       </c>
       <c r="B248" s="4" t="s">
-        <v>232</v>
+        <v>220</v>
       </c>
       <c r="C248" s="5">
-        <v>29011</v>
+        <v>28086</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="5">
         <v>40</v>
       </c>
       <c r="F248" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G248" s="5" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" s="3" t="s">
-        <v>233</v>
+        <v>221</v>
       </c>
       <c r="B249" s="4" t="s">
-        <v>234</v>
+        <v>222</v>
       </c>
       <c r="C249" s="5">
-        <v>30019</v>
+        <v>28099</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F249" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G249" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" s="3" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="B250" s="4" t="s">
-        <v>234</v>
+        <v>224</v>
       </c>
       <c r="C250" s="5">
-        <v>30019</v>
+        <v>28113</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="5">
         <v>40</v>
       </c>
       <c r="F250" s="5" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="G250" s="5" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" s="3" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="B251" s="4" t="s">
-        <v>234</v>
+        <v>224</v>
       </c>
       <c r="C251" s="5">
-        <v>30019</v>
+        <v>28113</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="5">
         <v>40</v>
       </c>
       <c r="F251" s="5" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="G251" s="5" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" s="3" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="B252" s="4" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="C252" s="5">
-        <v>30019</v>
+        <v>28125</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F252" s="5" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="G252" s="5" t="s">
-        <v>16</v>
+        <v>227</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" s="3" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="B253" s="4" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="C253" s="5">
-        <v>30020</v>
+        <v>28141</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F253" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G253" s="5" t="s">
-        <v>16</v>
+        <v>230</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" s="3" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="B254" s="4" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="C254" s="5">
-        <v>30020</v>
+        <v>29011</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="5">
         <v>40</v>
       </c>
       <c r="F254" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G254" s="5" t="s">
-        <v>189</v>
+        <v>24</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" s="3" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="B255" s="4" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="C255" s="5">
-        <v>30024</v>
+        <v>30019</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F255" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G255" s="5" t="s">
-        <v>241</v>
+        <v>16</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" s="3" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="B256" s="4" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="C256" s="5">
-        <v>30043</v>
+        <v>30019</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="5">
         <v>40</v>
       </c>
       <c r="F256" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G256" s="5" t="s">
-        <v>244</v>
+        <v>16</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" s="3" t="s">
-        <v>245</v>
+        <v>233</v>
       </c>
       <c r="B257" s="4" t="s">
-        <v>246</v>
+        <v>234</v>
       </c>
       <c r="C257" s="5">
-        <v>31902</v>
+        <v>30019</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="5">
         <v>40</v>
       </c>
       <c r="F257" s="5" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="G257" s="5" t="s">
-        <v>247</v>
+        <v>16</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" s="3" t="s">
-        <v>248</v>
+        <v>233</v>
       </c>
       <c r="B258" s="4" t="s">
-        <v>249</v>
+        <v>234</v>
       </c>
       <c r="C258" s="5">
-        <v>33034</v>
+        <v>30019</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F258" s="5" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="G258" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" s="3" t="s">
-        <v>250</v>
+        <v>235</v>
       </c>
       <c r="B259" s="4" t="s">
-        <v>251</v>
+        <v>236</v>
       </c>
       <c r="C259" s="5">
-        <v>33058</v>
+        <v>30020</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F259" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G259" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" s="3" t="s">
-        <v>252</v>
+        <v>237</v>
       </c>
       <c r="B260" s="4" t="s">
-        <v>253</v>
+        <v>238</v>
       </c>
       <c r="C260" s="5">
-        <v>33061</v>
+        <v>30020</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="5">
         <v>40</v>
       </c>
       <c r="F260" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G260" s="5" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" s="3" t="s">
-        <v>254</v>
+        <v>239</v>
       </c>
       <c r="B261" s="4" t="s">
-        <v>255</v>
+        <v>240</v>
       </c>
       <c r="C261" s="5">
-        <v>33076</v>
+        <v>30024</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="5">
         <v>40</v>
       </c>
       <c r="F261" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G261" s="5" t="s">
-        <v>256</v>
+        <v>241</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" s="3" t="s">
-        <v>257</v>
+        <v>242</v>
       </c>
       <c r="B262" s="4" t="s">
-        <v>258</v>
+        <v>243</v>
       </c>
       <c r="C262" s="5">
-        <v>32012</v>
+        <v>30043</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="5">
         <v>40</v>
       </c>
       <c r="F262" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G262" s="5" t="s">
-        <v>259</v>
+        <v>244</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" s="3" t="s">
-        <v>257</v>
+        <v>245</v>
       </c>
       <c r="B263" s="4" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="C263" s="5">
-        <v>32043</v>
+        <v>31902</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="5">
         <v>40</v>
       </c>
       <c r="F263" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G263" s="5" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" s="3" t="s">
-        <v>262</v>
+        <v>248</v>
       </c>
       <c r="B264" s="4" t="s">
-        <v>263</v>
+        <v>249</v>
       </c>
       <c r="C264" s="5">
-        <v>34010</v>
+        <v>33034</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="5">
         <v>40</v>
       </c>
       <c r="F264" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G264" s="5" t="s">
-        <v>264</v>
+        <v>16</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" s="3" t="s">
-        <v>265</v>
+        <v>250</v>
       </c>
       <c r="B265" s="4" t="s">
-        <v>266</v>
+        <v>251</v>
       </c>
       <c r="C265" s="5">
-        <v>34168</v>
+        <v>33058</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="5">
         <v>40</v>
       </c>
       <c r="F265" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G265" s="5" t="s">
-        <v>267</v>
+        <v>16</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" s="3" t="s">
-        <v>268</v>
+        <v>252</v>
       </c>
       <c r="B266" s="4" t="s">
-        <v>269</v>
+        <v>253</v>
       </c>
       <c r="C266" s="5">
-        <v>36006</v>
+        <v>33061</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="5">
         <v>40</v>
       </c>
       <c r="F266" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G266" s="5" t="s">
-        <v>16</v>
+        <v>189</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" s="3" t="s">
-        <v>268</v>
+        <v>254</v>
       </c>
       <c r="B267" s="4" t="s">
-        <v>269</v>
+        <v>255</v>
       </c>
       <c r="C267" s="5">
-        <v>36006</v>
+        <v>33076</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F267" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G267" s="5" t="s">
-        <v>16</v>
+        <v>256</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" s="3" t="s">
-        <v>270</v>
+        <v>257</v>
       </c>
       <c r="B268" s="4" t="s">
-        <v>271</v>
+        <v>258</v>
       </c>
       <c r="C268" s="5">
-        <v>36902</v>
+        <v>32012</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="5">
         <v>40</v>
       </c>
       <c r="F268" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G268" s="5" t="s">
-        <v>272</v>
+        <v>259</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" s="3" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B269" s="4" t="s">
-        <v>273</v>
+        <v>260</v>
       </c>
       <c r="C269" s="5">
-        <v>36022</v>
+        <v>32043</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="5">
         <v>40</v>
       </c>
       <c r="F269" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G269" s="5" t="s">
-        <v>274</v>
+        <v>261</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" s="3" t="s">
-        <v>275</v>
+        <v>262</v>
       </c>
       <c r="B270" s="4" t="s">
-        <v>276</v>
+        <v>263</v>
       </c>
       <c r="C270" s="5">
-        <v>39004</v>
+        <v>34010</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="5">
         <v>40</v>
       </c>
       <c r="F270" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G270" s="5" t="s">
-        <v>247</v>
+        <v>264</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" s="3" t="s">
-        <v>277</v>
+        <v>265</v>
       </c>
       <c r="B271" s="4" t="s">
-        <v>278</v>
+        <v>266</v>
       </c>
       <c r="C271" s="5">
-        <v>39044</v>
+        <v>34168</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="5">
         <v>40</v>
       </c>
       <c r="F271" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G271" s="5" t="s">
-        <v>149</v>
+        <v>267</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" s="3" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="B272" s="4" t="s">
-        <v>280</v>
+        <v>269</v>
       </c>
       <c r="C272" s="5">
-        <v>37039</v>
+        <v>36006</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="5">
         <v>40</v>
       </c>
       <c r="F272" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G272" s="5" t="s">
-        <v>281</v>
+        <v>16</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" s="3" t="s">
-        <v>282</v>
+        <v>268</v>
       </c>
       <c r="B273" s="4" t="s">
-        <v>283</v>
+        <v>269</v>
       </c>
       <c r="C273" s="5">
-        <v>37185</v>
+        <v>36006</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F273" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G273" s="5" t="s">
-        <v>284</v>
+        <v>16</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" s="3" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="B274" s="4" t="s">
-        <v>285</v>
+        <v>271</v>
       </c>
       <c r="C274" s="5">
-        <v>37317</v>
+        <v>36902</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F274" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G274" s="5" t="s">
-        <v>286</v>
+        <v>272</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" s="3" t="s">
-        <v>265</v>
+        <v>254</v>
       </c>
       <c r="B275" s="4" t="s">
-        <v>285</v>
+        <v>273</v>
       </c>
       <c r="C275" s="5">
-        <v>37317</v>
+        <v>36022</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="5">
         <v>40</v>
       </c>
       <c r="F275" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G275" s="5" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" s="3" t="s">
-        <v>221</v>
+        <v>275</v>
       </c>
       <c r="B276" s="4" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="C276" s="5">
-        <v>37357</v>
+        <v>39004</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="5">
         <v>40</v>
       </c>
       <c r="F276" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G276" s="5" t="s">
-        <v>281</v>
+        <v>247</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" s="3" t="s">
-        <v>69</v>
+        <v>277</v>
       </c>
       <c r="B277" s="4" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="C277" s="5">
-        <v>40005</v>
+        <v>39044</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="5">
         <v>40</v>
       </c>
       <c r="F277" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G277" s="5" t="s">
-        <v>289</v>
+        <v>149</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" s="3" t="s">
-        <v>69</v>
+        <v>279</v>
       </c>
       <c r="B278" s="4" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="C278" s="5">
-        <v>40009</v>
+        <v>37039</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="5">
         <v>40</v>
       </c>
       <c r="F278" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G278" s="5" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" s="3" t="s">
-        <v>69</v>
+        <v>282</v>
       </c>
       <c r="B279" s="4" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="C279" s="5">
-        <v>40032</v>
+        <v>37185</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="5">
         <v>40</v>
       </c>
       <c r="F279" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G279" s="5" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" s="3" t="s">
-        <v>69</v>
+        <v>265</v>
       </c>
       <c r="B280" s="4" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="C280" s="5">
-        <v>40051</v>
+        <v>37317</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F280" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G280" s="5" t="s">
-        <v>149</v>
+        <v>286</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" s="3" t="s">
-        <v>69</v>
+        <v>265</v>
       </c>
       <c r="B281" s="4" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="C281" s="5">
-        <v>40905</v>
+        <v>37317</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="5">
         <v>40</v>
       </c>
       <c r="F281" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G281" s="5" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" s="3" t="s">
-        <v>76</v>
+        <v>221</v>
       </c>
       <c r="B282" s="4" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
       <c r="C282" s="5">
-        <v>40099</v>
+        <v>37357</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="5">
         <v>40</v>
       </c>
       <c r="F282" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G282" s="5" t="s">
-        <v>298</v>
+        <v>281</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B283" s="4" t="s">
-        <v>299</v>
+        <v>288</v>
       </c>
       <c r="C283" s="5">
-        <v>40130</v>
+        <v>40005</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="5">
         <v>40</v>
       </c>
       <c r="F283" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G283" s="5" t="s">
-        <v>145</v>
+        <v>289</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B284" s="4" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="C284" s="5">
-        <v>40195</v>
+        <v>40009</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="5">
         <v>40</v>
       </c>
       <c r="F284" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G284" s="5" t="s">
-        <v>175</v>
+        <v>291</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B285" s="4" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
       <c r="C285" s="5">
-        <v>40198</v>
+        <v>40032</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="5">
         <v>40</v>
       </c>
       <c r="F285" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G285" s="5" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B286" s="4" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="C286" s="5">
-        <v>40198</v>
+        <v>40051</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="5">
         <v>40</v>
       </c>
       <c r="F286" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G286" s="5" t="s">
-        <v>256</v>
+        <v>149</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B287" s="4" t="s">
-        <v>303</v>
+        <v>295</v>
       </c>
       <c r="C287" s="5">
-        <v>40208</v>
+        <v>40905</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="5">
         <v>40</v>
       </c>
       <c r="F287" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G287" s="5" t="s">
-        <v>304</v>
+        <v>296</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" s="3" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="B288" s="4" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="C288" s="5">
-        <v>40215</v>
+        <v>40099</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="5">
         <v>40</v>
       </c>
       <c r="F288" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G288" s="5" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
       <c r="C289" s="5">
-        <v>42043</v>
+        <v>40130</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="5">
         <v>40</v>
       </c>
       <c r="F289" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G289" s="5" t="s">
-        <v>308</v>
+        <v>145</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B290" s="4" t="s">
-        <v>309</v>
+        <v>300</v>
       </c>
       <c r="C290" s="5">
-        <v>42058</v>
+        <v>40195</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="5">
         <v>40</v>
       </c>
       <c r="F290" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G290" s="5" t="s">
-        <v>310</v>
+        <v>175</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B291" s="4" t="s">
-        <v>311</v>
+        <v>301</v>
       </c>
       <c r="C291" s="5">
-        <v>42080</v>
+        <v>40198</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="5">
         <v>40</v>
       </c>
       <c r="F291" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G291" s="5" t="s">
-        <v>134</v>
+        <v>302</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" s="3" t="s">
-        <v>135</v>
+        <v>69</v>
       </c>
       <c r="B292" s="4" t="s">
-        <v>312</v>
+        <v>301</v>
       </c>
       <c r="C292" s="5">
-        <v>43125</v>
+        <v>40198</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="5">
         <v>40</v>
       </c>
       <c r="F292" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G292" s="5" t="s">
-        <v>103</v>
+        <v>256</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" s="3" t="s">
-        <v>313</v>
+        <v>69</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>314</v>
+        <v>303</v>
       </c>
       <c r="C293" s="5">
-        <v>44056</v>
+        <v>40208</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="5">
         <v>40</v>
       </c>
       <c r="F293" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G293" s="5" t="s">
-        <v>315</v>
+        <v>304</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" s="3" t="s">
-        <v>316</v>
+        <v>69</v>
       </c>
       <c r="B294" s="4" t="s">
-        <v>317</v>
+        <v>305</v>
       </c>
       <c r="C294" s="5">
-        <v>44151</v>
+        <v>40215</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="5">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F294" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G294" s="5" t="s">
-        <v>318</v>
+        <v>306</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" s="3" t="s">
-        <v>316</v>
+        <v>69</v>
       </c>
       <c r="B295" s="4" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
       <c r="C295" s="5">
-        <v>44151</v>
+        <v>42043</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="5">
         <v>40</v>
       </c>
       <c r="F295" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G295" s="5" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" s="3" t="s">
-        <v>316</v>
+        <v>69</v>
       </c>
       <c r="B296" s="4" t="s">
-        <v>319</v>
+        <v>309</v>
       </c>
       <c r="C296" s="5">
-        <v>44155</v>
+        <v>42058</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="5">
         <v>40</v>
       </c>
       <c r="F296" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G296" s="5" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" s="3" t="s">
-        <v>316</v>
+        <v>69</v>
       </c>
       <c r="B297" s="4" t="s">
-        <v>320</v>
+        <v>311</v>
       </c>
       <c r="C297" s="5">
-        <v>44238</v>
+        <v>42080</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="5">
         <v>40</v>
       </c>
       <c r="F297" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G297" s="5" t="s">
-        <v>321</v>
+        <v>134</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" s="3" t="s">
-        <v>322</v>
+        <v>135</v>
       </c>
       <c r="B298" s="4" t="s">
-        <v>323</v>
+        <v>312</v>
       </c>
       <c r="C298" s="5">
-        <v>38048</v>
+        <v>43125</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F298" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G298" s="5" t="s">
-        <v>131</v>
+        <v>103</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" s="3" t="s">
-        <v>324</v>
+        <v>313</v>
       </c>
       <c r="B299" s="4" t="s">
-        <v>325</v>
+        <v>314</v>
       </c>
       <c r="C299" s="5">
-        <v>45173</v>
+        <v>44056</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="5">
         <v>40</v>
       </c>
       <c r="F299" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G299" s="5" t="s">
-        <v>326</v>
+        <v>315</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" s="3" t="s">
-        <v>327</v>
+        <v>316</v>
       </c>
       <c r="B300" s="4" t="s">
-        <v>328</v>
+        <v>317</v>
       </c>
       <c r="C300" s="5">
-        <v>45184</v>
+        <v>44151</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="5">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="F300" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G300" s="5" t="s">
-        <v>329</v>
+        <v>318</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" s="3" t="s">
-        <v>330</v>
+        <v>316</v>
       </c>
       <c r="B301" s="4" t="s">
-        <v>331</v>
+        <v>317</v>
       </c>
       <c r="C301" s="5">
-        <v>46111</v>
+        <v>44151</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="5">
         <v>40</v>
       </c>
       <c r="F301" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G301" s="5" t="s">
-        <v>332</v>
+        <v>318</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" s="3" t="s">
-        <v>69</v>
+        <v>316</v>
       </c>
       <c r="B302" s="4" t="s">
-        <v>333</v>
+        <v>319</v>
       </c>
       <c r="C302" s="5">
-        <v>47030</v>
+        <v>44155</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="5">
         <v>40</v>
       </c>
       <c r="F302" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G302" s="5" t="s">
-        <v>334</v>
+        <v>315</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" s="3" t="s">
-        <v>69</v>
+        <v>316</v>
       </c>
       <c r="B303" s="4" t="s">
-        <v>335</v>
+        <v>320</v>
       </c>
       <c r="C303" s="5">
-        <v>47047</v>
+        <v>44238</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="5">
         <v>40</v>
       </c>
       <c r="F303" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G303" s="5" t="s">
-        <v>274</v>
+        <v>321</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" s="3" t="s">
-        <v>69</v>
+        <v>322</v>
       </c>
       <c r="B304" s="4" t="s">
-        <v>336</v>
+        <v>323</v>
       </c>
       <c r="C304" s="5">
-        <v>47116</v>
+        <v>38048</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F304" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G304" s="5" t="s">
-        <v>337</v>
+        <v>131</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" s="3" t="s">
-        <v>338</v>
+        <v>324</v>
       </c>
       <c r="B305" s="4" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-        <v>340</v>
+        <v>325</v>
+      </c>
+      <c r="C305" s="5">
+        <v>45173</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="5">
         <v>40</v>
       </c>
       <c r="F305" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G305" s="5" t="s">
-        <v>94</v>
+        <v>326</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" s="3" t="s">
-        <v>171</v>
+        <v>327</v>
       </c>
       <c r="B306" s="4" t="s">
-        <v>341</v>
+        <v>328</v>
       </c>
       <c r="C306" s="5">
-        <v>50017</v>
+        <v>45184</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="5">
         <v>40</v>
       </c>
       <c r="F306" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G306" s="5" t="s">
-        <v>105</v>
+        <v>329</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" s="3" t="s">
-        <v>168</v>
+        <v>330</v>
       </c>
       <c r="B307" s="4" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="C307" s="5">
-        <v>50182</v>
+        <v>46111</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F307" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G307" s="5" t="s">
-        <v>24</v>
+        <v>332</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" s="3" t="s">
-        <v>168</v>
+        <v>69</v>
       </c>
       <c r="B308" s="4" t="s">
-        <v>342</v>
+        <v>333</v>
       </c>
       <c r="C308" s="5">
-        <v>50182</v>
+        <v>47030</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="5">
         <v>40</v>
       </c>
       <c r="F308" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G308" s="5" t="s">
-        <v>24</v>
+        <v>334</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" s="3" t="s">
-        <v>265</v>
+        <v>69</v>
       </c>
       <c r="B309" s="4" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="C309" s="5">
-        <v>49023</v>
+        <v>47047</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="5">
         <v>40</v>
       </c>
       <c r="F309" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G309" s="5" t="s">
-        <v>344</v>
+        <v>274</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" s="3" t="s">
-        <v>345</v>
+        <v>69</v>
       </c>
       <c r="B310" s="4" t="s">
-        <v>346</v>
+        <v>336</v>
       </c>
       <c r="C310" s="5">
-        <v>49071</v>
+        <v>47116</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="5">
         <v>40</v>
       </c>
       <c r="F310" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G310" s="5" t="s">
-        <v>344</v>
+        <v>337</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="B311" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="C311" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="D311" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E311" s="5">
+        <v>40</v>
+      </c>
+      <c r="F311" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G311" s="5" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="312" spans="1:7">
+      <c r="A312" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B312" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="C312" s="5">
+        <v>50017</v>
+      </c>
+      <c r="D312" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E312" s="5">
+        <v>40</v>
+      </c>
+      <c r="F312" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G312" s="5" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="313" spans="1:7">
+      <c r="A313" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B313" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="C313" s="5">
+        <v>50182</v>
+      </c>
+      <c r="D313" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E313" s="5">
+        <v>80</v>
+      </c>
+      <c r="F313" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G313" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="314" spans="1:7">
+      <c r="A314" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B314" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="C314" s="5">
+        <v>50182</v>
+      </c>
+      <c r="D314" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E314" s="5">
+        <v>40</v>
+      </c>
+      <c r="F314" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G314" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="315" spans="1:7">
+      <c r="A315" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="B315" s="4" t="s">
+        <v>343</v>
+      </c>
+      <c r="C315" s="5">
+        <v>49023</v>
+      </c>
+      <c r="D315" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E315" s="5">
+        <v>40</v>
+      </c>
+      <c r="F315" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G315" s="5" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="316" spans="1:7">
+      <c r="A316" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="B316" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="C316" s="5">
+        <v>49071</v>
+      </c>
+      <c r="D316" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E316" s="5">
+        <v>40</v>
+      </c>
+      <c r="F316" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G316" s="5" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="317" spans="1:7">
+      <c r="A317" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="B311" s="4" t="s">
+      <c r="B317" s="4" t="s">
         <v>348</v>
       </c>
-      <c r="C311" s="5">
+      <c r="C317" s="5">
         <v>49122</v>
       </c>
-      <c r="D311" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G311" s="5" t="s">
+      <c r="D317" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E317" s="5">
+        <v>40</v>
+      </c>
+      <c r="F317" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G317" s="5" t="s">
         <v>349</v>
       </c>
     </row>
-    <row r="312" spans="1:7">
-[...4 lines deleted...]
-      <c r="G312" s="1"/>
+    <row r="318" spans="1:7">
+      <c r="A318" s="2"/>
+      <c r="C318" s="1"/>
+      <c r="E318" s="1"/>
+      <c r="F318" s="1"/>
+      <c r="G318" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">