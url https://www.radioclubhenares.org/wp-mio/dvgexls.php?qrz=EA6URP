--- v1 (2025-12-19)
+++ v2 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="350">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA6URP</t>
   </si>
   <si>
     <t>131 Referencias DVGE - 312 QSO encontrados - 125 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #3096 (19-12-2025 04:01)</t>
+    <t>Ranking #3096 (09-02-2026 23:41)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW/P</t>
   </si>