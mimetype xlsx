--- v2 (2026-02-09)
+++ v3 (2026-03-31)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="350">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA6URP</t>
   </si>
   <si>
     <t>131 Referencias DVGE - 312 QSO encontrados - 125 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #3096 (09-02-2026 23:41)</t>
+    <t>Ranking #3096 (31-03-2026 15:56)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW/P</t>
   </si>