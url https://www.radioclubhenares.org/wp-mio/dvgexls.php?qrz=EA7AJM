--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1492">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1498">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7AJM</t>
   </si>
   <si>
-    <t>570 Referencias DVGE - 612 QSO encontrados - 500 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1432 (18-10-2025 18:15)</t>
+    <t>572 Referencias DVGE - 614 QSO encontrados - 502 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1432 (07-12-2025 20:20)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW</t>
   </si>
@@ -3350,50 +3350,59 @@
   <si>
     <t>02/11/2013</t>
   </si>
   <si>
     <t>VGSE-159</t>
   </si>
   <si>
     <t>04/02/2007</t>
   </si>
   <si>
     <t>VGSE-169</t>
   </si>
   <si>
     <t>17/09/2022</t>
   </si>
   <si>
     <t>EA7IXJ/P</t>
   </si>
   <si>
     <t>VGSE-171</t>
   </si>
   <si>
     <t>16/10/2014</t>
   </si>
   <si>
+    <t>EA7RKS/P</t>
+  </si>
+  <si>
+    <t>VGSE-175</t>
+  </si>
+  <si>
+    <t>02/11/2025</t>
+  </si>
+  <si>
     <t>EA7HHM/P</t>
   </si>
   <si>
     <t>VGSE-188</t>
   </si>
   <si>
     <t>18/07/2009</t>
   </si>
   <si>
     <t>VGSE-193</t>
   </si>
   <si>
     <t>19/02/2015</t>
   </si>
   <si>
     <t>EF7DNB</t>
   </si>
   <si>
     <t>VGSE-215</t>
   </si>
   <si>
     <t>18/02/2007</t>
   </si>
   <si>
     <t>VGSE-225</t>
@@ -4026,50 +4035,59 @@
     <t>01/07/2007</t>
   </si>
   <si>
     <t>VGV-137</t>
   </si>
   <si>
     <t>VGV-140</t>
   </si>
   <si>
     <t>19/06/2021</t>
   </si>
   <si>
     <t>EA5GEB/P</t>
   </si>
   <si>
     <t>VGV-146</t>
   </si>
   <si>
     <t>12/06/2011</t>
   </si>
   <si>
     <t>VGV-152</t>
   </si>
   <si>
     <t>12/07/2024</t>
+  </si>
+  <si>
+    <t>EA5QG</t>
+  </si>
+  <si>
+    <t>VGV-179</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
   </si>
   <si>
     <t>VGV-180</t>
   </si>
   <si>
     <t>15/11/2008</t>
   </si>
   <si>
     <t>VGV-188</t>
   </si>
   <si>
     <t>23/11/2019</t>
   </si>
   <si>
     <t>VGV-189</t>
   </si>
   <si>
     <t>14/07/2023</t>
   </si>
   <si>
     <t>EA5JEG</t>
   </si>
   <si>
     <t>VGV-191</t>
   </si>
@@ -4945,51 +4963,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G618"/>
+  <dimension ref="A1:G620"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -14815,4326 +14833,4372 @@
       </c>
       <c r="C431" s="5">
         <v>41064</v>
       </c>
       <c r="D431" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E431" s="5">
         <v>40</v>
       </c>
       <c r="F431" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G431" s="5" t="s">
         <v>1111</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" s="3" t="s">
         <v>1112</v>
       </c>
       <c r="B432" s="4" t="s">
         <v>1113</v>
       </c>
       <c r="C432" s="5">
-        <v>41068</v>
+        <v>41065</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E432" s="5">
         <v>40</v>
       </c>
       <c r="F432" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G432" s="5" t="s">
         <v>1114</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" s="3" t="s">
-        <v>887</v>
+        <v>1115</v>
       </c>
       <c r="B433" s="4" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="C433" s="5">
         <v>41068</v>
       </c>
       <c r="D433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E433" s="5">
         <v>40</v>
       </c>
       <c r="F433" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G433" s="5" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" s="3" t="s">
-        <v>1117</v>
+        <v>887</v>
       </c>
       <c r="B434" s="4" t="s">
         <v>1118</v>
       </c>
       <c r="C434" s="5">
-        <v>41077</v>
+        <v>41068</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E434" s="5">
         <v>40</v>
       </c>
       <c r="F434" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G434" s="5" t="s">
         <v>1119</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" s="3" t="s">
-        <v>669</v>
+        <v>1120</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="C435" s="5">
-        <v>41085</v>
+        <v>41077</v>
       </c>
       <c r="D435" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E435" s="5">
         <v>40</v>
       </c>
       <c r="F435" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G435" s="5" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" s="3" t="s">
         <v>669</v>
       </c>
       <c r="B436" s="4" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="C436" s="5">
         <v>41085</v>
       </c>
       <c r="D436" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E436" s="5">
         <v>40</v>
       </c>
       <c r="F436" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G436" s="5" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" s="3" t="s">
-        <v>1124</v>
+        <v>669</v>
       </c>
       <c r="B437" s="4" t="s">
         <v>1125</v>
       </c>
       <c r="C437" s="5">
-        <v>41095</v>
+        <v>41085</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E437" s="5">
         <v>40</v>
       </c>
       <c r="F437" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G437" s="5" t="s">
         <v>1126</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" s="3" t="s">
-        <v>669</v>
+        <v>1127</v>
       </c>
       <c r="B438" s="4" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="C438" s="5">
         <v>41095</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E438" s="5">
         <v>40</v>
       </c>
       <c r="F438" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G438" s="5" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" s="3" t="s">
-        <v>1087</v>
+        <v>669</v>
       </c>
       <c r="B439" s="4" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="C439" s="5">
         <v>41095</v>
       </c>
       <c r="D439" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E439" s="5">
         <v>40</v>
       </c>
       <c r="F439" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G439" s="5" t="s">
-        <v>983</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" s="3" t="s">
         <v>1087</v>
       </c>
       <c r="B440" s="4" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="C440" s="5">
-        <v>41102</v>
+        <v>41095</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E440" s="5">
         <v>40</v>
       </c>
       <c r="F440" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G440" s="5" t="s">
-        <v>1131</v>
+        <v>983</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" s="3" t="s">
-        <v>669</v>
+        <v>1087</v>
       </c>
       <c r="B441" s="4" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="C441" s="5">
         <v>41102</v>
       </c>
       <c r="D441" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E441" s="5">
         <v>40</v>
       </c>
       <c r="F441" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G441" s="5" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" s="3" t="s">
-        <v>450</v>
+        <v>669</v>
       </c>
       <c r="B442" s="4" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="C442" s="5">
-        <v>41053</v>
+        <v>41102</v>
       </c>
       <c r="D442" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E442" s="5">
         <v>40</v>
       </c>
       <c r="F442" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G442" s="5" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" s="3" t="s">
-        <v>1136</v>
+        <v>450</v>
       </c>
       <c r="B443" s="4" t="s">
         <v>1137</v>
       </c>
       <c r="C443" s="5">
-        <v>40024</v>
+        <v>41053</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E443" s="5">
         <v>40</v>
       </c>
       <c r="F443" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G443" s="5" t="s">
         <v>1138</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" s="3" t="s">
         <v>1139</v>
       </c>
       <c r="B444" s="4" t="s">
         <v>1140</v>
       </c>
       <c r="C444" s="5">
-        <v>40079</v>
+        <v>40024</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E444" s="5">
         <v>40</v>
       </c>
       <c r="F444" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G444" s="5" t="s">
         <v>1141</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" s="3" t="s">
         <v>1142</v>
       </c>
       <c r="B445" s="4" t="s">
         <v>1143</v>
       </c>
       <c r="C445" s="5">
-        <v>40122</v>
+        <v>40079</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E445" s="5">
         <v>40</v>
       </c>
       <c r="F445" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G445" s="5" t="s">
-        <v>410</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" s="3" t="s">
-        <v>634</v>
+        <v>1145</v>
       </c>
       <c r="B446" s="4" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="C446" s="5">
-        <v>42020</v>
+        <v>40122</v>
       </c>
       <c r="D446" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E446" s="5">
         <v>40</v>
       </c>
       <c r="F446" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G446" s="5" t="s">
-        <v>595</v>
+        <v>410</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B447" s="4" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="C447" s="5">
-        <v>42049</v>
+        <v>42020</v>
       </c>
       <c r="D447" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E447" s="5">
         <v>40</v>
       </c>
       <c r="F447" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G447" s="5" t="s">
-        <v>1146</v>
+        <v>595</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B448" s="4" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="C448" s="5">
-        <v>42115</v>
+        <v>42049</v>
       </c>
       <c r="D448" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E448" s="5">
         <v>40</v>
       </c>
       <c r="F448" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G448" s="5" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" s="3" t="s">
-        <v>425</v>
+        <v>634</v>
       </c>
       <c r="B449" s="4" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="C449" s="5">
-        <v>20020</v>
+        <v>42115</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E449" s="5">
         <v>40</v>
       </c>
       <c r="F449" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G449" s="5" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" s="3" t="s">
-        <v>352</v>
+        <v>425</v>
       </c>
       <c r="B450" s="4" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="C450" s="5">
-        <v>20033</v>
+        <v>20020</v>
       </c>
       <c r="D450" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E450" s="5">
         <v>40</v>
       </c>
       <c r="F450" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G450" s="5" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" s="3" t="s">
-        <v>1153</v>
+        <v>352</v>
       </c>
       <c r="B451" s="4" t="s">
         <v>1154</v>
       </c>
       <c r="C451" s="5">
-        <v>20045</v>
+        <v>20033</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E451" s="5">
         <v>40</v>
       </c>
       <c r="F451" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G451" s="5" t="s">
-        <v>508</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" s="3" t="s">
-        <v>425</v>
+        <v>1156</v>
       </c>
       <c r="B452" s="4" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="C452" s="5">
-        <v>20016</v>
+        <v>20045</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E452" s="5">
         <v>40</v>
       </c>
       <c r="F452" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G452" s="5" t="s">
-        <v>1156</v>
+        <v>508</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" s="3" t="s">
         <v>425</v>
       </c>
       <c r="B453" s="4" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="C453" s="5">
         <v>20016</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E453" s="5">
         <v>40</v>
       </c>
       <c r="F453" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G453" s="5" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" s="3" t="s">
         <v>425</v>
       </c>
       <c r="B454" s="4" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C454" s="5">
-        <v>20018</v>
+        <v>20016</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E454" s="5">
         <v>40</v>
       </c>
       <c r="F454" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G454" s="5" t="s">
-        <v>1150</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" s="3" t="s">
-        <v>789</v>
+        <v>425</v>
       </c>
       <c r="B455" s="4" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="C455" s="5">
-        <v>43064</v>
+        <v>20018</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E455" s="5">
         <v>40</v>
       </c>
       <c r="F455" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G455" s="5" t="s">
-        <v>1160</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" s="3" t="s">
         <v>789</v>
       </c>
       <c r="B456" s="4" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="C456" s="5">
-        <v>43906</v>
+        <v>43064</v>
       </c>
       <c r="D456" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E456" s="5">
         <v>40</v>
       </c>
       <c r="F456" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G456" s="5" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" s="3" t="s">
-        <v>1163</v>
+        <v>789</v>
       </c>
       <c r="B457" s="4" t="s">
         <v>1164</v>
       </c>
       <c r="C457" s="5">
-        <v>43136</v>
+        <v>43906</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E457" s="5">
         <v>40</v>
       </c>
       <c r="F457" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G457" s="5" t="s">
-        <v>370</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" s="3" t="s">
-        <v>242</v>
+        <v>1166</v>
       </c>
       <c r="B458" s="4" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="C458" s="5">
-        <v>43138</v>
+        <v>43136</v>
       </c>
       <c r="D458" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E458" s="5">
         <v>40</v>
       </c>
       <c r="F458" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G458" s="5" t="s">
-        <v>1166</v>
+        <v>370</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" s="3" t="s">
-        <v>1167</v>
+        <v>242</v>
       </c>
       <c r="B459" s="4" t="s">
         <v>1168</v>
       </c>
       <c r="C459" s="5">
-        <v>43145</v>
+        <v>43138</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E459" s="5">
         <v>40</v>
       </c>
       <c r="F459" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G459" s="5" t="s">
         <v>1169</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" s="3" t="s">
-        <v>242</v>
+        <v>1170</v>
       </c>
       <c r="B460" s="4" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="C460" s="5">
-        <v>43152</v>
+        <v>43145</v>
       </c>
       <c r="D460" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E460" s="5">
         <v>40</v>
       </c>
       <c r="F460" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G460" s="5" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" s="3" t="s">
-        <v>1172</v>
+        <v>242</v>
       </c>
       <c r="B461" s="4" t="s">
         <v>1173</v>
       </c>
       <c r="C461" s="5">
-        <v>43903</v>
+        <v>43152</v>
       </c>
       <c r="D461" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E461" s="5">
         <v>40</v>
       </c>
       <c r="F461" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G461" s="5" t="s">
         <v>1174</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" s="3" t="s">
-        <v>789</v>
+        <v>1175</v>
       </c>
       <c r="B462" s="4" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="C462" s="5">
-        <v>43161</v>
+        <v>43903</v>
       </c>
       <c r="D462" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E462" s="5">
         <v>40</v>
       </c>
       <c r="F462" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G462" s="5" t="s">
-        <v>737</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" s="3" t="s">
         <v>789</v>
       </c>
       <c r="B463" s="4" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="C463" s="5">
-        <v>43178</v>
+        <v>43161</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E463" s="5">
         <v>40</v>
       </c>
       <c r="F463" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G463" s="5" t="s">
-        <v>1177</v>
+        <v>737</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" s="3" t="s">
-        <v>300</v>
+        <v>789</v>
       </c>
       <c r="B464" s="4" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C464" s="5">
-        <v>44017</v>
+        <v>43178</v>
       </c>
       <c r="D464" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E464" s="5">
         <v>40</v>
       </c>
       <c r="F464" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G464" s="5" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B465" s="4" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="C465" s="5">
-        <v>44025</v>
+        <v>44017</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E465" s="5">
         <v>40</v>
       </c>
       <c r="F465" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G465" s="5" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B466" s="4" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="C466" s="5">
-        <v>44029</v>
+        <v>44025</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E466" s="5">
         <v>40</v>
       </c>
       <c r="F466" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G466" s="5" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" s="3" t="s">
-        <v>679</v>
+        <v>300</v>
       </c>
       <c r="B467" s="4" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="C467" s="5">
-        <v>44040</v>
+        <v>44029</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E467" s="5">
         <v>40</v>
       </c>
       <c r="F467" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G467" s="5" t="s">
-        <v>165</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" s="3" t="s">
         <v>679</v>
       </c>
       <c r="B468" s="4" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="C468" s="5">
-        <v>44050</v>
+        <v>44040</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E468" s="5">
         <v>40</v>
       </c>
       <c r="F468" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G468" s="5" t="s">
-        <v>971</v>
+        <v>165</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" s="3" t="s">
-        <v>300</v>
+        <v>679</v>
       </c>
       <c r="B469" s="4" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="C469" s="5">
-        <v>44071</v>
+        <v>44050</v>
       </c>
       <c r="D469" s="4" t="s">
-        <v>717</v>
+        <v>14</v>
       </c>
       <c r="E469" s="5">
         <v>40</v>
       </c>
       <c r="F469" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G469" s="5" t="s">
-        <v>1187</v>
+        <v>971</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" s="3" t="s">
-        <v>242</v>
+        <v>300</v>
       </c>
       <c r="B470" s="4" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="C470" s="5">
-        <v>44074</v>
+        <v>44071</v>
       </c>
       <c r="D470" s="4" t="s">
-        <v>14</v>
+        <v>717</v>
       </c>
       <c r="E470" s="5">
         <v>40</v>
       </c>
       <c r="F470" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G470" s="5" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" s="3" t="s">
-        <v>679</v>
+        <v>242</v>
       </c>
       <c r="B471" s="4" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="C471" s="5">
-        <v>44077</v>
+        <v>44074</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E471" s="5">
         <v>40</v>
       </c>
       <c r="F471" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G471" s="5" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" s="3" t="s">
-        <v>1192</v>
+        <v>679</v>
       </c>
       <c r="B472" s="4" t="s">
         <v>1193</v>
       </c>
       <c r="C472" s="5">
-        <v>44097</v>
+        <v>44077</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E472" s="5">
         <v>40</v>
       </c>
       <c r="F472" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G472" s="5" t="s">
         <v>1194</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" s="3" t="s">
         <v>1195</v>
       </c>
       <c r="B473" s="4" t="s">
         <v>1196</v>
       </c>
       <c r="C473" s="5">
-        <v>44158</v>
+        <v>44097</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E473" s="5">
         <v>40</v>
       </c>
       <c r="F473" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G473" s="5" t="s">
-        <v>370</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" s="3" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="B474" s="4" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="C474" s="5">
-        <v>44160</v>
+        <v>44158</v>
       </c>
       <c r="D474" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E474" s="5">
         <v>40</v>
       </c>
       <c r="F474" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G474" s="5" t="s">
-        <v>351</v>
+        <v>370</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" s="3" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="B475" s="4" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="C475" s="5">
-        <v>44163</v>
+        <v>44160</v>
       </c>
       <c r="D475" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E475" s="5">
         <v>40</v>
       </c>
       <c r="F475" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G475" s="5" t="s">
-        <v>1201</v>
+        <v>351</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" s="3" t="s">
-        <v>300</v>
+        <v>1202</v>
       </c>
       <c r="B476" s="4" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="C476" s="5">
-        <v>44177</v>
+        <v>44163</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E476" s="5">
         <v>40</v>
       </c>
       <c r="F476" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G476" s="5" t="s">
-        <v>478</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B477" s="4" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="C477" s="5">
-        <v>44191</v>
+        <v>44177</v>
       </c>
       <c r="D477" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E477" s="5">
         <v>40</v>
       </c>
       <c r="F477" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G477" s="5" t="s">
-        <v>1204</v>
+        <v>478</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" s="3" t="s">
-        <v>1197</v>
+        <v>300</v>
       </c>
       <c r="B478" s="4" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="C478" s="5">
-        <v>44196</v>
+        <v>44191</v>
       </c>
       <c r="D478" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E478" s="5">
         <v>40</v>
       </c>
       <c r="F478" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G478" s="5" t="s">
-        <v>620</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" s="3" t="s">
-        <v>300</v>
+        <v>1200</v>
       </c>
       <c r="B479" s="4" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C479" s="5">
-        <v>44236</v>
+        <v>44196</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E479" s="5">
         <v>40</v>
       </c>
       <c r="F479" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G479" s="5" t="s">
-        <v>1207</v>
+        <v>620</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" s="3" t="s">
-        <v>679</v>
+        <v>300</v>
       </c>
       <c r="B480" s="4" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="C480" s="5">
-        <v>44265</v>
+        <v>44236</v>
       </c>
       <c r="D480" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E480" s="5">
         <v>40</v>
       </c>
       <c r="F480" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G480" s="5" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" s="3" t="s">
-        <v>376</v>
+        <v>679</v>
       </c>
       <c r="B481" s="4" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="C481" s="5">
-        <v>44266</v>
+        <v>44265</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E481" s="5">
         <v>40</v>
       </c>
       <c r="F481" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G481" s="5" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" s="3" t="s">
-        <v>1212</v>
+        <v>376</v>
       </c>
       <c r="B482" s="4" t="s">
         <v>1213</v>
       </c>
       <c r="C482" s="5">
-        <v>38005</v>
+        <v>44266</v>
       </c>
       <c r="D482" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E482" s="5">
         <v>40</v>
       </c>
       <c r="F482" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G482" s="5" t="s">
         <v>1214</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" s="3" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="B483" s="4" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="C483" s="5">
         <v>38005</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E483" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F483" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G483" s="5" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" s="3" t="s">
         <v>1215</v>
       </c>
       <c r="B484" s="4" t="s">
         <v>1216</v>
       </c>
       <c r="C484" s="5">
-        <v>38009</v>
+        <v>38005</v>
       </c>
       <c r="D484" s="4" t="s">
-        <v>717</v>
+        <v>14</v>
       </c>
       <c r="E484" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F484" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G484" s="5" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" s="3" t="s">
         <v>1218</v>
       </c>
       <c r="B485" s="4" t="s">
         <v>1219</v>
       </c>
       <c r="C485" s="5">
-        <v>38031</v>
+        <v>38009</v>
       </c>
       <c r="D485" s="4" t="s">
-        <v>14</v>
+        <v>717</v>
       </c>
       <c r="E485" s="5">
         <v>40</v>
       </c>
       <c r="F485" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G485" s="5" t="s">
         <v>1220</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" s="3" t="s">
         <v>1221</v>
       </c>
       <c r="B486" s="4" t="s">
         <v>1222</v>
       </c>
       <c r="C486" s="5">
-        <v>38042</v>
+        <v>38031</v>
       </c>
       <c r="D486" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E486" s="5">
         <v>40</v>
       </c>
       <c r="F486" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G486" s="5" t="s">
         <v>1223</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" s="3" t="s">
-        <v>856</v>
+        <v>1224</v>
       </c>
       <c r="B487" s="4" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="C487" s="5">
-        <v>45007</v>
+        <v>38042</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E487" s="5">
         <v>40</v>
       </c>
       <c r="F487" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G487" s="5" t="s">
-        <v>626</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" s="3" t="s">
-        <v>1225</v>
+        <v>856</v>
       </c>
       <c r="B488" s="4" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="C488" s="5">
-        <v>45018</v>
+        <v>45007</v>
       </c>
       <c r="D488" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E488" s="5">
         <v>40</v>
       </c>
       <c r="F488" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G488" s="5" t="s">
-        <v>1227</v>
+        <v>626</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" s="3" t="s">
         <v>1228</v>
       </c>
       <c r="B489" s="4" t="s">
         <v>1229</v>
       </c>
       <c r="C489" s="5">
-        <v>45028</v>
+        <v>45018</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E489" s="5">
         <v>40</v>
       </c>
       <c r="F489" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G489" s="5" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" s="3" t="s">
-        <v>193</v>
+        <v>1231</v>
       </c>
       <c r="B490" s="4" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="C490" s="5">
-        <v>45041</v>
+        <v>45028</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E490" s="5">
         <v>40</v>
       </c>
       <c r="F490" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G490" s="5" t="s">
-        <v>38</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" s="3" t="s">
-        <v>1232</v>
+        <v>193</v>
       </c>
       <c r="B491" s="4" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="C491" s="5">
-        <v>45053</v>
+        <v>45041</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E491" s="5">
         <v>40</v>
       </c>
       <c r="F491" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G491" s="5" t="s">
-        <v>529</v>
+        <v>38</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" s="3" t="s">
-        <v>550</v>
+        <v>1235</v>
       </c>
       <c r="B492" s="4" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="C492" s="5">
-        <v>45054</v>
+        <v>45053</v>
       </c>
       <c r="D492" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E492" s="5">
         <v>40</v>
       </c>
       <c r="F492" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G492" s="5" t="s">
-        <v>1235</v>
+        <v>529</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" s="3" t="s">
-        <v>1236</v>
+        <v>550</v>
       </c>
       <c r="B493" s="4" t="s">
         <v>1237</v>
       </c>
       <c r="C493" s="5">
-        <v>45064</v>
+        <v>45054</v>
       </c>
       <c r="D493" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E493" s="5">
         <v>40</v>
       </c>
       <c r="F493" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G493" s="5" t="s">
         <v>1238</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" s="3" t="s">
-        <v>193</v>
+        <v>1239</v>
       </c>
       <c r="B494" s="4" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="C494" s="5">
-        <v>45066</v>
+        <v>45064</v>
       </c>
       <c r="D494" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E494" s="5">
         <v>40</v>
       </c>
       <c r="F494" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G494" s="5" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" s="3" t="s">
-        <v>856</v>
+        <v>193</v>
       </c>
       <c r="B495" s="4" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="C495" s="5">
-        <v>45082</v>
+        <v>45066</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E495" s="5">
         <v>40</v>
       </c>
       <c r="F495" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G495" s="5" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" s="3" t="s">
-        <v>1243</v>
+        <v>856</v>
       </c>
       <c r="B496" s="4" t="s">
         <v>1244</v>
       </c>
       <c r="C496" s="5">
-        <v>45098</v>
+        <v>45082</v>
       </c>
       <c r="D496" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E496" s="5">
         <v>40</v>
       </c>
       <c r="F496" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G496" s="5" t="s">
-        <v>906</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" s="3" t="s">
-        <v>880</v>
+        <v>1246</v>
       </c>
       <c r="B497" s="4" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="C497" s="5">
-        <v>45122</v>
+        <v>45098</v>
       </c>
       <c r="D497" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E497" s="5">
         <v>40</v>
       </c>
       <c r="F497" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G497" s="5" t="s">
-        <v>1246</v>
+        <v>906</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" s="3" t="s">
-        <v>868</v>
+        <v>880</v>
       </c>
       <c r="B498" s="4" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C498" s="5">
-        <v>45127</v>
+        <v>45122</v>
       </c>
       <c r="D498" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E498" s="5">
         <v>40</v>
       </c>
       <c r="F498" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G498" s="5" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" s="3" t="s">
-        <v>550</v>
+        <v>868</v>
       </c>
       <c r="B499" s="4" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="C499" s="5">
-        <v>45129</v>
+        <v>45127</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E499" s="5">
         <v>40</v>
       </c>
       <c r="F499" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G499" s="5" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" s="3" t="s">
         <v>550</v>
       </c>
       <c r="B500" s="4" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="C500" s="5">
-        <v>45149</v>
+        <v>45129</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E500" s="5">
         <v>40</v>
       </c>
       <c r="F500" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G500" s="5" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" s="3" t="s">
         <v>550</v>
       </c>
       <c r="B501" s="4" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="C501" s="5">
-        <v>45901</v>
+        <v>45149</v>
       </c>
       <c r="D501" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E501" s="5">
         <v>40</v>
       </c>
       <c r="F501" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G501" s="5" t="s">
-        <v>1135</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" s="3" t="s">
-        <v>193</v>
+        <v>550</v>
       </c>
       <c r="B502" s="4" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="C502" s="5">
-        <v>45167</v>
+        <v>45901</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E502" s="5">
         <v>40</v>
       </c>
       <c r="F502" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G502" s="5" t="s">
-        <v>1255</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" s="3" t="s">
-        <v>550</v>
+        <v>193</v>
       </c>
       <c r="B503" s="4" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="C503" s="5">
-        <v>45171</v>
+        <v>45167</v>
       </c>
       <c r="D503" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E503" s="5">
         <v>40</v>
       </c>
       <c r="F503" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G503" s="5" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" s="3" t="s">
-        <v>1258</v>
+        <v>550</v>
       </c>
       <c r="B504" s="4" t="s">
         <v>1259</v>
       </c>
       <c r="C504" s="5">
-        <v>45183</v>
+        <v>45171</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E504" s="5">
         <v>40</v>
       </c>
       <c r="F504" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G504" s="5" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" s="3" t="s">
-        <v>550</v>
+        <v>1261</v>
       </c>
       <c r="B505" s="4" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="C505" s="5">
-        <v>45189</v>
+        <v>45183</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E505" s="5">
         <v>40</v>
       </c>
       <c r="F505" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G505" s="5" t="s">
-        <v>906</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" s="3" t="s">
-        <v>242</v>
+        <v>550</v>
       </c>
       <c r="B506" s="4" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="C506" s="5">
         <v>45189</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E506" s="5">
         <v>40</v>
       </c>
       <c r="F506" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G506" s="5" t="s">
-        <v>1263</v>
+        <v>906</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" s="3" t="s">
-        <v>1264</v>
+        <v>242</v>
       </c>
       <c r="B507" s="4" t="s">
         <v>1265</v>
       </c>
       <c r="C507" s="5">
-        <v>46002</v>
+        <v>45189</v>
       </c>
       <c r="D507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E507" s="5">
         <v>40</v>
       </c>
       <c r="F507" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G507" s="5" t="s">
         <v>1266</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" s="3" t="s">
         <v>1267</v>
       </c>
       <c r="B508" s="4" t="s">
         <v>1268</v>
       </c>
       <c r="C508" s="5">
-        <v>46017</v>
+        <v>46002</v>
       </c>
       <c r="D508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E508" s="5">
         <v>40</v>
       </c>
       <c r="F508" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G508" s="5" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" s="3" t="s">
-        <v>1264</v>
+        <v>1270</v>
       </c>
       <c r="B509" s="4" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="C509" s="5">
-        <v>46038</v>
+        <v>46017</v>
       </c>
       <c r="D509" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E509" s="5">
         <v>40</v>
       </c>
       <c r="F509" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G509" s="5" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" s="3" t="s">
-        <v>1272</v>
+        <v>1267</v>
       </c>
       <c r="B510" s="4" t="s">
         <v>1273</v>
       </c>
       <c r="C510" s="5">
-        <v>46050</v>
+        <v>46038</v>
       </c>
       <c r="D510" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E510" s="5">
         <v>40</v>
       </c>
       <c r="F510" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G510" s="5" t="s">
         <v>1274</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" s="3" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="B511" s="4" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="C511" s="5">
-        <v>46070</v>
+        <v>46050</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E511" s="5">
         <v>40</v>
       </c>
       <c r="F511" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G511" s="5" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" s="3" t="s">
-        <v>1277</v>
+        <v>1275</v>
       </c>
       <c r="B512" s="4" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="C512" s="5">
         <v>46070</v>
       </c>
       <c r="D512" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E512" s="5">
         <v>40</v>
       </c>
       <c r="F512" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G512" s="5" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" s="3" t="s">
-        <v>60</v>
+        <v>1280</v>
       </c>
       <c r="B513" s="4" t="s">
-        <v>1279</v>
+        <v>1278</v>
       </c>
       <c r="C513" s="5">
-        <v>46072</v>
+        <v>46070</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E513" s="5">
         <v>40</v>
       </c>
       <c r="F513" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G513" s="5" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" s="3" t="s">
-        <v>1281</v>
+        <v>60</v>
       </c>
       <c r="B514" s="4" t="s">
         <v>1282</v>
       </c>
       <c r="C514" s="5">
-        <v>46073</v>
+        <v>46072</v>
       </c>
       <c r="D514" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E514" s="5">
         <v>40</v>
       </c>
       <c r="F514" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G514" s="5" t="s">
-        <v>1012</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" s="3" t="s">
-        <v>1272</v>
+        <v>1284</v>
       </c>
       <c r="B515" s="4" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="C515" s="5">
-        <v>46077</v>
+        <v>46073</v>
       </c>
       <c r="D515" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E515" s="5">
         <v>40</v>
       </c>
       <c r="F515" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G515" s="5" t="s">
-        <v>1284</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" s="3" t="s">
-        <v>943</v>
+        <v>1275</v>
       </c>
       <c r="B516" s="4" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="C516" s="5">
         <v>46077</v>
       </c>
       <c r="D516" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E516" s="5">
         <v>40</v>
       </c>
       <c r="F516" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G516" s="5" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" s="3" t="s">
+        <v>943</v>
+      </c>
+      <c r="B517" s="4" t="s">
         <v>1286</v>
       </c>
-      <c r="B517" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C517" s="5">
-        <v>46083</v>
+        <v>46077</v>
       </c>
       <c r="D517" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E517" s="5">
         <v>40</v>
       </c>
       <c r="F517" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G517" s="5" t="s">
         <v>1288</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" s="3" t="s">
-        <v>1277</v>
+        <v>1289</v>
       </c>
       <c r="B518" s="4" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="C518" s="5">
-        <v>46085</v>
+        <v>46083</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="5">
         <v>40</v>
       </c>
       <c r="F518" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G518" s="5" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" s="3" t="s">
-        <v>1291</v>
+        <v>1280</v>
       </c>
       <c r="B519" s="4" t="s">
         <v>1292</v>
       </c>
       <c r="C519" s="5">
-        <v>46106</v>
+        <v>46085</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E519" s="5">
         <v>40</v>
       </c>
       <c r="F519" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G519" s="5" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" s="3" t="s">
         <v>1294</v>
       </c>
       <c r="B520" s="4" t="s">
         <v>1295</v>
       </c>
       <c r="C520" s="5">
-        <v>46097</v>
+        <v>46106</v>
       </c>
       <c r="D520" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E520" s="5">
         <v>40</v>
       </c>
       <c r="F520" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G520" s="5" t="s">
         <v>1296</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" s="3" t="s">
-        <v>1281</v>
+        <v>1297</v>
       </c>
       <c r="B521" s="4" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="C521" s="5">
-        <v>46098</v>
+        <v>46097</v>
       </c>
       <c r="D521" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E521" s="5">
         <v>40</v>
       </c>
       <c r="F521" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G521" s="5" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" s="3" t="s">
-        <v>1264</v>
+        <v>1284</v>
       </c>
       <c r="B522" s="4" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="C522" s="5">
-        <v>46099</v>
+        <v>46098</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E522" s="5">
         <v>40</v>
       </c>
       <c r="F522" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G522" s="5" t="s">
-        <v>1179</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" s="3" t="s">
-        <v>1300</v>
+        <v>1267</v>
       </c>
       <c r="B523" s="4" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="C523" s="5">
-        <v>46105</v>
+        <v>46099</v>
       </c>
       <c r="D523" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E523" s="5">
         <v>40</v>
       </c>
       <c r="F523" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G523" s="5" t="s">
-        <v>1302</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" s="3" t="s">
-        <v>60</v>
+        <v>1303</v>
       </c>
       <c r="B524" s="4" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="C524" s="5">
-        <v>46128</v>
+        <v>46105</v>
       </c>
       <c r="D524" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E524" s="5">
         <v>40</v>
       </c>
       <c r="F524" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G524" s="5" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" s="3" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="B525" s="4" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="C525" s="5">
         <v>46128</v>
       </c>
       <c r="D525" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E525" s="5">
         <v>40</v>
       </c>
       <c r="F525" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G525" s="5" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B526" s="4" t="s">
         <v>1306</v>
       </c>
-      <c r="B526" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C526" s="5">
-        <v>46131</v>
+        <v>46128</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E526" s="5">
         <v>40</v>
       </c>
       <c r="F526" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G526" s="5" t="s">
         <v>1308</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" s="3" t="s">
         <v>1309</v>
       </c>
       <c r="B527" s="4" t="s">
         <v>1310</v>
       </c>
       <c r="C527" s="5">
         <v>46131</v>
       </c>
       <c r="D527" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E527" s="5">
         <v>40</v>
       </c>
       <c r="F527" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G527" s="5" t="s">
         <v>1311</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" s="3" t="s">
-        <v>1264</v>
+        <v>1312</v>
       </c>
       <c r="B528" s="4" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="C528" s="5">
-        <v>46133</v>
+        <v>46131</v>
       </c>
       <c r="D528" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E528" s="5">
         <v>40</v>
       </c>
       <c r="F528" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G528" s="5" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" s="3" t="s">
-        <v>943</v>
+        <v>1267</v>
       </c>
       <c r="B529" s="4" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C529" s="5">
-        <v>46136</v>
+        <v>46133</v>
       </c>
       <c r="D529" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E529" s="5">
         <v>40</v>
       </c>
       <c r="F529" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G529" s="5" t="s">
-        <v>1252</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" s="3" t="s">
-        <v>1277</v>
+        <v>943</v>
       </c>
       <c r="B530" s="4" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="C530" s="5">
         <v>46136</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E530" s="5">
         <v>40</v>
       </c>
       <c r="F530" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G530" s="5" t="s">
-        <v>1315</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" s="3" t="s">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="B531" s="4" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="C531" s="5">
         <v>46136</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E531" s="5">
         <v>40</v>
       </c>
       <c r="F531" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G531" s="5" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" s="3" t="s">
-        <v>1294</v>
+        <v>1280</v>
       </c>
       <c r="B532" s="4" t="s">
         <v>1317</v>
       </c>
       <c r="C532" s="5">
-        <v>46144</v>
+        <v>46136</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E532" s="5">
         <v>40</v>
       </c>
       <c r="F532" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G532" s="5" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" s="3" t="s">
-        <v>1272</v>
+        <v>1297</v>
       </c>
       <c r="B533" s="4" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="C533" s="5">
-        <v>46147</v>
+        <v>46144</v>
       </c>
       <c r="D533" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E533" s="5">
         <v>40</v>
       </c>
       <c r="F533" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G533" s="5" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" s="3" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="B534" s="4" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="C534" s="5">
         <v>46147</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E534" s="5">
         <v>40</v>
       </c>
       <c r="F534" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G534" s="5" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" s="3" t="s">
-        <v>1264</v>
+        <v>1275</v>
       </c>
       <c r="B535" s="4" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="C535" s="5">
         <v>46147</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E535" s="5">
         <v>40</v>
       </c>
       <c r="F535" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G535" s="5" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" s="3" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="B536" s="4" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
       <c r="C536" s="5">
         <v>46147</v>
       </c>
       <c r="D536" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E536" s="5">
         <v>40</v>
       </c>
       <c r="F536" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G536" s="5" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" s="3" t="s">
-        <v>943</v>
+        <v>1267</v>
       </c>
       <c r="B537" s="4" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="C537" s="5">
-        <v>46156</v>
+        <v>46147</v>
       </c>
       <c r="D537" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E537" s="5">
         <v>40</v>
       </c>
       <c r="F537" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G537" s="5" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" s="3" t="s">
-        <v>1264</v>
+        <v>943</v>
       </c>
       <c r="B538" s="4" t="s">
-        <v>1325</v>
+        <v>1328</v>
       </c>
       <c r="C538" s="5">
         <v>46156</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E538" s="5">
         <v>40</v>
       </c>
       <c r="F538" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G538" s="5" t="s">
-        <v>67</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" s="3" t="s">
-        <v>1327</v>
+        <v>1267</v>
       </c>
       <c r="B539" s="4" t="s">
         <v>1328</v>
       </c>
       <c r="C539" s="5">
-        <v>46181</v>
+        <v>46156</v>
       </c>
       <c r="D539" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E539" s="5">
         <v>40</v>
       </c>
       <c r="F539" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G539" s="5" t="s">
-        <v>1329</v>
+        <v>67</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" s="3" t="s">
-        <v>943</v>
+        <v>1330</v>
       </c>
       <c r="B540" s="4" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="C540" s="5">
-        <v>46183</v>
+        <v>46181</v>
       </c>
       <c r="D540" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E540" s="5">
         <v>40</v>
       </c>
       <c r="F540" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G540" s="5" t="s">
-        <v>906</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" s="3" t="s">
-        <v>60</v>
+        <v>943</v>
       </c>
       <c r="B541" s="4" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="C541" s="5">
-        <v>46184</v>
+        <v>46183</v>
       </c>
       <c r="D541" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E541" s="5">
         <v>40</v>
       </c>
       <c r="F541" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G541" s="5" t="s">
-        <v>1332</v>
+        <v>906</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" s="3" t="s">
-        <v>1333</v>
+        <v>60</v>
       </c>
       <c r="B542" s="4" t="s">
         <v>1334</v>
       </c>
       <c r="C542" s="5">
-        <v>46189</v>
+        <v>46184</v>
       </c>
       <c r="D542" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E542" s="5">
         <v>40</v>
       </c>
       <c r="F542" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G542" s="5" t="s">
         <v>1335</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" s="3" t="s">
-        <v>20</v>
+        <v>1336</v>
       </c>
       <c r="B543" s="4" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="C543" s="5">
-        <v>46200</v>
+        <v>46189</v>
       </c>
       <c r="D543" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E543" s="5">
         <v>40</v>
       </c>
       <c r="F543" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G543" s="5" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" s="3" t="s">
-        <v>1272</v>
+        <v>20</v>
       </c>
       <c r="B544" s="4" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="C544" s="5">
-        <v>46220</v>
+        <v>46200</v>
       </c>
       <c r="D544" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E544" s="5">
         <v>40</v>
       </c>
       <c r="F544" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G544" s="5" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" s="3" t="s">
-        <v>1277</v>
+        <v>1341</v>
       </c>
       <c r="B545" s="4" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="C545" s="5">
-        <v>46229</v>
+        <v>46214</v>
       </c>
       <c r="D545" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E545" s="5">
         <v>40</v>
       </c>
       <c r="F545" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G545" s="5" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" s="3" t="s">
-        <v>1277</v>
+        <v>1275</v>
       </c>
       <c r="B546" s="4" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="C546" s="5">
-        <v>46230</v>
+        <v>46220</v>
       </c>
       <c r="D546" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E546" s="5">
         <v>40</v>
       </c>
       <c r="F546" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G546" s="5" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" s="3" t="s">
-        <v>1344</v>
+        <v>1280</v>
       </c>
       <c r="B547" s="4" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="C547" s="5">
-        <v>46232</v>
+        <v>46229</v>
       </c>
       <c r="D547" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E547" s="5">
         <v>40</v>
       </c>
       <c r="F547" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G547" s="5" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" s="3" t="s">
-        <v>943</v>
+        <v>1280</v>
       </c>
       <c r="B548" s="4" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="C548" s="5">
-        <v>46235</v>
+        <v>46230</v>
       </c>
       <c r="D548" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E548" s="5">
         <v>40</v>
       </c>
       <c r="F548" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G548" s="5" t="s">
-        <v>1174</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" s="3" t="s">
-        <v>943</v>
+        <v>1350</v>
       </c>
       <c r="B549" s="4" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
       <c r="C549" s="5">
-        <v>46238</v>
+        <v>46232</v>
       </c>
       <c r="D549" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E549" s="5">
         <v>40</v>
       </c>
       <c r="F549" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G549" s="5" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" s="3" t="s">
-        <v>1277</v>
+        <v>943</v>
       </c>
       <c r="B550" s="4" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
       <c r="C550" s="5">
-        <v>46244</v>
+        <v>46235</v>
       </c>
       <c r="D550" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E550" s="5">
         <v>40</v>
       </c>
       <c r="F550" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G550" s="5" t="s">
-        <v>1014</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" s="3" t="s">
-        <v>1351</v>
+        <v>943</v>
       </c>
       <c r="B551" s="4" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="C551" s="5">
-        <v>46249</v>
+        <v>46238</v>
       </c>
       <c r="D551" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E551" s="5">
         <v>40</v>
       </c>
       <c r="F551" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G551" s="5" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" s="3" t="s">
-        <v>1264</v>
+        <v>1280</v>
       </c>
       <c r="B552" s="4" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="C552" s="5">
-        <v>46249</v>
+        <v>46244</v>
       </c>
       <c r="D552" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E552" s="5">
         <v>40</v>
       </c>
       <c r="F552" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G552" s="5" t="s">
-        <v>1355</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" s="3" t="s">
-        <v>1267</v>
+        <v>1357</v>
       </c>
       <c r="B553" s="4" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="C553" s="5">
-        <v>46250</v>
+        <v>46249</v>
       </c>
       <c r="D553" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E553" s="5">
         <v>40</v>
       </c>
       <c r="F553" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G553" s="5" t="s">
-        <v>1220</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" s="3" t="s">
-        <v>1272</v>
+        <v>1267</v>
       </c>
       <c r="B554" s="4" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="C554" s="5">
-        <v>46256</v>
+        <v>46249</v>
       </c>
       <c r="D554" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E554" s="5">
         <v>40</v>
       </c>
       <c r="F554" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G554" s="5" t="s">
-        <v>105</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" s="3" t="s">
-        <v>106</v>
+        <v>1270</v>
       </c>
       <c r="B555" s="4" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="C555" s="5">
-        <v>46145</v>
+        <v>46250</v>
       </c>
       <c r="D555" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E555" s="5">
         <v>40</v>
       </c>
       <c r="F555" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G555" s="5" t="s">
-        <v>1359</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" s="3" t="s">
-        <v>1277</v>
+        <v>1275</v>
       </c>
       <c r="B556" s="4" t="s">
-        <v>1360</v>
+        <v>1363</v>
       </c>
       <c r="C556" s="5">
-        <v>46261</v>
+        <v>46256</v>
       </c>
       <c r="D556" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E556" s="5">
         <v>40</v>
       </c>
       <c r="F556" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G556" s="5" t="s">
-        <v>1361</v>
+        <v>105</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" s="3" t="s">
-        <v>1362</v>
+        <v>106</v>
       </c>
       <c r="B557" s="4" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="C557" s="5">
-        <v>47014</v>
+        <v>46145</v>
       </c>
       <c r="D557" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E557" s="5">
         <v>40</v>
       </c>
       <c r="F557" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G557" s="5" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" s="3" t="s">
-        <v>396</v>
+        <v>1280</v>
       </c>
       <c r="B558" s="4" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="C558" s="5">
-        <v>47030</v>
+        <v>46261</v>
       </c>
       <c r="D558" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E558" s="5">
         <v>40</v>
       </c>
       <c r="F558" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G558" s="5" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" s="3" t="s">
-        <v>388</v>
+        <v>1368</v>
       </c>
       <c r="B559" s="4" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="C559" s="5">
-        <v>47144</v>
+        <v>47014</v>
       </c>
       <c r="D559" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E559" s="5">
         <v>40</v>
       </c>
       <c r="F559" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G559" s="5" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" s="3" t="s">
-        <v>1369</v>
+        <v>396</v>
       </c>
       <c r="B560" s="4" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="C560" s="5">
-        <v>47165</v>
+        <v>47030</v>
       </c>
       <c r="D560" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E560" s="5">
         <v>40</v>
       </c>
       <c r="F560" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G560" s="5" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" s="3" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="B561" s="4" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="C561" s="5">
-        <v>47177</v>
+        <v>47144</v>
       </c>
       <c r="D561" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E561" s="5">
         <v>40</v>
       </c>
       <c r="F561" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G561" s="5" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" s="3" t="s">
-        <v>425</v>
+        <v>1375</v>
       </c>
       <c r="B562" s="4" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="C562" s="5">
-        <v>47178</v>
+        <v>47165</v>
       </c>
       <c r="D562" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E562" s="5">
         <v>40</v>
       </c>
       <c r="F562" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G562" s="5" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" s="3" t="s">
-        <v>1362</v>
+        <v>376</v>
       </c>
       <c r="B563" s="4" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="C563" s="5">
-        <v>47191</v>
+        <v>47177</v>
       </c>
       <c r="D563" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E563" s="5">
         <v>40</v>
       </c>
       <c r="F563" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G563" s="5" t="s">
-        <v>326</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" s="3" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="B564" s="4" t="s">
-        <v>1377</v>
+        <v>1380</v>
       </c>
       <c r="C564" s="5">
-        <v>47206</v>
+        <v>47178</v>
       </c>
       <c r="D564" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E564" s="5">
         <v>40</v>
       </c>
       <c r="F564" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G564" s="5" t="s">
-        <v>1378</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" s="3" t="s">
-        <v>352</v>
+        <v>1368</v>
       </c>
       <c r="B565" s="4" t="s">
-        <v>1379</v>
-[...2 lines deleted...]
-        <v>1380</v>
+        <v>1382</v>
+      </c>
+      <c r="C565" s="5">
+        <v>47191</v>
       </c>
       <c r="D565" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E565" s="5">
         <v>40</v>
       </c>
       <c r="F565" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G565" s="5" t="s">
-        <v>1381</v>
+        <v>326</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" s="3" t="s">
-        <v>352</v>
+        <v>429</v>
       </c>
       <c r="B566" s="4" t="s">
-        <v>1382</v>
-[...1 lines deleted...]
-      <c r="C566" s="5" t="s">
         <v>1383</v>
       </c>
+      <c r="C566" s="5">
+        <v>47206</v>
+      </c>
       <c r="D566" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E566" s="5">
         <v>40</v>
       </c>
       <c r="F566" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G566" s="5" t="s">
-        <v>999</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" s="3" t="s">
-        <v>1384</v>
+        <v>352</v>
       </c>
       <c r="B567" s="4" t="s">
         <v>1385</v>
       </c>
       <c r="C567" s="5" t="s">
         <v>1386</v>
       </c>
       <c r="D567" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E567" s="5">
         <v>40</v>
       </c>
       <c r="F567" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G567" s="5" t="s">
         <v>1387</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" s="3" t="s">
-        <v>380</v>
+        <v>352</v>
       </c>
       <c r="B568" s="4" t="s">
         <v>1388</v>
       </c>
       <c r="C568" s="5" t="s">
         <v>1389</v>
       </c>
       <c r="D568" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E568" s="5">
         <v>40</v>
       </c>
       <c r="F568" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G568" s="5" t="s">
-        <v>1390</v>
+        <v>999</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" s="3" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B569" s="4" t="s">
         <v>1391</v>
       </c>
-      <c r="B569" s="4" t="s">
+      <c r="C569" s="5" t="s">
         <v>1392</v>
       </c>
-      <c r="C569" s="5" t="s">
+      <c r="D569" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E569" s="5">
+        <v>40</v>
+      </c>
+      <c r="F569" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G569" s="5" t="s">
         <v>1393</v>
-      </c>
-[...10 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="B570" s="4" t="s">
         <v>1394</v>
       </c>
-      <c r="B570" s="4" t="s">
+      <c r="C570" s="5" t="s">
         <v>1395</v>
       </c>
-      <c r="C570" s="5" t="s">
+      <c r="D570" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E570" s="5">
+        <v>40</v>
+      </c>
+      <c r="F570" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G570" s="5" t="s">
         <v>1396</v>
-      </c>
-[...10 lines deleted...]
-        <v>508</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" s="3" t="s">
-        <v>368</v>
+        <v>1397</v>
       </c>
       <c r="B571" s="4" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="C571" s="5" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="D571" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E571" s="5">
         <v>40</v>
       </c>
       <c r="F571" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G571" s="5" t="s">
-        <v>1399</v>
+        <v>741</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" s="3" t="s">
         <v>1400</v>
       </c>
       <c r="B572" s="4" t="s">
         <v>1401</v>
       </c>
       <c r="C572" s="5" t="s">
         <v>1402</v>
       </c>
       <c r="D572" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E572" s="5">
         <v>40</v>
       </c>
       <c r="F572" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G572" s="5" t="s">
-        <v>626</v>
+        <v>508</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" s="3" t="s">
-        <v>1391</v>
+        <v>368</v>
       </c>
       <c r="B573" s="4" t="s">
         <v>1403</v>
       </c>
       <c r="C573" s="5" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="D573" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E573" s="5">
         <v>40</v>
       </c>
       <c r="F573" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G573" s="5" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" s="3" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="B574" s="4" t="s">
-        <v>1406</v>
-[...2 lines deleted...]
-        <v>50008</v>
+        <v>1407</v>
+      </c>
+      <c r="C574" s="5" t="s">
+        <v>1408</v>
       </c>
       <c r="D574" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E574" s="5">
         <v>40</v>
       </c>
       <c r="F574" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G574" s="5" t="s">
-        <v>1407</v>
+        <v>626</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" s="3" t="s">
-        <v>242</v>
+        <v>1397</v>
       </c>
       <c r="B575" s="4" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C575" s="5" t="s">
         <v>1408</v>
       </c>
-      <c r="C575" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="D575" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E575" s="5">
         <v>40</v>
       </c>
       <c r="F575" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G575" s="5" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" s="3" t="s">
-        <v>1405</v>
+        <v>1411</v>
       </c>
       <c r="B576" s="4" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="C576" s="5">
-        <v>50018</v>
+        <v>50008</v>
       </c>
       <c r="D576" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E576" s="5">
         <v>40</v>
       </c>
       <c r="F576" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G576" s="5" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" s="3" t="s">
-        <v>687</v>
+        <v>242</v>
       </c>
       <c r="B577" s="4" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="C577" s="5">
-        <v>50022</v>
+        <v>50017</v>
       </c>
       <c r="D577" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E577" s="5">
         <v>40</v>
       </c>
       <c r="F577" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G577" s="5" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" s="3" t="s">
-        <v>242</v>
+        <v>1411</v>
       </c>
       <c r="B578" s="4" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="C578" s="5">
-        <v>50025</v>
+        <v>50018</v>
       </c>
       <c r="D578" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E578" s="5">
         <v>40</v>
       </c>
       <c r="F578" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G578" s="5" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" s="3" t="s">
-        <v>242</v>
+        <v>687</v>
       </c>
       <c r="B579" s="4" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="C579" s="5">
-        <v>50028</v>
+        <v>50022</v>
       </c>
       <c r="D579" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E579" s="5">
         <v>40</v>
       </c>
       <c r="F579" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G579" s="5" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" s="3" t="s">
-        <v>679</v>
+        <v>242</v>
       </c>
       <c r="B580" s="4" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="C580" s="5">
-        <v>50055</v>
+        <v>50025</v>
       </c>
       <c r="D580" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E580" s="5">
         <v>40</v>
       </c>
       <c r="F580" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G580" s="5" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B581" s="4" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="C581" s="5">
-        <v>50074</v>
+        <v>50028</v>
       </c>
       <c r="D581" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E581" s="5">
         <v>40</v>
       </c>
       <c r="F581" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G581" s="5" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" s="3" t="s">
-        <v>242</v>
+        <v>679</v>
       </c>
       <c r="B582" s="4" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="C582" s="5">
-        <v>50074</v>
+        <v>50055</v>
       </c>
       <c r="D582" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E582" s="5">
         <v>40</v>
       </c>
       <c r="F582" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G582" s="5" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B583" s="4" t="s">
-        <v>1423</v>
+        <v>1426</v>
       </c>
       <c r="C583" s="5">
         <v>50074</v>
       </c>
       <c r="D583" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E583" s="5">
         <v>40</v>
       </c>
       <c r="F583" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G583" s="5" t="s">
-        <v>1424</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" s="3" t="s">
-        <v>1425</v>
+        <v>242</v>
       </c>
       <c r="B584" s="4" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="C584" s="5">
         <v>50074</v>
       </c>
       <c r="D584" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E584" s="5">
         <v>40</v>
       </c>
       <c r="F584" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G584" s="5" t="s">
         <v>1427</v>
       </c>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" s="3" t="s">
-        <v>1428</v>
+        <v>242</v>
       </c>
       <c r="B585" s="4" t="s">
         <v>1429</v>
       </c>
       <c r="C585" s="5">
-        <v>50095</v>
+        <v>50074</v>
       </c>
       <c r="D585" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E585" s="5">
         <v>40</v>
       </c>
       <c r="F585" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G585" s="5" t="s">
         <v>1430</v>
       </c>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" s="3" t="s">
-        <v>242</v>
+        <v>1431</v>
       </c>
       <c r="B586" s="4" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="C586" s="5">
-        <v>50102</v>
+        <v>50074</v>
       </c>
       <c r="D586" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E586" s="5">
         <v>40</v>
       </c>
       <c r="F586" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G586" s="5" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" s="3" t="s">
-        <v>1405</v>
+        <v>1434</v>
       </c>
       <c r="B587" s="4" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="C587" s="5">
-        <v>50113</v>
+        <v>50095</v>
       </c>
       <c r="D587" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E587" s="5">
         <v>40</v>
       </c>
       <c r="F587" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G587" s="5" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" s="3" t="s">
-        <v>1435</v>
+        <v>242</v>
       </c>
       <c r="B588" s="4" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="C588" s="5">
-        <v>50151</v>
+        <v>50102</v>
       </c>
       <c r="D588" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E588" s="5">
         <v>40</v>
       </c>
       <c r="F588" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G588" s="5" t="s">
-        <v>1407</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" s="3" t="s">
-        <v>376</v>
+        <v>1411</v>
       </c>
       <c r="B589" s="4" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="C589" s="5">
-        <v>50159</v>
+        <v>50113</v>
       </c>
       <c r="D589" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E589" s="5">
         <v>40</v>
       </c>
       <c r="F589" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G589" s="5" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" s="3" t="s">
-        <v>679</v>
+        <v>1441</v>
       </c>
       <c r="B590" s="4" t="s">
-        <v>1439</v>
+        <v>1442</v>
       </c>
       <c r="C590" s="5">
-        <v>50204</v>
+        <v>50151</v>
       </c>
       <c r="D590" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E590" s="5">
         <v>40</v>
       </c>
       <c r="F590" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G590" s="5" t="s">
-        <v>1440</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" s="3" t="s">
-        <v>1441</v>
+        <v>376</v>
       </c>
       <c r="B591" s="4" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="C591" s="5">
-        <v>50223</v>
+        <v>50159</v>
       </c>
       <c r="D591" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E591" s="5">
         <v>40</v>
       </c>
       <c r="F591" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G591" s="5" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" s="3" t="s">
-        <v>242</v>
+        <v>679</v>
       </c>
       <c r="B592" s="4" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="C592" s="5">
-        <v>50243</v>
+        <v>50204</v>
       </c>
       <c r="D592" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E592" s="5">
         <v>40</v>
       </c>
       <c r="F592" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G592" s="5" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" s="3" t="s">
-        <v>692</v>
+        <v>1447</v>
       </c>
       <c r="B593" s="4" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="C593" s="5">
-        <v>50252</v>
+        <v>50223</v>
       </c>
       <c r="D593" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E593" s="5">
         <v>40</v>
       </c>
       <c r="F593" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G593" s="5" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" s="3" t="s">
-        <v>692</v>
+        <v>242</v>
       </c>
       <c r="B594" s="4" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="C594" s="5">
-        <v>50297</v>
+        <v>50243</v>
       </c>
       <c r="D594" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E594" s="5">
         <v>40</v>
       </c>
       <c r="F594" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G594" s="5" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" s="3" t="s">
-        <v>679</v>
+        <v>692</v>
       </c>
       <c r="B595" s="4" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="C595" s="5">
-        <v>50297</v>
+        <v>50252</v>
       </c>
       <c r="D595" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E595" s="5">
         <v>40</v>
       </c>
       <c r="F595" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G595" s="5" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" s="3" t="s">
         <v>692</v>
       </c>
       <c r="B596" s="4" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="C596" s="5">
-        <v>50298</v>
+        <v>50297</v>
       </c>
       <c r="D596" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E596" s="5">
         <v>40</v>
       </c>
       <c r="F596" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G596" s="5" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" s="3" t="s">
-        <v>1454</v>
+        <v>679</v>
       </c>
       <c r="B597" s="4" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="C597" s="5">
-        <v>49006</v>
+        <v>50297</v>
       </c>
       <c r="D597" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E597" s="5">
         <v>40</v>
       </c>
       <c r="F597" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G597" s="5" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" s="3" t="s">
-        <v>380</v>
+        <v>692</v>
       </c>
       <c r="B598" s="4" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="C598" s="5">
-        <v>49010</v>
+        <v>50298</v>
       </c>
       <c r="D598" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E598" s="5">
         <v>40</v>
       </c>
       <c r="F598" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G598" s="5" t="s">
-        <v>626</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" s="3" t="s">
-        <v>380</v>
+        <v>1460</v>
       </c>
       <c r="B599" s="4" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
       <c r="C599" s="5">
-        <v>49010</v>
+        <v>49006</v>
       </c>
       <c r="D599" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E599" s="5">
         <v>40</v>
       </c>
       <c r="F599" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G599" s="5" t="s">
-        <v>626</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" s="3" t="s">
-        <v>1458</v>
+        <v>380</v>
       </c>
       <c r="B600" s="4" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
       <c r="C600" s="5">
-        <v>49013</v>
+        <v>49010</v>
       </c>
       <c r="D600" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E600" s="5">
         <v>40</v>
       </c>
       <c r="F600" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G600" s="5" t="s">
-        <v>1460</v>
+        <v>626</v>
       </c>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" s="3" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="B601" s="4" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="C601" s="5">
-        <v>49065</v>
+        <v>49010</v>
       </c>
       <c r="D601" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E601" s="5">
         <v>40</v>
       </c>
       <c r="F601" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G601" s="5" t="s">
-        <v>1462</v>
+        <v>626</v>
       </c>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" s="3" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="B602" s="4" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="C602" s="5">
-        <v>49069</v>
+        <v>49013</v>
       </c>
       <c r="D602" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E602" s="5">
         <v>40</v>
       </c>
       <c r="F602" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G602" s="5" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" s="3" t="s">
-        <v>425</v>
+        <v>376</v>
       </c>
       <c r="B603" s="4" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="C603" s="5">
-        <v>49071</v>
+        <v>49065</v>
       </c>
       <c r="D603" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E603" s="5">
         <v>40</v>
       </c>
       <c r="F603" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G603" s="5" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" s="3" t="s">
-        <v>380</v>
+        <v>1469</v>
       </c>
       <c r="B604" s="4" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="C604" s="5">
-        <v>49102</v>
+        <v>49069</v>
       </c>
       <c r="D604" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E604" s="5">
         <v>40</v>
       </c>
       <c r="F604" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G604" s="5" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" s="3" t="s">
-        <v>380</v>
+        <v>425</v>
       </c>
       <c r="B605" s="4" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="C605" s="5">
-        <v>49108</v>
+        <v>49071</v>
       </c>
       <c r="D605" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E605" s="5">
         <v>40</v>
       </c>
       <c r="F605" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G605" s="5" t="s">
-        <v>1407</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" s="3" t="s">
-        <v>1471</v>
+        <v>380</v>
       </c>
       <c r="B606" s="4" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="C606" s="5">
-        <v>49123</v>
+        <v>49102</v>
       </c>
       <c r="D606" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E606" s="5">
         <v>40</v>
       </c>
       <c r="F606" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G606" s="5" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" s="3" t="s">
-        <v>1471</v>
+        <v>380</v>
       </c>
       <c r="B607" s="4" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="C607" s="5">
-        <v>49149</v>
+        <v>49108</v>
       </c>
       <c r="D607" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E607" s="5">
         <v>40</v>
       </c>
       <c r="F607" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G607" s="5" t="s">
-        <v>1378</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" s="3" t="s">
-        <v>1471</v>
+        <v>1477</v>
       </c>
       <c r="B608" s="4" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="C608" s="5">
-        <v>49152</v>
+        <v>49123</v>
       </c>
       <c r="D608" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E608" s="5">
         <v>40</v>
       </c>
       <c r="F608" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G608" s="5" t="s">
-        <v>1280</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" s="3" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="B609" s="4" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
       <c r="C609" s="5">
-        <v>49165</v>
+        <v>49149</v>
       </c>
       <c r="D609" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E609" s="5">
         <v>40</v>
       </c>
       <c r="F609" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G609" s="5" t="s">
-        <v>1250</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" s="3" t="s">
-        <v>1463</v>
+        <v>1477</v>
       </c>
       <c r="B610" s="4" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
       <c r="C610" s="5">
-        <v>49173</v>
+        <v>49152</v>
       </c>
       <c r="D610" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E610" s="5">
         <v>40</v>
       </c>
       <c r="F610" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G610" s="5" t="s">
-        <v>1479</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" s="3" t="s">
-        <v>1471</v>
+        <v>1482</v>
       </c>
       <c r="B611" s="4" t="s">
-        <v>1480</v>
+        <v>1483</v>
       </c>
       <c r="C611" s="5">
-        <v>49219</v>
+        <v>49165</v>
       </c>
       <c r="D611" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E611" s="5">
         <v>40</v>
       </c>
       <c r="F611" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G611" s="5" t="s">
-        <v>1481</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" s="3" t="s">
-        <v>1471</v>
+        <v>1469</v>
       </c>
       <c r="B612" s="4" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="C612" s="5">
-        <v>49219</v>
+        <v>49173</v>
       </c>
       <c r="D612" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E612" s="5">
         <v>40</v>
       </c>
       <c r="F612" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G612" s="5" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" s="3" t="s">
-        <v>1471</v>
+        <v>1477</v>
       </c>
       <c r="B613" s="4" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="C613" s="5">
-        <v>49221</v>
+        <v>49219</v>
       </c>
       <c r="D613" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E613" s="5">
         <v>40</v>
       </c>
       <c r="F613" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G613" s="5" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" s="3" t="s">
-        <v>380</v>
+        <v>1477</v>
       </c>
       <c r="B614" s="4" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="C614" s="5">
-        <v>49228</v>
+        <v>49219</v>
       </c>
       <c r="D614" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E614" s="5">
         <v>40</v>
       </c>
       <c r="F614" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G614" s="5" t="s">
-        <v>912</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" s="3" t="s">
-        <v>380</v>
+        <v>1477</v>
       </c>
       <c r="B615" s="4" t="s">
-        <v>1487</v>
+        <v>1490</v>
       </c>
       <c r="C615" s="5">
-        <v>49241</v>
+        <v>49221</v>
       </c>
       <c r="D615" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E615" s="5">
         <v>40</v>
       </c>
       <c r="F615" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G615" s="5" t="s">
-        <v>1488</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" s="3" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="B616" s="4" t="s">
-        <v>1489</v>
+        <v>1492</v>
       </c>
       <c r="C616" s="5">
-        <v>49255</v>
+        <v>49228</v>
       </c>
       <c r="D616" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E616" s="5">
         <v>40</v>
       </c>
       <c r="F616" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G616" s="5" t="s">
-        <v>1490</v>
+        <v>912</v>
       </c>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" s="3" t="s">
-        <v>1471</v>
+        <v>380</v>
       </c>
       <c r="B617" s="4" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="C617" s="5">
+        <v>49241</v>
+      </c>
+      <c r="D617" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E617" s="5">
+        <v>40</v>
+      </c>
+      <c r="F617" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G617" s="5" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="618" spans="1:7">
+      <c r="A618" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="B618" s="4" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C618" s="5">
+        <v>49255</v>
+      </c>
+      <c r="D618" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E618" s="5">
+        <v>40</v>
+      </c>
+      <c r="F618" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G618" s="5" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="619" spans="1:7">
+      <c r="A619" s="3" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B619" s="4" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C619" s="5">
         <v>49268</v>
       </c>
-      <c r="D617" s="4" t="s">
+      <c r="D619" s="4" t="s">
         <v>717</v>
       </c>
-      <c r="E617" s="5">
-[...5 lines deleted...]
-      <c r="G617" s="5" t="s">
+      <c r="E619" s="5">
+        <v>40</v>
+      </c>
+      <c r="F619" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G619" s="5" t="s">
         <v>229</v>
       </c>
     </row>
-    <row r="618" spans="1:7">
-[...4 lines deleted...]
-      <c r="G618" s="1"/>
+    <row r="620" spans="1:7">
+      <c r="A620" s="2"/>
+      <c r="C620" s="1"/>
+      <c r="E620" s="1"/>
+      <c r="F620" s="1"/>
+      <c r="G620" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">