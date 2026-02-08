--- v1 (2025-12-07)
+++ v2 (2026-02-08)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1498">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7AJM</t>
   </si>
   <si>
     <t>572 Referencias DVGE - 614 QSO encontrados - 502 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1432 (07-12-2025 20:20)</t>
+    <t>Ranking #1432 (08-02-2026 21:41)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW</t>
   </si>