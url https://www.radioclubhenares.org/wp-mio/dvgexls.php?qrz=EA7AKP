--- v0 (2025-11-03)
+++ v1 (2026-02-08)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7AKP</t>
   </si>
   <si>
-    <t>79 Referencias DVGE - 89 QSO encontrados - 53 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #3977 (03-11-2025 18:09)</t>
+    <t>80 Referencias DVGE - 90 QSO encontrados - 54 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #3977 (08-02-2026 21:41)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5RCK/P</t>
   </si>
@@ -152,98 +152,98 @@
   <si>
     <t>VGAL-008</t>
   </si>
   <si>
     <t>04006</t>
   </si>
   <si>
     <t>04/04/2009</t>
   </si>
   <si>
     <t>VGAL-009</t>
   </si>
   <si>
     <t>28/11/2009</t>
   </si>
   <si>
     <t>VGAL-013</t>
   </si>
   <si>
     <t>04013</t>
   </si>
   <si>
     <t>11/05/2008</t>
   </si>
   <si>
+    <t>VGAL-014</t>
+  </si>
+  <si>
+    <t>20/05/2007</t>
+  </si>
+  <si>
     <t>EA7URI</t>
   </si>
   <si>
-    <t>VGAL-014</t>
-[...1 lines deleted...]
-  <si>
     <t>07/06/2015</t>
   </si>
   <si>
-    <t>20/05/2007</t>
-[...1 lines deleted...]
-  <si>
     <t>24/03/2015</t>
   </si>
   <si>
     <t>VGAL-015</t>
   </si>
   <si>
     <t>19/10/2008</t>
   </si>
   <si>
     <t>VGAL-016</t>
   </si>
   <si>
     <t>03/06/2007</t>
   </si>
   <si>
     <t>02/06/2012</t>
   </si>
   <si>
     <t>VGAL-019</t>
   </si>
   <si>
+    <t>17/03/2015</t>
+  </si>
+  <si>
     <t>27/05/2007</t>
   </si>
   <si>
-    <t>17/03/2015</t>
-[...1 lines deleted...]
-  <si>
     <t>VGAL-020</t>
   </si>
   <si>
+    <t>20/05/2012</t>
+  </si>
+  <si>
     <t>01/07/2007</t>
   </si>
   <si>
-    <t>20/05/2012</t>
-[...1 lines deleted...]
-  <si>
     <t>VGAL-021</t>
   </si>
   <si>
     <t>16/12/2007</t>
   </si>
   <si>
     <t>VGAL-027</t>
   </si>
   <si>
     <t>04019</t>
   </si>
   <si>
     <t>01/03/2009</t>
   </si>
   <si>
     <t>VGAL-034</t>
   </si>
   <si>
     <t>04027</t>
   </si>
   <si>
     <t>28/02/2008</t>
   </si>
   <si>
     <t>VGAL-044</t>
@@ -326,56 +326,56 @@
   <si>
     <t>VGAL-079</t>
   </si>
   <si>
     <t>03/04/2015</t>
   </si>
   <si>
     <t>20/09/2009</t>
   </si>
   <si>
     <t>VGAL-081</t>
   </si>
   <si>
     <t>04903</t>
   </si>
   <si>
     <t>23/12/2007</t>
   </si>
   <si>
     <t>VGAL-090</t>
   </si>
   <si>
     <t>04050</t>
   </si>
   <si>
+    <t>05/10/2008</t>
+  </si>
+  <si>
     <t>13/05/2007</t>
   </si>
   <si>
-    <t>05/10/2008</t>
-[...1 lines deleted...]
-  <si>
     <t>VGAL-101</t>
   </si>
   <si>
     <t>04053</t>
   </si>
   <si>
     <t>28/06/2009</t>
   </si>
   <si>
     <t>VGAL-102</t>
   </si>
   <si>
     <t>10/08/2008</t>
   </si>
   <si>
     <t>VGAL-125</t>
   </si>
   <si>
     <t>04064</t>
   </si>
   <si>
     <t>08/12/2009</t>
   </si>
   <si>
     <t>VGAL-129</t>
@@ -570,50 +570,59 @@
     <t>EA1IHZ/P</t>
   </si>
   <si>
     <t>VGBU-271</t>
   </si>
   <si>
     <t>09427</t>
   </si>
   <si>
     <t>06/05/2018</t>
   </si>
   <si>
     <t>EC7ALT/P</t>
   </si>
   <si>
     <t>VGCA-049</t>
   </si>
   <si>
     <t>22/04/2007</t>
   </si>
   <si>
     <t>VGCA-051</t>
   </si>
   <si>
     <t>13/09/2009</t>
+  </si>
+  <si>
+    <t>EA7JCU/M</t>
+  </si>
+  <si>
+    <t>VGCC-093</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
   </si>
   <si>
     <t>EB5CNK/P</t>
   </si>
   <si>
     <t>VGCS-075</t>
   </si>
   <si>
     <t>EA5WP/P</t>
   </si>
   <si>
     <t>VGCS-142</t>
   </si>
   <si>
     <t>07/12/2014</t>
   </si>
   <si>
     <t>VGGR-006</t>
   </si>
   <si>
     <t>17/05/2009</t>
   </si>
   <si>
     <t>EA7CPW</t>
   </si>
@@ -1162,51 +1171,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G95"/>
+  <dimension ref="A1:G96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -1481,100 +1490,100 @@
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="5">
         <v>40</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="5" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="4" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="5">
         <v>40</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G17" s="5" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="3" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="5">
         <v>40</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="5">
         <v>40</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G19" s="5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>51</v>
       </c>
       <c r="C20" s="5" t="s">
@@ -2102,74 +2111,74 @@
     <row r="43" spans="1:7">
       <c r="A43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>99</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>100</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="5">
         <v>40</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G43" s="5" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="3" t="s">
-        <v>82</v>
+        <v>32</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>102</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="5">
         <v>40</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G44" s="5" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="3" t="s">
-        <v>32</v>
+        <v>82</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>102</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="5">
         <v>40</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G45" s="5" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B46" s="4" t="s">
@@ -2844,485 +2853,508 @@
       </c>
       <c r="C75" s="5">
         <v>11014</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="5">
         <v>40</v>
       </c>
       <c r="F75" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G75" s="5" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B76" s="4" t="s">
         <v>187</v>
       </c>
       <c r="C76" s="5">
-        <v>12072</v>
+        <v>10037</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="5">
         <v>40</v>
       </c>
       <c r="F76" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G76" s="5" t="s">
-        <v>176</v>
+        <v>188</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C77" s="5">
-        <v>12131</v>
+        <v>12072</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="5">
         <v>40</v>
       </c>
       <c r="F77" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G77" s="5" t="s">
-        <v>190</v>
+        <v>176</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="3" t="s">
-        <v>32</v>
+        <v>191</v>
       </c>
       <c r="B78" s="4" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C78" s="5">
-        <v>18006</v>
+        <v>12131</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="5">
         <v>40</v>
       </c>
       <c r="F78" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G78" s="5" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="3" t="s">
-        <v>193</v>
+        <v>32</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>194</v>
       </c>
       <c r="C79" s="5">
-        <v>18017</v>
+        <v>18006</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="5">
         <v>40</v>
       </c>
       <c r="F79" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="5" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="3" t="s">
-        <v>32</v>
+        <v>196</v>
       </c>
       <c r="B80" s="4" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C80" s="5">
-        <v>18097</v>
+        <v>18017</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="5">
         <v>40</v>
       </c>
       <c r="F80" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G80" s="5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C81" s="5">
-        <v>18140</v>
+        <v>18097</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="5">
         <v>40</v>
       </c>
       <c r="F81" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G81" s="5" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B82" s="4" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C82" s="5">
-        <v>23904</v>
+        <v>18140</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="5">
         <v>40</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="3" t="s">
-        <v>202</v>
+        <v>28</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>203</v>
       </c>
       <c r="C83" s="5">
-        <v>29067</v>
+        <v>23904</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="5">
         <v>40</v>
       </c>
       <c r="F83" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G83" s="5" t="s">
-        <v>104</v>
+        <v>204</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B84" s="4" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C84" s="5">
-        <v>36017</v>
+        <v>29067</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F84" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G84" s="5" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C85" s="5">
-        <v>41091</v>
+        <v>36017</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F85" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G85" s="5" t="s">
-        <v>173</v>
+        <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B86" s="4" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C86" s="5">
-        <v>41095</v>
+        <v>41091</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="5">
         <v>40</v>
       </c>
       <c r="F86" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G86" s="5" t="s">
-        <v>72</v>
+        <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C87" s="5">
-        <v>40051</v>
+        <v>41095</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="5">
         <v>40</v>
       </c>
       <c r="F87" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G87" s="5" t="s">
-        <v>212</v>
+        <v>72</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B88" s="4" t="s">
         <v>214</v>
       </c>
       <c r="C88" s="5">
-        <v>38006</v>
+        <v>40051</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F88" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G88" s="5" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>217</v>
       </c>
       <c r="C89" s="5">
-        <v>45008</v>
+        <v>38006</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F89" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G89" s="5" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B90" s="4" t="s">
         <v>220</v>
       </c>
       <c r="C90" s="5">
-        <v>45012</v>
+        <v>45008</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="5">
         <v>40</v>
       </c>
       <c r="F90" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G90" s="5" t="s">
-        <v>16</v>
+        <v>221</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C91" s="5">
-        <v>45054</v>
+        <v>45012</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="5">
         <v>40</v>
       </c>
       <c r="F91" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G91" s="5" t="s">
-        <v>223</v>
+        <v>16</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="3" t="s">
-        <v>28</v>
+        <v>224</v>
       </c>
       <c r="B92" s="4" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C92" s="5">
-        <v>46118</v>
+        <v>45054</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="5">
         <v>40</v>
       </c>
       <c r="F92" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G92" s="5" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="3" t="s">
-        <v>226</v>
+        <v>28</v>
       </c>
       <c r="B93" s="4" t="s">
         <v>227</v>
       </c>
       <c r="C93" s="5">
-        <v>47178</v>
+        <v>46118</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="5">
         <v>40</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="5" t="s">
-        <v>104</v>
+        <v>228</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C94" s="5">
+        <v>47178</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="5">
+        <v>40</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G94" s="5" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7">
+      <c r="A95" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B95" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="C95" s="5">
         <v>49022</v>
       </c>
-      <c r="D94" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G95" s="1"/>
+      <c r="D95" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E95" s="5">
+        <v>40</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G95" s="5" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7">
+      <c r="A96" s="2"/>
+      <c r="C96" s="1"/>
+      <c r="E96" s="1"/>
+      <c r="F96" s="1"/>
+      <c r="G96" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">