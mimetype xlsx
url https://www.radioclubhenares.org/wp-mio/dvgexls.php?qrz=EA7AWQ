--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="784">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="787">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7AWQ</t>
   </si>
   <si>
-    <t>298 Referencias DVGE - 303 QSO encontrados - 283 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #2003 (03-11-2025 14:30)</t>
+    <t>299 Referencias DVGE - 304 QSO encontrados - 284 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #2003 (19-12-2025 07:59)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HQY/P</t>
   </si>
@@ -2037,50 +2037,59 @@
     <t>VGTO-266</t>
   </si>
   <si>
     <t>EA5XU</t>
   </si>
   <si>
     <t>VGTO-315</t>
   </si>
   <si>
     <t>13/10/2023</t>
   </si>
   <si>
     <t>VGTO-322</t>
   </si>
   <si>
     <t>05/08/2016</t>
   </si>
   <si>
     <t>VGTO-332</t>
   </si>
   <si>
     <t>03/01/2015</t>
   </si>
   <si>
     <t>VGV-042</t>
+  </si>
+  <si>
+    <t>EA5URY/P</t>
+  </si>
+  <si>
+    <t>VGV-074</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
   </si>
   <si>
     <t>EA4GEL/5</t>
   </si>
   <si>
     <t>VGV-104</t>
   </si>
   <si>
     <t>19/03/2014</t>
   </si>
   <si>
     <t>EA5SK</t>
   </si>
   <si>
     <t>VGV-117</t>
   </si>
   <si>
     <t>EA5S</t>
   </si>
   <si>
     <t>VGV-136</t>
   </si>
   <si>
     <t>13/05/2023</t>
   </si>
@@ -2821,51 +2830,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G309"/>
+  <dimension ref="A1:G310"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -8781,1129 +8790,1152 @@
       </c>
       <c r="C261" s="5">
         <v>46071</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="5">
         <v>40</v>
       </c>
       <c r="F261" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G261" s="5" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" s="3" t="s">
         <v>675</v>
       </c>
       <c r="B262" s="4" t="s">
         <v>676</v>
       </c>
       <c r="C262" s="5">
-        <v>46131</v>
+        <v>46111</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="5">
         <v>40</v>
       </c>
       <c r="F262" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G262" s="5" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" s="3" t="s">
         <v>678</v>
       </c>
       <c r="B263" s="4" t="s">
         <v>679</v>
       </c>
       <c r="C263" s="5">
-        <v>46147</v>
+        <v>46131</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="5">
         <v>40</v>
       </c>
       <c r="F263" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G263" s="5" t="s">
-        <v>30</v>
+        <v>680</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" s="3" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B264" s="4" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C264" s="5">
-        <v>46181</v>
+        <v>46147</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="5">
         <v>40</v>
       </c>
       <c r="F264" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G264" s="5" t="s">
-        <v>682</v>
+        <v>30</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" s="3" t="s">
-        <v>66</v>
+        <v>683</v>
       </c>
       <c r="B265" s="4" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C265" s="5">
-        <v>46194</v>
+        <v>46181</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="5">
         <v>40</v>
       </c>
       <c r="F265" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G265" s="5" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" s="3" t="s">
-        <v>685</v>
+        <v>66</v>
       </c>
       <c r="B266" s="4" t="s">
         <v>686</v>
       </c>
       <c r="C266" s="5">
-        <v>46213</v>
+        <v>46194</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="5">
         <v>40</v>
       </c>
       <c r="F266" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G266" s="5" t="s">
-        <v>162</v>
+        <v>687</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" s="3" t="s">
-        <v>34</v>
+        <v>688</v>
       </c>
       <c r="B267" s="4" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C267" s="5">
-        <v>46235</v>
+        <v>46213</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="5">
         <v>40</v>
       </c>
       <c r="F267" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G267" s="5" t="s">
-        <v>688</v>
+        <v>162</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" s="3" t="s">
-        <v>689</v>
+        <v>34</v>
       </c>
       <c r="B268" s="4" t="s">
         <v>690</v>
       </c>
       <c r="C268" s="5">
-        <v>46902</v>
+        <v>46235</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="5">
         <v>40</v>
       </c>
       <c r="F268" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G268" s="5" t="s">
-        <v>510</v>
+        <v>691</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" s="3" t="s">
-        <v>196</v>
+        <v>692</v>
       </c>
       <c r="B269" s="4" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="C269" s="5">
-        <v>47017</v>
+        <v>46902</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="5">
         <v>40</v>
       </c>
       <c r="F269" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G269" s="5" t="s">
-        <v>692</v>
+        <v>510</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" s="3" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="B270" s="4" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C270" s="5">
-        <v>47054</v>
+        <v>47017</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="5">
         <v>40</v>
       </c>
       <c r="F270" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G270" s="5" t="s">
-        <v>337</v>
+        <v>695</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" s="3" t="s">
-        <v>694</v>
+        <v>187</v>
       </c>
       <c r="B271" s="4" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C271" s="5">
-        <v>47055</v>
+        <v>47054</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="5">
         <v>40</v>
       </c>
       <c r="F271" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G271" s="5" t="s">
-        <v>696</v>
+        <v>337</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" s="3" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="B272" s="4" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C272" s="5">
-        <v>47122</v>
+        <v>47055</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="5">
         <v>40</v>
       </c>
       <c r="F272" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G272" s="5" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" s="3" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="B273" s="4" t="s">
         <v>700</v>
       </c>
       <c r="C273" s="5">
-        <v>47124</v>
+        <v>47122</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="5">
         <v>40</v>
       </c>
       <c r="F273" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G273" s="5" t="s">
-        <v>310</v>
+        <v>701</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" s="3" t="s">
-        <v>187</v>
+        <v>702</v>
       </c>
       <c r="B274" s="4" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="C274" s="5">
-        <v>47143</v>
+        <v>47124</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="5">
         <v>40</v>
       </c>
       <c r="F274" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G274" s="5" t="s">
-        <v>702</v>
+        <v>310</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" s="3" t="s">
-        <v>694</v>
+        <v>187</v>
       </c>
       <c r="B275" s="4" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C275" s="5">
-        <v>47144</v>
+        <v>47143</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="5">
         <v>40</v>
       </c>
       <c r="F275" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G275" s="5" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" s="3" t="s">
-        <v>187</v>
+        <v>697</v>
       </c>
       <c r="B276" s="4" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C276" s="5">
-        <v>47172</v>
+        <v>47144</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="5">
         <v>40</v>
       </c>
       <c r="F276" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G276" s="5" t="s">
-        <v>628</v>
+        <v>707</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" s="3" t="s">
-        <v>694</v>
+        <v>187</v>
       </c>
       <c r="B277" s="4" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="C277" s="5">
-        <v>47186</v>
+        <v>47172</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="5">
         <v>40</v>
       </c>
       <c r="F277" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G277" s="5" t="s">
-        <v>707</v>
+        <v>628</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" s="3" t="s">
-        <v>708</v>
+        <v>697</v>
       </c>
       <c r="B278" s="4" t="s">
         <v>709</v>
       </c>
-      <c r="C278" s="5" t="s">
+      <c r="C278" s="5">
+        <v>47186</v>
+      </c>
+      <c r="D278" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E278" s="5">
+        <v>40</v>
+      </c>
+      <c r="F278" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G278" s="5" t="s">
         <v>710</v>
-      </c>
-[...10 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" s="3" t="s">
-        <v>172</v>
+        <v>711</v>
       </c>
       <c r="B279" s="4" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C279" s="5" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="5">
         <v>40</v>
       </c>
       <c r="F279" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G279" s="5" t="s">
-        <v>713</v>
+        <v>96</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" s="3" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B280" s="4" t="s">
         <v>714</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>715</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="5">
         <v>40</v>
       </c>
       <c r="F280" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G280" s="5" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B281" s="4" t="s">
         <v>717</v>
       </c>
       <c r="C281" s="5" t="s">
         <v>718</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="5">
         <v>40</v>
       </c>
       <c r="F281" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G281" s="5" t="s">
-        <v>219</v>
+        <v>719</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B282" s="4" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C282" s="5" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="5">
         <v>40</v>
       </c>
       <c r="F282" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G282" s="5" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" s="3" t="s">
-        <v>721</v>
+        <v>169</v>
       </c>
       <c r="B283" s="4" t="s">
         <v>722</v>
       </c>
       <c r="C283" s="5" t="s">
         <v>723</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="5">
         <v>40</v>
       </c>
       <c r="F283" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G283" s="5" t="s">
-        <v>724</v>
+        <v>216</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="B284" s="4" t="s">
         <v>725</v>
       </c>
-      <c r="B284" s="4" t="s">
+      <c r="C284" s="5" t="s">
         <v>726</v>
       </c>
-      <c r="C284" s="5" t="s">
+      <c r="D284" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E284" s="5">
+        <v>40</v>
+      </c>
+      <c r="F284" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G284" s="5" t="s">
         <v>727</v>
-      </c>
-[...10 lines deleted...]
-        <v>728</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="B285" s="4" t="s">
         <v>729</v>
       </c>
-      <c r="B285" s="4" t="s">
+      <c r="C285" s="5" t="s">
         <v>730</v>
       </c>
-      <c r="C285" s="5" t="s">
+      <c r="D285" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E285" s="5">
+        <v>40</v>
+      </c>
+      <c r="F285" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G285" s="5" t="s">
         <v>731</v>
-      </c>
-[...10 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" s="3" t="s">
-        <v>708</v>
+        <v>732</v>
       </c>
       <c r="B286" s="4" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C286" s="5" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="5">
         <v>40</v>
       </c>
       <c r="F286" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G286" s="5" t="s">
-        <v>734</v>
+        <v>213</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="B287" s="4" t="s">
         <v>735</v>
       </c>
-      <c r="B287" s="4" t="s">
+      <c r="C287" s="5" t="s">
         <v>736</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="5">
         <v>40</v>
       </c>
       <c r="F287" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G287" s="5" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" s="3" t="s">
         <v>738</v>
       </c>
       <c r="B288" s="4" t="s">
         <v>739</v>
       </c>
-      <c r="C288" s="5">
-        <v>50008</v>
+      <c r="C288" s="5" t="s">
+        <v>715</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="5">
         <v>40</v>
       </c>
       <c r="F288" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G288" s="5" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" s="3" t="s">
-        <v>382</v>
+        <v>741</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C289" s="5">
-        <v>50055</v>
+        <v>50008</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="5">
         <v>40</v>
       </c>
       <c r="F289" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G289" s="5" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" s="3" t="s">
-        <v>743</v>
+        <v>382</v>
       </c>
       <c r="B290" s="4" t="s">
         <v>744</v>
       </c>
       <c r="C290" s="5">
-        <v>50073</v>
+        <v>50055</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="5">
         <v>40</v>
       </c>
       <c r="F290" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G290" s="5" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" s="3" t="s">
-        <v>382</v>
+        <v>746</v>
       </c>
       <c r="B291" s="4" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C291" s="5">
-        <v>50124</v>
+        <v>50073</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="5">
         <v>40</v>
       </c>
       <c r="F291" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G291" s="5" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" s="3" t="s">
-        <v>743</v>
+        <v>382</v>
       </c>
       <c r="B292" s="4" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C292" s="5">
-        <v>50211</v>
+        <v>50124</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="5">
         <v>40</v>
       </c>
       <c r="F292" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G292" s="5" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" s="3" t="s">
-        <v>382</v>
+        <v>746</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C293" s="5">
-        <v>50222</v>
+        <v>50211</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="5">
         <v>40</v>
       </c>
       <c r="F293" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G293" s="5" t="s">
-        <v>461</v>
+        <v>752</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" s="3" t="s">
         <v>382</v>
       </c>
       <c r="B294" s="4" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="C294" s="5">
-        <v>50252</v>
+        <v>50222</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="5">
         <v>40</v>
       </c>
       <c r="F294" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G294" s="5" t="s">
-        <v>752</v>
+        <v>461</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" s="3" t="s">
-        <v>753</v>
+        <v>382</v>
       </c>
       <c r="B295" s="4" t="s">
         <v>754</v>
       </c>
       <c r="C295" s="5">
-        <v>49013</v>
+        <v>50252</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="5">
         <v>40</v>
       </c>
       <c r="F295" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G295" s="5" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" s="3" t="s">
         <v>756</v>
       </c>
       <c r="B296" s="4" t="s">
         <v>757</v>
       </c>
       <c r="C296" s="5">
-        <v>49019</v>
+        <v>49013</v>
       </c>
       <c r="D296" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E296" s="5">
+        <v>40</v>
+      </c>
+      <c r="F296" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G296" s="5" t="s">
         <v>758</v>
-      </c>
-[...7 lines deleted...]
-        <v>759</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" s="3" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="B297" s="4" t="s">
         <v>760</v>
       </c>
       <c r="C297" s="5">
-        <v>49056</v>
+        <v>49019</v>
       </c>
       <c r="D297" s="4" t="s">
-        <v>14</v>
+        <v>761</v>
       </c>
       <c r="E297" s="5">
         <v>40</v>
       </c>
       <c r="F297" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G297" s="5" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" s="3" t="s">
-        <v>196</v>
+        <v>759</v>
       </c>
       <c r="B298" s="4" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C298" s="5">
-        <v>49077</v>
+        <v>49056</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="5">
         <v>40</v>
       </c>
       <c r="F298" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G298" s="5" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" s="3" t="s">
-        <v>756</v>
+        <v>196</v>
       </c>
       <c r="B299" s="4" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C299" s="5">
-        <v>49096</v>
+        <v>49077</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="5">
         <v>40</v>
       </c>
       <c r="F299" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G299" s="5" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" s="3" t="s">
-        <v>196</v>
+        <v>759</v>
       </c>
       <c r="B300" s="4" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C300" s="5">
-        <v>49115</v>
+        <v>49096</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="5">
         <v>40</v>
       </c>
       <c r="F300" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G300" s="5" t="s">
-        <v>27</v>
+        <v>768</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" s="3" t="s">
-        <v>418</v>
+        <v>196</v>
       </c>
       <c r="B301" s="4" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="C301" s="5">
-        <v>49153</v>
+        <v>49115</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="5">
         <v>40</v>
       </c>
       <c r="F301" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G301" s="5" t="s">
-        <v>768</v>
+        <v>27</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" s="3" t="s">
-        <v>756</v>
+        <v>418</v>
       </c>
       <c r="B302" s="4" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C302" s="5">
-        <v>49163</v>
+        <v>49153</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="5">
         <v>40</v>
       </c>
       <c r="F302" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G302" s="5" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" s="3" t="s">
-        <v>196</v>
+        <v>759</v>
       </c>
       <c r="B303" s="4" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C303" s="5">
-        <v>49172</v>
+        <v>49163</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="5">
         <v>40</v>
       </c>
       <c r="F303" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G303" s="5" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B304" s="4" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C304" s="5">
-        <v>49188</v>
+        <v>49172</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="5">
         <v>40</v>
       </c>
       <c r="F304" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G304" s="5" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" s="3" t="s">
-        <v>756</v>
+        <v>196</v>
       </c>
       <c r="B305" s="4" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="C305" s="5">
-        <v>49219</v>
+        <v>49188</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="5">
         <v>40</v>
       </c>
       <c r="F305" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G305" s="5" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" s="3" t="s">
-        <v>777</v>
+        <v>759</v>
       </c>
       <c r="B306" s="4" t="s">
         <v>778</v>
       </c>
       <c r="C306" s="5">
         <v>49219</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="5">
         <v>40</v>
       </c>
       <c r="F306" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G306" s="5" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" s="3" t="s">
-        <v>196</v>
+        <v>780</v>
       </c>
       <c r="B307" s="4" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C307" s="5">
-        <v>49249</v>
+        <v>49219</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="5">
         <v>40</v>
       </c>
       <c r="F307" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G307" s="5" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B308" s="4" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C308" s="5">
+        <v>49249</v>
+      </c>
+      <c r="D308" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E308" s="5">
+        <v>40</v>
+      </c>
+      <c r="F308" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G308" s="5" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="309" spans="1:7">
+      <c r="A309" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B309" s="4" t="s">
+        <v>785</v>
+      </c>
+      <c r="C309" s="5">
         <v>49262</v>
       </c>
-      <c r="D308" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G309" s="1"/>
+      <c r="D309" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E309" s="5">
+        <v>40</v>
+      </c>
+      <c r="F309" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G309" s="5" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="310" spans="1:7">
+      <c r="A310" s="2"/>
+      <c r="C310" s="1"/>
+      <c r="E310" s="1"/>
+      <c r="F310" s="1"/>
+      <c r="G310" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">