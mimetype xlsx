--- v1 (2025-12-19)
+++ v2 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="787">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7AWQ</t>
   </si>
   <si>
     <t>299 Referencias DVGE - 304 QSO encontrados - 284 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #2003 (19-12-2025 07:59)</t>
+    <t>Ranking #2003 (09-02-2026 14:09)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HQY/P</t>
   </si>