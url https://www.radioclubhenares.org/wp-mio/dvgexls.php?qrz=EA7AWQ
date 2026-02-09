--- v2 (2026-02-09)
+++ v3 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="787">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7AWQ</t>
   </si>
   <si>
     <t>299 Referencias DVGE - 304 QSO encontrados - 284 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #2003 (09-02-2026 14:09)</t>
+    <t>Ranking #2003 (10-02-2026 00:37)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HQY/P</t>
   </si>