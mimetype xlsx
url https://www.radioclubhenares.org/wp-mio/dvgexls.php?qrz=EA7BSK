--- v0 (2025-10-25)
+++ v1 (2026-02-02)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="571">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="573">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7BSK</t>
   </si>
   <si>
-    <t>236 Referencias DVGE - 241 QSO encontrados - 215 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #2267 (26-10-2025 00:00)</t>
+    <t>237 Referencias DVGE - 242 QSO encontrados - 215 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #2267 (02-02-2026 08:11)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5IIC</t>
   </si>
@@ -1565,66 +1565,72 @@
   <si>
     <t>VGTO-252</t>
   </si>
   <si>
     <t>05/06/2016</t>
   </si>
   <si>
     <t>EC4DA/P</t>
   </si>
   <si>
     <t>VGTO-321</t>
   </si>
   <si>
     <t>02/07/2017</t>
   </si>
   <si>
     <t>VGTO-400</t>
   </si>
   <si>
     <t>VGV-018</t>
   </si>
   <si>
     <t>10/06/2017</t>
   </si>
   <si>
+    <t>EA5URY/P</t>
+  </si>
+  <si>
+    <t>VGV-074</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
+  </si>
+  <si>
     <t>EA5RKL/P</t>
   </si>
   <si>
     <t>VGV-075</t>
   </si>
   <si>
     <t>VGV-097</t>
   </si>
   <si>
     <t>17/12/2017</t>
   </si>
   <si>
     <t>VGV-163</t>
-  </si>
-[...1 lines deleted...]
-    <t>EA5URY/P</t>
   </si>
   <si>
     <t>VGV-186</t>
   </si>
   <si>
     <t>EA5WZ/1</t>
   </si>
   <si>
     <t>VGVA-031</t>
   </si>
   <si>
     <t>24/12/2016</t>
   </si>
   <si>
     <t>VGVA-038</t>
   </si>
   <si>
     <t>20/06/2017</t>
   </si>
   <si>
     <t>VGVA-127</t>
   </si>
   <si>
     <t>04/01/2018</t>
   </si>
@@ -2182,51 +2188,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G247"/>
+  <dimension ref="A1:G248"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -7188,657 +7194,680 @@
       </c>
       <c r="G219" s="5" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" s="3" t="s">
         <v>517</v>
       </c>
       <c r="B220" s="4" t="s">
         <v>518</v>
       </c>
       <c r="C220" s="5">
         <v>46111</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="5">
         <v>40</v>
       </c>
       <c r="F220" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G220" s="5" t="s">
-        <v>222</v>
+        <v>519</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" s="3" t="s">
-        <v>237</v>
+        <v>520</v>
       </c>
       <c r="B221" s="4" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="C221" s="5">
-        <v>46118</v>
+        <v>46111</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="5">
         <v>40</v>
       </c>
       <c r="F221" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G221" s="5" t="s">
-        <v>520</v>
+        <v>222</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B222" s="4" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C222" s="5">
-        <v>46213</v>
+        <v>46118</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="5">
         <v>40</v>
       </c>
       <c r="F222" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G222" s="5" t="s">
-        <v>105</v>
+        <v>523</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" s="3" t="s">
-        <v>522</v>
+        <v>237</v>
       </c>
       <c r="B223" s="4" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C223" s="5">
-        <v>46228</v>
+        <v>46213</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="5">
         <v>40</v>
       </c>
       <c r="F223" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G223" s="5" t="s">
-        <v>266</v>
+        <v>105</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" s="3" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="B224" s="4" t="s">
         <v>525</v>
       </c>
       <c r="C224" s="5">
-        <v>47045</v>
+        <v>46228</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="5">
         <v>40</v>
       </c>
       <c r="F224" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G224" s="5" t="s">
-        <v>526</v>
+        <v>266</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" s="3" t="s">
-        <v>144</v>
+        <v>526</v>
       </c>
       <c r="B225" s="4" t="s">
         <v>527</v>
       </c>
       <c r="C225" s="5">
-        <v>47054</v>
+        <v>47045</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="5">
         <v>40</v>
       </c>
       <c r="F225" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G225" s="5" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B226" s="4" t="s">
         <v>529</v>
       </c>
       <c r="C226" s="5">
-        <v>47172</v>
+        <v>47054</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="5">
         <v>40</v>
       </c>
       <c r="F226" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G226" s="5" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B227" s="4" t="s">
         <v>531</v>
       </c>
       <c r="C227" s="5">
-        <v>47194</v>
+        <v>47172</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="5">
         <v>40</v>
       </c>
       <c r="F227" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G227" s="5" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B228" s="4" t="s">
         <v>533</v>
       </c>
-      <c r="B228" s="4" t="s">
+      <c r="C228" s="5">
+        <v>47194</v>
+      </c>
+      <c r="D228" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E228" s="5">
+        <v>40</v>
+      </c>
+      <c r="F228" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G228" s="5" t="s">
         <v>534</v>
-      </c>
-[...13 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="B229" s="4" t="s">
+        <v>536</v>
+      </c>
+      <c r="C229" s="5" t="s">
         <v>537</v>
       </c>
-      <c r="B229" s="4" t="s">
+      <c r="D229" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E229" s="5">
+        <v>40</v>
+      </c>
+      <c r="F229" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G229" s="5" t="s">
         <v>538</v>
-      </c>
-[...13 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" s="3" t="s">
-        <v>123</v>
+        <v>539</v>
       </c>
       <c r="B230" s="4" t="s">
+        <v>540</v>
+      </c>
+      <c r="C230" s="5" t="s">
         <v>541</v>
       </c>
-      <c r="C230" s="5" t="s">
+      <c r="D230" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E230" s="5">
+        <v>40</v>
+      </c>
+      <c r="F230" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G230" s="5" t="s">
         <v>542</v>
-      </c>
-[...10 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" s="3" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B231" s="4" t="s">
         <v>543</v>
       </c>
       <c r="C231" s="5" t="s">
         <v>544</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="5">
         <v>40</v>
       </c>
       <c r="F231" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G231" s="5" t="s">
-        <v>80</v>
+        <v>475</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B232" s="4" t="s">
         <v>545</v>
       </c>
       <c r="C232" s="5" t="s">
         <v>546</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="5">
         <v>40</v>
       </c>
       <c r="F232" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G232" s="5" t="s">
-        <v>449</v>
+        <v>80</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" s="3" t="s">
-        <v>264</v>
+        <v>120</v>
       </c>
       <c r="B233" s="4" t="s">
         <v>547</v>
       </c>
-      <c r="C233" s="5">
-        <v>50017</v>
+      <c r="C233" s="5" t="s">
+        <v>548</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="5">
         <v>40</v>
       </c>
       <c r="F233" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G233" s="5" t="s">
-        <v>548</v>
+        <v>449</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" s="3" t="s">
-        <v>25</v>
+        <v>264</v>
       </c>
       <c r="B234" s="4" t="s">
         <v>549</v>
       </c>
       <c r="C234" s="5">
         <v>50017</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="5">
         <v>40</v>
       </c>
       <c r="F234" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G234" s="5" t="s">
-        <v>372</v>
+        <v>550</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" s="3" t="s">
-        <v>550</v>
+        <v>25</v>
       </c>
       <c r="B235" s="4" t="s">
         <v>551</v>
       </c>
       <c r="C235" s="5">
-        <v>50022</v>
+        <v>50017</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="5">
         <v>40</v>
       </c>
       <c r="F235" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G235" s="5" t="s">
-        <v>552</v>
+        <v>372</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" s="3" t="s">
-        <v>264</v>
+        <v>552</v>
       </c>
       <c r="B236" s="4" t="s">
         <v>553</v>
       </c>
       <c r="C236" s="5">
-        <v>50151</v>
+        <v>50022</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="5">
         <v>40</v>
       </c>
       <c r="F236" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G236" s="5" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B237" s="4" t="s">
         <v>555</v>
       </c>
       <c r="C237" s="5">
-        <v>50163</v>
+        <v>50151</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="5">
         <v>40</v>
       </c>
       <c r="F237" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G237" s="5" t="s">
-        <v>151</v>
+        <v>556</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" s="3" t="s">
-        <v>25</v>
+        <v>264</v>
       </c>
       <c r="B238" s="4" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C238" s="5">
-        <v>50182</v>
+        <v>50163</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="5">
         <v>40</v>
       </c>
       <c r="F238" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G238" s="5" t="s">
-        <v>266</v>
+        <v>151</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C239" s="5">
-        <v>50224</v>
+        <v>50182</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="5">
         <v>40</v>
       </c>
       <c r="F239" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G239" s="5" t="s">
-        <v>528</v>
+        <v>266</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B240" s="4" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C240" s="5">
-        <v>50264</v>
+        <v>50224</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="5">
         <v>40</v>
       </c>
       <c r="F240" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G240" s="5" t="s">
-        <v>559</v>
+        <v>530</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" s="3" t="s">
-        <v>264</v>
+        <v>25</v>
       </c>
       <c r="B241" s="4" t="s">
         <v>560</v>
       </c>
       <c r="C241" s="5">
-        <v>50298</v>
+        <v>50264</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="5">
         <v>40</v>
       </c>
       <c r="F241" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G241" s="5" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="B242" s="4" t="s">
         <v>562</v>
       </c>
-      <c r="B242" s="4" t="s">
+      <c r="C242" s="5">
+        <v>50298</v>
+      </c>
+      <c r="D242" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E242" s="5">
+        <v>40</v>
+      </c>
+      <c r="F242" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G242" s="5" t="s">
         <v>563</v>
-      </c>
-[...13 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" s="3" t="s">
-        <v>438</v>
+        <v>564</v>
       </c>
       <c r="B243" s="4" t="s">
         <v>565</v>
       </c>
       <c r="C243" s="5">
-        <v>49071</v>
+        <v>49006</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="5">
         <v>40</v>
       </c>
       <c r="F243" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G243" s="5" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" s="3" t="s">
-        <v>294</v>
+        <v>438</v>
       </c>
       <c r="B244" s="4" t="s">
         <v>567</v>
       </c>
       <c r="C244" s="5">
-        <v>49151</v>
+        <v>49071</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="5">
         <v>40</v>
       </c>
       <c r="F244" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G244" s="5" t="s">
-        <v>56</v>
+        <v>568</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C245" s="5">
-        <v>49226</v>
+        <v>49151</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="5">
         <v>40</v>
       </c>
       <c r="F245" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G245" s="5" t="s">
-        <v>569</v>
+        <v>56</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" s="3" t="s">
-        <v>562</v>
+        <v>294</v>
       </c>
       <c r="B246" s="4" t="s">
         <v>570</v>
       </c>
       <c r="C246" s="5">
+        <v>49226</v>
+      </c>
+      <c r="D246" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E246" s="5">
+        <v>40</v>
+      </c>
+      <c r="F246" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G246" s="5" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7">
+      <c r="A247" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="B247" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="C247" s="5">
         <v>49275</v>
       </c>
-      <c r="D246" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G246" s="5" t="s">
+      <c r="D247" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E247" s="5">
+        <v>40</v>
+      </c>
+      <c r="F247" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G247" s="5" t="s">
         <v>250</v>
       </c>
     </row>
-    <row r="247" spans="1:7">
-[...4 lines deleted...]
-      <c r="G247" s="1"/>
+    <row r="248" spans="1:7">
+      <c r="A248" s="2"/>
+      <c r="C248" s="1"/>
+      <c r="E248" s="1"/>
+      <c r="F248" s="1"/>
+      <c r="G248" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">