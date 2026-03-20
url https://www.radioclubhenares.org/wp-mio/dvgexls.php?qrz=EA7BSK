--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="573">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7BSK</t>
   </si>
   <si>
     <t>237 Referencias DVGE - 242 QSO encontrados - 215 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #2267 (02-02-2026 08:11)</t>
+    <t>Ranking #2267 (20-03-2026 11:32)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5IIC</t>
   </si>