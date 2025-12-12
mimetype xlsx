--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1623">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1626">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7EFF</t>
   </si>
   <si>
-    <t>806 Referencias DVGE - 848 QSO encontrados - 699 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1099 (20-10-2025 07:25)</t>
+    <t>807 Referencias DVGE - 849 QSO encontrados - 700 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1099 (12-12-2025 18:10)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5NR/P</t>
   </si>
@@ -4353,50 +4353,59 @@
     <t>06/10/2019</t>
   </si>
   <si>
     <t>VGV-129</t>
   </si>
   <si>
     <t>06/12/2018</t>
   </si>
   <si>
     <t>VGV-137</t>
   </si>
   <si>
     <t>VGV-140</t>
   </si>
   <si>
     <t>26/01/2019</t>
   </si>
   <si>
     <t>EA5TT</t>
   </si>
   <si>
     <t>VGV-165</t>
   </si>
   <si>
     <t>VGV-174</t>
+  </si>
+  <si>
+    <t>EA5QG</t>
+  </si>
+  <si>
+    <t>VGV-179</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
   </si>
   <si>
     <t>VGV-201</t>
   </si>
   <si>
     <t>VGV-213</t>
   </si>
   <si>
     <t>EA5URY/P</t>
   </si>
   <si>
     <t>VGV-220</t>
   </si>
   <si>
     <t>07/03/2020</t>
   </si>
   <si>
     <t>VGV-227</t>
   </si>
   <si>
     <t>25/04/2021</t>
   </si>
   <si>
     <t>VGV-228</t>
   </si>
@@ -5338,51 +5347,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G854"/>
+  <dimension ref="A1:G855"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -22263,2699 +22272,2722 @@
     <row r="738" spans="1:7">
       <c r="A738" s="3" t="s">
         <v>1426</v>
       </c>
       <c r="B738" s="4" t="s">
         <v>1446</v>
       </c>
       <c r="C738" s="5">
         <v>46213</v>
       </c>
       <c r="D738" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E738" s="5">
         <v>40</v>
       </c>
       <c r="F738" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G738" s="5" t="s">
         <v>878</v>
       </c>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" s="3" t="s">
-        <v>675</v>
+        <v>1447</v>
       </c>
       <c r="B739" s="4" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="C739" s="5">
-        <v>46241</v>
+        <v>46214</v>
       </c>
       <c r="D739" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E739" s="5">
         <v>40</v>
       </c>
       <c r="F739" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G739" s="5" t="s">
-        <v>431</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" s="3" t="s">
         <v>675</v>
       </c>
       <c r="B740" s="4" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="C740" s="5">
-        <v>46249</v>
+        <v>46241</v>
       </c>
       <c r="D740" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E740" s="5">
         <v>40</v>
       </c>
       <c r="F740" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G740" s="5" t="s">
-        <v>137</v>
+        <v>431</v>
       </c>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" s="3" t="s">
-        <v>1449</v>
+        <v>675</v>
       </c>
       <c r="B741" s="4" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="C741" s="5">
-        <v>46252</v>
+        <v>46249</v>
       </c>
       <c r="D741" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E741" s="5">
         <v>40</v>
       </c>
       <c r="F741" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G741" s="5" t="s">
-        <v>1451</v>
+        <v>137</v>
       </c>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" s="3" t="s">
-        <v>1426</v>
+        <v>1452</v>
       </c>
       <c r="B742" s="4" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="C742" s="5">
-        <v>46256</v>
+        <v>46252</v>
       </c>
       <c r="D742" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E742" s="5">
         <v>40</v>
       </c>
       <c r="F742" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G742" s="5" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" s="3" t="s">
-        <v>675</v>
+        <v>1426</v>
       </c>
       <c r="B743" s="4" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="C743" s="5">
-        <v>46255</v>
+        <v>46256</v>
       </c>
       <c r="D743" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E743" s="5">
         <v>40</v>
       </c>
       <c r="F743" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G743" s="5" t="s">
-        <v>685</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" s="3" t="s">
         <v>675</v>
       </c>
       <c r="B744" s="4" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="C744" s="5">
-        <v>46259</v>
+        <v>46255</v>
       </c>
       <c r="D744" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E744" s="5">
         <v>40</v>
       </c>
       <c r="F744" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G744" s="5" t="s">
-        <v>315</v>
+        <v>685</v>
       </c>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" s="3" t="s">
         <v>675</v>
       </c>
       <c r="B745" s="4" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="C745" s="5">
-        <v>46262</v>
+        <v>46259</v>
       </c>
       <c r="D745" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E745" s="5">
         <v>40</v>
       </c>
       <c r="F745" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G745" s="5" t="s">
-        <v>442</v>
+        <v>315</v>
       </c>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" s="3" t="s">
         <v>675</v>
       </c>
       <c r="B746" s="4" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="C746" s="5">
         <v>46262</v>
       </c>
       <c r="D746" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E746" s="5">
         <v>40</v>
       </c>
       <c r="F746" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G746" s="5" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" s="3" t="s">
-        <v>1458</v>
+        <v>675</v>
       </c>
       <c r="B747" s="4" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="C747" s="5">
-        <v>46902</v>
+        <v>46262</v>
       </c>
       <c r="D747" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E747" s="5">
         <v>40</v>
       </c>
       <c r="F747" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G747" s="5" t="s">
-        <v>16</v>
+        <v>442</v>
       </c>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" s="3" t="s">
-        <v>344</v>
+        <v>1461</v>
       </c>
       <c r="B748" s="4" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
       <c r="C748" s="5">
-        <v>47039</v>
+        <v>46902</v>
       </c>
       <c r="D748" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E748" s="5">
         <v>40</v>
       </c>
       <c r="F748" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G748" s="5" t="s">
-        <v>1461</v>
+        <v>16</v>
       </c>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B749" s="4" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="C749" s="5">
-        <v>47047</v>
+        <v>47039</v>
       </c>
       <c r="D749" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E749" s="5">
         <v>40</v>
       </c>
       <c r="F749" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G749" s="5" t="s">
-        <v>742</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="B750" s="4" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="C750" s="5">
-        <v>47091</v>
+        <v>47047</v>
       </c>
       <c r="D750" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E750" s="5">
         <v>40</v>
       </c>
       <c r="F750" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G750" s="5" t="s">
-        <v>661</v>
+        <v>742</v>
       </c>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B751" s="4" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="C751" s="5">
-        <v>47101</v>
+        <v>47091</v>
       </c>
       <c r="D751" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E751" s="5">
         <v>40</v>
       </c>
       <c r="F751" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G751" s="5" t="s">
-        <v>1465</v>
+        <v>661</v>
       </c>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" s="3" t="s">
-        <v>344</v>
+        <v>363</v>
       </c>
       <c r="B752" s="4" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="C752" s="5">
-        <v>47127</v>
+        <v>47101</v>
       </c>
       <c r="D752" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E752" s="5">
         <v>40</v>
       </c>
       <c r="F752" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G752" s="5" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B753" s="4" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="C753" s="5">
-        <v>47143</v>
+        <v>47127</v>
       </c>
       <c r="D753" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E753" s="5">
         <v>40</v>
       </c>
       <c r="F753" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G753" s="5" t="s">
-        <v>541</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="754" spans="1:7">
       <c r="A754" s="3" t="s">
-        <v>1469</v>
+        <v>344</v>
       </c>
       <c r="B754" s="4" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="C754" s="5">
-        <v>47144</v>
+        <v>47143</v>
       </c>
       <c r="D754" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E754" s="5">
         <v>40</v>
       </c>
       <c r="F754" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G754" s="5" t="s">
-        <v>736</v>
+        <v>541</v>
       </c>
     </row>
     <row r="755" spans="1:7">
       <c r="A755" s="3" t="s">
-        <v>363</v>
+        <v>1472</v>
       </c>
       <c r="B755" s="4" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="C755" s="5">
-        <v>47153</v>
+        <v>47144</v>
       </c>
       <c r="D755" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E755" s="5">
         <v>40</v>
       </c>
       <c r="F755" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G755" s="5" t="s">
-        <v>298</v>
+        <v>736</v>
       </c>
     </row>
     <row r="756" spans="1:7">
       <c r="A756" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B756" s="4" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="C756" s="5">
-        <v>47163</v>
+        <v>47153</v>
       </c>
       <c r="D756" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E756" s="5">
         <v>40</v>
       </c>
       <c r="F756" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G756" s="5" t="s">
-        <v>357</v>
+        <v>298</v>
       </c>
     </row>
     <row r="757" spans="1:7">
       <c r="A757" s="3" t="s">
-        <v>344</v>
+        <v>363</v>
       </c>
       <c r="B757" s="4" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="C757" s="5">
-        <v>47172</v>
+        <v>47163</v>
       </c>
       <c r="D757" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E757" s="5">
         <v>40</v>
       </c>
       <c r="F757" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G757" s="5" t="s">
-        <v>1200</v>
+        <v>357</v>
       </c>
     </row>
     <row r="758" spans="1:7">
       <c r="A758" s="3" t="s">
-        <v>1140</v>
+        <v>344</v>
       </c>
       <c r="B758" s="4" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="C758" s="5">
-        <v>47181</v>
+        <v>47172</v>
       </c>
       <c r="D758" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E758" s="5">
         <v>40</v>
       </c>
       <c r="F758" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G758" s="5" t="s">
-        <v>532</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="759" spans="1:7">
       <c r="A759" s="3" t="s">
-        <v>428</v>
+        <v>1140</v>
       </c>
       <c r="B759" s="4" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="C759" s="5">
-        <v>47211</v>
+        <v>47181</v>
       </c>
       <c r="D759" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E759" s="5">
         <v>40</v>
       </c>
       <c r="F759" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G759" s="5" t="s">
-        <v>1476</v>
+        <v>532</v>
       </c>
     </row>
     <row r="760" spans="1:7">
       <c r="A760" s="3" t="s">
-        <v>344</v>
+        <v>428</v>
       </c>
       <c r="B760" s="4" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="C760" s="5">
-        <v>47226</v>
+        <v>47211</v>
       </c>
       <c r="D760" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E760" s="5">
         <v>40</v>
       </c>
       <c r="F760" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G760" s="5" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" s="3" t="s">
-        <v>270</v>
+        <v>344</v>
       </c>
       <c r="B761" s="4" t="s">
-        <v>1479</v>
-[...1 lines deleted...]
-      <c r="C761" s="5" t="s">
         <v>1480</v>
       </c>
+      <c r="C761" s="5">
+        <v>47226</v>
+      </c>
       <c r="D761" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E761" s="5">
         <v>40</v>
       </c>
       <c r="F761" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G761" s="5" t="s">
-        <v>210</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" s="3" t="s">
-        <v>286</v>
+        <v>270</v>
       </c>
       <c r="B762" s="4" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="C762" s="5" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="D762" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E762" s="5">
         <v>40</v>
       </c>
       <c r="F762" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G762" s="5" t="s">
-        <v>908</v>
+        <v>210</v>
       </c>
     </row>
     <row r="763" spans="1:7">
       <c r="A763" s="3" t="s">
-        <v>270</v>
+        <v>286</v>
       </c>
       <c r="B763" s="4" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="C763" s="5" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="D763" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E763" s="5">
         <v>40</v>
       </c>
       <c r="F763" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G763" s="5" t="s">
-        <v>1125</v>
+        <v>908</v>
       </c>
     </row>
     <row r="764" spans="1:7">
       <c r="A764" s="3" t="s">
-        <v>1485</v>
+        <v>270</v>
       </c>
       <c r="B764" s="4" t="s">
         <v>1486</v>
       </c>
       <c r="C764" s="5" t="s">
         <v>1487</v>
       </c>
       <c r="D764" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E764" s="5">
         <v>40</v>
       </c>
       <c r="F764" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G764" s="5" t="s">
-        <v>1488</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="765" spans="1:7">
       <c r="A765" s="3" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B765" s="4" t="s">
         <v>1489</v>
       </c>
-      <c r="B765" s="4" t="s">
+      <c r="C765" s="5" t="s">
         <v>1490</v>
       </c>
-      <c r="C765" s="5" t="s">
+      <c r="D765" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E765" s="5">
+        <v>40</v>
+      </c>
+      <c r="F765" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G765" s="5" t="s">
         <v>1491</v>
-      </c>
-[...10 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="766" spans="1:7">
       <c r="A766" s="3" t="s">
         <v>1492</v>
       </c>
       <c r="B766" s="4" t="s">
         <v>1493</v>
       </c>
       <c r="C766" s="5" t="s">
         <v>1494</v>
       </c>
       <c r="D766" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E766" s="5">
         <v>40</v>
       </c>
       <c r="F766" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G766" s="5" t="s">
-        <v>104</v>
+        <v>134</v>
       </c>
     </row>
     <row r="767" spans="1:7">
       <c r="A767" s="3" t="s">
-        <v>286</v>
+        <v>1495</v>
       </c>
       <c r="B767" s="4" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="C767" s="5" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="D767" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E767" s="5">
         <v>40</v>
       </c>
       <c r="F767" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G767" s="5" t="s">
-        <v>766</v>
+        <v>104</v>
       </c>
     </row>
     <row r="768" spans="1:7">
       <c r="A768" s="3" t="s">
-        <v>270</v>
+        <v>286</v>
       </c>
       <c r="B768" s="4" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="C768" s="5" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="D768" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E768" s="5">
         <v>40</v>
       </c>
       <c r="F768" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G768" s="5" t="s">
-        <v>967</v>
+        <v>766</v>
       </c>
     </row>
     <row r="769" spans="1:7">
       <c r="A769" s="3" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="B769" s="4" t="s">
-        <v>1497</v>
+        <v>1500</v>
       </c>
       <c r="C769" s="5" t="s">
-        <v>1498</v>
+        <v>1501</v>
       </c>
       <c r="D769" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E769" s="5">
         <v>40</v>
       </c>
       <c r="F769" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G769" s="5" t="s">
-        <v>1499</v>
+        <v>967</v>
       </c>
     </row>
     <row r="770" spans="1:7">
       <c r="A770" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="B770" s="4" t="s">
         <v>1500</v>
       </c>
-      <c r="B770" s="4" t="s">
+      <c r="C770" s="5" t="s">
         <v>1501</v>
       </c>
-      <c r="C770" s="5" t="s">
+      <c r="D770" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E770" s="5">
+        <v>40</v>
+      </c>
+      <c r="F770" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G770" s="5" t="s">
         <v>1502</v>
-      </c>
-[...10 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="771" spans="1:7">
       <c r="A771" s="3" t="s">
-        <v>1500</v>
+        <v>1503</v>
       </c>
       <c r="B771" s="4" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="C771" s="5" t="s">
-        <v>1484</v>
+        <v>1505</v>
       </c>
       <c r="D771" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E771" s="5">
         <v>40</v>
       </c>
       <c r="F771" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G771" s="5" t="s">
-        <v>137</v>
+        <v>333</v>
       </c>
     </row>
     <row r="772" spans="1:7">
       <c r="A772" s="3" t="s">
-        <v>270</v>
+        <v>1503</v>
       </c>
       <c r="B772" s="4" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="C772" s="5" t="s">
-        <v>1505</v>
+        <v>1487</v>
       </c>
       <c r="D772" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E772" s="5">
         <v>40</v>
       </c>
       <c r="F772" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G772" s="5" t="s">
-        <v>1176</v>
+        <v>137</v>
       </c>
     </row>
     <row r="773" spans="1:7">
       <c r="A773" s="3" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="B773" s="4" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="C773" s="5" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="D773" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E773" s="5">
         <v>40</v>
       </c>
       <c r="F773" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G773" s="5" t="s">
-        <v>630</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="774" spans="1:7">
       <c r="A774" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B774" s="4" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="C774" s="5" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="D774" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E774" s="5">
         <v>40</v>
       </c>
       <c r="F774" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G774" s="5" t="s">
-        <v>1510</v>
+        <v>630</v>
       </c>
     </row>
     <row r="775" spans="1:7">
       <c r="A775" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B775" s="4" t="s">
         <v>1511</v>
       </c>
       <c r="C775" s="5" t="s">
-        <v>1487</v>
+        <v>1512</v>
       </c>
       <c r="D775" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E775" s="5">
         <v>40</v>
       </c>
       <c r="F775" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G775" s="5" t="s">
-        <v>756</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="776" spans="1:7">
       <c r="A776" s="3" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B776" s="4" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="C776" s="5" t="s">
-        <v>1487</v>
+        <v>1490</v>
       </c>
       <c r="D776" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E776" s="5">
         <v>40</v>
       </c>
       <c r="F776" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G776" s="5" t="s">
-        <v>769</v>
+        <v>756</v>
       </c>
     </row>
     <row r="777" spans="1:7">
       <c r="A777" s="3" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="B777" s="4" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="C777" s="5" t="s">
-        <v>1487</v>
+        <v>1490</v>
       </c>
       <c r="D777" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E777" s="5">
         <v>40</v>
       </c>
       <c r="F777" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G777" s="5" t="s">
-        <v>1514</v>
+        <v>769</v>
       </c>
     </row>
     <row r="778" spans="1:7">
       <c r="A778" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B778" s="4" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="C778" s="5" t="s">
-        <v>1516</v>
+        <v>1490</v>
       </c>
       <c r="D778" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E778" s="5">
         <v>40</v>
       </c>
       <c r="F778" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G778" s="5" t="s">
-        <v>1403</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="779" spans="1:7">
       <c r="A779" s="3" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
       <c r="B779" s="4" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="C779" s="5" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="D779" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E779" s="5">
         <v>40</v>
       </c>
       <c r="F779" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G779" s="5" t="s">
-        <v>1519</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="780" spans="1:7">
       <c r="A780" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B780" s="4" t="s">
         <v>1520</v>
       </c>
       <c r="C780" s="5" t="s">
         <v>1521</v>
       </c>
       <c r="D780" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E780" s="5">
         <v>40</v>
       </c>
       <c r="F780" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G780" s="5" t="s">
         <v>1522</v>
       </c>
     </row>
     <row r="781" spans="1:7">
       <c r="A781" s="3" t="s">
-        <v>743</v>
+        <v>273</v>
       </c>
       <c r="B781" s="4" t="s">
         <v>1523</v>
       </c>
-      <c r="C781" s="5">
-        <v>50017</v>
+      <c r="C781" s="5" t="s">
+        <v>1524</v>
       </c>
       <c r="D781" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E781" s="5">
         <v>40</v>
       </c>
       <c r="F781" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G781" s="5" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="782" spans="1:7">
       <c r="A782" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B782" s="4" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="C782" s="5">
         <v>50017</v>
       </c>
       <c r="D782" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E782" s="5">
         <v>40</v>
       </c>
       <c r="F782" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G782" s="5" t="s">
-        <v>321</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="783" spans="1:7">
       <c r="A783" s="3" t="s">
-        <v>757</v>
+        <v>743</v>
       </c>
       <c r="B783" s="4" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="C783" s="5">
         <v>50017</v>
       </c>
       <c r="D783" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E783" s="5">
         <v>40</v>
       </c>
       <c r="F783" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G783" s="5" t="s">
-        <v>1527</v>
+        <v>321</v>
       </c>
     </row>
     <row r="784" spans="1:7">
       <c r="A784" s="3" t="s">
-        <v>200</v>
+        <v>757</v>
       </c>
       <c r="B784" s="4" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="C784" s="5">
-        <v>50020</v>
+        <v>50017</v>
       </c>
       <c r="D784" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E784" s="5">
         <v>40</v>
       </c>
       <c r="F784" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G784" s="5" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="785" spans="1:7">
       <c r="A785" s="3" t="s">
-        <v>743</v>
+        <v>200</v>
       </c>
       <c r="B785" s="4" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="C785" s="5">
-        <v>50022</v>
+        <v>50020</v>
       </c>
       <c r="D785" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E785" s="5">
         <v>40</v>
       </c>
       <c r="F785" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G785" s="5" t="s">
-        <v>69</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="786" spans="1:7">
       <c r="A786" s="3" t="s">
-        <v>200</v>
+        <v>743</v>
       </c>
       <c r="B786" s="4" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="C786" s="5">
         <v>50022</v>
       </c>
       <c r="D786" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E786" s="5">
         <v>40</v>
       </c>
       <c r="F786" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G786" s="5" t="s">
-        <v>1167</v>
+        <v>69</v>
       </c>
     </row>
     <row r="787" spans="1:7">
       <c r="A787" s="3" t="s">
-        <v>757</v>
+        <v>200</v>
       </c>
       <c r="B787" s="4" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="C787" s="5">
-        <v>50028</v>
+        <v>50022</v>
       </c>
       <c r="D787" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E787" s="5">
         <v>40</v>
       </c>
       <c r="F787" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G787" s="5" t="s">
-        <v>984</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="788" spans="1:7">
       <c r="A788" s="3" t="s">
-        <v>960</v>
+        <v>757</v>
       </c>
       <c r="B788" s="4" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="C788" s="5">
-        <v>50034</v>
+        <v>50028</v>
       </c>
       <c r="D788" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E788" s="5">
         <v>40</v>
       </c>
       <c r="F788" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G788" s="5" t="s">
-        <v>46</v>
+        <v>984</v>
       </c>
     </row>
     <row r="789" spans="1:7">
       <c r="A789" s="3" t="s">
-        <v>200</v>
+        <v>960</v>
       </c>
       <c r="B789" s="4" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="C789" s="5">
-        <v>50038</v>
+        <v>50034</v>
       </c>
       <c r="D789" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E789" s="5">
         <v>40</v>
       </c>
       <c r="F789" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G789" s="5" t="s">
-        <v>871</v>
+        <v>46</v>
       </c>
     </row>
     <row r="790" spans="1:7">
       <c r="A790" s="3" t="s">
-        <v>757</v>
+        <v>200</v>
       </c>
       <c r="B790" s="4" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="C790" s="5">
-        <v>50039</v>
+        <v>50038</v>
       </c>
       <c r="D790" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E790" s="5">
         <v>40</v>
       </c>
       <c r="F790" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G790" s="5" t="s">
-        <v>539</v>
+        <v>871</v>
       </c>
     </row>
     <row r="791" spans="1:7">
       <c r="A791" s="3" t="s">
         <v>757</v>
       </c>
       <c r="B791" s="4" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="C791" s="5">
-        <v>50045</v>
+        <v>50039</v>
       </c>
       <c r="D791" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E791" s="5">
         <v>40</v>
       </c>
       <c r="F791" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G791" s="5" t="s">
-        <v>1039</v>
+        <v>539</v>
       </c>
     </row>
     <row r="792" spans="1:7">
       <c r="A792" s="3" t="s">
         <v>757</v>
       </c>
       <c r="B792" s="4" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="C792" s="5">
         <v>50045</v>
       </c>
       <c r="D792" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E792" s="5">
         <v>40</v>
       </c>
       <c r="F792" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G792" s="5" t="s">
-        <v>837</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="793" spans="1:7">
       <c r="A793" s="3" t="s">
-        <v>200</v>
+        <v>757</v>
       </c>
       <c r="B793" s="4" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="C793" s="5">
-        <v>50059</v>
+        <v>50045</v>
       </c>
       <c r="D793" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E793" s="5">
         <v>40</v>
       </c>
       <c r="F793" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G793" s="5" t="s">
-        <v>663</v>
+        <v>837</v>
       </c>
     </row>
     <row r="794" spans="1:7">
       <c r="A794" s="3" t="s">
-        <v>757</v>
+        <v>200</v>
       </c>
       <c r="B794" s="4" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="C794" s="5">
-        <v>50065</v>
+        <v>50059</v>
       </c>
       <c r="D794" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E794" s="5">
         <v>40</v>
       </c>
       <c r="F794" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G794" s="5" t="s">
-        <v>257</v>
+        <v>663</v>
       </c>
     </row>
     <row r="795" spans="1:7">
       <c r="A795" s="3" t="s">
-        <v>1065</v>
+        <v>757</v>
       </c>
       <c r="B795" s="4" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="C795" s="5">
-        <v>50068</v>
+        <v>50065</v>
       </c>
       <c r="D795" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E795" s="5">
         <v>40</v>
       </c>
       <c r="F795" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G795" s="5" t="s">
-        <v>327</v>
+        <v>257</v>
       </c>
     </row>
     <row r="796" spans="1:7">
       <c r="A796" s="3" t="s">
-        <v>200</v>
+        <v>1065</v>
       </c>
       <c r="B796" s="4" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="C796" s="5">
-        <v>50074</v>
+        <v>50068</v>
       </c>
       <c r="D796" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E796" s="5">
         <v>40</v>
       </c>
       <c r="F796" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G796" s="5" t="s">
-        <v>592</v>
+        <v>327</v>
       </c>
     </row>
     <row r="797" spans="1:7">
       <c r="A797" s="3" t="s">
-        <v>262</v>
+        <v>200</v>
       </c>
       <c r="B797" s="4" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="C797" s="5">
         <v>50074</v>
       </c>
       <c r="D797" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E797" s="5">
         <v>40</v>
       </c>
       <c r="F797" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G797" s="5" t="s">
-        <v>466</v>
+        <v>592</v>
       </c>
     </row>
     <row r="798" spans="1:7">
       <c r="A798" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B798" s="4" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="C798" s="5">
         <v>50074</v>
       </c>
       <c r="D798" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E798" s="5">
         <v>40</v>
       </c>
       <c r="F798" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G798" s="5" t="s">
-        <v>1544</v>
+        <v>466</v>
       </c>
     </row>
     <row r="799" spans="1:7">
       <c r="A799" s="3" t="s">
-        <v>200</v>
+        <v>262</v>
       </c>
       <c r="B799" s="4" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="C799" s="5">
         <v>50074</v>
       </c>
       <c r="D799" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E799" s="5">
         <v>40</v>
       </c>
       <c r="F799" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G799" s="5" t="s">
-        <v>400</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="800" spans="1:7">
       <c r="A800" s="3" t="s">
-        <v>743</v>
+        <v>200</v>
       </c>
       <c r="B800" s="4" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="C800" s="5">
-        <v>50095</v>
+        <v>50074</v>
       </c>
       <c r="D800" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E800" s="5">
         <v>40</v>
       </c>
       <c r="F800" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G800" s="5" t="s">
-        <v>527</v>
+        <v>400</v>
       </c>
     </row>
     <row r="801" spans="1:7">
       <c r="A801" s="3" t="s">
-        <v>757</v>
+        <v>743</v>
       </c>
       <c r="B801" s="4" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="C801" s="5">
-        <v>50102</v>
+        <v>50095</v>
       </c>
       <c r="D801" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E801" s="5">
         <v>40</v>
       </c>
       <c r="F801" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G801" s="5" t="s">
-        <v>871</v>
+        <v>527</v>
       </c>
     </row>
     <row r="802" spans="1:7">
       <c r="A802" s="3" t="s">
-        <v>200</v>
+        <v>757</v>
       </c>
       <c r="B802" s="4" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="C802" s="5">
-        <v>50114</v>
+        <v>50102</v>
       </c>
       <c r="D802" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E802" s="5">
         <v>40</v>
       </c>
       <c r="F802" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G802" s="5" t="s">
-        <v>1067</v>
+        <v>871</v>
       </c>
     </row>
     <row r="803" spans="1:7">
       <c r="A803" s="3" t="s">
-        <v>757</v>
+        <v>200</v>
       </c>
       <c r="B803" s="4" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="C803" s="5">
-        <v>50115</v>
+        <v>50114</v>
       </c>
       <c r="D803" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E803" s="5">
         <v>40</v>
       </c>
       <c r="F803" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G803" s="5" t="s">
-        <v>1550</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="804" spans="1:7">
       <c r="A804" s="3" t="s">
-        <v>200</v>
+        <v>757</v>
       </c>
       <c r="B804" s="4" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="C804" s="5">
         <v>50115</v>
       </c>
       <c r="D804" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E804" s="5">
         <v>40</v>
       </c>
       <c r="F804" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G804" s="5" t="s">
-        <v>1266</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="805" spans="1:7">
       <c r="A805" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B805" s="4" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="C805" s="5">
-        <v>50119</v>
+        <v>50115</v>
       </c>
       <c r="D805" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E805" s="5">
         <v>40</v>
       </c>
       <c r="F805" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G805" s="5" t="s">
         <v>1266</v>
       </c>
     </row>
     <row r="806" spans="1:7">
       <c r="A806" s="3" t="s">
-        <v>757</v>
+        <v>200</v>
       </c>
       <c r="B806" s="4" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="C806" s="5">
-        <v>50124</v>
+        <v>50119</v>
       </c>
       <c r="D806" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E806" s="5">
         <v>40</v>
       </c>
       <c r="F806" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G806" s="5" t="s">
-        <v>555</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="807" spans="1:7">
       <c r="A807" s="3" t="s">
         <v>757</v>
       </c>
       <c r="B807" s="4" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="C807" s="5">
         <v>50124</v>
       </c>
       <c r="D807" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E807" s="5">
         <v>40</v>
       </c>
       <c r="F807" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G807" s="5" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="808" spans="1:7">
       <c r="A808" s="3" t="s">
         <v>757</v>
       </c>
       <c r="B808" s="4" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="C808" s="5">
-        <v>50131</v>
+        <v>50124</v>
       </c>
       <c r="D808" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E808" s="5">
         <v>40</v>
       </c>
       <c r="F808" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G808" s="5" t="s">
-        <v>1556</v>
+        <v>555</v>
       </c>
     </row>
     <row r="809" spans="1:7">
       <c r="A809" s="3" t="s">
-        <v>200</v>
+        <v>757</v>
       </c>
       <c r="B809" s="4" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="C809" s="5">
-        <v>50137</v>
+        <v>50131</v>
       </c>
       <c r="D809" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E809" s="5">
         <v>40</v>
       </c>
       <c r="F809" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G809" s="5" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="810" spans="1:7">
       <c r="A810" s="3" t="s">
-        <v>757</v>
+        <v>200</v>
       </c>
       <c r="B810" s="4" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="C810" s="5">
-        <v>50139</v>
+        <v>50137</v>
       </c>
       <c r="D810" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E810" s="5">
         <v>40</v>
       </c>
       <c r="F810" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G810" s="5" t="s">
-        <v>779</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="811" spans="1:7">
       <c r="A811" s="3" t="s">
         <v>757</v>
       </c>
       <c r="B811" s="4" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="C811" s="5">
-        <v>50143</v>
+        <v>50139</v>
       </c>
       <c r="D811" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E811" s="5">
         <v>40</v>
       </c>
       <c r="F811" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G811" s="5" t="s">
-        <v>791</v>
+        <v>779</v>
       </c>
     </row>
     <row r="812" spans="1:7">
       <c r="A812" s="3" t="s">
-        <v>743</v>
+        <v>757</v>
       </c>
       <c r="B812" s="4" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="C812" s="5">
-        <v>50151</v>
+        <v>50143</v>
       </c>
       <c r="D812" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E812" s="5">
         <v>40</v>
       </c>
       <c r="F812" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G812" s="5" t="s">
-        <v>677</v>
+        <v>791</v>
       </c>
     </row>
     <row r="813" spans="1:7">
       <c r="A813" s="3" t="s">
-        <v>200</v>
+        <v>743</v>
       </c>
       <c r="B813" s="4" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="C813" s="5">
-        <v>50152</v>
+        <v>50151</v>
       </c>
       <c r="D813" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E813" s="5">
         <v>40</v>
       </c>
       <c r="F813" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G813" s="5" t="s">
-        <v>1563</v>
+        <v>677</v>
       </c>
     </row>
     <row r="814" spans="1:7">
       <c r="A814" s="3" t="s">
-        <v>1054</v>
+        <v>200</v>
       </c>
       <c r="B814" s="4" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="C814" s="5">
-        <v>50161</v>
+        <v>50152</v>
       </c>
       <c r="D814" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E814" s="5">
         <v>40</v>
       </c>
       <c r="F814" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G814" s="5" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="815" spans="1:7">
       <c r="A815" s="3" t="s">
-        <v>200</v>
+        <v>1054</v>
       </c>
       <c r="B815" s="4" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="C815" s="5">
-        <v>50165</v>
+        <v>50161</v>
       </c>
       <c r="D815" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E815" s="5">
         <v>40</v>
       </c>
       <c r="F815" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G815" s="5" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="816" spans="1:7">
       <c r="A816" s="3" t="s">
-        <v>757</v>
+        <v>200</v>
       </c>
       <c r="B816" s="4" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="C816" s="5">
-        <v>50169</v>
+        <v>50165</v>
       </c>
       <c r="D816" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E816" s="5">
         <v>40</v>
       </c>
       <c r="F816" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G816" s="5" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="817" spans="1:7">
       <c r="A817" s="3" t="s">
         <v>757</v>
       </c>
       <c r="B817" s="4" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="C817" s="5">
-        <v>50179</v>
+        <v>50169</v>
       </c>
       <c r="D817" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E817" s="5">
         <v>40</v>
       </c>
       <c r="F817" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G817" s="5" t="s">
-        <v>234</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="818" spans="1:7">
       <c r="A818" s="3" t="s">
         <v>757</v>
       </c>
       <c r="B818" s="4" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="C818" s="5">
-        <v>50182</v>
+        <v>50179</v>
       </c>
       <c r="D818" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E818" s="5">
         <v>40</v>
       </c>
       <c r="F818" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G818" s="5" t="s">
-        <v>294</v>
+        <v>234</v>
       </c>
     </row>
     <row r="819" spans="1:7">
       <c r="A819" s="3" t="s">
-        <v>382</v>
+        <v>757</v>
       </c>
       <c r="B819" s="4" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="C819" s="5">
-        <v>50189</v>
+        <v>50182</v>
       </c>
       <c r="D819" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E819" s="5">
         <v>40</v>
       </c>
       <c r="F819" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G819" s="5" t="s">
-        <v>1573</v>
+        <v>294</v>
       </c>
     </row>
     <row r="820" spans="1:7">
       <c r="A820" s="3" t="s">
-        <v>200</v>
+        <v>382</v>
       </c>
       <c r="B820" s="4" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="C820" s="5">
-        <v>50190</v>
+        <v>50189</v>
       </c>
       <c r="D820" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E820" s="5">
         <v>40</v>
       </c>
       <c r="F820" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G820" s="5" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="821" spans="1:7">
       <c r="A821" s="3" t="s">
-        <v>743</v>
+        <v>200</v>
       </c>
       <c r="B821" s="4" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="C821" s="5">
-        <v>50208</v>
+        <v>50190</v>
       </c>
       <c r="D821" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E821" s="5">
         <v>40</v>
       </c>
       <c r="F821" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G821" s="5" t="s">
-        <v>375</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="822" spans="1:7">
       <c r="A822" s="3" t="s">
-        <v>200</v>
+        <v>743</v>
       </c>
       <c r="B822" s="4" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="C822" s="5">
         <v>50208</v>
       </c>
       <c r="D822" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E822" s="5">
         <v>40</v>
       </c>
       <c r="F822" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G822" s="5" t="s">
-        <v>1578</v>
+        <v>375</v>
       </c>
     </row>
     <row r="823" spans="1:7">
       <c r="A823" s="3" t="s">
-        <v>757</v>
+        <v>200</v>
       </c>
       <c r="B823" s="4" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="C823" s="5">
-        <v>50218</v>
+        <v>50208</v>
       </c>
       <c r="D823" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E823" s="5">
         <v>40</v>
       </c>
       <c r="F823" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G823" s="5" t="s">
-        <v>210</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="824" spans="1:7">
       <c r="A824" s="3" t="s">
-        <v>200</v>
+        <v>757</v>
       </c>
       <c r="B824" s="4" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="C824" s="5">
-        <v>50240</v>
+        <v>50218</v>
       </c>
       <c r="D824" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E824" s="5">
         <v>40</v>
       </c>
       <c r="F824" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G824" s="5" t="s">
-        <v>244</v>
+        <v>210</v>
       </c>
     </row>
     <row r="825" spans="1:7">
       <c r="A825" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B825" s="4" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="C825" s="5">
         <v>50240</v>
       </c>
       <c r="D825" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E825" s="5">
         <v>40</v>
       </c>
       <c r="F825" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G825" s="5" t="s">
-        <v>1324</v>
+        <v>244</v>
       </c>
     </row>
     <row r="826" spans="1:7">
       <c r="A826" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B826" s="4" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="C826" s="5">
         <v>50240</v>
       </c>
       <c r="D826" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E826" s="5">
         <v>40</v>
       </c>
       <c r="F826" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G826" s="5" t="s">
         <v>1324</v>
       </c>
     </row>
     <row r="827" spans="1:7">
       <c r="A827" s="3" t="s">
-        <v>743</v>
+        <v>200</v>
       </c>
       <c r="B827" s="4" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="C827" s="5">
-        <v>50246</v>
+        <v>50240</v>
       </c>
       <c r="D827" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E827" s="5">
         <v>40</v>
       </c>
       <c r="F827" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G827" s="5" t="s">
-        <v>668</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="828" spans="1:7">
       <c r="A828" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B828" s="4" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="C828" s="5">
-        <v>50252</v>
+        <v>50246</v>
       </c>
       <c r="D828" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E828" s="5">
         <v>40</v>
       </c>
       <c r="F828" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G828" s="5" t="s">
-        <v>1585</v>
+        <v>668</v>
       </c>
     </row>
     <row r="829" spans="1:7">
       <c r="A829" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B829" s="4" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="C829" s="5">
         <v>50252</v>
       </c>
       <c r="D829" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E829" s="5">
         <v>40</v>
       </c>
       <c r="F829" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G829" s="5" t="s">
-        <v>107</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="830" spans="1:7">
       <c r="A830" s="3" t="s">
-        <v>757</v>
+        <v>743</v>
       </c>
       <c r="B830" s="4" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="C830" s="5">
-        <v>50267</v>
+        <v>50252</v>
       </c>
       <c r="D830" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E830" s="5">
         <v>40</v>
       </c>
       <c r="F830" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G830" s="5" t="s">
-        <v>1588</v>
+        <v>107</v>
       </c>
     </row>
     <row r="831" spans="1:7">
       <c r="A831" s="3" t="s">
         <v>757</v>
       </c>
       <c r="B831" s="4" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="C831" s="5">
-        <v>50274</v>
+        <v>50267</v>
       </c>
       <c r="D831" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E831" s="5">
         <v>40</v>
       </c>
       <c r="F831" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G831" s="5" t="s">
-        <v>53</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="832" spans="1:7">
       <c r="A832" s="3" t="s">
         <v>757</v>
       </c>
       <c r="B832" s="4" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
       <c r="C832" s="5">
-        <v>50275</v>
+        <v>50274</v>
       </c>
       <c r="D832" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E832" s="5">
         <v>40</v>
       </c>
       <c r="F832" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G832" s="5" t="s">
-        <v>791</v>
+        <v>53</v>
       </c>
     </row>
     <row r="833" spans="1:7">
       <c r="A833" s="3" t="s">
-        <v>1054</v>
+        <v>757</v>
       </c>
       <c r="B833" s="4" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="C833" s="5">
         <v>50275</v>
       </c>
       <c r="D833" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E833" s="5">
         <v>40</v>
       </c>
       <c r="F833" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G833" s="5" t="s">
-        <v>329</v>
+        <v>791</v>
       </c>
     </row>
     <row r="834" spans="1:7">
       <c r="A834" s="3" t="s">
-        <v>757</v>
+        <v>1054</v>
       </c>
       <c r="B834" s="4" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="C834" s="5">
-        <v>50291</v>
+        <v>50275</v>
       </c>
       <c r="D834" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E834" s="5">
         <v>40</v>
       </c>
       <c r="F834" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G834" s="5" t="s">
-        <v>1593</v>
+        <v>329</v>
       </c>
     </row>
     <row r="835" spans="1:7">
       <c r="A835" s="3" t="s">
-        <v>743</v>
+        <v>757</v>
       </c>
       <c r="B835" s="4" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="C835" s="5">
-        <v>50903</v>
+        <v>50291</v>
       </c>
       <c r="D835" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E835" s="5">
         <v>40</v>
       </c>
       <c r="F835" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G835" s="5" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="836" spans="1:7">
       <c r="A836" s="3" t="s">
-        <v>757</v>
+        <v>743</v>
       </c>
       <c r="B836" s="4" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="C836" s="5">
-        <v>50297</v>
+        <v>50903</v>
       </c>
       <c r="D836" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E836" s="5">
         <v>40</v>
       </c>
       <c r="F836" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G836" s="5" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="837" spans="1:7">
       <c r="A837" s="3" t="s">
         <v>757</v>
       </c>
       <c r="B837" s="4" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="C837" s="5">
         <v>50297</v>
       </c>
       <c r="D837" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E837" s="5">
         <v>40</v>
       </c>
       <c r="F837" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G837" s="5" t="s">
-        <v>210</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="838" spans="1:7">
       <c r="A838" s="3" t="s">
-        <v>743</v>
+        <v>757</v>
       </c>
       <c r="B838" s="4" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="C838" s="5">
-        <v>50298</v>
+        <v>50297</v>
       </c>
       <c r="D838" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E838" s="5">
         <v>40</v>
       </c>
       <c r="F838" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G838" s="5" t="s">
-        <v>234</v>
+        <v>210</v>
       </c>
     </row>
     <row r="839" spans="1:7">
       <c r="A839" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B839" s="4" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="C839" s="5">
         <v>50298</v>
       </c>
       <c r="D839" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E839" s="5">
         <v>40</v>
       </c>
       <c r="F839" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G839" s="5" t="s">
-        <v>603</v>
+        <v>234</v>
       </c>
     </row>
     <row r="840" spans="1:7">
       <c r="A840" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B840" s="4" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="C840" s="5">
         <v>50298</v>
       </c>
       <c r="D840" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E840" s="5">
         <v>40</v>
       </c>
       <c r="F840" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G840" s="5" t="s">
-        <v>58</v>
+        <v>603</v>
       </c>
     </row>
     <row r="841" spans="1:7">
       <c r="A841" s="3" t="s">
-        <v>363</v>
+        <v>743</v>
       </c>
       <c r="B841" s="4" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="C841" s="5">
-        <v>49013</v>
+        <v>50298</v>
       </c>
       <c r="D841" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E841" s="5">
         <v>40</v>
       </c>
       <c r="F841" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G841" s="5" t="s">
-        <v>1603</v>
+        <v>58</v>
       </c>
     </row>
     <row r="842" spans="1:7">
       <c r="A842" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B842" s="4" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="C842" s="5">
-        <v>49023</v>
+        <v>49013</v>
       </c>
       <c r="D842" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E842" s="5">
         <v>40</v>
       </c>
       <c r="F842" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G842" s="5" t="s">
-        <v>1176</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="843" spans="1:7">
       <c r="A843" s="3" t="s">
-        <v>922</v>
+        <v>363</v>
       </c>
       <c r="B843" s="4" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="C843" s="5">
-        <v>49067</v>
+        <v>49023</v>
       </c>
       <c r="D843" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E843" s="5">
         <v>40</v>
       </c>
       <c r="F843" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G843" s="5" t="s">
-        <v>1606</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="844" spans="1:7">
       <c r="A844" s="3" t="s">
-        <v>363</v>
+        <v>922</v>
       </c>
       <c r="B844" s="4" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="C844" s="5">
-        <v>49077</v>
+        <v>49067</v>
       </c>
       <c r="D844" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E844" s="5">
         <v>40</v>
       </c>
       <c r="F844" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G844" s="5" t="s">
-        <v>1176</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="845" spans="1:7">
       <c r="A845" s="3" t="s">
-        <v>382</v>
+        <v>363</v>
       </c>
       <c r="B845" s="4" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="C845" s="5">
-        <v>49110</v>
+        <v>49077</v>
       </c>
       <c r="D845" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E845" s="5">
         <v>40</v>
       </c>
       <c r="F845" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G845" s="5" t="s">
-        <v>317</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="846" spans="1:7">
       <c r="A846" s="3" t="s">
-        <v>363</v>
+        <v>382</v>
       </c>
       <c r="B846" s="4" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="C846" s="5">
-        <v>49126</v>
+        <v>49110</v>
       </c>
       <c r="D846" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E846" s="5">
         <v>40</v>
       </c>
       <c r="F846" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G846" s="5" t="s">
-        <v>1128</v>
+        <v>317</v>
       </c>
     </row>
     <row r="847" spans="1:7">
       <c r="A847" s="3" t="s">
-        <v>382</v>
+        <v>363</v>
       </c>
       <c r="B847" s="4" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="C847" s="5">
-        <v>49145</v>
+        <v>49126</v>
       </c>
       <c r="D847" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E847" s="5">
         <v>40</v>
       </c>
       <c r="F847" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G847" s="5" t="s">
-        <v>427</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="848" spans="1:7">
       <c r="A848" s="3" t="s">
-        <v>1416</v>
+        <v>382</v>
       </c>
       <c r="B848" s="4" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="C848" s="5">
-        <v>49146</v>
+        <v>49145</v>
       </c>
       <c r="D848" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E848" s="5">
         <v>40</v>
       </c>
       <c r="F848" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G848" s="5" t="s">
-        <v>1612</v>
+        <v>427</v>
       </c>
     </row>
     <row r="849" spans="1:7">
       <c r="A849" s="3" t="s">
-        <v>286</v>
+        <v>1416</v>
       </c>
       <c r="B849" s="4" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="C849" s="5">
-        <v>49149</v>
+        <v>49146</v>
       </c>
       <c r="D849" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E849" s="5">
         <v>40</v>
       </c>
       <c r="F849" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G849" s="5" t="s">
-        <v>1128</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="850" spans="1:7">
       <c r="A850" s="3" t="s">
-        <v>1614</v>
+        <v>286</v>
       </c>
       <c r="B850" s="4" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="C850" s="5">
-        <v>49178</v>
+        <v>49149</v>
       </c>
       <c r="D850" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E850" s="5">
         <v>40</v>
       </c>
       <c r="F850" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G850" s="5" t="s">
-        <v>1616</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="851" spans="1:7">
       <c r="A851" s="3" t="s">
-        <v>922</v>
+        <v>1617</v>
       </c>
       <c r="B851" s="4" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="C851" s="5">
-        <v>49181</v>
+        <v>49178</v>
       </c>
       <c r="D851" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E851" s="5">
         <v>40</v>
       </c>
       <c r="F851" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G851" s="5" t="s">
-        <v>73</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="852" spans="1:7">
       <c r="A852" s="3" t="s">
-        <v>1618</v>
+        <v>922</v>
       </c>
       <c r="B852" s="4" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="C852" s="5">
-        <v>49231</v>
+        <v>49181</v>
       </c>
       <c r="D852" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E852" s="5">
         <v>40</v>
       </c>
       <c r="F852" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G852" s="5" t="s">
-        <v>1620</v>
+        <v>73</v>
       </c>
     </row>
     <row r="853" spans="1:7">
       <c r="A853" s="3" t="s">
-        <v>1614</v>
+        <v>1621</v>
       </c>
       <c r="B853" s="4" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="C853" s="5">
+        <v>49231</v>
+      </c>
+      <c r="D853" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E853" s="5">
+        <v>40</v>
+      </c>
+      <c r="F853" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G853" s="5" t="s">
+        <v>1623</v>
+      </c>
+    </row>
+    <row r="854" spans="1:7">
+      <c r="A854" s="3" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B854" s="4" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C854" s="5">
         <v>49269</v>
       </c>
-      <c r="D853" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G854" s="1"/>
+      <c r="D854" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E854" s="5">
+        <v>40</v>
+      </c>
+      <c r="F854" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G854" s="5" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="855" spans="1:7">
+      <c r="A855" s="2"/>
+      <c r="C855" s="1"/>
+      <c r="E855" s="1"/>
+      <c r="F855" s="1"/>
+      <c r="G855" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">