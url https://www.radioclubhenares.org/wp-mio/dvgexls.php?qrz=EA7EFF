--- v1 (2025-12-12)
+++ v2 (2026-02-01)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1626">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7EFF</t>
   </si>
   <si>
     <t>807 Referencias DVGE - 849 QSO encontrados - 700 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1099 (12-12-2025 18:10)</t>
+    <t>Ranking #1099 (01-02-2026 08:43)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5NR/P</t>
   </si>