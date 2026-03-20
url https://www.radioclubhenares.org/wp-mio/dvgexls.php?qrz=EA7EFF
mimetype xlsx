--- v2 (2026-02-01)
+++ v3 (2026-03-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1626">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7EFF</t>
   </si>
   <si>
     <t>807 Referencias DVGE - 849 QSO encontrados - 700 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1099 (01-02-2026 08:43)</t>
+    <t>Ranking #1099 (20-03-2026 10:01)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5NR/P</t>
   </si>