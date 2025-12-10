--- v0 (2025-10-18)
+++ v1 (2025-12-10)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="541">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="544">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7HJA</t>
   </si>
   <si>
-    <t>236 Referencias DVGE - 239 QSO encontrados - 219 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #2285 (18-10-2025 07:34)</t>
+    <t>237 Referencias DVGE - 240 QSO encontrados - 220 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #2285 (10-12-2025 14:49)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5GVZ/P</t>
   </si>
@@ -1188,50 +1188,59 @@
     <t>VGSA-092</t>
   </si>
   <si>
     <t>17/09/2023</t>
   </si>
   <si>
     <t>EA7URS/P</t>
   </si>
   <si>
     <t>VGSE-013</t>
   </si>
   <si>
     <t>EA7HOA/P</t>
   </si>
   <si>
     <t>VGSE-055</t>
   </si>
   <si>
     <t>EA7IA/M</t>
   </si>
   <si>
     <t>VGSE-116</t>
   </si>
   <si>
     <t>VGSE-144</t>
+  </si>
+  <si>
+    <t>EA7RKS/P</t>
+  </si>
+  <si>
+    <t>VGSE-175</t>
+  </si>
+  <si>
+    <t>02/11/2025</t>
   </si>
   <si>
     <t>EA7IA/P</t>
   </si>
   <si>
     <t>VGSE-234</t>
   </si>
   <si>
     <t>EA1MI/M</t>
   </si>
   <si>
     <t>VGSG-056</t>
   </si>
   <si>
     <t>15/06/2008</t>
   </si>
   <si>
     <t>VGSG-076</t>
   </si>
   <si>
     <t>29/03/2019</t>
   </si>
   <si>
     <t>AO1MI</t>
   </si>
@@ -2092,51 +2101,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G245"/>
+  <dimension ref="A1:G246"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -5890,1819 +5899,1842 @@
       </c>
       <c r="C167" s="5">
         <v>41053</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="5">
         <v>40</v>
       </c>
       <c r="F167" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G167" s="5" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" s="3" t="s">
         <v>392</v>
       </c>
       <c r="B168" s="4" t="s">
         <v>393</v>
       </c>
       <c r="C168" s="5">
-        <v>41095</v>
+        <v>41065</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="5">
         <v>40</v>
       </c>
       <c r="F168" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G168" s="5" t="s">
-        <v>37</v>
+        <v>394</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" s="3" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B169" s="4" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C169" s="5">
-        <v>40074</v>
+        <v>41095</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="5">
         <v>40</v>
       </c>
       <c r="F169" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G169" s="5" t="s">
-        <v>396</v>
+        <v>37</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" s="3" t="s">
-        <v>113</v>
+        <v>397</v>
       </c>
       <c r="B170" s="4" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C170" s="5">
-        <v>40099</v>
+        <v>40074</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="5">
         <v>40</v>
       </c>
       <c r="F170" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G170" s="5" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" s="3" t="s">
-        <v>399</v>
+        <v>113</v>
       </c>
       <c r="B171" s="4" t="s">
         <v>400</v>
       </c>
       <c r="C171" s="5">
-        <v>40122</v>
+        <v>40099</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="5">
         <v>40</v>
       </c>
       <c r="F171" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G171" s="5" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" s="3" t="s">
         <v>402</v>
       </c>
       <c r="B172" s="4" t="s">
         <v>403</v>
       </c>
       <c r="C172" s="5">
-        <v>20007</v>
+        <v>40122</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="5">
         <v>40</v>
       </c>
       <c r="F172" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G172" s="5" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B173" s="4" t="s">
         <v>406</v>
       </c>
       <c r="C173" s="5">
-        <v>43901</v>
+        <v>20007</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="5">
         <v>40</v>
       </c>
       <c r="F173" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G173" s="5" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" s="3" t="s">
         <v>408</v>
       </c>
       <c r="B174" s="4" t="s">
         <v>409</v>
       </c>
       <c r="C174" s="5">
-        <v>43036</v>
+        <v>43901</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="5">
         <v>40</v>
       </c>
       <c r="F174" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G174" s="5" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B175" s="4" t="s">
         <v>412</v>
       </c>
       <c r="C175" s="5">
-        <v>43054</v>
+        <v>43036</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="5">
         <v>40</v>
       </c>
       <c r="F175" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G175" s="5" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" s="3" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B176" s="4" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C176" s="5">
-        <v>43086</v>
+        <v>43054</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="5">
         <v>40</v>
       </c>
       <c r="F176" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G176" s="5" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" s="3" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="B177" s="4" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C177" s="5">
-        <v>43903</v>
+        <v>43086</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="5">
         <v>40</v>
       </c>
       <c r="F177" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G177" s="5" t="s">
-        <v>376</v>
+        <v>418</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" s="3" t="s">
-        <v>417</v>
+        <v>408</v>
       </c>
       <c r="B178" s="4" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C178" s="5">
-        <v>43164</v>
+        <v>43903</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="5">
         <v>40</v>
       </c>
       <c r="F178" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G178" s="5" t="s">
-        <v>186</v>
+        <v>376</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" s="3" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="B179" s="4" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="C179" s="5">
-        <v>43176</v>
+        <v>43164</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="5">
         <v>40</v>
       </c>
       <c r="F179" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G179" s="5" t="s">
-        <v>420</v>
+        <v>186</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" s="3" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="B180" s="4" t="s">
         <v>422</v>
       </c>
       <c r="C180" s="5">
-        <v>44201</v>
+        <v>43176</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="5">
         <v>40</v>
       </c>
       <c r="F180" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G180" s="5" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" s="3" t="s">
         <v>424</v>
       </c>
       <c r="B181" s="4" t="s">
         <v>425</v>
       </c>
       <c r="C181" s="5">
-        <v>44247</v>
+        <v>44201</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="5">
         <v>40</v>
       </c>
       <c r="F181" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G181" s="5" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" s="3" t="s">
         <v>427</v>
       </c>
       <c r="B182" s="4" t="s">
         <v>428</v>
       </c>
       <c r="C182" s="5">
-        <v>38005</v>
+        <v>44247</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="5">
         <v>40</v>
       </c>
       <c r="F182" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G182" s="5" t="s">
-        <v>87</v>
+        <v>429</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" s="3" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B183" s="4" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="C183" s="5">
-        <v>38017</v>
+        <v>38005</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="5">
         <v>40</v>
       </c>
       <c r="F183" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G183" s="5" t="s">
-        <v>152</v>
+        <v>87</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" s="3" t="s">
         <v>430</v>
       </c>
       <c r="B184" s="4" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C184" s="5">
-        <v>38019</v>
+        <v>38017</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="5">
         <v>40</v>
       </c>
       <c r="F184" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G184" s="5" t="s">
-        <v>432</v>
+        <v>152</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" s="3" t="s">
         <v>433</v>
       </c>
       <c r="B185" s="4" t="s">
         <v>434</v>
       </c>
       <c r="C185" s="5">
-        <v>38038</v>
+        <v>38019</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="5">
         <v>40</v>
       </c>
       <c r="F185" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G185" s="5" t="s">
-        <v>186</v>
+        <v>435</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" s="3" t="s">
-        <v>189</v>
+        <v>436</v>
       </c>
       <c r="B186" s="4" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C186" s="5">
-        <v>45003</v>
+        <v>38038</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="5">
         <v>40</v>
       </c>
       <c r="F186" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G186" s="5" t="s">
-        <v>332</v>
+        <v>186</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" s="3" t="s">
-        <v>218</v>
+        <v>189</v>
       </c>
       <c r="B187" s="4" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C187" s="5">
-        <v>45059</v>
+        <v>45003</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="5">
         <v>40</v>
       </c>
       <c r="F187" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G187" s="5" t="s">
-        <v>270</v>
+        <v>332</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" s="3" t="s">
-        <v>189</v>
+        <v>218</v>
       </c>
       <c r="B188" s="4" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="C188" s="5">
-        <v>45081</v>
+        <v>45059</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="5">
         <v>40</v>
       </c>
       <c r="F188" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G188" s="5" t="s">
-        <v>181</v>
+        <v>270</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B189" s="4" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C189" s="5">
-        <v>45088</v>
+        <v>45081</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="5">
         <v>40</v>
       </c>
       <c r="F189" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G189" s="5" t="s">
-        <v>404</v>
+        <v>181</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" s="3" t="s">
-        <v>439</v>
+        <v>189</v>
       </c>
       <c r="B190" s="4" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C190" s="5">
-        <v>45115</v>
+        <v>45088</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="5">
         <v>40</v>
       </c>
       <c r="F190" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G190" s="5" t="s">
-        <v>441</v>
+        <v>407</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" s="3" t="s">
-        <v>281</v>
+        <v>442</v>
       </c>
       <c r="B191" s="4" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C191" s="5">
-        <v>45127</v>
+        <v>45115</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="5">
         <v>40</v>
       </c>
       <c r="F191" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G191" s="5" t="s">
-        <v>225</v>
+        <v>444</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" s="3" t="s">
-        <v>189</v>
+        <v>281</v>
       </c>
       <c r="B192" s="4" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C192" s="5">
-        <v>45149</v>
+        <v>45127</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="5">
         <v>40</v>
       </c>
       <c r="F192" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G192" s="5" t="s">
-        <v>444</v>
+        <v>225</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" s="3" t="s">
-        <v>445</v>
+        <v>189</v>
       </c>
       <c r="B193" s="4" t="s">
         <v>446</v>
       </c>
       <c r="C193" s="5">
-        <v>45160</v>
+        <v>45149</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="5">
         <v>40</v>
       </c>
       <c r="F193" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G193" s="5" t="s">
-        <v>217</v>
+        <v>447</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" s="3" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B194" s="4" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C194" s="5">
-        <v>45163</v>
+        <v>45160</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="5">
         <v>40</v>
       </c>
       <c r="F194" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G194" s="5" t="s">
-        <v>140</v>
+        <v>217</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" s="3" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B195" s="4" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C195" s="5">
-        <v>46006</v>
+        <v>45163</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="5">
         <v>40</v>
       </c>
       <c r="F195" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G195" s="5" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" s="3" t="s">
-        <v>311</v>
+        <v>452</v>
       </c>
       <c r="B196" s="4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C196" s="5">
-        <v>46011</v>
+        <v>46006</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="5">
         <v>40</v>
       </c>
       <c r="F196" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G196" s="5" t="s">
-        <v>452</v>
+        <v>136</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" s="3" t="s">
-        <v>453</v>
+        <v>311</v>
       </c>
       <c r="B197" s="4" t="s">
         <v>454</v>
       </c>
       <c r="C197" s="5">
-        <v>46017</v>
+        <v>46011</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="5">
         <v>40</v>
       </c>
       <c r="F197" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G197" s="5" t="s">
-        <v>202</v>
+        <v>455</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" s="3" t="s">
-        <v>311</v>
+        <v>456</v>
       </c>
       <c r="B198" s="4" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C198" s="5">
-        <v>46031</v>
+        <v>46017</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="5">
         <v>40</v>
       </c>
       <c r="F198" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G198" s="5" t="s">
-        <v>159</v>
+        <v>202</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" s="3" t="s">
-        <v>456</v>
+        <v>311</v>
       </c>
       <c r="B199" s="4" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C199" s="5">
-        <v>46076</v>
+        <v>46031</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="5">
         <v>40</v>
       </c>
       <c r="F199" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G199" s="5" t="s">
-        <v>458</v>
+        <v>159</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" s="3" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="B200" s="4" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C200" s="5">
-        <v>46085</v>
+        <v>46076</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="5">
         <v>40</v>
       </c>
       <c r="F200" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G200" s="5" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" s="3" t="s">
         <v>456</v>
       </c>
       <c r="B201" s="4" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C201" s="5">
-        <v>46106</v>
+        <v>46085</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="5">
         <v>40</v>
       </c>
       <c r="F201" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G201" s="5" t="s">
-        <v>77</v>
+        <v>463</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" s="3" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="B202" s="4" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C202" s="5">
-        <v>46109</v>
+        <v>46106</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="5">
         <v>40</v>
       </c>
       <c r="F202" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G202" s="5" t="s">
-        <v>410</v>
+        <v>77</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" s="3" t="s">
-        <v>456</v>
+        <v>465</v>
       </c>
       <c r="B203" s="4" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C203" s="5">
-        <v>46111</v>
+        <v>46109</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="5">
         <v>40</v>
       </c>
       <c r="F203" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G203" s="5" t="s">
-        <v>359</v>
+        <v>413</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" s="3" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B204" s="4" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C204" s="5">
-        <v>46133</v>
+        <v>46111</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="5">
         <v>40</v>
       </c>
       <c r="F204" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G204" s="5" t="s">
-        <v>466</v>
+        <v>359</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" s="3" t="s">
-        <v>311</v>
+        <v>459</v>
       </c>
       <c r="B205" s="4" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C205" s="5">
-        <v>46136</v>
+        <v>46133</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="5">
         <v>40</v>
       </c>
       <c r="F205" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G205" s="5" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" s="3" t="s">
-        <v>469</v>
+        <v>311</v>
       </c>
       <c r="B206" s="4" t="s">
         <v>470</v>
       </c>
       <c r="C206" s="5">
-        <v>46183</v>
+        <v>46136</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="5">
         <v>40</v>
       </c>
       <c r="F206" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G206" s="5" t="s">
-        <v>234</v>
+        <v>471</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" s="3" t="s">
-        <v>311</v>
+        <v>472</v>
       </c>
       <c r="B207" s="4" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C207" s="5">
         <v>46183</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="5">
         <v>40</v>
       </c>
       <c r="F207" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G207" s="5" t="s">
-        <v>471</v>
+        <v>234</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" s="3" t="s">
-        <v>472</v>
+        <v>311</v>
       </c>
       <c r="B208" s="4" t="s">
         <v>473</v>
       </c>
       <c r="C208" s="5">
-        <v>46184</v>
+        <v>46183</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="5">
         <v>40</v>
       </c>
       <c r="F208" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G208" s="5" t="s">
-        <v>381</v>
+        <v>474</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" s="3" t="s">
-        <v>311</v>
+        <v>475</v>
       </c>
       <c r="B209" s="4" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="C209" s="5">
-        <v>46197</v>
+        <v>46184</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="5">
         <v>40</v>
       </c>
       <c r="F209" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G209" s="5" t="s">
-        <v>215</v>
+        <v>381</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" s="3" t="s">
-        <v>456</v>
+        <v>311</v>
       </c>
       <c r="B210" s="4" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C210" s="5">
-        <v>46213</v>
+        <v>46197</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="5">
         <v>40</v>
       </c>
       <c r="F210" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G210" s="5" t="s">
-        <v>476</v>
+        <v>215</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" s="3" t="s">
-        <v>311</v>
+        <v>459</v>
       </c>
       <c r="B211" s="4" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C211" s="5">
-        <v>46235</v>
+        <v>46213</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="5">
         <v>40</v>
       </c>
       <c r="F211" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G211" s="5" t="s">
-        <v>376</v>
+        <v>479</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" s="3" t="s">
-        <v>453</v>
+        <v>311</v>
       </c>
       <c r="B212" s="4" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C212" s="5">
-        <v>46250</v>
+        <v>46235</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="5">
         <v>40</v>
       </c>
       <c r="F212" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G212" s="5" t="s">
-        <v>479</v>
+        <v>376</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" s="3" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B213" s="4" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C213" s="5">
-        <v>46257</v>
+        <v>46250</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="5">
         <v>40</v>
       </c>
       <c r="F213" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G213" s="5" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" s="3" t="s">
         <v>456</v>
       </c>
       <c r="B214" s="4" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C214" s="5">
-        <v>46262</v>
+        <v>46257</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="5">
         <v>40</v>
       </c>
       <c r="F214" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G214" s="5" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" s="3" t="s">
-        <v>484</v>
+        <v>459</v>
       </c>
       <c r="B215" s="4" t="s">
         <v>485</v>
       </c>
       <c r="C215" s="5">
-        <v>47017</v>
+        <v>46262</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="5">
         <v>40</v>
       </c>
       <c r="F215" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G215" s="5" t="s">
-        <v>321</v>
+        <v>486</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" s="3" t="s">
-        <v>103</v>
+        <v>487</v>
       </c>
       <c r="B216" s="4" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="C216" s="5">
-        <v>47073</v>
+        <v>47017</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="5">
         <v>40</v>
       </c>
       <c r="F216" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G216" s="5" t="s">
-        <v>487</v>
+        <v>321</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" s="3" t="s">
-        <v>484</v>
+        <v>103</v>
       </c>
       <c r="B217" s="4" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C217" s="5">
-        <v>47075</v>
+        <v>47073</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="5">
         <v>40</v>
       </c>
       <c r="F217" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G217" s="5" t="s">
-        <v>136</v>
+        <v>490</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" s="3" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="B218" s="4" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C218" s="5">
-        <v>47149</v>
+        <v>47075</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="5">
         <v>40</v>
       </c>
       <c r="F218" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G218" s="5" t="s">
-        <v>490</v>
+        <v>136</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" s="3" t="s">
-        <v>103</v>
+        <v>487</v>
       </c>
       <c r="B219" s="4" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C219" s="5">
-        <v>47214</v>
+        <v>47149</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="5">
         <v>40</v>
       </c>
       <c r="F219" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G219" s="5" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" s="3" t="s">
-        <v>484</v>
+        <v>103</v>
       </c>
       <c r="B220" s="4" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C220" s="5">
-        <v>47216</v>
+        <v>47214</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="5">
         <v>40</v>
       </c>
       <c r="F220" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G220" s="5" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" s="3" t="s">
-        <v>71</v>
+        <v>487</v>
       </c>
       <c r="B221" s="4" t="s">
-        <v>495</v>
-[...1 lines deleted...]
-      <c r="C221" s="5" t="s">
         <v>496</v>
+      </c>
+      <c r="C221" s="5">
+        <v>47216</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="5">
         <v>40</v>
       </c>
       <c r="F221" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G221" s="5" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B222" s="4" t="s">
         <v>498</v>
       </c>
-      <c r="B222" s="4" t="s">
+      <c r="C222" s="5" t="s">
         <v>499</v>
       </c>
-      <c r="C222" s="5" t="s">
+      <c r="D222" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E222" s="5">
+        <v>40</v>
+      </c>
+      <c r="F222" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G222" s="5" t="s">
         <v>500</v>
-      </c>
-[...10 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" s="3" t="s">
-        <v>71</v>
+        <v>501</v>
       </c>
       <c r="B223" s="4" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="5">
         <v>40</v>
       </c>
       <c r="F223" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G223" s="5" t="s">
-        <v>128</v>
+        <v>37</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" s="3" t="s">
-        <v>503</v>
+        <v>71</v>
       </c>
       <c r="B224" s="4" t="s">
         <v>504</v>
       </c>
       <c r="C224" s="5" t="s">
         <v>505</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="5">
         <v>40</v>
       </c>
       <c r="F224" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G224" s="5" t="s">
-        <v>506</v>
+        <v>128</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="B225" s="4" t="s">
         <v>507</v>
       </c>
-      <c r="B225" s="4" t="s">
+      <c r="C225" s="5" t="s">
         <v>508</v>
       </c>
-      <c r="C225" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="5">
         <v>40</v>
       </c>
       <c r="F225" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G225" s="5" t="s">
-        <v>217</v>
+        <v>509</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" s="3" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B226" s="4" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-        <v>50022</v>
+        <v>511</v>
+      </c>
+      <c r="C226" s="5" t="s">
+        <v>508</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="5">
         <v>40</v>
       </c>
       <c r="F226" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G226" s="5" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" s="3" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B227" s="4" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C227" s="5">
-        <v>50095</v>
+        <v>50022</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="5">
         <v>40</v>
       </c>
       <c r="F227" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G227" s="5" t="s">
-        <v>89</v>
+        <v>220</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" s="3" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B228" s="4" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C228" s="5">
-        <v>50124</v>
+        <v>50095</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="5">
         <v>40</v>
       </c>
       <c r="F228" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G228" s="5" t="s">
-        <v>515</v>
+        <v>89</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" s="3" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="B229" s="4" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C229" s="5">
-        <v>50182</v>
+        <v>50124</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="5">
         <v>40</v>
       </c>
       <c r="F229" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G229" s="5" t="s">
-        <v>371</v>
+        <v>518</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" s="3" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B230" s="4" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C230" s="5">
         <v>50182</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="5">
         <v>40</v>
       </c>
       <c r="F230" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G230" s="5" t="s">
-        <v>313</v>
+        <v>371</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" s="3" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B231" s="4" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C231" s="5">
-        <v>50206</v>
+        <v>50182</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="5">
         <v>40</v>
       </c>
       <c r="F231" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G231" s="5" t="s">
-        <v>128</v>
+        <v>313</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" s="3" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="B232" s="4" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="C232" s="5">
-        <v>50297</v>
+        <v>50206</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="5">
         <v>40</v>
       </c>
       <c r="F232" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G232" s="5" t="s">
-        <v>28</v>
+        <v>128</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" s="3" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="B233" s="4" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C233" s="5">
         <v>50297</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="5">
         <v>40</v>
       </c>
       <c r="F233" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G233" s="5" t="s">
-        <v>87</v>
+        <v>28</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" s="3" t="s">
-        <v>107</v>
+        <v>522</v>
       </c>
       <c r="B234" s="4" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="C234" s="5">
-        <v>49023</v>
+        <v>50297</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="5">
         <v>40</v>
       </c>
       <c r="F234" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G234" s="5" t="s">
-        <v>506</v>
+        <v>87</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B235" s="4" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="C235" s="5">
-        <v>49071</v>
+        <v>49023</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="5">
         <v>40</v>
       </c>
       <c r="F235" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G235" s="5" t="s">
-        <v>525</v>
+        <v>509</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B236" s="4" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C236" s="5">
-        <v>49102</v>
+        <v>49071</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="5">
         <v>40</v>
       </c>
       <c r="F236" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G236" s="5" t="s">
-        <v>73</v>
+        <v>528</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B237" s="4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="C237" s="5">
-        <v>49103</v>
+        <v>49102</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="5">
         <v>40</v>
       </c>
       <c r="F237" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G237" s="5" t="s">
-        <v>183</v>
+        <v>73</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" s="3" t="s">
-        <v>528</v>
+        <v>107</v>
       </c>
       <c r="B238" s="4" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C238" s="5">
-        <v>49123</v>
+        <v>49103</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="5">
         <v>40</v>
       </c>
       <c r="F238" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G238" s="5" t="s">
-        <v>530</v>
+        <v>183</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" s="3" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C239" s="5">
-        <v>49129</v>
+        <v>49123</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="5">
         <v>40</v>
       </c>
       <c r="F239" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G239" s="5" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" s="3" t="s">
-        <v>107</v>
+        <v>531</v>
       </c>
       <c r="B240" s="4" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C240" s="5">
-        <v>49149</v>
+        <v>49129</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="5">
         <v>40</v>
       </c>
       <c r="F240" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G240" s="5" t="s">
-        <v>122</v>
+        <v>535</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B241" s="4" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="C241" s="5">
-        <v>49153</v>
+        <v>49149</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="5">
         <v>40</v>
       </c>
       <c r="F241" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G241" s="5" t="s">
-        <v>159</v>
+        <v>122</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B242" s="4" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C242" s="5">
-        <v>49163</v>
+        <v>49153</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="5">
         <v>40</v>
       </c>
       <c r="F242" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G242" s="5" t="s">
-        <v>536</v>
+        <v>159</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" s="3" t="s">
-        <v>528</v>
+        <v>107</v>
       </c>
       <c r="B243" s="4" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C243" s="5">
-        <v>49242</v>
+        <v>49163</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="5">
         <v>40</v>
       </c>
       <c r="F243" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G243" s="5" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" s="3" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="B244" s="4" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C244" s="5">
+        <v>49242</v>
+      </c>
+      <c r="D244" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E244" s="5">
+        <v>40</v>
+      </c>
+      <c r="F244" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G244" s="5" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7">
+      <c r="A245" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="B245" s="4" t="s">
+        <v>542</v>
+      </c>
+      <c r="C245" s="5">
         <v>49275</v>
       </c>
-      <c r="D244" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G245" s="1"/>
+      <c r="D245" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E245" s="5">
+        <v>40</v>
+      </c>
+      <c r="F245" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G245" s="5" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7">
+      <c r="A246" s="2"/>
+      <c r="C246" s="1"/>
+      <c r="E246" s="1"/>
+      <c r="F246" s="1"/>
+      <c r="G246" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">