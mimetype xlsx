--- v1 (2025-12-10)
+++ v2 (2026-02-08)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="544">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7HJA</t>
   </si>
   <si>
     <t>237 Referencias DVGE - 240 QSO encontrados - 220 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #2285 (10-12-2025 14:49)</t>
+    <t>Ranking #2285 (08-02-2026 21:41)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5GVZ/P</t>
   </si>